--- v0 (2025-10-08)
+++ v1 (2026-02-05)
@@ -3,51 +3,51 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="763178ED" w14:textId="034B6740" w:rsidR="006E127F" w:rsidRDefault="006E127F" w:rsidP="00E41A5D">
+    <w:p w14:paraId="763178ED" w14:textId="3BD4B558" w:rsidR="006E127F" w:rsidRDefault="006E127F" w:rsidP="00791F8C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5103"/>
           <w:tab w:val="left" w:leader="dot" w:pos="6237"/>
           <w:tab w:val="left" w:leader="dot" w:pos="9070"/>
         </w:tabs>
         <w:spacing w:before="1200" w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Adnotacje urzędu:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62F9078B" w14:textId="77777777" w:rsidR="006E127F" w:rsidRDefault="006E127F" w:rsidP="00802381">
       <w:pPr>
@@ -165,51 +165,51 @@
         </w:rPr>
         <w:t>50-141 Wrocław</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6EB4FDF1" w14:textId="77777777" w:rsidR="006E127F" w:rsidRDefault="006E127F" w:rsidP="006E127F">
       <w:pPr>
         <w:spacing w:before="240" w:after="240"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00165A29">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">WNIOSEK </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="307EF6DF" w14:textId="77777777" w:rsidR="006E127F" w:rsidRPr="00802381" w:rsidRDefault="006A297E" w:rsidP="006E127F">
+    <w:p w14:paraId="307EF6DF" w14:textId="77777777" w:rsidR="006E127F" w:rsidRPr="00802381" w:rsidRDefault="00791F8C" w:rsidP="006E127F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="9072"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="-1215042987"/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="006E127F" w:rsidRPr="00802381">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
@@ -278,51 +278,51 @@
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="56162446" w14:textId="77777777" w:rsidR="006E127F" w:rsidRPr="00802381" w:rsidRDefault="006E127F" w:rsidP="006E127F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="9072"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00802381">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A7A6F3E" w14:textId="12270498" w:rsidR="006E127F" w:rsidRPr="00802381" w:rsidRDefault="006A297E" w:rsidP="006E127F">
+    <w:p w14:paraId="2A7A6F3E" w14:textId="12270498" w:rsidR="006E127F" w:rsidRPr="00802381" w:rsidRDefault="00791F8C" w:rsidP="006E127F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="9072"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="1997764694"/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="006E127F" w:rsidRPr="00802381">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
@@ -1883,51 +1883,51 @@
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E4EBE">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Oświadczenie o posiadaniu/nieposiadaniu tytułu prawnego do innego lokalu lub budynku mieszkalnego </w:t>
       </w:r>
       <w:r w:rsidRPr="005E4EBE">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(wypełnia wnioskodawca):</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A562C5C" w14:textId="0C00F068" w:rsidR="00B14B97" w:rsidRPr="005E4EBE" w:rsidRDefault="006A297E" w:rsidP="00B14B97">
+    <w:p w14:paraId="6A562C5C" w14:textId="0C00F068" w:rsidR="00B14B97" w:rsidRPr="005E4EBE" w:rsidRDefault="00791F8C" w:rsidP="00B14B97">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
             <w:b/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="-1235390708"/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B14B97" w:rsidRPr="002766A8">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
@@ -1953,51 +1953,51 @@
       <w:r w:rsidR="00B14B97" w:rsidRPr="005E4EBE">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>o przyznanie lokalu nie posiada tytułu prawnego do innego lokalu lub budynku mieszkalnego</w:t>
       </w:r>
       <w:r w:rsidR="005B1AA1">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>**</w:t>
       </w:r>
       <w:r w:rsidR="00B14B97" w:rsidRPr="005E4EBE">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06F0B73E" w14:textId="0E6700C7" w:rsidR="00B14B97" w:rsidRPr="005E4EBE" w:rsidRDefault="006A297E" w:rsidP="00B14B97">
+    <w:p w14:paraId="06F0B73E" w14:textId="0E6700C7" w:rsidR="00B14B97" w:rsidRPr="005E4EBE" w:rsidRDefault="00791F8C" w:rsidP="00B14B97">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
             <w:b/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="2114941021"/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B14B97" w:rsidRPr="002766A8">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
@@ -2015,51 +2015,51 @@
       <w:r w:rsidR="00B14B97">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="00B14B97" w:rsidRPr="005E4EBE">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(w przypadku zaznaczenia należy wypełnić tabelę poniżej)</w:t>
       </w:r>
       <w:r w:rsidR="00232436">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BB275A0" w14:textId="2095882B" w:rsidR="00B14B97" w:rsidRDefault="006A297E" w:rsidP="00B14B97">
+    <w:p w14:paraId="5BB275A0" w14:textId="2095882B" w:rsidR="00B14B97" w:rsidRDefault="00791F8C" w:rsidP="00B14B97">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="9070"/>
         </w:tabs>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
             <w:b/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="149569859"/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B14B97" w:rsidRPr="002766A8">
             <w:rPr>
@@ -3678,227 +3678,227 @@
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="2268"/>
           <w:tab w:val="left" w:leader="dot" w:pos="5387"/>
           <w:tab w:val="left" w:leader="dot" w:pos="9070"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="357" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004775B1">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Wyposażenie w instalacje:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32AB635B" w14:textId="77777777" w:rsidR="00145729" w:rsidRDefault="006A297E" w:rsidP="00145729">
+    <w:p w14:paraId="32AB635B" w14:textId="77777777" w:rsidR="00145729" w:rsidRDefault="00791F8C" w:rsidP="00145729">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="2268"/>
           <w:tab w:val="left" w:leader="dot" w:pos="5387"/>
           <w:tab w:val="left" w:leader="dot" w:pos="9070"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="1893619855"/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00145729">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00145729">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>wodna</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="740F6FC6" w14:textId="77777777" w:rsidR="00145729" w:rsidRDefault="006A297E" w:rsidP="00145729">
+    <w:p w14:paraId="740F6FC6" w14:textId="77777777" w:rsidR="00145729" w:rsidRDefault="00791F8C" w:rsidP="00145729">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="2268"/>
           <w:tab w:val="left" w:leader="dot" w:pos="5387"/>
           <w:tab w:val="left" w:leader="dot" w:pos="9070"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="-1218967692"/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00145729">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00145729">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>kanalizacyjna</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F3FF758" w14:textId="77777777" w:rsidR="00145729" w:rsidRDefault="006A297E" w:rsidP="00145729">
+    <w:p w14:paraId="0F3FF758" w14:textId="77777777" w:rsidR="00145729" w:rsidRDefault="00791F8C" w:rsidP="00145729">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="2268"/>
           <w:tab w:val="left" w:leader="dot" w:pos="5387"/>
           <w:tab w:val="left" w:leader="dot" w:pos="9070"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="1215170315"/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00145729">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00145729">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>gazowa</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24009A8D" w14:textId="77777777" w:rsidR="00145729" w:rsidRDefault="006A297E" w:rsidP="00145729">
+    <w:p w14:paraId="24009A8D" w14:textId="77777777" w:rsidR="00145729" w:rsidRDefault="00791F8C" w:rsidP="00145729">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="2268"/>
           <w:tab w:val="left" w:leader="dot" w:pos="5387"/>
           <w:tab w:val="left" w:leader="dot" w:pos="9070"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="1875569458"/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00145729">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00145729">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>centralne ogrzewanie</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4635D3D0" w14:textId="77777777" w:rsidR="00145729" w:rsidRDefault="006A297E" w:rsidP="00145729">
+    <w:p w14:paraId="4635D3D0" w14:textId="77777777" w:rsidR="00145729" w:rsidRDefault="00791F8C" w:rsidP="00145729">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="3402"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="-1162004496"/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00145729">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
@@ -5965,90 +5965,74 @@
           <w:numId w:val="10"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="340"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="0"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C950EA">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Administrator Danych</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="131C2B8B" w14:textId="77777777" w:rsidR="00521EC8" w:rsidRPr="00521EC8" w:rsidRDefault="00521EC8" w:rsidP="00521EC8">
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+    <w:p w14:paraId="131C2B8B" w14:textId="6C148E12" w:rsidR="00521EC8" w:rsidRPr="009C0293" w:rsidRDefault="00521EC8" w:rsidP="009C0293">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="0" w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00521EC8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Administratorem Pani/Pana danych osobowych jest Prezydent Wrocławia.</w:t>
-[...20 lines deleted...]
-        <w:t>Można się z nami skontaktować w następujący sposób:</w:t>
+        <w:t>Administratorem Pani/Pana danych osobowych jest Prezydent Wrocławia</w:t>
+      </w:r>
+      <w:r w:rsidR="009C0293" w:rsidRPr="00A30C45">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, z którym można się skontaktować w następujący sposób:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="51277D10" w14:textId="77777777" w:rsidR="00521EC8" w:rsidRPr="00521EC8" w:rsidRDefault="00521EC8" w:rsidP="00521EC8">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="340"/>
           <w:tab w:val="left" w:leader="dot" w:pos="3969"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00521EC8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
@@ -6065,395 +6049,413 @@
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="340"/>
           <w:tab w:val="left" w:leader="dot" w:pos="3969"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00521EC8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>przez e-mail: wlm@um.wroc.pl</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53C73230" w14:textId="77777777" w:rsidR="00521EC8" w:rsidRPr="00521EC8" w:rsidRDefault="00521EC8" w:rsidP="00521EC8">
+    <w:p w14:paraId="56EF00B1" w14:textId="77777777" w:rsidR="009C0293" w:rsidRPr="00C07A8D" w:rsidRDefault="009C0293" w:rsidP="009C0293">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="340"/>
           <w:tab w:val="left" w:leader="dot" w:pos="3969"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00521EC8">
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> (epuap.gov.pl)</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">za pośrednictwem e-Doręczeń na adres: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F5C40">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>AE:PL-95179-82549-VVTFT-27</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1BDD2E16" w14:textId="77777777" w:rsidR="00521EC8" w:rsidRPr="00521EC8" w:rsidRDefault="00521EC8" w:rsidP="00521EC8">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="340"/>
           <w:tab w:val="left" w:leader="dot" w:pos="3969"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00521EC8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>telefonicznie: +48 71 777 84 22</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="160F27C1" w14:textId="77777777" w:rsidR="00854991" w:rsidRPr="00C950EA" w:rsidRDefault="00854991" w:rsidP="0090635E">
+    <w:p w14:paraId="160F27C1" w14:textId="77777777" w:rsidR="00854991" w:rsidRPr="00C950EA" w:rsidRDefault="00854991" w:rsidP="009C0293">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="340"/>
           <w:tab w:val="left" w:leader="dot" w:pos="3969"/>
         </w:tabs>
-        <w:spacing w:before="600" w:after="0"/>
+        <w:spacing w:before="240" w:after="0"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C950EA">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:t>Cele przetwarzania danych osobowych</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E74C6B1" w14:textId="35A48D85" w:rsidR="00854991" w:rsidRPr="00C950EA" w:rsidRDefault="00854991" w:rsidP="00854991">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:leader="dot" w:pos="3969"/>
+        </w:tabs>
+        <w:spacing w:before="240" w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Cele przetwarzania danych osobowych</w:t>
-[...13 lines deleted...]
-      </w:pPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidR="004E4BC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ani/Pana</w:t>
+      </w:r>
       <w:r w:rsidRPr="00C950EA">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Będziemy przetwarzać </w:t>
-[...15 lines deleted...]
-        <w:t>ani/Pana</w:t>
+        <w:t xml:space="preserve"> dane osobowe </w:t>
+      </w:r>
+      <w:r w:rsidR="009C0293">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">będą przetwarzane </w:t>
       </w:r>
       <w:r w:rsidRPr="00C950EA">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> dane osobowe w celu przeprowadzenia postępowania wyjaśniającego, rozpatrzenia sprawy mieszkaniowej, zbadania uprawnień do najmu lokalu z mieszkaniowego zasobu Gminy Wrocław, wykonania prawnie określonych obowiązków związanych z realizacją zadań w zakresie zaspokajania potrzeb mieszkaniowych wspólnoty samorządowej.</w:t>
+        <w:t>w celu przeprowadzenia postępowania wyjaśniającego, rozpatrzenia sprawy mieszkaniowej, zbadania uprawnień do najmu lokalu z mieszkaniowego zasobu Gminy Wrocław, wykonania prawnie określonych obowiązków związanych z realizacją zadań w zakresie zaspokajania potrzeb mieszkaniowych wspólnoty samorządowej.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="40F75B41" w14:textId="77777777" w:rsidR="00854991" w:rsidRPr="00FF0CA4" w:rsidRDefault="00854991" w:rsidP="00854991">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="340"/>
           <w:tab w:val="left" w:leader="dot" w:pos="3969"/>
         </w:tabs>
         <w:spacing w:before="240" w:after="0"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FF0CA4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Podstawy prawne przetwarzania</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C74961E" w14:textId="1978EEFA" w:rsidR="00854991" w:rsidRPr="00C950EA" w:rsidRDefault="00854991" w:rsidP="00854991">
+    <w:p w14:paraId="7360B982" w14:textId="60B9A530" w:rsidR="009C0293" w:rsidRDefault="009C0293" w:rsidP="00854991">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="3969"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C950EA">
-[...24 lines deleted...]
-    <w:p w14:paraId="4FAFDE01" w14:textId="650FE9E6" w:rsidR="00854991" w:rsidRDefault="00854991" w:rsidP="00854991">
+      <w:r w:rsidRPr="009C0293">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Będziemy przetwarzać Pani/Pana dane osobowe na podstawie art. 6 ust. 1 lit. c) RODO oraz przepisów:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FAFDE01" w14:textId="28D0F556" w:rsidR="00854991" w:rsidRDefault="00854991" w:rsidP="00854991">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="3969"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C950EA">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Ustawy o ochronie praw lokatorów, mieszkaniowym zasobie gminy i o zmianie Kodeksu cywilnego, ustawy Kodeks cywilny oraz innych szczególnych ustaw.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A00A1FB" w14:textId="77777777" w:rsidR="004E4BC8" w:rsidRPr="004E4BC8" w:rsidRDefault="004E4BC8" w:rsidP="0090635E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="340"/>
           <w:tab w:val="left" w:leader="dot" w:pos="3969"/>
         </w:tabs>
         <w:spacing w:before="240" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Hlk177735087"/>
       <w:r w:rsidRPr="004E4BC8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Obligatoryjność/fakultatywność podania danych osobowych</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4299E82B" w14:textId="5C727E89" w:rsidR="004E4BC8" w:rsidRPr="004E4BC8" w:rsidRDefault="004E4BC8" w:rsidP="004E4BC8">
+    <w:p w14:paraId="4299E82B" w14:textId="0D9FFC9C" w:rsidR="004E4BC8" w:rsidRPr="004E4BC8" w:rsidRDefault="004E4BC8" w:rsidP="004E4BC8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="340"/>
           <w:tab w:val="left" w:leader="dot" w:pos="3969"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E4BC8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Podanie przez Panią/Pana danych osobowych jest wymogiem ustawowym. Jest Pani/Pan zobowiązany do ich podania, a ich niepodanie będzie skutkować brakiem możliwości </w:t>
+        <w:t>Podanie przez Panią/Pana danych osobowych jest wymogiem ustawowym</w:t>
+      </w:r>
+      <w:r w:rsidR="00D52C1D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52C1D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>wynikającym z ustawy o ochronie praw lokatorów, mieszkaniowym zasobie gminy i o zmianie Kodeksu cywilnego</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E4BC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Jest Pani/Pan zobowiązany do ich podania, a ich niepodanie będzie skutkować brakiem możliwości </w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>rozpatrzenia wniosku o zamianę lokalu.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28E4B5CA" w14:textId="77777777" w:rsidR="00854991" w:rsidRDefault="00854991" w:rsidP="00854991">
+    <w:p w14:paraId="28E4B5CA" w14:textId="3330BB28" w:rsidR="00854991" w:rsidRDefault="00854991" w:rsidP="00854991">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="340"/>
           <w:tab w:val="left" w:leader="dot" w:pos="3969"/>
         </w:tabs>
         <w:spacing w:before="240" w:after="0"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Okres przechowywania danych osobowych</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="691ECFA9" w14:textId="01A21FEA" w:rsidR="00854991" w:rsidRPr="00653AC7" w:rsidRDefault="004E4BC8" w:rsidP="00854991">
+        <w:t xml:space="preserve">Okres </w:t>
+      </w:r>
+      <w:r w:rsidR="00066E60">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>retencji danych</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="691ECFA9" w14:textId="01A21FEA" w:rsidR="00854991" w:rsidRPr="00653AC7" w:rsidRDefault="004E4BC8" w:rsidP="00066E60">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="340"/>
           <w:tab w:val="left" w:leader="dot" w:pos="3969"/>
         </w:tabs>
-        <w:spacing w:before="240" w:after="0"/>
+        <w:spacing w:before="120" w:after="0"/>
         <w:ind w:left="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Pani/Pan</w:t>
       </w:r>
       <w:r w:rsidR="00854991">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
@@ -6624,377 +6626,359 @@
       <w:r w:rsidRPr="00C950EA">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> dane mogą być przekazywane innym podmiotom tj. jednostkom budżetowym Gminy, jednostkom administracji rządowej </w:t>
       </w:r>
       <w:r w:rsidR="0090635E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00C950EA">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>i samorządowej, jednoosobowym spółkom Gminy Wrocław, podmiotom, w których dyspozycji pozostają mieszkania gminne, podmiotom zarządzającym zasobem mieszkaniowym (np. spółdzielnie mieszkaniowe, deweloperzy) w celu zbadania uprawnień do najmu lokalu mieszkalnego należącego do mieszkaniowego zasobu Gminy Wrocław i rozpatrzenia sprawy mieszkaniowej.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="250DE7E7" w14:textId="77777777" w:rsidR="00854991" w:rsidRPr="00FF0CA4" w:rsidRDefault="00854991" w:rsidP="00854991">
+    <w:p w14:paraId="250DE7E7" w14:textId="5595FAC2" w:rsidR="00854991" w:rsidRPr="00FF0CA4" w:rsidRDefault="00854991" w:rsidP="00854991">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="340"/>
           <w:tab w:val="left" w:leader="dot" w:pos="3969"/>
         </w:tabs>
         <w:spacing w:before="240" w:after="0"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FF0CA4">
+      <w:r w:rsidR="00F86A83">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>rawa związane z przetwarzaniem danych osobowych</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="21865FB0" w14:textId="34DFD0CB" w:rsidR="00854991" w:rsidRPr="00C950EA" w:rsidRDefault="00854991" w:rsidP="00854991">
+        <w:t>rzysługujące prawa</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E4F4ABA" w14:textId="77777777" w:rsidR="00F86A83" w:rsidRPr="00C950EA" w:rsidRDefault="00F86A83" w:rsidP="00F86A83">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="3969"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Hlk177734929"/>
       <w:r w:rsidRPr="00C950EA">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Przysługują </w:t>
+        <w:t>Przysługuj</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>P</w:t>
-[...7 lines deleted...]
-        <w:t>ani/Panu</w:t>
+        <w:t>e Pani/Panu:</w:t>
       </w:r>
       <w:r w:rsidRPr="00C950EA">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> następujące prawa związane z przetwarzaniem danych osobowych: </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="3B11A374" w14:textId="64294CC2" w:rsidR="00854991" w:rsidRPr="00E150B1" w:rsidRDefault="00854991" w:rsidP="00854991">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22F2B02B" w14:textId="77777777" w:rsidR="00F86A83" w:rsidRPr="00E150B1" w:rsidRDefault="00F86A83" w:rsidP="00F86A83">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="340"/>
           <w:tab w:val="left" w:leader="dot" w:pos="3969"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="0"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E150B1">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">prawo dostępu do </w:t>
-[...7 lines deleted...]
-        <w:t>Pani/Pana</w:t>
+        <w:t xml:space="preserve">prawo dostępu </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>do swoich danych oraz otrzymania ich kopii</w:t>
       </w:r>
       <w:r w:rsidRPr="00E150B1">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> danych osobowych,</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="2EB85BAE" w14:textId="406085D3" w:rsidR="00854991" w:rsidRPr="00E150B1" w:rsidRDefault="00854991" w:rsidP="00854991">
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="535D18FE" w14:textId="77777777" w:rsidR="00F86A83" w:rsidRPr="00E150B1" w:rsidRDefault="00F86A83" w:rsidP="00F86A83">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="340"/>
           <w:tab w:val="left" w:leader="dot" w:pos="3969"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="0"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E150B1">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">prawo żądania sprostowania </w:t>
+        <w:t xml:space="preserve">prawo </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Pa</w:t>
-[...7 lines deleted...]
-        <w:t>ni/Pana</w:t>
+        <w:t>do sprostowania (poprawiania) swoich danych</w:t>
       </w:r>
       <w:r w:rsidRPr="00E150B1">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> danych osobowych, </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="71A1E113" w14:textId="7078A3B5" w:rsidR="00854991" w:rsidRPr="00E150B1" w:rsidRDefault="00854991" w:rsidP="00854991">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3594AB08" w14:textId="77777777" w:rsidR="00F86A83" w:rsidRDefault="00F86A83" w:rsidP="00F86A83">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="340"/>
           <w:tab w:val="left" w:leader="dot" w:pos="3969"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="0"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E150B1">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>prawo żądania ograniczenia przetw</w:t>
+        <w:t xml:space="preserve">prawo </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>arzania Pa</w:t>
-[...7 lines deleted...]
-        <w:t>ni/Pana</w:t>
+        <w:t xml:space="preserve">do </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E150B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ograniczenia przetw</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> danych osobowych</w:t>
-[...4 lines deleted...]
-        <w:tabs>
+        <w:t>arzania danych,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="237214D2" w14:textId="77777777" w:rsidR="00F86A83" w:rsidRPr="00E150B1" w:rsidRDefault="00F86A83" w:rsidP="00F86A83">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="340"/>
           <w:tab w:val="left" w:leader="dot" w:pos="3969"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="0"/>
-        <w:rPr>
-[...17 lines deleted...]
-    <w:p w14:paraId="0A383FA1" w14:textId="77777777" w:rsidR="00521EC8" w:rsidRPr="00521EC8" w:rsidRDefault="00521EC8" w:rsidP="0090635E">
+        <w:ind w:left="340" w:hanging="340"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>prawo do wniesienia skargi do organu nadzorczego – tj. Prezesa Urzędu Ochrony Danych Osobowych</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A383FA1" w14:textId="77777777" w:rsidR="00521EC8" w:rsidRPr="00521EC8" w:rsidRDefault="00521EC8" w:rsidP="00F86A83">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="340"/>
           <w:tab w:val="left" w:leader="dot" w:pos="3969"/>
         </w:tabs>
-        <w:spacing w:before="840" w:after="0"/>
+        <w:spacing w:before="240" w:after="0"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00521EC8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:t>Inspektor Ochrony Danych</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2AEDB684" w14:textId="6630856B" w:rsidR="00521EC8" w:rsidRPr="00521EC8" w:rsidRDefault="00521EC8" w:rsidP="00521EC8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:leader="dot" w:pos="3969"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00521EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">W Urzędzie został wyznaczony Inspektor Ochrony Danych. Jest to osoba z którą można się kontaktować w sprawach dotyczących przetwarzania Pani/Pana danych osobowych </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00521EC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Inspektor Ochrony Danych</w:t>
-[...36 lines deleted...]
-        <w:t xml:space="preserve">z przetwarzaniem danych. </w:t>
+        <w:t xml:space="preserve">oraz korzystania z przysługujących Pani/Panu praw związanych z przetwarzaniem danych. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7C7FB42D" w14:textId="77777777" w:rsidR="00521EC8" w:rsidRPr="00521EC8" w:rsidRDefault="00521EC8" w:rsidP="00521EC8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="3969"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00521EC8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Z Inspektorem można kontaktować się w następujący sposób:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A301477" w14:textId="1AF637A9" w:rsidR="00521EC8" w:rsidRPr="00521EC8" w:rsidRDefault="00521EC8" w:rsidP="00521EC8">
       <w:pPr>
@@ -7124,120 +7108,102 @@
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="340"/>
           <w:tab w:val="left" w:pos="3969"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00521EC8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>telefonicznie: +48 71 777 77 24</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="5"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="60C72397" w14:textId="77777777" w:rsidR="00854991" w:rsidRPr="00FF0CA4" w:rsidRDefault="00854991" w:rsidP="00854991">
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p w14:paraId="164CFB2C" w14:textId="77777777" w:rsidR="00F86A83" w:rsidRPr="00FF0CA4" w:rsidRDefault="00F86A83" w:rsidP="00F86A83">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="340"/>
           <w:tab w:val="left" w:leader="dot" w:pos="3969"/>
         </w:tabs>
         <w:spacing w:before="240" w:after="0"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FF0CA4">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Prawo wniesienia skargi </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="10ED03E3" w14:textId="5E67B579" w:rsidR="00521EC8" w:rsidRPr="00521EC8" w:rsidRDefault="00521EC8" w:rsidP="00521EC8">
+        <w:t>Zautomatyzowane podejmowanie decyzji</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="224C8A7F" w14:textId="77777777" w:rsidR="00F86A83" w:rsidRPr="00C07A8D" w:rsidRDefault="00F86A83" w:rsidP="00F86A83">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="3969"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="6" w:name="_Hlk177735328"/>
-[...24 lines deleted...]
-      <w:bookmarkEnd w:id="6"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Pani/Pana dane nie będą podlegały profilowaniu lub zautomatyzowanemu podejmowaniu decyzji.</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="2CBA54F1" w14:textId="3CE4091E" w:rsidR="009174E0" w:rsidRPr="009174E0" w:rsidRDefault="009174E0" w:rsidP="009174E0">
       <w:pPr>
         <w:pStyle w:val="Nagwek7"/>
         <w:tabs>
           <w:tab w:val="center" w:pos="5233"/>
           <w:tab w:val="left" w:pos="6480"/>
         </w:tabs>
         <w:spacing w:after="240"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:i w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009174E0">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:i w:val="0"/>
         </w:rPr>
         <w:t>POUCZENIE</w:t>
       </w:r>
     </w:p>
@@ -7579,89 +7545,89 @@
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="1D9F2BDF" w14:textId="77777777" w:rsidR="006A297E" w:rsidRDefault="006A297E" w:rsidP="00604785">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="EE"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="EE"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
@@ -9129,156 +9095,162 @@
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006E127F"/>
     <w:rsid w:val="00026F34"/>
+    <w:rsid w:val="00066E60"/>
     <w:rsid w:val="000933FD"/>
     <w:rsid w:val="000A1D65"/>
     <w:rsid w:val="000B039D"/>
     <w:rsid w:val="000C00FE"/>
     <w:rsid w:val="00141B30"/>
     <w:rsid w:val="00145729"/>
     <w:rsid w:val="00145844"/>
     <w:rsid w:val="001B782A"/>
     <w:rsid w:val="001C340B"/>
     <w:rsid w:val="001D7DC5"/>
     <w:rsid w:val="00232436"/>
     <w:rsid w:val="002A652A"/>
     <w:rsid w:val="002B09B6"/>
     <w:rsid w:val="002E6837"/>
     <w:rsid w:val="003020B7"/>
     <w:rsid w:val="00353617"/>
     <w:rsid w:val="0036003E"/>
     <w:rsid w:val="00394161"/>
     <w:rsid w:val="003A7588"/>
     <w:rsid w:val="00402AD5"/>
     <w:rsid w:val="004A6DCE"/>
     <w:rsid w:val="004B4EFA"/>
     <w:rsid w:val="004B6D13"/>
     <w:rsid w:val="004E4BC8"/>
     <w:rsid w:val="00506C8E"/>
     <w:rsid w:val="00512F7C"/>
     <w:rsid w:val="00521EC8"/>
     <w:rsid w:val="005254FA"/>
     <w:rsid w:val="005565A5"/>
     <w:rsid w:val="00563DCE"/>
     <w:rsid w:val="00573C76"/>
     <w:rsid w:val="0058532D"/>
     <w:rsid w:val="005A1AFC"/>
     <w:rsid w:val="005B1AA1"/>
     <w:rsid w:val="005C4C34"/>
     <w:rsid w:val="00604785"/>
     <w:rsid w:val="006070C6"/>
     <w:rsid w:val="00651C9B"/>
     <w:rsid w:val="00653AC7"/>
     <w:rsid w:val="00654EAF"/>
     <w:rsid w:val="00655F63"/>
     <w:rsid w:val="00664F0D"/>
     <w:rsid w:val="006747DC"/>
     <w:rsid w:val="006949BC"/>
     <w:rsid w:val="006A297E"/>
     <w:rsid w:val="006B3883"/>
     <w:rsid w:val="006B631E"/>
     <w:rsid w:val="006E127F"/>
     <w:rsid w:val="00737BC4"/>
     <w:rsid w:val="007624E1"/>
+    <w:rsid w:val="00791F8C"/>
     <w:rsid w:val="00793B19"/>
     <w:rsid w:val="007D76BD"/>
     <w:rsid w:val="00802381"/>
     <w:rsid w:val="00816B05"/>
     <w:rsid w:val="00854991"/>
     <w:rsid w:val="008556AD"/>
     <w:rsid w:val="008D312F"/>
     <w:rsid w:val="008F35E2"/>
     <w:rsid w:val="0090635E"/>
     <w:rsid w:val="009174E0"/>
     <w:rsid w:val="00931AF5"/>
     <w:rsid w:val="00935CD1"/>
     <w:rsid w:val="009654B7"/>
+    <w:rsid w:val="009C0293"/>
     <w:rsid w:val="009C676E"/>
     <w:rsid w:val="00A10EE8"/>
     <w:rsid w:val="00A20D1F"/>
     <w:rsid w:val="00A414BC"/>
     <w:rsid w:val="00A43D66"/>
     <w:rsid w:val="00A67D47"/>
     <w:rsid w:val="00A710BB"/>
     <w:rsid w:val="00AA2B38"/>
     <w:rsid w:val="00AD403D"/>
     <w:rsid w:val="00AD580E"/>
     <w:rsid w:val="00AE4E2E"/>
     <w:rsid w:val="00B14B97"/>
     <w:rsid w:val="00B53208"/>
     <w:rsid w:val="00B7125E"/>
     <w:rsid w:val="00B72860"/>
     <w:rsid w:val="00BB5030"/>
     <w:rsid w:val="00BE70B1"/>
     <w:rsid w:val="00C1096F"/>
     <w:rsid w:val="00C15189"/>
     <w:rsid w:val="00C22E73"/>
     <w:rsid w:val="00C2453C"/>
     <w:rsid w:val="00C50CBE"/>
     <w:rsid w:val="00C5103B"/>
     <w:rsid w:val="00C755CE"/>
     <w:rsid w:val="00C9246A"/>
     <w:rsid w:val="00CB62C5"/>
     <w:rsid w:val="00CD68B9"/>
     <w:rsid w:val="00CF0390"/>
     <w:rsid w:val="00CF50F8"/>
     <w:rsid w:val="00CF7922"/>
+    <w:rsid w:val="00D03B3D"/>
+    <w:rsid w:val="00D52C1D"/>
     <w:rsid w:val="00D6274D"/>
     <w:rsid w:val="00DA0FDA"/>
     <w:rsid w:val="00DB6372"/>
     <w:rsid w:val="00E163B5"/>
     <w:rsid w:val="00E205C7"/>
     <w:rsid w:val="00E20DCE"/>
     <w:rsid w:val="00E3418F"/>
     <w:rsid w:val="00E35634"/>
     <w:rsid w:val="00E41A5D"/>
     <w:rsid w:val="00E77802"/>
     <w:rsid w:val="00EC7A59"/>
     <w:rsid w:val="00EF5D00"/>
     <w:rsid w:val="00F440D6"/>
+    <w:rsid w:val="00F86A83"/>
     <w:rsid w:val="00F90ADA"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pl-PL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
@@ -10175,67 +10147,67 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>7</Pages>
-  <Words>1451</Words>
-  <Characters>8708</Characters>
+  <Words>1426</Words>
+  <Characters>8562</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>72</Lines>
-  <Paragraphs>20</Paragraphs>
+  <Lines>71</Lines>
+  <Paragraphs>19</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr/>
+      <vt:lpstr>WLM_wniosek_zamiana_lokalu</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>10139</CharactersWithSpaces>
+  <CharactersWithSpaces>9969</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>WLM_wniosek_zamiana_lokalu</dc:title>
   <dc:creator>Czajkowski Bartosz</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>