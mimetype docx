--- v0 (2025-11-24)
+++ v1 (2026-01-12)
@@ -1,52 +1,52 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w:rsidR="002322E9" w:rsidRDefault="002322E9" w:rsidP="00EC322C">
+    <w:p w14:paraId="7B5C5855" w14:textId="77777777" w:rsidR="002322E9" w:rsidRDefault="002322E9" w:rsidP="00EC322C">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:tab/>
@@ -70,381 +70,381 @@
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Wrocław, dnia </w:t>
       </w:r>
       <w:r w:rsidR="00855287">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>_____________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002322E9" w:rsidRDefault="002322E9" w:rsidP="00EC322C">
+    <w:p w14:paraId="20B5A785" w14:textId="77777777" w:rsidR="002322E9" w:rsidRDefault="002322E9" w:rsidP="00EC322C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.............................................................</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002322E9" w:rsidRDefault="002322E9" w:rsidP="00EC322C">
+    <w:p w14:paraId="73E86FDB" w14:textId="77777777" w:rsidR="002322E9" w:rsidRDefault="002322E9" w:rsidP="00EC322C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>imię i nazwisko wnioskodawcy / wnioskodawców /</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002322E9" w:rsidRDefault="002322E9" w:rsidP="00EC322C">
+    <w:p w14:paraId="37181CE5" w14:textId="77777777" w:rsidR="002322E9" w:rsidRDefault="002322E9" w:rsidP="00EC322C">
       <w:pPr>
         <w:ind w:left="708" w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">nazwa podmiotu </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002322E9" w:rsidRDefault="002322E9" w:rsidP="00EC322C">
+    <w:p w14:paraId="33194C3E" w14:textId="77777777" w:rsidR="002322E9" w:rsidRDefault="002322E9" w:rsidP="00EC322C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002322E9" w:rsidRDefault="002322E9" w:rsidP="00EC322C">
+    <w:p w14:paraId="6C8EB233" w14:textId="77777777" w:rsidR="002322E9" w:rsidRDefault="002322E9" w:rsidP="00EC322C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.............................................................</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002322E9" w:rsidRDefault="002322E9" w:rsidP="00EC322C">
+    <w:p w14:paraId="395739E6" w14:textId="77777777" w:rsidR="002322E9" w:rsidRDefault="002322E9" w:rsidP="00EC322C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="16"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">adres  zamieszkania / siedziby </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="16"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002322E9" w:rsidRDefault="002322E9" w:rsidP="00EC322C">
+    <w:p w14:paraId="625511A2" w14:textId="77777777" w:rsidR="002322E9" w:rsidRDefault="002322E9" w:rsidP="00EC322C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="16"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002322E9" w:rsidRDefault="002322E9" w:rsidP="00EC322C">
+    <w:p w14:paraId="74924EF6" w14:textId="77777777" w:rsidR="002322E9" w:rsidRDefault="002322E9" w:rsidP="00EC322C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>............................................................</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002322E9" w:rsidRDefault="002322E9" w:rsidP="00EC322C">
+    <w:p w14:paraId="2BEC2EC7" w14:textId="77777777" w:rsidR="002322E9" w:rsidRDefault="002322E9" w:rsidP="00EC322C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>adres korespondencyjny (jeśli inny niż zamieszkania/siedziby)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002322E9" w:rsidRDefault="002322E9" w:rsidP="00EC322C">
+    <w:p w14:paraId="1ECB4211" w14:textId="77777777" w:rsidR="002322E9" w:rsidRDefault="002322E9" w:rsidP="00EC322C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4500"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002322E9" w:rsidRDefault="002322E9" w:rsidP="00EC322C">
+    <w:p w14:paraId="76B23B5F" w14:textId="77777777" w:rsidR="002322E9" w:rsidRDefault="002322E9" w:rsidP="00EC322C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4500"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002322E9" w:rsidRDefault="002322E9" w:rsidP="00EC322C">
+    <w:p w14:paraId="2E9CAA5E" w14:textId="77777777" w:rsidR="002322E9" w:rsidRDefault="002322E9" w:rsidP="00EC322C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4500"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>........................................................</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002322E9" w:rsidRDefault="002322E9" w:rsidP="00EC322C">
+    <w:p w14:paraId="4B409F8E" w14:textId="77777777" w:rsidR="002322E9" w:rsidRDefault="002322E9" w:rsidP="00EC322C">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">PESEL </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002322E9" w:rsidRDefault="002322E9" w:rsidP="00EC322C">
+    <w:p w14:paraId="0935E866" w14:textId="77777777" w:rsidR="002322E9" w:rsidRDefault="002322E9" w:rsidP="00EC322C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>........................................................</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002322E9" w:rsidRDefault="002322E9" w:rsidP="00EC322C">
+    <w:p w14:paraId="7421546A" w14:textId="77777777" w:rsidR="002322E9" w:rsidRDefault="002322E9" w:rsidP="00EC322C">
       <w:pPr>
         <w:ind w:left="708" w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">NIP </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002322E9" w:rsidRDefault="002322E9" w:rsidP="00EC322C">
+    <w:p w14:paraId="3DB04BA9" w14:textId="77777777" w:rsidR="002322E9" w:rsidRDefault="002322E9" w:rsidP="00EC322C">
       <w:pPr>
         <w:ind w:left="708" w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002322E9" w:rsidRDefault="002322E9" w:rsidP="00EC322C">
+    <w:p w14:paraId="2F5374A0" w14:textId="77777777" w:rsidR="002322E9" w:rsidRDefault="002322E9" w:rsidP="00EC322C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4500"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>.....................................................................</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002322E9" w:rsidRDefault="002322E9" w:rsidP="00EC322C">
+    <w:p w14:paraId="2FADFCFC" w14:textId="77777777" w:rsidR="002322E9" w:rsidRDefault="002322E9" w:rsidP="00EC322C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="de-DE"/>
@@ -477,84 +477,84 @@
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>adres</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve"> e-</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>mail</w:t>
+        <w:t>e-mail</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002322E9" w:rsidRDefault="002322E9" w:rsidP="00EC322C">
+    <w:p w14:paraId="40CF27BD" w14:textId="77777777" w:rsidR="002322E9" w:rsidRDefault="002322E9" w:rsidP="00EC322C">
       <w:pPr>
         <w:ind w:left="4248"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:tab/>
@@ -591,193 +591,193 @@
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>URZĄD MIEJSKI WROCŁAWIA</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002322E9" w:rsidRDefault="002322E9" w:rsidP="00EC322C">
+    <w:p w14:paraId="66344F7B" w14:textId="77777777" w:rsidR="002322E9" w:rsidRDefault="002322E9" w:rsidP="00EC322C">
       <w:pPr>
         <w:ind w:left="4248" w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Wydział Nieruchomości Komunalnych</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002322E9" w:rsidRDefault="002322E9" w:rsidP="00EC322C">
+    <w:p w14:paraId="7FDA0902" w14:textId="77777777" w:rsidR="002322E9" w:rsidRDefault="002322E9" w:rsidP="00EC322C">
       <w:pPr>
         <w:ind w:left="4248" w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>al. Marcina Kromera 44</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002322E9" w:rsidRDefault="002322E9" w:rsidP="00EC322C">
+    <w:p w14:paraId="6A987E12" w14:textId="77777777" w:rsidR="002322E9" w:rsidRDefault="002322E9" w:rsidP="00EC322C">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:left="4248" w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>51-163 WROCŁAW</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002322E9" w:rsidRDefault="002322E9" w:rsidP="00EC322C">
+    <w:p w14:paraId="77296B8D" w14:textId="77777777" w:rsidR="002322E9" w:rsidRDefault="002322E9" w:rsidP="00EC322C">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">WNIOSEK </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002322E9" w:rsidRDefault="002322E9" w:rsidP="00EC322C">
+    <w:p w14:paraId="0B0FF976" w14:textId="77777777" w:rsidR="002322E9" w:rsidRDefault="002322E9" w:rsidP="00EC322C">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>O DZIERŻAWĘ NIERUCHOMOŚCI /CZĘŚCI NIERUCHOMOŚCI *</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002322E9" w:rsidRDefault="002322E9" w:rsidP="00EC322C">
+    <w:p w14:paraId="7EE1D371" w14:textId="77777777" w:rsidR="002322E9" w:rsidRDefault="002322E9" w:rsidP="00EC322C">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>STANOWIĄCEJ WŁASNOŚĆ GMINY WROCŁAW</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002322E9" w:rsidRDefault="002322E9" w:rsidP="00EC322C">
+    <w:p w14:paraId="3879A35E" w14:textId="77777777" w:rsidR="002322E9" w:rsidRDefault="002322E9" w:rsidP="00EC322C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002322E9" w:rsidRDefault="002322E9" w:rsidP="00EC322C">
+    <w:p w14:paraId="2D7D16CE" w14:textId="77777777" w:rsidR="002322E9" w:rsidRDefault="002322E9" w:rsidP="00EC322C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002322E9" w:rsidRDefault="002322E9" w:rsidP="00EC322C">
+    <w:p w14:paraId="32E0A584" w14:textId="77777777" w:rsidR="002322E9" w:rsidRDefault="002322E9" w:rsidP="00EC322C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002322E9" w:rsidRDefault="002322E9" w:rsidP="00EC322C">
+    <w:p w14:paraId="6F3A9A22" w14:textId="77777777" w:rsidR="002322E9" w:rsidRDefault="002322E9" w:rsidP="00EC322C">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Wnioskuję o wydzierżawienie nieruchomości/części nieruchomości* zabudowanej/ niezabu</w:t>
       </w:r>
       <w:r w:rsidR="00B70BD0">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>dowanej*, stanowiącej własność G</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -796,94 +796,94 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:br/>
         <w:t>nr ___________, AM _______, w obrębie ___________________, o powierzchni _______________ m</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002322E9" w:rsidRDefault="002322E9" w:rsidP="00EC322C">
+    <w:p w14:paraId="3637FABF" w14:textId="77777777" w:rsidR="002322E9" w:rsidRDefault="002322E9" w:rsidP="00EC322C">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Wnioskowany okres dzierżawy _______________________.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002322E9" w:rsidRDefault="002322E9" w:rsidP="00EC322C">
+    <w:p w14:paraId="1C9B368C" w14:textId="77777777" w:rsidR="002322E9" w:rsidRDefault="002322E9" w:rsidP="00EC322C">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Planowane wykorzystanie przedmiotu dzierżawy_______________________________, (w przypadku przeznaczenia przedmiotu dzierżawy na cele rolne/zieleń przydomowa wskazane załączniki nie są wymagane).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002322E9" w:rsidRDefault="002322E9" w:rsidP="00EC322C">
+    <w:p w14:paraId="09886571" w14:textId="77777777" w:rsidR="002322E9" w:rsidRDefault="002322E9" w:rsidP="00EC322C">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002322E9" w:rsidRDefault="002322E9" w:rsidP="00EC322C">
+    <w:p w14:paraId="50A84597" w14:textId="77777777" w:rsidR="002322E9" w:rsidRDefault="002322E9" w:rsidP="00EC322C">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:tab/>
       </w:r>
@@ -897,51 +897,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:tab/>
         <w:t>.......................................</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002322E9" w:rsidRDefault="002322E9" w:rsidP="00EC322C">
+    <w:p w14:paraId="62828BC5" w14:textId="77777777" w:rsidR="002322E9" w:rsidRDefault="002322E9" w:rsidP="00EC322C">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:tab/>
@@ -962,155 +962,155 @@
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">podpis wnioskodawcy/wnioskodawców </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002322E9" w:rsidRDefault="002322E9" w:rsidP="00EC322C">
+    <w:p w14:paraId="4538DD35" w14:textId="77777777" w:rsidR="002322E9" w:rsidRDefault="002322E9" w:rsidP="00EC322C">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:ind w:left="5664" w:firstLine="708"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>lub osoby upoważnionej</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002322E9" w:rsidRDefault="002322E9" w:rsidP="00EC322C">
+    <w:p w14:paraId="318B0F86" w14:textId="77777777" w:rsidR="002322E9" w:rsidRDefault="002322E9" w:rsidP="00EC322C">
       <w:pPr>
         <w:pStyle w:val="Stopka"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002322E9" w:rsidRDefault="002322E9" w:rsidP="00EC322C">
+    <w:p w14:paraId="3EDF5648" w14:textId="77777777" w:rsidR="002322E9" w:rsidRDefault="002322E9" w:rsidP="00EC322C">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:spacing w:before="60" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">* </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
         <w:t>niepotrzebne  skreślić</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002322E9" w:rsidRDefault="002322E9" w:rsidP="00EC322C">
+    <w:p w14:paraId="18FDD064" w14:textId="77777777" w:rsidR="002322E9" w:rsidRDefault="002322E9" w:rsidP="00EC322C">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="2340"/>
         </w:tabs>
         <w:spacing w:before="60" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="708" w:hanging="348"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>wymagane - odmowa podania danych jest równoznaczna z brakiem możliwości realizacji wniosku i wykonywania umowy dzierżawy.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002322E9" w:rsidRDefault="002322E9" w:rsidP="00EC322C">
+    <w:p w14:paraId="5C3043B3" w14:textId="77777777" w:rsidR="002322E9" w:rsidRDefault="002322E9" w:rsidP="00EC322C">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="900"/>
           <w:tab w:val="left" w:pos="2340"/>
         </w:tabs>
         <w:spacing w:before="60" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="708" w:hanging="348"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
@@ -1119,51 +1119,51 @@
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>wymagane w przypadku wnioskodawcy będącego osobą prawną lub osobą fizyczną prowadzącą działalność gospodarczą.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002322E9" w:rsidRDefault="002322E9" w:rsidP="00EC322C">
+    <w:p w14:paraId="42A20CC8" w14:textId="77777777" w:rsidR="002322E9" w:rsidRDefault="002322E9" w:rsidP="00EC322C">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="900"/>
           <w:tab w:val="left" w:pos="2340"/>
         </w:tabs>
         <w:spacing w:before="60" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="708" w:hanging="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">     </w:t>
       </w:r>
       <w:r>
@@ -1180,752 +1180,283 @@
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">niewymagane - w przypadku ich podania dane będą służyły wyłącznie celom kontaktowym związanym z realizacją wniosku, a w przypadku zawarcia umowy w bieżących sprawach związanych z wykonywaniem umowy dzierżawy.   </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002322E9" w:rsidRDefault="002322E9" w:rsidP="00EC322C">
+    <w:p w14:paraId="5DD13DEE" w14:textId="77777777" w:rsidR="002322E9" w:rsidRDefault="002322E9" w:rsidP="00EC322C">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="6372" w:hanging="6372"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002322E9" w:rsidRDefault="002322E9" w:rsidP="00EC322C">
+    <w:p w14:paraId="3F41B52B" w14:textId="77777777" w:rsidR="002322E9" w:rsidRDefault="002322E9" w:rsidP="00EC322C">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="6372" w:hanging="6372"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>W załączeniu do wniosku:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002322E9" w:rsidRDefault="002322E9" w:rsidP="00EC322C">
+    <w:p w14:paraId="56D00710" w14:textId="77777777" w:rsidR="002322E9" w:rsidRDefault="002322E9" w:rsidP="00EC322C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Arial Unicode MS" w:hAnsi="Verdana" w:cs="Arial Unicode MS"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">1 egz. mapy wraz ze wskazaniem lokalizacji dzierżawy na mapie, </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002322E9" w:rsidRDefault="002322E9" w:rsidP="00EC322C">
+    <w:p w14:paraId="05ABE5DB" w14:textId="77777777" w:rsidR="002322E9" w:rsidRDefault="002322E9" w:rsidP="00EC322C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>w przypadku inwestycji wymagającej pozwolenia na budowę:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002322E9" w:rsidRDefault="002322E9" w:rsidP="00EC322C">
+    <w:p w14:paraId="2E9DAB65" w14:textId="77777777" w:rsidR="002322E9" w:rsidRDefault="002322E9" w:rsidP="00EC322C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>wypis i wyrys z miejscowego planu zagospodarowania przestrzennego;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002322E9" w:rsidRDefault="002322E9" w:rsidP="00EC322C">
+    <w:p w14:paraId="71C51B4E" w14:textId="77777777" w:rsidR="002322E9" w:rsidRDefault="002322E9" w:rsidP="00EC322C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>w przypadku braku miejscowego planu zagospodarowania przestrzennego ostateczną decyzję o warunkach zabudowy wraz z załącznikiem graficznym;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002322E9" w:rsidRDefault="002322E9" w:rsidP="00EC322C">
+    <w:p w14:paraId="31B56278" w14:textId="77777777" w:rsidR="002322E9" w:rsidRDefault="002322E9" w:rsidP="00EC322C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>inne dokumenty w zależności od rodzaju sprawy.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002322E9" w:rsidRDefault="002322E9" w:rsidP="00EC322C">
+    <w:p w14:paraId="168F5510" w14:textId="77777777" w:rsidR="002322E9" w:rsidRDefault="002322E9" w:rsidP="00EC322C">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2340"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002322E9" w:rsidRDefault="002322E9" w:rsidP="00EC322C">
+    <w:p w14:paraId="13BEF486" w14:textId="77777777" w:rsidR="002322E9" w:rsidRDefault="002322E9" w:rsidP="00EC322C">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2340"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002322E9" w:rsidRDefault="002322E9" w:rsidP="00EC322C">
+    <w:p w14:paraId="1FB76484" w14:textId="77777777" w:rsidR="002322E9" w:rsidRDefault="002322E9" w:rsidP="00EC322C">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2340"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002322E9" w:rsidRDefault="002322E9" w:rsidP="00EC322C">
-[...203 lines deleted...]
-    <w:p w:rsidR="002322E9" w:rsidRDefault="002322E9" w:rsidP="00EC322C">
+    <w:p w14:paraId="34EE5F8D" w14:textId="77777777" w:rsidR="002322E9" w:rsidRDefault="002322E9" w:rsidP="00EC322C">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2340"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002322E9" w:rsidRDefault="002322E9" w:rsidP="00EC322C">
-[...264 lines deleted...]
-    <w:p w:rsidR="002322E9" w:rsidRDefault="002322E9" w:rsidP="00EC322C">
+    <w:p w14:paraId="37D4633D" w14:textId="77777777" w:rsidR="002322E9" w:rsidRDefault="002322E9" w:rsidP="00EC322C">
       <w:pPr>
         <w:pStyle w:val="Nagwek2"/>
         <w:spacing w:after="120"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>INFORMACJE O PRZETWARZANIU DANYCH OSOBOWYCH</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002322E9" w:rsidRDefault="002322E9" w:rsidP="00EC322C">
+    <w:p w14:paraId="69EFEBC8" w14:textId="77777777" w:rsidR="002322E9" w:rsidRDefault="002322E9" w:rsidP="00EC322C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Zgodnie z art. 13 ust. 1 i ust. 2 Rozporządzenia Parlamentu Europejskiego i Rady (UE) 2016/679 z dnia 27 kwietnia 2016 r. w sprawie ochrony osób fizycznych w związku z przetwarzaniem danych osobowych i w sprawie swobodnego przepływu takich danych oraz uchylenia dyrektywy 95/46/WE (ogólne rozporządzenie o ochronie danych dalej jako: „RODO”, Dz. Urz. UE L 119 z 04.05.2016), Wydział Nieruchomości Komunalnych informuje o zasadach przetwarzania Pani/Pana danych osobowych oraz o przysługujących Pani/Panu prawach z tym związanych:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002322E9" w:rsidRDefault="002322E9" w:rsidP="00EC322C">
+    <w:p w14:paraId="34354294" w14:textId="77777777" w:rsidR="002322E9" w:rsidRDefault="002322E9" w:rsidP="00EC322C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002322E9" w:rsidRDefault="002322E9" w:rsidP="00EC322C">
+    <w:p w14:paraId="7A480952" w14:textId="77777777" w:rsidR="002322E9" w:rsidRDefault="002322E9" w:rsidP="004E58BB">
       <w:pPr>
         <w:pStyle w:val="PreformattedText"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
@@ -1935,89 +1466,79 @@
       <w:r w:rsidR="00D6029C">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Prezydent</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> Wrocławia z siedzibą we Wrocławiu, pl. Nowy Targ 1-8, 50-141 Wrocław. Z Administratorem może</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="MS Mincho" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> się Pani/Pan skontaktować w następujący sposób: listownie na adres: pl. Nowy Targ 1-8, 50-141 Wrocław; przez e-mail: </w:t>
       </w:r>
-      <w:r w:rsidR="0022624D">
-[...10 lines deleted...]
-          <w:rStyle w:val="Hipercze"/>
+      <w:hyperlink r:id="rId7" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hipercze"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:t>wnk@um.wroc.pl</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="MS Mincho" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ; </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>wnk@um.wroc.pl</w:t>
-[...17 lines deleted...]
-        </w:rPr>
         <w:t>telefonicznie: +48 71 777 92 02.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002322E9" w:rsidRDefault="002322E9" w:rsidP="00EC322C">
+    <w:p w14:paraId="389A7BA9" w14:textId="77777777" w:rsidR="002322E9" w:rsidRDefault="002322E9" w:rsidP="004E58BB">
       <w:pPr>
         <w:pStyle w:val="PreformattedText"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
@@ -2050,581 +1571,446 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> Wrocław; przez </w:t>
       </w:r>
       <w:r w:rsidR="001B1E5D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">e-mail: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7" w:history="1">
+      <w:hyperlink r:id="rId8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>iod@um.wroc.pl</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">;telefonicznie: +48 717 77 </w:t>
-[...20 lines deleted...]
-    <w:p w:rsidR="002322E9" w:rsidRDefault="002322E9" w:rsidP="00EC322C">
+        <w:t>;telefonicznie: +48 717 77 77 24.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1986D964" w14:textId="77777777" w:rsidR="002322E9" w:rsidRDefault="002322E9" w:rsidP="004E58BB">
       <w:pPr>
         <w:pStyle w:val="PreformattedText"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Pani/Pana dane będą przetwarzane w celu rozpatrzenia wniosku o zawarcie umowy dzierżawy nieruchomości. Podanie danych osobowych, oznaczonych jako „wymagane” jest niezbędne do rozpatrzenia wniosku oraz zawarcia i wykonywania  umowy. W przypadku ich niepodania Pani/Pana wniosek nie będzie mógł zostać rozpatrzony. Pani/Pana dane osobowe podane przed wykonaniem usługi, będą przetwarzane, wyłącznie w celu realizacji umowy, podstawę do tego stanowi art. 6 ust. 1 lit. b) RODO. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002322E9" w:rsidRDefault="002322E9" w:rsidP="00EC322C">
+    <w:p w14:paraId="654E8062" w14:textId="77777777" w:rsidR="002322E9" w:rsidRDefault="002322E9" w:rsidP="004E58BB">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="NSimSun" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="NSimSun" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
         </w:rPr>
         <w:t>Dane po zrealizowaniu celu, dla którego zostały zebrane, będą przetwarzane do celów archiwalnych i przechowywane przez okres niezbędny do zrealizowania przepisów dotyczących archiwizowania danych obowiązujących  Administratora tj.: ustawy z dnia 14 lipca 1983 r. o narodowym zasobie archiwalnym i archiwach, rozporządzenia Prezesa Rady Ministrów z dnia    18 stycznia 2011 r. w sprawie instrukcji kancelaryjnej, jednolitych rzeczowych wykazów akt oraz instrukcji w sprawie organizacji i zakresu działania archiwów zakładowych</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="NSimSun" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002322E9" w:rsidRDefault="002322E9" w:rsidP="00EC322C">
-[...39 lines deleted...]
-    <w:p w:rsidR="002322E9" w:rsidRDefault="002322E9" w:rsidP="00EC322C">
+    <w:p w14:paraId="3306C43D" w14:textId="77777777" w:rsidR="002322E9" w:rsidRDefault="002322E9" w:rsidP="004E58BB">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="NSimSun" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="NSimSun" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve"> Przysługują Pani/Panu następujące prawa związane z przetwarzaniem danych osobowych:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002322E9" w:rsidRDefault="002322E9" w:rsidP="00EC322C">
+    <w:p w14:paraId="25A31740" w14:textId="77777777" w:rsidR="002322E9" w:rsidRDefault="002322E9" w:rsidP="004E58BB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="num" w:pos="900"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="900"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="NSimSun" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="NSimSun" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
         </w:rPr>
         <w:t>prawo dostępu do swoich danych osobowych,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002322E9" w:rsidRDefault="002322E9" w:rsidP="00EC322C">
+    <w:p w14:paraId="7CBFC9D6" w14:textId="77777777" w:rsidR="002322E9" w:rsidRDefault="002322E9" w:rsidP="004E58BB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="num" w:pos="900"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="900"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="NSimSun" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="NSimSun" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
         </w:rPr>
         <w:t>prawo żądania sprostowania danych, które są nieprawidłowe i uzupełnienia niekompletnych danych,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002322E9" w:rsidRDefault="002322E9" w:rsidP="00EC322C">
+    <w:p w14:paraId="64AF23E8" w14:textId="77777777" w:rsidR="002322E9" w:rsidRDefault="002322E9" w:rsidP="004E58BB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="num" w:pos="900"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="900"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="NSimSun" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="NSimSun" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
         </w:rPr>
         <w:t>prawo żądania ograniczenia przetwarzania.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002322E9" w:rsidRDefault="002322E9" w:rsidP="00EC322C">
+    <w:p w14:paraId="2E015D37" w14:textId="77777777" w:rsidR="002322E9" w:rsidRDefault="002322E9" w:rsidP="004E58BB">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy3"/>
-        <w:ind w:left="360"/>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="357"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="NSimSun" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="NSimSun" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
         </w:rPr>
         <w:t>Aby skorzystać z powyższych praw należy skontaktować się z Inspektorem Ochrony Danych (dane kontaktowe powyżej).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002322E9" w:rsidRDefault="002322E9" w:rsidP="00EC322C">
+    <w:p w14:paraId="0561C9F8" w14:textId="77777777" w:rsidR="002322E9" w:rsidRDefault="002322E9" w:rsidP="004E58BB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="NSimSun" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="NSimSun" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
         </w:rPr>
         <w:t>W przypadku nieprawidłowości przy przetwarzaniu Pani/Pana danych osobowych, przysługuje Pani/Panu także prawo wniesienia skargi do organu nadzorczego zajmującego się ochroną danych osobowych, tj. Prezesa Urzędu Ochrony Danych Osobowych.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002322E9" w:rsidRDefault="002322E9" w:rsidP="00EC322C">
-      <w:pPr>
+    <w:p w14:paraId="4772F31B" w14:textId="77777777" w:rsidR="002322E9" w:rsidRDefault="002322E9" w:rsidP="004E58BB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="MS Mincho" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="cs-CZ"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...10 lines deleted...]
-        <w:ind w:left="360"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="MS Mincho" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="cs-CZ"/>
         </w:rPr>
-      </w:pPr>
-[...3 lines deleted...]
-          <w:sz w:val="18"/>
+        <w:t>Pani/Pana dane osobowe mogą być udostępniane podmiotom uprawnionym do ich otrzymania na podstawie obowiązujących przepisów prawa, a ponadto odbiorcom danych w rozumieniu przepisów o ochronie danych osobowych, tj. usługodawcom zajmującym się obsługą informatyczną Administratora, podmiotom prowadzącym działalność pocztową lub kurierską, osobom fizycznym posiadającym wiedzę specjalną i występującym w postępowaniu w charakterze biegłego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FE521DC" w14:textId="77777777" w:rsidR="002322E9" w:rsidRDefault="002322E9" w:rsidP="004E58BB">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
           <w:szCs w:val="18"/>
-          <w:lang w:val="cs-CZ"/>
-[...14 lines deleted...]
-    <w:p w:rsidR="002322E9" w:rsidRDefault="002322E9" w:rsidP="00EC322C">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3450C09A" w14:textId="77777777" w:rsidR="002322E9" w:rsidRDefault="002322E9" w:rsidP="004E58BB">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="cs-CZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002322E9" w:rsidRDefault="002322E9" w:rsidP="00EC322C">
-      <w:pPr>
+    <w:p w14:paraId="18F998F5" w14:textId="77777777" w:rsidR="002322E9" w:rsidRDefault="002322E9" w:rsidP="004E58BB">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
-          <w:szCs w:val="18"/>
-[...69 lines deleted...]
-          <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="002322E9" w:rsidSect="00A92242">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="540" w:right="1417" w:bottom="899" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="0049158C" w:rsidRDefault="0049158C">
+    <w:p w14:paraId="03107793" w14:textId="77777777" w:rsidR="0049158C" w:rsidRDefault="0049158C">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="0049158C" w:rsidRDefault="0049158C">
+    <w:p w14:paraId="74D4E591" w14:textId="77777777" w:rsidR="0049158C" w:rsidRDefault="0049158C">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="EE"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="NSimSun">
     <w:panose1 w:val="02010609030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="EE"/>
@@ -2640,115 +2026,84 @@
     <w:notTrueType/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Unicode MS">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="F7FFAFFF" w:usb1="E9DFFFFF" w:usb2="0000003F" w:usb3="00000000" w:csb0="003F01FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="A00002BF" w:usb1="68C7FCFB" w:usb2="00000010" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="0049158C" w:rsidRDefault="0049158C">
+    <w:p w14:paraId="3002B838" w14:textId="77777777" w:rsidR="0049158C" w:rsidRDefault="0049158C">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="0049158C" w:rsidRDefault="0049158C">
+    <w:p w14:paraId="145EA1BC" w14:textId="77777777" w:rsidR="0049158C" w:rsidRDefault="0049158C">
       <w:r>
         <w:continuationSeparator/>
-      </w:r>
-[...29 lines deleted...]
-        <w:t xml:space="preserve"> właściwe zaznaczyć</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="0">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="077A719E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4C5CD62A"/>
     <w:lvl w:ilvl="0" w:tplc="04150001">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:eastAsia="Times New Roman" w:hAnsi="Symbol" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
@@ -2843,51 +2198,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1">
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0A5057BF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0E308F0C"/>
     <w:lvl w:ilvl="0" w:tplc="04150001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -2956,51 +2311,51 @@
     <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0B771134"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9C4A59B4"/>
     <w:lvl w:ilvl="0" w:tplc="04150001">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:eastAsia="Times New Roman" w:hAnsi="Symbol" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
@@ -3095,51 +2450,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="29CC3FE9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="299466D0"/>
     <w:lvl w:ilvl="0" w:tplc="0415000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="CBBEB530">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
@@ -3186,51 +2541,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2CF90FAC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A7E46E0C"/>
     <w:lvl w:ilvl="0" w:tplc="93161DDC">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:eastAsia="NSimSun" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="3334A600">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3305,51 +2660,51 @@
     <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="32483285"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A7FA9CC6"/>
     <w:lvl w:ilvl="0" w:tplc="C1EAB858">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="340" w:hanging="340"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3445,51 +2800,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="382D64B3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0A522CDE"/>
     <w:lvl w:ilvl="0" w:tplc="0415000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -3531,51 +2886,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="392B5B8C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DBF848EA"/>
     <w:lvl w:ilvl="0" w:tplc="04150017">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="644" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="644"/>
         </w:tabs>
         <w:ind w:left="644" w:hanging="360"/>
@@ -3644,51 +2999,51 @@
     <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4964"/>
         </w:tabs>
         <w:ind w:left="4964" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5684"/>
         </w:tabs>
         <w:ind w:left="5684" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3E9F0BBC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="968ACBC6"/>
     <w:lvl w:ilvl="0" w:tplc="2618EB5A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="93C0919C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -3793,51 +3148,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="E9AAAB24" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="45615EB2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="55865732"/>
     <w:lvl w:ilvl="0" w:tplc="04150001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -3906,51 +3261,51 @@
     <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="48BC1A0D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4F24A3D4"/>
     <w:lvl w:ilvl="0" w:tplc="0415000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -3992,51 +3347,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4A487D5B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="18A26C4E"/>
     <w:lvl w:ilvl="0" w:tplc="0415000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -4078,51 +3433,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5C7659AE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="25CE9EAC"/>
     <w:lvl w:ilvl="0" w:tplc="04150001">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:eastAsia="Times New Roman" w:hAnsi="Symbol" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
@@ -4217,51 +3572,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5EEA7385"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BB345BD2"/>
     <w:lvl w:ilvl="0" w:tplc="0415000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
@@ -4306,51 +3661,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="613A3256"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9B080B5C"/>
     <w:lvl w:ilvl="0" w:tplc="0415000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -4419,51 +3774,51 @@
     <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="67417BD5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C562B90A"/>
     <w:lvl w:ilvl="0" w:tplc="04150001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
@@ -4508,51 +3863,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6AEB0612"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F846546A"/>
     <w:lvl w:ilvl="0" w:tplc="04150001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="BD30511A">
       <w:start w:val="5"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4648,51 +4003,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="75214961"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="AEAEF7E0"/>
     <w:lvl w:ilvl="0" w:tplc="0415000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
@@ -4761,51 +4116,51 @@
     <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5400"/>
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="752B3B59"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FE54759A"/>
     <w:lvl w:ilvl="0" w:tplc="9F9C8F9E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1065"/>
         </w:tabs>
         <w:ind w:left="1065" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4901,51 +4256,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7A590DD4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="57247A3C"/>
     <w:lvl w:ilvl="0" w:tplc="9F9C8F9E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1065"/>
         </w:tabs>
         <w:ind w:left="1065" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5105,306 +4460,555 @@
   <w:num w:numId="14">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="15">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="16">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="17">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="18">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="19">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="20">
     <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
-  <w:compat/>
+  <w:compat>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
+  </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="004840C4"/>
     <w:rsid w:val="0000494A"/>
     <w:rsid w:val="001B1E5D"/>
     <w:rsid w:val="0022624D"/>
     <w:rsid w:val="002322E9"/>
     <w:rsid w:val="0043412C"/>
     <w:rsid w:val="004840C4"/>
     <w:rsid w:val="0049158C"/>
+    <w:rsid w:val="004E58BB"/>
     <w:rsid w:val="004F61FB"/>
     <w:rsid w:val="00701435"/>
     <w:rsid w:val="008020C0"/>
     <w:rsid w:val="00855287"/>
     <w:rsid w:val="009D54E0"/>
+    <w:rsid w:val="009E7061"/>
     <w:rsid w:val="00A34110"/>
     <w:rsid w:val="00A92242"/>
     <w:rsid w:val="00B70BD0"/>
     <w:rsid w:val="00BC730B"/>
     <w:rsid w:val="00C376EC"/>
     <w:rsid w:val="00CF6AD5"/>
     <w:rsid w:val="00D6029C"/>
     <w:rsid w:val="00D96A78"/>
     <w:rsid w:val="00EC322C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="off"/>
+    <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pl-PL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1029"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="21144989"/>
+  <w15:docId w15:val="{A9D2ADB4-A928-4E8B-A8CF-C3E23A3AAA05}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="pl-PL" w:eastAsia="pl-PL" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...136 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normalny">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00A92242"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Nagwek2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normalny"/>
     <w:next w:val="Normalny"/>
     <w:qFormat/>
     <w:rsid w:val="00A92242"/>
     <w:pPr>
       <w:keepNext/>
       <w:jc w:val="both"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Domylnaczcionkaakapitu">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Standardowy">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Bezlisty">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Tekstpodstawowy">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="Normalny"/>
     <w:semiHidden/>
     <w:rsid w:val="00A92242"/>
     <w:pPr>
       <w:jc w:val="both"/>
     </w:pPr>
   </w:style>
@@ -5670,59 +5274,59 @@
     <w:basedOn w:val="Domylnaczcionkaakapitu"/>
     <w:rsid w:val="00A92242"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Akapitzlist1">
     <w:name w:val="Akapit z listą1"/>
     <w:basedOn w:val="Normalny"/>
     <w:rsid w:val="00A92242"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:ind w:left="708"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="zh-CN"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:iod@um.wroc.pl" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:iod@um.wroc.pl" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:wnk@um.wroc.pl" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motyw pakietu Office">
   <a:themeElements>
     <a:clrScheme name="Pakiet Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -5968,76 +5572,76 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>5541</Characters>
+  <Pages>2</Pages>
+  <Words>844</Words>
+  <Characters>5066</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>46</Lines>
-  <Paragraphs>12</Paragraphs>
+  <Lines>42</Lines>
+  <Paragraphs>11</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>UMW</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6255</CharactersWithSpaces>
+  <CharactersWithSpaces>5899</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="12" baseType="variant">
       <vt:variant>
         <vt:i4>5570622</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>mailto:iod@um.wroc.pl</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>4456511</vt:i4>
       </vt:variant>
       <vt:variant>