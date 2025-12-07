--- v0 (2025-10-29)
+++ v1 (2025-12-07)
@@ -1,2332 +1,5911 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="42F3D4BC" w14:textId="77777777" w:rsidR="00E52450" w:rsidRPr="0024771B" w:rsidRDefault="00BF29DA" w:rsidP="008B7677">
-[...2 lines deleted...]
-        <w:spacing w:before="0" w:line="271" w:lineRule="auto"/>
+    <w:p w14:paraId="186D9135" w14:textId="77777777" w:rsidR="00305053" w:rsidRDefault="00305053">
+      <w:pPr>
+        <w:pStyle w:val="Tekstpodstawowy"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...31 lines deleted...]
-      </w:r>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="1F34FCE1" w14:textId="77777777" w:rsidR="00BF29DA" w:rsidRPr="008B7677" w:rsidRDefault="00BF29DA" w:rsidP="008B7677">
+    <w:p w14:paraId="3E686DD4" w14:textId="77777777" w:rsidR="007C0755" w:rsidRDefault="007C0755">
+      <w:pPr>
+        <w:pStyle w:val="Tekstpodstawowy"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">INFORMACJE DOTYCZĄCE PRZETWARZANIA DANYCH OSOBOWYCH </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="474A341C" w14:textId="77777777" w:rsidR="002979E6" w:rsidRDefault="002979E6" w:rsidP="002979E6">
+      <w:pPr>
+        <w:spacing w:before="120" w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D2F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Niniejszą informację otrzymuje Pani/Pan w związku z obowiązkami określonymi w art. 13 Rozporządzenia Parlamentu Europejskiego i Rady (UE) 2016/679 z dnia 27 kwietnia 2016 r. w sprawie ochrony osób fizycznych w związku z przetwarzaniem danych osobowych i w sprawie swobodnego przepływu takich danych oraz uchylenia dyrektywy 95/46/WE (ogólne rozporządzenie o ochronie danych) (Dziennik Urzędowy Unii Europejskiej z dnia 4 maja 2016 r. L 119/1).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04BDE4B3" w14:textId="77777777" w:rsidR="002979E6" w:rsidRPr="00A30C45" w:rsidRDefault="002979E6" w:rsidP="002979E6">
+      <w:pPr>
+        <w:pStyle w:val="Tekstpodstawowy3"/>
+        <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Tahoma"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A30C45">
+        <w:rPr>
+          <w:rFonts w:cs="Tahoma"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Administrator danych</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Tahoma"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> osobowych (ADO)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03FB684B" w14:textId="77777777" w:rsidR="002979E6" w:rsidRPr="00A30C45" w:rsidRDefault="002979E6" w:rsidP="002979E6">
+      <w:pPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A30C45">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Administratorem Pani/Pana danych osobowych jest  Prezydent Wrocławia, z którym można się skontaktować w następujący sposób:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5EDCC0BD" w14:textId="77777777" w:rsidR="002979E6" w:rsidRPr="00A30C45" w:rsidRDefault="002979E6" w:rsidP="002979E6">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="33"/>
+        </w:numPr>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A30C45">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>listownie na adres: Prezydent Wrocławia, Urząd Miejski Wrocławia, pl. Nowy Targ 1-8, 50-141 Wrocław;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55DAF50A" w14:textId="4E6D7DFB" w:rsidR="002979E6" w:rsidRPr="00A30C45" w:rsidRDefault="002979E6" w:rsidP="002979E6">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="33"/>
+        </w:numPr>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rStyle w:val="st"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A30C45">
+        <w:rPr>
+          <w:rStyle w:val="st"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">za pośrednictwem poczty elektronicznej na </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00675589">
+        <w:rPr>
+          <w:rStyle w:val="st"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">adres e-mail: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00675589">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>wp</w:t>
+      </w:r>
+      <w:r w:rsidR="00F4219B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00675589">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>@um.wroc.pl</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00675589">
+        <w:rPr>
+          <w:rStyle w:val="st"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BF76D6E" w14:textId="0018D36B" w:rsidR="002979E6" w:rsidRPr="00675589" w:rsidRDefault="002979E6" w:rsidP="002979E6">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="33"/>
+        </w:numPr>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:spacing w:before="240" w:after="240" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="709" w:hanging="357"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rStyle w:val="st"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A30C45">
+        <w:rPr>
+          <w:rStyle w:val="st"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>telefonicznie:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00675589">
+        <w:rPr>
+          <w:rStyle w:val="st"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> +48 71 777 </w:t>
+      </w:r>
+      <w:r w:rsidR="00F4219B">
+        <w:rPr>
+          <w:rStyle w:val="st"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00675589">
+        <w:rPr>
+          <w:rStyle w:val="st"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7 </w:t>
+      </w:r>
+      <w:r w:rsidR="00F4219B">
+        <w:rPr>
+          <w:rStyle w:val="st"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>06</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E2DE4E8" w14:textId="77777777" w:rsidR="002979E6" w:rsidRPr="00A30C45" w:rsidRDefault="002979E6" w:rsidP="002979E6">
+      <w:pPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="st"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A30C45">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Cele przetwarzania danych</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B7DDACE" w14:textId="77777777" w:rsidR="002E2399" w:rsidRPr="002E2399" w:rsidRDefault="002E2399" w:rsidP="002E2399">
       <w:pPr>
         <w:spacing w:line="271" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...3 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Verdana" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E2399">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Verdana" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Będziemy przetwarzać Twoje dane osobowe na potrzeby konkursu, do którego przystępujesz, składając ofertę konkursową.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="4ED60048" w14:textId="77777777" w:rsidR="00BF29DA" w:rsidRPr="008B7677" w:rsidRDefault="00BF29DA" w:rsidP="008B7677">
+    <w:p w14:paraId="10D6CB6B" w14:textId="77777777" w:rsidR="002979E6" w:rsidRPr="00A30C45" w:rsidRDefault="002979E6" w:rsidP="002979E6">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy3"/>
-        <w:spacing w:line="271" w:lineRule="auto"/>
-[...33 lines deleted...]
-        <w:t>13 rozporządzenia Parlamentu Europejskiego i Rady (UE) 2016/679 z dnia 27 kwietnia 2016 r. w sprawie ochrony osób fizycznych w związku z przetwarzaniem danych osobowych i w sprawie swobodnego przepływu takich danych oraz uchylenia dyrektywy 95/46/WE (ogólne rozporządzenie o ochronie danych) (Dziennik Urzędowy Unii Europejskiej z dnia 4 maja 2016 r. L 119/1).</w:t>
+        <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Tahoma"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A30C45">
+        <w:rPr>
+          <w:rFonts w:cs="Tahoma"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Podstawy prawne przetwarzania</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02D59B02" w14:textId="77777777" w:rsidR="003570EC" w:rsidRPr="008B7677" w:rsidRDefault="003570EC" w:rsidP="008B7677">
-[...9 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="1B4672A8" w14:textId="77777777" w:rsidR="002979E6" w:rsidRPr="00A30C45" w:rsidRDefault="002979E6" w:rsidP="002979E6">
+      <w:pPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A30C45">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Będziemy przetwarzać Pani/Pana dane osobowe na podstawie:</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="57A84ED4" w14:textId="77777777" w:rsidR="003570EC" w:rsidRPr="0024771B" w:rsidRDefault="003570EC" w:rsidP="008B7677">
-[...1 lines deleted...]
-        <w:pStyle w:val="Nagwek2"/>
+    <w:p w14:paraId="78A96601" w14:textId="77777777" w:rsidR="002979E6" w:rsidRPr="00D35AD7" w:rsidRDefault="002979E6" w:rsidP="00D35AD7">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="35"/>
         </w:numPr>
-        <w:spacing w:before="0" w:line="271" w:lineRule="auto"/>
-[...36 lines deleted...]
-        <w:t>anych.</w:t>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="709" w:hanging="284"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D35AD7">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">art. 6 ust. 1 lit. c) RODO </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6EE4F035" w14:textId="77777777" w:rsidR="003570EC" w:rsidRPr="008B7677" w:rsidRDefault="003570EC" w:rsidP="008B7677">
+    <w:p w14:paraId="15BB1F70" w14:textId="77777777" w:rsidR="002979E6" w:rsidRPr="00D35AD7" w:rsidRDefault="002979E6" w:rsidP="00D35AD7">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
-        <w:spacing w:line="271" w:lineRule="auto"/>
-[...37 lines deleted...]
-      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="35"/>
         </w:numPr>
-        <w:suppressLineNumbers/>
-[...44 lines deleted...]
-        <w:t xml:space="preserve"> Nowy Targ 1-8, 50-141 Wrocław</w:t>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="709" w:hanging="284"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D35AD7">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ustawy z dnia 14 grudnia 2016 r. Prawo oświatowe</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35284EFA" w14:textId="03ED90AE" w:rsidR="003570EC" w:rsidRPr="008B7677" w:rsidRDefault="003570EC" w:rsidP="008B7677">
-      <w:pPr>
+    <w:p w14:paraId="46B1D4E4" w14:textId="77777777" w:rsidR="002979E6" w:rsidRPr="00D35AD7" w:rsidRDefault="002979E6" w:rsidP="00D35AD7">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="35"/>
         </w:numPr>
-        <w:suppressLineNumbers/>
-[...44 lines deleted...]
-        <w:t xml:space="preserve">@um.wroc.pl </w:t>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="709" w:hanging="284"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D35AD7">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>rozporządzenia Ministra Edukacji Na</w:t>
+      </w:r>
+      <w:r w:rsidR="00D35AD7" w:rsidRPr="00D35AD7">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>rodowej z dnia 11 sierpnia 2017 r. w sprawie regulaminu konkursu na stanowisko dyrektora publicznego przedszkola, publicznej szkoły podstawowej, publicznej szkoły ponadpodstawowej lub publicznej placówki oraz trybu pracy komisji konkursowej</w:t>
+      </w:r>
+      <w:r w:rsidR="00D35AD7">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="666A8B9C" w14:textId="6D26CAFE" w:rsidR="003570EC" w:rsidRDefault="003570EC" w:rsidP="008B7677">
+    <w:p w14:paraId="2F411A6D" w14:textId="77777777" w:rsidR="002979E6" w:rsidRPr="00A30C45" w:rsidRDefault="002979E6" w:rsidP="002979E6">
+      <w:pPr>
+        <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="6"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A30C45">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Obligatoryjność/fakultatywność podania danych osobowych</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F9F9B24" w14:textId="77777777" w:rsidR="00D35AD7" w:rsidRDefault="002979E6" w:rsidP="00D35AD7">
+      <w:pPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A30C45">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Podanie przez Panią/Pana danych osobowych jest:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="590FA239" w14:textId="77777777" w:rsidR="00D35AD7" w:rsidRDefault="002979E6" w:rsidP="00D35AD7">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="39"/>
         </w:numPr>
-        <w:suppressLineNumbers/>
-[...3 lines deleted...]
-        </w:tabs>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A30C45">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>wymogiem ustawowym wynikającym z</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D35AD7">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ustawy Prawo oświatowe oraz </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47CF3F25" w14:textId="77777777" w:rsidR="002979E6" w:rsidRPr="00A30C45" w:rsidRDefault="00D35AD7" w:rsidP="00D35AD7">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="39"/>
+        </w:numPr>
         <w:suppressAutoHyphens/>
-        <w:spacing w:line="271" w:lineRule="auto"/>
-[...56 lines deleted...]
-      <w:r w:rsidR="008B7677">
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="714" w:hanging="357"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">rozporządzenia </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D35AD7">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Ministra Edukacji Narodowej z dnia 11 sierpnia 2017 r. w sprawie regulaminu konkursu na stanowisko dyrektora publicznego przedszkola, publicznej szkoły podstawowej, publicznej szkoły ponadpodstawowej lub publicznej placówki oraz trybu pracy komisji konkursowej</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="207AC1C1" w14:textId="77777777" w:rsidR="008B7677" w:rsidRPr="008B7677" w:rsidRDefault="008B7677" w:rsidP="008B7677">
-[...1 lines deleted...]
-        <w:suppressLineNumbers/>
+    <w:p w14:paraId="74B6517E" w14:textId="77777777" w:rsidR="002979E6" w:rsidRPr="00A30C45" w:rsidRDefault="002979E6" w:rsidP="002979E6">
+      <w:pPr>
+        <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A30C45">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Okres retencji danych</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="116153ED" w14:textId="044B6D49" w:rsidR="00D35AD7" w:rsidRPr="00F25731" w:rsidRDefault="00D35AD7" w:rsidP="00D35AD7">
+      <w:pPr>
+        <w:pStyle w:val="Tekstpodstawowy"/>
         <w:suppressAutoHyphens/>
         <w:spacing w:line="271" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...3 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F25731">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>W przypadku wygrania konkursu</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F25731">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Pani/Pana</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F25731">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dokumenty aplikacyjne zostaną dołączone do akt osobowych, prowadzonych w Wydziale </w:t>
+      </w:r>
+      <w:r w:rsidR="00F4219B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Przedszkoli i Szkół Podstawowych</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F25731">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> i przechowywane </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F25731">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">będą </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F25731">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>przez okres 10 lat</w:t>
+      </w:r>
+      <w:r w:rsidR="00C97B55">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – dla </w:t>
+      </w:r>
+      <w:r w:rsidR="00C97B55">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+        <w:t>osób zatrudnionych od dnia 1 stycznia 2019 r.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F25731">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>, a w przypadku pracowników zatrudnionych przed dniem 1 stycznia 2019 r. przez okres 50 lat od dnia ustania stosunku pracy.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="2067DA0A" w14:textId="77777777" w:rsidR="007E5D96" w:rsidRPr="0024771B" w:rsidRDefault="007E5D96" w:rsidP="008B7677">
-[...22 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="5DDD5608" w14:textId="77777777" w:rsidR="00C97B55" w:rsidRDefault="00C97B55" w:rsidP="00D35AD7">
+      <w:pPr>
+        <w:pStyle w:val="Tekstpodstawowy"/>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:line="271" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="4B246BB4" w14:textId="77777777" w:rsidR="00F25731" w:rsidRDefault="00F25731" w:rsidP="008B7677">
-      <w:pPr>
+    <w:p w14:paraId="0F3A4DD2" w14:textId="77777777" w:rsidR="00D35AD7" w:rsidRPr="00F25731" w:rsidRDefault="00D35AD7" w:rsidP="00D35AD7">
+      <w:pPr>
+        <w:pStyle w:val="Tekstpodstawowy"/>
+        <w:suppressAutoHyphens/>
         <w:spacing w:line="271" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F25731">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Dokumenty aplikacyjne pozostałych kandydatów będą przetwarzane przez Urząd Miejski Wrocławia przez 5 lat od stycznia kolejnego roku po zakończeniu postępowania konkursowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AC82DC2" w14:textId="77777777" w:rsidR="00C97B55" w:rsidRDefault="00C97B55" w:rsidP="00D35AD7">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C90355A" w14:textId="77777777" w:rsidR="00D35AD7" w:rsidRDefault="00D35AD7" w:rsidP="00D35AD7">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F25731">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Dane kandydatów w zakresie imienia i nazwiska, wpisane do protokołu z posiedzenia komisji konkursowej, przetwarzane będą przez Urząd Miejski Wrocławia przez 25 lat od stycznia kolejnego roku po zakończeniu sprawy, a następnie zostaną przekazane do Archiwum Państwowego we Wrocławiu, gdzie będą przetwarzane wieczyście.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="435BC1A5" w14:textId="77777777" w:rsidR="00C97B55" w:rsidRDefault="00C97B55" w:rsidP="00D35AD7">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3220ABD6" w14:textId="77777777" w:rsidR="00E20640" w:rsidRDefault="00E20640" w:rsidP="00D35AD7">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">W Urzędzie wyznaczony został Inspektor Ochrony Danych – Pan Sebastian Sobecki. Jest to osoba, z którą można się kontaktować we wszystkich sprawach dotyczących przetwarzania Twoich danych osobowych oraz korzystania z przysługujących Ci praw związanych z przetwarzaniem danych. </w:t>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>W </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007915FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">celach związanych z dochodzeniem lub obroną przed roszczeniami </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Pani/Pana dane osobowe będą przechowywane </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007915FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>do czasu</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007915FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>przedawnienia tych roszczeń</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F44A976" w14:textId="77777777" w:rsidR="007E5D96" w:rsidRPr="008B7677" w:rsidRDefault="007E5D96" w:rsidP="008B7677">
-[...15 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="2A6D02DE" w14:textId="77777777" w:rsidR="00C97B55" w:rsidRDefault="00C97B55" w:rsidP="002979E6">
+      <w:pPr>
+        <w:pStyle w:val="Tekstpodstawowy3"/>
+        <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Tahoma"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="5C7BB228" w14:textId="77777777" w:rsidR="000345FB" w:rsidRPr="000345FB" w:rsidRDefault="00F75DD7" w:rsidP="000345FB">
+    <w:p w14:paraId="3313B51F" w14:textId="77777777" w:rsidR="002979E6" w:rsidRPr="00EB2493" w:rsidRDefault="002979E6" w:rsidP="002979E6">
+      <w:pPr>
+        <w:pStyle w:val="Tekstpodstawowy3"/>
+        <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Tahoma"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB2493">
+        <w:rPr>
+          <w:rFonts w:cs="Tahoma"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Odbiorcy danych</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16184220" w14:textId="77777777" w:rsidR="002979E6" w:rsidRPr="00675589" w:rsidRDefault="00D35AD7" w:rsidP="002979E6">
+      <w:pPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00675589">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>O</w:t>
+      </w:r>
+      <w:r w:rsidR="002979E6" w:rsidRPr="00675589">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">dbiorcami Pani/Pana danych osobowych mogą być: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BAD93A0" w14:textId="77777777" w:rsidR="002979E6" w:rsidRPr="00675589" w:rsidRDefault="002979E6" w:rsidP="002979E6">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
+          <w:numId w:val="37"/>
         </w:numPr>
-        <w:spacing w:line="271" w:lineRule="auto"/>
-[...29 lines deleted...]
-        <w:t>al. Marcina Kromera 44, 51-163 Wrocław</w:t>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:spacing w:after="160" w:line="288" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00675589">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>dostawcy usług IT</w:t>
+      </w:r>
+      <w:r w:rsidR="00D35AD7" w:rsidRPr="00675589">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0530A6FF" w14:textId="106EA271" w:rsidR="00A84E81" w:rsidRPr="000345FB" w:rsidRDefault="00F75DD7" w:rsidP="008B7677">
+    <w:p w14:paraId="0D053E57" w14:textId="77777777" w:rsidR="002979E6" w:rsidRPr="00675589" w:rsidRDefault="002979E6" w:rsidP="002979E6">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
+          <w:numId w:val="37"/>
         </w:numPr>
-        <w:spacing w:line="271" w:lineRule="auto"/>
-[...20 lines deleted...]
-        <w:t>iod@um.wroc.pl</w:t>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:spacing w:after="160" w:line="288" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00675589">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>podmioty upoważnione na podstawie przepisów prawa</w:t>
+      </w:r>
+      <w:r w:rsidR="00D35AD7" w:rsidRPr="00675589">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36832708" w14:textId="77777777" w:rsidR="00F75DD7" w:rsidRDefault="00F75DD7" w:rsidP="008B7677">
+    <w:p w14:paraId="1D354196" w14:textId="77777777" w:rsidR="002979E6" w:rsidRDefault="002979E6" w:rsidP="002979E6">
+      <w:pPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Takie podmioty przetwarzają dane na podstawie zawartej umowy z administratorem i tylko zgodnie z jego poleceniami.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F21D0E4" w14:textId="77777777" w:rsidR="002979E6" w:rsidRPr="00EB2493" w:rsidRDefault="002979E6" w:rsidP="002979E6">
+      <w:pPr>
+        <w:pStyle w:val="Tekstpodstawowy3"/>
+        <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Tahoma"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Tahoma"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Przysługujące prawa</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F57738C" w14:textId="77777777" w:rsidR="002979E6" w:rsidRPr="00846131" w:rsidRDefault="002979E6" w:rsidP="002979E6">
+      <w:pPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A30C45">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Przysługuje Pani/Panu:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08F8AEF5" w14:textId="77777777" w:rsidR="004747A9" w:rsidRPr="00846131" w:rsidRDefault="004747A9" w:rsidP="004747A9">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
+          <w:numId w:val="38"/>
         </w:numPr>
-        <w:spacing w:line="271" w:lineRule="auto"/>
-[...36 lines deleted...]
-        <w:t>.</w:t>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="709" w:hanging="425"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00846131">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>prawo dostępu do swoich danych oraz otrzymania ich kopii;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="607D1FB1" w14:textId="77777777" w:rsidR="008B7677" w:rsidRPr="008B7677" w:rsidRDefault="008B7677" w:rsidP="008B7677">
-[...137 lines deleted...]
-    <w:p w14:paraId="2A8EB852" w14:textId="77777777" w:rsidR="00F60455" w:rsidRDefault="00F25731" w:rsidP="008B7677">
+    <w:p w14:paraId="475CB276" w14:textId="77777777" w:rsidR="004747A9" w:rsidRPr="00846131" w:rsidRDefault="004747A9" w:rsidP="004747A9">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="38"/>
         </w:numPr>
-        <w:spacing w:line="271" w:lineRule="auto"/>
-[...20 lines deleted...]
-        <w:t>stawy Prawo oświatowe</w:t>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="709" w:hanging="425"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00846131">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>prawo do sprostowania (poprawiania) swoich danych;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4041DCC2" w14:textId="77777777" w:rsidR="008F22C5" w:rsidRDefault="00F60455" w:rsidP="008B7677">
+    <w:p w14:paraId="4A374151" w14:textId="77777777" w:rsidR="004747A9" w:rsidRPr="00846131" w:rsidRDefault="004747A9" w:rsidP="004747A9">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="38"/>
         </w:numPr>
-        <w:spacing w:line="271" w:lineRule="auto"/>
-[...20 lines deleted...]
-        <w:t>trybu pracy komisji konkursowej</w:t>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="709" w:hanging="425"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00846131">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>prawo do usunięcia danych (prawo do bycia zapomnianym);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39BED671" w14:textId="77777777" w:rsidR="006F220C" w:rsidRPr="006F220C" w:rsidRDefault="006F220C" w:rsidP="008B7677">
+    <w:p w14:paraId="44D1A235" w14:textId="77777777" w:rsidR="004747A9" w:rsidRPr="00751E20" w:rsidRDefault="004747A9" w:rsidP="004747A9">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="38"/>
         </w:numPr>
-        <w:spacing w:line="271" w:lineRule="auto"/>
-[...20 lines deleted...]
-      </w:r>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="709" w:hanging="425"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
-        </w:rPr>
-        <w:t>.</w:t>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">prawo do </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00751E20">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ograniczenia przetwarzania danych;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69359054" w14:textId="77777777" w:rsidR="008B7677" w:rsidRPr="008B7677" w:rsidRDefault="008B7677" w:rsidP="008B7677">
-[...12 lines deleted...]
-        <w:pStyle w:val="Nagwek2"/>
+    <w:p w14:paraId="3948A6AB" w14:textId="77777777" w:rsidR="004747A9" w:rsidRPr="00846131" w:rsidRDefault="004747A9" w:rsidP="004747A9">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="38"/>
         </w:numPr>
-        <w:spacing w:before="0" w:line="271" w:lineRule="auto"/>
-[...23 lines deleted...]
-        <w:t>.</w:t>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="709" w:hanging="425"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00846131">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>prawo do przenoszenia danych;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5435E81D" w14:textId="2757DD8A" w:rsidR="00F25731" w:rsidRPr="00F25731" w:rsidRDefault="00F25731" w:rsidP="00F25731">
-[...99 lines deleted...]
-        <w:pStyle w:val="Nagwek2"/>
+    <w:p w14:paraId="332EB8AD" w14:textId="77777777" w:rsidR="004747A9" w:rsidRPr="00846131" w:rsidRDefault="004747A9" w:rsidP="004747A9">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="38"/>
         </w:numPr>
-        <w:spacing w:before="0" w:line="271" w:lineRule="auto"/>
-[...14 lines deleted...]
-        <w:t xml:space="preserve">Odbiorcy danych. </w:t>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="709" w:hanging="425"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00846131">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>prawo do wniesienia sprzeciwu wobec przetwarzania danych;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67ABB66B" w14:textId="77777777" w:rsidR="0081273B" w:rsidRPr="005F5A0D" w:rsidRDefault="003722EF" w:rsidP="005F5A0D">
-[...75 lines deleted...]
-        <w:pStyle w:val="Nagwek2"/>
+    <w:p w14:paraId="226F946C" w14:textId="77777777" w:rsidR="004747A9" w:rsidRPr="00846131" w:rsidRDefault="004747A9" w:rsidP="004747A9">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="38"/>
         </w:numPr>
-        <w:spacing w:before="0" w:line="271" w:lineRule="auto"/>
-[...19 lines deleted...]
-          <w:color w:val="auto"/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="709" w:hanging="425"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00846131">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>prawo do wniesienia skargi do organu nadzorczego – tj. Prezesa Urzędu Ochrony Danych Osobowych</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C618448" w14:textId="77777777" w:rsidR="003722EF" w:rsidRPr="008B7677" w:rsidRDefault="003722EF" w:rsidP="008B7677">
-[...15 lines deleted...]
-        <w:t>Przysługują Ci następujące prawa związane z przetwarzaniem danych osobowych:</w:t>
+    <w:p w14:paraId="2D9DC954" w14:textId="77777777" w:rsidR="002979E6" w:rsidRPr="00EB2493" w:rsidRDefault="002979E6" w:rsidP="002979E6">
+      <w:pPr>
+        <w:pStyle w:val="Tekstpodstawowy3"/>
+        <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Tahoma"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB2493">
+        <w:rPr>
+          <w:rFonts w:cs="Tahoma"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Inspektor Ochrony Danych</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="341C87F6" w14:textId="77777777" w:rsidR="003722EF" w:rsidRPr="008B7677" w:rsidRDefault="003722EF" w:rsidP="008B7677">
-[...9 lines deleted...]
-        </w:tabs>
+    <w:p w14:paraId="19416A0B" w14:textId="77777777" w:rsidR="002979E6" w:rsidRPr="00EB2493" w:rsidRDefault="002979E6" w:rsidP="002979E6">
+      <w:pPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB2493">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>W Urzędzie wyznaczony został Inspektor Ochrony Danych</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2493">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Jest to osoba, z którą można się kontaktować w sprawach dotyczących przetwarzania </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Pani/Pana </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2493">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">danych osobowych oraz korzystania z przysługujących </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Pani/Panu </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2493">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>praw związanych z przetwarzaniem danych.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2493">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Z Inspektorem można </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2493">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>kontaktować się w następujący sposób:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D8DE941" w14:textId="77777777" w:rsidR="002979E6" w:rsidRPr="00EB2493" w:rsidRDefault="002979E6" w:rsidP="002979E6">
+      <w:pPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="289" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB2493">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2493">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">listownie na adres: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>al</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2493">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>M</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2493">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Kromera</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2493">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2493">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>4, 5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2493">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>163</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2493">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Wrocław</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="483A6AD5" w14:textId="77777777" w:rsidR="002979E6" w:rsidRPr="00EB2493" w:rsidRDefault="002979E6" w:rsidP="002979E6">
+      <w:pPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="289" w:hanging="289"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB2493">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2493">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>przez e-mail: iod@um.wroc.pl</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04214FEA" w14:textId="77777777" w:rsidR="002979E6" w:rsidRPr="00EB2493" w:rsidRDefault="002979E6" w:rsidP="002979E6">
+      <w:pPr>
+        <w:pStyle w:val="Tekstpodstawowy3"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB2493">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>-   telefonicznie: 71 777 77 24.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D037204" w14:textId="77777777" w:rsidR="002979E6" w:rsidRDefault="002979E6" w:rsidP="002979E6">
+      <w:pPr>
+        <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0096434C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Zautomatyzowane podejmowanie decyzji</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5839CB29" w14:textId="77777777" w:rsidR="002979E6" w:rsidRDefault="002979E6" w:rsidP="002979E6">
+      <w:pPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0096434C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Pani/</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Pan</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0096434C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a dane </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0096434C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>nie będą</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0096434C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> podlegały profilowaniu lub zautomatyzowanemu podejmowaniu decyzji</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C33B737" w14:textId="77777777" w:rsidR="002979E6" w:rsidRDefault="002979E6" w:rsidP="002979E6">
+      <w:pPr>
+        <w:spacing w:before="120" w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="27089239" w14:textId="77777777" w:rsidR="002979E6" w:rsidRDefault="002979E6" w:rsidP="002979E6">
+      <w:pPr>
+        <w:spacing w:before="120" w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0EDE5500" w14:textId="77777777" w:rsidR="002979E6" w:rsidRDefault="002979E6" w:rsidP="002979E6">
+      <w:pPr>
+        <w:spacing w:before="120" w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="026F8EA3" w14:textId="77777777" w:rsidR="002979E6" w:rsidRDefault="002979E6" w:rsidP="002979E6">
+      <w:pPr>
+        <w:spacing w:before="120" w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0CBFA815" w14:textId="77777777" w:rsidR="002979E6" w:rsidRPr="002D2F53" w:rsidRDefault="002979E6" w:rsidP="002979E6">
+      <w:pPr>
+        <w:spacing w:before="120" w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2F9FEF32" w14:textId="77777777" w:rsidR="007C0755" w:rsidRDefault="007C0755" w:rsidP="00305053">
+      <w:pPr>
+        <w:pStyle w:val="15Spraweprowadzi"/>
         <w:suppressAutoHyphens/>
-        <w:spacing w:line="271" w:lineRule="auto"/>
-[...15 lines deleted...]
-      </w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="4598BEFC" w14:textId="77777777" w:rsidR="003722EF" w:rsidRPr="008B7677" w:rsidRDefault="003722EF" w:rsidP="008B7677">
-[...199 lines deleted...]
-      <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
+    <w:sectPr w:rsidR="007C0755">
+      <w:headerReference w:type="even" r:id="rId7"/>
+      <w:headerReference w:type="first" r:id="rId8"/>
+      <w:footerReference w:type="first" r:id="rId9"/>
+      <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
+      <w:pgMar w:top="567" w:right="680" w:bottom="567" w:left="680" w:header="227" w:footer="454" w:gutter="0"/>
       <w:cols w:space="708"/>
+      <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
+</file>
+
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="4F8CE4CB" w14:textId="77777777" w:rsidR="00792D04" w:rsidRDefault="00792D04">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="7D4B72CE" w14:textId="77777777" w:rsidR="00792D04" w:rsidRDefault="00792D04">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="EE"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Verdana">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="EE"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="EE"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="EE"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="SimSun">
+    <w:altName w:val="宋体"/>
+    <w:panose1 w:val="02010600030101010101"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Liberation Mono">
+    <w:altName w:val="Courier New"/>
+    <w:panose1 w:val="00000000000000000000"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:notTrueType/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="NSimSun">
+    <w:panose1 w:val="02010609030101010101"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="MS Mincho">
+    <w:altName w:val="ＭＳ 明朝"/>
+    <w:panose1 w:val="02020609040205080304"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Liberation Mono">
-[...19 lines deleted...]
-  </w:font>
 </w:fonts>
+</file>
+
+<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="028A9E0A" w14:textId="01773C59" w:rsidR="007C0755" w:rsidRDefault="007C0755">
+    <w:pPr>
+      <w:pStyle w:val="Stopka"/>
+    </w:pPr>
+  </w:p>
+  <w:p w14:paraId="1ADD8F12" w14:textId="77777777" w:rsidR="007C0755" w:rsidRDefault="007C0755">
+    <w:pPr>
+      <w:pStyle w:val="Stopka"/>
+    </w:pPr>
+  </w:p>
+  <w:p w14:paraId="40C66A2D" w14:textId="77777777" w:rsidR="007C0755" w:rsidRDefault="007C0755">
+    <w:pPr>
+      <w:pStyle w:val="Stopka"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="40303D88" w14:textId="77777777" w:rsidR="00792D04" w:rsidRDefault="00792D04">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="6B7D2EED" w14:textId="77777777" w:rsidR="00792D04" w:rsidRDefault="00792D04">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="1F353B9C" w14:textId="77777777" w:rsidR="007C0755" w:rsidRDefault="00792D04">
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict w14:anchorId="4F98D38B">
+        <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
+          <v:stroke joinstyle="miter"/>
+          <v:formulas>
+            <v:f eqn="if lineDrawn pixelLineWidth 0"/>
+            <v:f eqn="sum @0 1 0"/>
+            <v:f eqn="sum 0 0 @1"/>
+            <v:f eqn="prod @2 1 2"/>
+            <v:f eqn="prod @3 21600 pixelWidth"/>
+            <v:f eqn="prod @3 21600 pixelHeight"/>
+            <v:f eqn="sum @0 0 1"/>
+            <v:f eqn="prod @6 1 2"/>
+            <v:f eqn="prod @7 21600 pixelWidth"/>
+            <v:f eqn="sum @8 21600 0"/>
+            <v:f eqn="prod @7 21600 pixelHeight"/>
+            <v:f eqn="sum @10 21600 0"/>
+          </v:formulas>
+          <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
+          <o:lock v:ext="edit" aspectratio="t"/>
+        </v:shapetype>
+        <v:shape id="WordPictureWatermark2" o:spid="_x0000_s2050" type="#_x0000_t75" style="position:absolute;margin-left:0;margin-top:0;width:595.2pt;height:842.15pt;z-index:-251658752;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:center;mso-position-vertical-relative:margin" wrapcoords="-27 0 -27 21581 21600 21581 21600 0 -27 0">
+          <v:imagedata r:id="rId1" o:title="znak_wodny-6"/>
+          <w10:wrap anchorx="margin" anchory="margin"/>
+        </v:shape>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="788EBEA4" w14:textId="6818D5C5" w:rsidR="007C0755" w:rsidRDefault="007C0755">
+    <w:pPr>
+      <w:pStyle w:val="Stopka"/>
+    </w:pPr>
+  </w:p>
+  <w:p w14:paraId="17348314" w14:textId="77777777" w:rsidR="007C0755" w:rsidRDefault="007C0755">
+    <w:pPr>
+      <w:pStyle w:val="Nagwek"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="0AAB7AFD"/>
-[...108 lines deleted...]
-      </w:rPr>
+    <w:nsid w:val="FFFFFF7C"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="0CB4C734"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1492"/>
+        </w:tabs>
+        <w:ind w:left="1492" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="172C33E8"/>
-[...108 lines deleted...]
-      </w:rPr>
+    <w:nsid w:val="FFFFFF7D"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="60449D2C"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1209"/>
+        </w:tabs>
+        <w:ind w:left="1209" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="1B640305"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="0415000F">
+    <w:nsid w:val="FFFFFF7E"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="1BC6CD4C"/>
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="926"/>
+        </w:tabs>
+        <w:ind w:left="926" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF7F"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="F976D1A6"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="643"/>
+        </w:tabs>
+        <w:ind w:left="643" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF80"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="C5F0444E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1492"/>
+        </w:tabs>
+        <w:ind w:left="1492" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF81"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="01D22360"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1209"/>
+        </w:tabs>
+        <w:ind w:left="1209" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF82"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="DA825D42"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="926"/>
+        </w:tabs>
+        <w:ind w:left="926" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF83"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="1D42BBB4"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="643"/>
+        </w:tabs>
+        <w:ind w:left="643" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF88"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="513CE156"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF89"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="27962836"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="01BC486B"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="ED544D1C"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="04974244"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="BF663036"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="09036668"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F484EB56"/>
+    <w:lvl w:ilvl="0" w:tplc="122ED0AA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2865" w:hanging="705"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04150003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04150001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04150001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7560" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0A521E4F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E2989878"/>
+    <w:lvl w:ilvl="0" w:tplc="2AF43060">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04150001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04150001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0BC70626"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="11147B14"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0FBB38D1"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="E2567D5A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="113A1526"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="886AB5D4"/>
+    <w:lvl w:ilvl="0" w:tplc="2C60D6C0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0415000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0415000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="31361E66"/>
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="16B85608"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="21E0F9F8"/>
-    <w:lvl w:ilvl="0" w:tplc="0415000F">
+    <w:tmpl w:val="83B2B36E"/>
+    <w:lvl w:ilvl="0" w:tplc="04150001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04150001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04150001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1AFE341C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="47D29872"/>
+    <w:lvl w:ilvl="0" w:tplc="E9167D22">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="20Dowiadomoscilista"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="360" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1080" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="1800" w:hanging="180"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0415000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2520" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3240" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="3960" w:hanging="180"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0415000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4680" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5400" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6120" w:hanging="180"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="247F491D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="03B229C8"/>
+    <w:lvl w:ilvl="0" w:tplc="09125F7E">
+      <w:start w:val="5"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04150001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04150001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="25316FA4"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="EA7634CE"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2596293D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="696A73B6"/>
+    <w:lvl w:ilvl="0" w:tplc="0415000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2B9E0F87"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="BF2A2890"/>
+    <w:lvl w:ilvl="0" w:tplc="0415000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="34D03ED4"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="301ACBD8"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="398C696E"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="C248E30A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="39B17074"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B488664C"/>
+    <w:lvl w:ilvl="0" w:tplc="DE20127A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1065" w:hanging="705"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="CB1EE33A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3C2234BB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4D484106"/>
     <w:lvl w:ilvl="0" w:tplc="75D02860">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Times New Roman" w:hint="default"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="16"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04150003">
+    <w:lvl w:ilvl="1" w:tplc="04150001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04150001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04150001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3DFD54FE"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="0E426FD6"/>
+    <w:lvl w:ilvl="0" w:tplc="09125F7E">
+      <w:start w:val="5"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04150001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04150001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="402623EB"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="369C4598"/>
+    <w:lvl w:ilvl="0" w:tplc="04150001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04150005">
+    <w:lvl w:ilvl="2" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04150001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04150001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="445951A5"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="BC7467C6"/>
+    <w:lvl w:ilvl="0" w:tplc="122ED0AA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2865" w:hanging="705"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04150001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04150001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4CD7283A"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="D1BA46CC"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Times New Roman" w:hint="default"/>
-[...5 lines deleted...]
-      <w:lvlText w:val=""/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Times New Roman" w:hint="default"/>
-[...5 lines deleted...]
-      <w:lvlText w:val="o"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="5" w:tplc="04150005">
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Times New Roman" w:hint="default"/>
-[...5 lines deleted...]
-      <w:lvlText w:val=""/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Times New Roman" w:hint="default"/>
-[...5 lines deleted...]
-      <w:lvlText w:val="o"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="8" w:tplc="04150005">
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Times New Roman" w:hint="default"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="53262862"/>
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="56525859"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="FB9C5C50"/>
-[...112 lines deleted...]
-    <w:tmpl w:val="184EE7C6"/>
+    <w:tmpl w:val="0D32ACE4"/>
     <w:lvl w:ilvl="0" w:tplc="0415000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="360" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1080" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1800"/>
+        </w:tabs>
+        <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="1800" w:hanging="180"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2520"/>
+        </w:tabs>
+        <w:ind w:left="2520" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0415000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2520" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3240"/>
+        </w:tabs>
+        <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3240" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3960"/>
+        </w:tabs>
+        <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="3960" w:hanging="180"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4680"/>
+        </w:tabs>
+        <w:ind w:left="4680" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0415000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4680" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5400"/>
+        </w:tabs>
+        <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5400" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6120"/>
+        </w:tabs>
+        <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6120" w:hanging="180"/>
-      </w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6840"/>
+        </w:tabs>
+        <w:ind w:left="6840" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5A14051D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="8EDABC30"/>
+    <w:lvl w:ilvl="0" w:tplc="05D05DA6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1785" w:hanging="705"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Times New Roman" w:hint="default"/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04150005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04150001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04150001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="619B4871"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="90D00E0A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="645B5232"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="74647A1A"/>
+    <w:lvl w:ilvl="0" w:tplc="540A9284">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="67417BD5"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C562B90A"/>
+    <w:lvl w:ilvl="0" w:tplc="04150001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04150019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0415001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0415000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0415001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0415000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0415001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="679932F8"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="21F64470"/>
+    <w:lvl w:ilvl="0" w:tplc="2AF43060">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04150001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04150001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6B6845E7"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E4566658"/>
+    <w:lvl w:ilvl="0" w:tplc="04150001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04150001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04150001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="6"/>
+    <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="2">
-    <w:abstractNumId w:val="4"/>
+    <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="3">
-    <w:abstractNumId w:val="2"/>
+    <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="5">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="7">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="8">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="9">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="10">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="6">
-    <w:abstractNumId w:val="0"/>
+  <w:num w:numId="11">
+    <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="7">
-    <w:abstractNumId w:val="1"/>
+  <w:num w:numId="12">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="13">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="14">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="15">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="16">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="17">
+    <w:abstractNumId w:val="30"/>
+  </w:num>
+  <w:num w:numId="18">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="19">
+    <w:abstractNumId w:val="33"/>
+  </w:num>
+  <w:num w:numId="20">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="21">
+    <w:abstractNumId w:val="31"/>
+  </w:num>
+  <w:num w:numId="22">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="23">
+    <w:abstractNumId w:val="36"/>
+  </w:num>
+  <w:num w:numId="24">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="25">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="26">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="27">
+    <w:abstractNumId w:val="18"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="28">
+    <w:abstractNumId w:val="35"/>
+  </w:num>
+  <w:num w:numId="29">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="30">
+    <w:abstractNumId w:val="34"/>
+  </w:num>
+  <w:num w:numId="31">
+    <w:abstractNumId w:val="27"/>
+  </w:num>
+  <w:num w:numId="32">
+    <w:abstractNumId w:val="26"/>
+  </w:num>
+  <w:num w:numId="33">
+    <w:abstractNumId w:val="25"/>
+  </w:num>
+  <w:num w:numId="34">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="35">
+    <w:abstractNumId w:val="32"/>
+  </w:num>
+  <w:num w:numId="36">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="37">
+    <w:abstractNumId w:val="28"/>
+  </w:num>
+  <w:num w:numId="38">
+    <w:abstractNumId w:val="29"/>
+  </w:num>
+  <w:num w:numId="39">
+    <w:abstractNumId w:val="37"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean"/>
+  <w:attachedTemplate r:id="rId1"/>
   <w:defaultTabStop w:val="708"/>
+  <w:autoHyphenation/>
   <w:hyphenationZone w:val="425"/>
+  <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2051" fillcolor="white">
+      <v:fill color="white"/>
+    </o:shapedefaults>
+    <o:shapelayout v:ext="edit">
+      <o:idmap v:ext="edit" data="2"/>
+    </o:shapelayout>
+  </w:hdrShapeDefaults>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00A56D2B"/>
-[...49 lines deleted...]
-    <w:rsid w:val="00FF08DF"/>
+    <w:rsidRoot w:val="00305053"/>
+    <w:rsid w:val="000D63A8"/>
+    <w:rsid w:val="000F367F"/>
+    <w:rsid w:val="001C3D31"/>
+    <w:rsid w:val="002979E6"/>
+    <w:rsid w:val="002E2399"/>
+    <w:rsid w:val="00305053"/>
+    <w:rsid w:val="004747A9"/>
+    <w:rsid w:val="00590D0E"/>
+    <w:rsid w:val="005C6874"/>
+    <w:rsid w:val="00675589"/>
+    <w:rsid w:val="00700633"/>
+    <w:rsid w:val="0073031C"/>
+    <w:rsid w:val="00792D04"/>
+    <w:rsid w:val="007C0755"/>
+    <w:rsid w:val="00846B2F"/>
+    <w:rsid w:val="00C97B55"/>
+    <w:rsid w:val="00D35AD7"/>
+    <w:rsid w:val="00D71CC7"/>
+    <w:rsid w:val="00E20640"/>
+    <w:rsid w:val="00E813CC"/>
+    <w:rsid w:val="00EF6825"/>
+    <w:rsid w:val="00F4219B"/>
+    <w:rsid w:val="00F613F3"/>
+    <w:rsid w:val="00FF2B6D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pl-PL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="2051" fillcolor="white">
+      <v:fill color="white"/>
+    </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="667AFB3D"/>
-  <w15:docId w15:val="{7810C4C4-B308-41F9-A32A-2DE3B9A63AED}"/>
+  <w14:docId w14:val="5903BF6F"/>
+  <w15:docId w15:val="{9DEFDB24-FBEA-4D38-9F0C-D057B904FA81}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...2 lines deleted...]
-        <w:lang w:val="pl-PL" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:lang w:val="pl-PL" w:eastAsia="pl-PL" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
-    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -2360,51 +5939,51 @@
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -2458,51 +6037,51 @@
     <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
-    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
@@ -2659,256 +6238,614 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normalny">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00E52450"/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Nagwek1">
-    <w:name w:val="heading 1"/>
+  <w:style w:type="paragraph" w:styleId="Nagwek3">
+    <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normalny"/>
     <w:next w:val="Normalny"/>
-    <w:link w:val="Nagwek1Znak"/>
-    <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00BF29DA"/>
     <w:pPr>
       <w:keepNext/>
-      <w:keepLines/>
-[...1 lines deleted...]
-      <w:outlineLvl w:val="0"/>
+      <w:ind w:left="1416" w:firstLine="1986"/>
+      <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
-      <w:bCs/>
-      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="28"/>
-      <w:szCs w:val="28"/>
-[...23 lines deleted...]
-      <w:szCs w:val="26"/>
+      <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Domylnaczcionkaakapitu">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Standardowy">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Bezlisty">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Nagwek1Znak">
-[...4 lines deleted...]
-    <w:rsid w:val="00BF29DA"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="07Datapisma">
+    <w:name w:val="@07.Data_pisma"/>
+    <w:basedOn w:val="11Trescpisma"/>
+    <w:next w:val="08Sygnaturapisma"/>
+    <w:pPr>
+      <w:spacing w:before="360"/>
+      <w:jc w:val="right"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-[...4 lines deleted...]
-      <w:szCs w:val="28"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Tekstpodstawowy3">
-    <w:name w:val="Body Text 3"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="08Sygnaturapisma">
+    <w:name w:val="@08.Sygnatura_pisma"/>
+    <w:basedOn w:val="11Trescpisma"/>
+    <w:next w:val="10Szanowny"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="10Szanowny">
+    <w:name w:val="@10.Szanowny"/>
+    <w:basedOn w:val="11Trescpisma"/>
+    <w:next w:val="11Trescpisma"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="11Trescpisma">
+    <w:name w:val="@11.Tresc_pisma"/>
     <w:basedOn w:val="Normalny"/>
-    <w:link w:val="Tekstpodstawowy3Znak"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00BF29DA"/>
     <w:pPr>
+      <w:spacing w:before="180"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="03ImieiNazwisko">
+    <w:name w:val="@03.Imie_i_Nazwisko"/>
+    <w:basedOn w:val="11Trescpisma"/>
+    <w:next w:val="04StanowiskoAdresata"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="12Zwyrazamiszacunku">
+    <w:name w:val="@12.Z_wyrazami_szacunku"/>
+    <w:basedOn w:val="07Datapisma"/>
+    <w:next w:val="13Podpisujacypismo"/>
+    <w:pPr>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="13Podpisujacypismo">
+    <w:name w:val="@13.Podpisujacy_pismo"/>
+    <w:basedOn w:val="11Trescpisma"/>
+    <w:next w:val="14StanowiskoPodpisujacego"/>
+    <w:pPr>
+      <w:spacing w:before="540"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="14StanowiskoPodpisujacego">
+    <w:name w:val="@14.StanowiskoPodpisujacego"/>
+    <w:basedOn w:val="11Trescpisma"/>
+    <w:pPr>
+      <w:spacing w:before="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="05Adresulica">
+    <w:name w:val="@05.Adres_ulica"/>
+    <w:basedOn w:val="11Trescpisma"/>
+    <w:next w:val="06Adresmiasto"/>
+    <w:rPr>
+      <w:sz w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="06Adresmiasto">
+    <w:name w:val="@06.Adres_miasto"/>
+    <w:basedOn w:val="11Trescpisma"/>
+    <w:next w:val="07Datapisma"/>
+    <w:pPr>
+      <w:spacing w:before="0" w:after="180"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="02Instytucja2">
+    <w:name w:val="@02.Instytucja2"/>
+    <w:basedOn w:val="01Instytucja1"/>
+    <w:next w:val="03ImieiNazwisko"/>
+    <w:pPr>
+      <w:spacing w:after="100"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Stopka">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:semiHidden/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+      <w:jc w:val="right"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+      <w:color w:val="333333"/>
+      <w:sz w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Tekstdymka">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="17Zalaczniki">
+    <w:name w:val="@17.Zalaczniki"/>
+    <w:basedOn w:val="11Trescpisma"/>
+    <w:next w:val="18Zalacznikilista"/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Nagwek">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:unhideWhenUsed/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="01Instytucja1">
+    <w:name w:val="@01.Instytucja1"/>
+    <w:basedOn w:val="11Trescpisma"/>
+    <w:next w:val="02Instytucja2"/>
+    <w:pPr>
+      <w:spacing w:before="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:bCs/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="04StanowiskoAdresata">
+    <w:name w:val="@04.StanowiskoAdresata"/>
+    <w:basedOn w:val="11Trescpisma"/>
+    <w:pPr>
+      <w:spacing w:before="0" w:after="100"/>
+    </w:pPr>
+    <w:rPr>
+      <w:bCs/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="16Sporzadzil">
+    <w:name w:val="@16.Sporzadzil"/>
+    <w:basedOn w:val="14StanowiskoPodpisujacego"/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="19Dowiadomosci">
+    <w:name w:val="@19.Do_wiadomosci"/>
+    <w:basedOn w:val="11Trescpisma"/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="18Zalacznikilista">
+    <w:name w:val="@18.Zalaczniki_lista"/>
+    <w:basedOn w:val="11Trescpisma"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="num" w:pos="720"/>
+      </w:tabs>
+      <w:spacing w:before="0"/>
+      <w:ind w:left="714" w:hanging="357"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="09Dotyczy">
+    <w:name w:val="@09.Dotyczy"/>
+    <w:basedOn w:val="11Trescpisma"/>
+    <w:pPr>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ZnakZnak">
+    <w:name w:val="Znak Znak"/>
+    <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
-      <w:lang w:eastAsia="pl-PL"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Tekstpodstawowy3Znak">
-[...2 lines deleted...]
-    <w:link w:val="Tekstpodstawowy3"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="20Dowiadomoscilista">
+    <w:name w:val="@20.Do_wiadomosci_lista"/>
+    <w:basedOn w:val="11Trescpisma"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="27"/>
+      </w:numPr>
+      <w:spacing w:before="0"/>
+      <w:ind w:left="714" w:hanging="357"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="15Spraweprowadzi">
+    <w:name w:val="@15.Sprawe_prowadzi"/>
+    <w:basedOn w:val="11Trescpisma"/>
+    <w:pPr>
+      <w:spacing w:before="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Tekstpodstawowywcity">
+    <w:name w:val="Body Text Indent"/>
+    <w:basedOn w:val="Normalny"/>
     <w:semiHidden/>
-    <w:rsid w:val="00BF29DA"/>
+    <w:pPr>
+      <w:ind w:firstLine="708"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-      <w:lang w:eastAsia="pl-PL"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Hipercze">
+    <w:name w:val="Hyperlink"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Akapitzlist1">
+    <w:name w:val="Akapit z listą1"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:suppressAutoHyphens/>
+      <w:ind w:left="708"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="zh-CN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="st">
+    <w:name w:val="st"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Tekstpodstawowy">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:semiHidden/>
+    <w:pPr>
+      <w:spacing w:line="276" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Tekstprzypisudolnego">
+    <w:name w:val="footnote text"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Odwoanieprzypisudolnego">
+    <w:name w:val="footnote reference"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:vertAlign w:val="superscript"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Tekstkomentarza">
+    <w:name w:val="annotation text"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:link w:val="TekstkomentarzaZnak"/>
+    <w:semiHidden/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:suppressAutoHyphens/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="zh-CN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Odwoaniedokomentarza">
+    <w:name w:val="annotation reference"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tekstpodstawowywcity1">
+    <w:name w:val="Tekst podstawowy wcięty1"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Akapitzlist">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normalny"/>
-    <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="003570EC"/>
     <w:pPr>
-      <w:ind w:left="720"/>
-      <w:contextualSpacing/>
+      <w:suppressLineNumbers/>
+      <w:suppressAutoHyphens/>
+      <w:ind w:left="708"/>
+      <w:jc w:val="both"/>
     </w:pPr>
-  </w:style>
-[...18 lines deleted...]
-    <w:rsid w:val="003570EC"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="zh-CN"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="PreformattedText">
     <w:name w:val="Preformatted Text"/>
     <w:basedOn w:val="Normalny"/>
-    <w:rsid w:val="003570EC"/>
+    <w:qFormat/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Liberation Mono" w:eastAsia="NSimSun" w:hAnsi="Liberation Mono" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Liberation Mono" w:eastAsia="NSimSun" w:hAnsi="Liberation Mono"/>
       <w:color w:val="000000"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="zh-CN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Nagwek2Znak">
-[...4 lines deleted...]
-    <w:rsid w:val="001B5438"/>
+  <w:style w:type="paragraph" w:styleId="Tekstpodstawowy3">
+    <w:name w:val="Body Text 3"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:semiHidden/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:suppressAutoHyphens/>
+      <w:jc w:val="both"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-[...4 lines deleted...]
-      <w:szCs w:val="26"/>
+      <w:rFonts w:ascii="Verdana" w:eastAsia="SimSun" w:hAnsi="Verdana" w:cs="Arial"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="16"/>
+      <w:lang w:eastAsia="zh-CN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Hipercze">
-    <w:name w:val="Hyperlink"/>
+  <w:style w:type="character" w:styleId="UyteHipercze">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:color w:val="800080"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Tekstpodstawowy2">
+    <w:name w:val="Body Text 2"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+      <w:b/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="cs-CZ"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Zwykytekst">
+    <w:name w:val="Plain Text"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="NagwekZnak">
+    <w:name w:val="Nagłówek Znak"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Styl3">
+    <w:name w:val="Styl3"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:autoRedefine/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:eastAsia="MS Mincho" w:hAnsi="Verdana"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TekstkomentarzaZnak">
+    <w:name w:val="Tekst komentarza Znak"/>
+    <w:link w:val="Tekstkomentarza"/>
+    <w:semiHidden/>
+    <w:rsid w:val="002979E6"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:color w:val="000000"/>
+      <w:lang w:eastAsia="zh-CN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Tekstprzypisukocowego">
+    <w:name w:val="endnote text"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:link w:val="TekstprzypisukocowegoZnak"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00E20640"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TekstprzypisukocowegoZnak">
+    <w:name w:val="Tekst przypisu końcowego Znak"/>
     <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:link w:val="Tekstprzypisukocowego"/>
     <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00E20640"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Odwoanieprzypisukocowego">
+    <w:name w:val="endnote reference"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00F75DD7"/>
+    <w:rsid w:val="00E20640"/>
     <w:rPr>
-      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
-      <w:u w:val="single"/>
+      <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+</file>
+
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
+</file>
+
+<file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///d:\DOCUME~1\umelty01\USTAWI~1\Temp\notesAB59E8\WED.DPP_%5bDEU%5d_%5bWED-Dzial%20ds.%20Przedszkoli%20i%20Szkol%20Podstawowych%5d.dot" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motyw pakietu Office">
   <a:themeElements>
     <a:clrScheme name="Pakiet Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -3152,70 +7089,70 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>WED.DPP_[DEU]_[WED-Dzial ds. Przedszkoli i Szkol Podstawowych]</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>513</Words>
-  <Characters>3078</Characters>
+  <Words>600</Words>
+  <Characters>3603</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>25</Lines>
-  <Paragraphs>7</Paragraphs>
+  <Lines>30</Lines>
+  <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Informacje dotyczące przetwarzania danych osobowych</vt:lpstr>
+      <vt:lpstr>Nazwa firmy/instytucji</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company/>
+  <Company>UMWrocław</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3584</CharactersWithSpaces>
+  <CharactersWithSpaces>4195</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>Informacje dotyczące przetwarzania danych osobowych</dc:title>
-[...1 lines deleted...]
-  <dc:creator>Anna Kreja</dc:creator>
+  <dc:title>Nazwa firmy/instytucji</dc:title>
+  <dc:creator>umelty01</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>