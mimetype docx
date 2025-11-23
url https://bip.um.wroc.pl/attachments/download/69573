--- v0 (2025-10-11)
+++ v1 (2025-11-23)
@@ -35,51 +35,51 @@
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00753A05">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="009B29A4" w:rsidRPr="00753A05">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>OŚWIADCZENI</w:t>
       </w:r>
       <w:r w:rsidR="001650F5" w:rsidRPr="00753A05">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>E</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BD87C45" w14:textId="625E762B" w:rsidR="00C938CB" w:rsidRPr="00753A05" w:rsidRDefault="001B2D45" w:rsidP="00FA5165">
+    <w:p w14:paraId="3BD87C45" w14:textId="7ABECE40" w:rsidR="00C938CB" w:rsidRPr="00753A05" w:rsidRDefault="001B2D45" w:rsidP="00FA5165">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00753A05">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve">Na podstawie </w:t>
       </w:r>
       <w:r w:rsidR="006E23E3" w:rsidRPr="00753A05">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve">art. </w:t>
       </w:r>
       <w:r w:rsidR="00162F4B" w:rsidRPr="00753A05">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve">168 </w:t>
       </w:r>
       <w:r w:rsidR="00FA3924" w:rsidRPr="00753A05">
@@ -94,69 +94,69 @@
         </w:rPr>
         <w:t>4a i 4b</w:t>
       </w:r>
       <w:r w:rsidR="006E23E3" w:rsidRPr="00753A05">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> ustawy z dnia 14 grudnia 2</w:t>
       </w:r>
       <w:r w:rsidR="00FA3924" w:rsidRPr="00753A05">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t>016 r. Prawo oświatowe (</w:t>
       </w:r>
       <w:r w:rsidR="00D657A1" w:rsidRPr="00753A05">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve">tekst jedn.: </w:t>
       </w:r>
       <w:r w:rsidR="002C0C11" w:rsidRPr="00753A05">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
-        <w:t>Dz. U. z 202</w:t>
-[...5 lines deleted...]
-        <w:t>4</w:t>
+        <w:t xml:space="preserve">Dz. U. z </w:t>
+      </w:r>
+      <w:r w:rsidR="0029561B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>2025</w:t>
       </w:r>
       <w:r w:rsidR="002C0C11" w:rsidRPr="00753A05">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> r., poz. </w:t>
       </w:r>
-      <w:r w:rsidR="00DB21E7" w:rsidRPr="00753A05">
-[...3 lines deleted...]
-        <w:t>737</w:t>
+      <w:r w:rsidR="0029561B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>1043</w:t>
       </w:r>
       <w:r w:rsidR="002C0C11" w:rsidRPr="00753A05">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> z </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00D657A1" w:rsidRPr="00753A05">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t>późn</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00D657A1" w:rsidRPr="00753A05">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="002C0C11" w:rsidRPr="00753A05">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
@@ -206,1175 +206,1156 @@
       </w:pPr>
       <w:r w:rsidRPr="00753A05">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="3371DA5F" w14:textId="77777777" w:rsidR="006C7EB9" w:rsidRPr="00753A05" w:rsidRDefault="006C7EB9" w:rsidP="00C63DAD">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="9072"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00753A05">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31D334CC" w14:textId="093CC044" w:rsidR="00C938CB" w:rsidRPr="00753A05" w:rsidRDefault="004A256B" w:rsidP="004A256B">
+    <w:p w14:paraId="31D334CC" w14:textId="2A922D35" w:rsidR="00C938CB" w:rsidRPr="0029561B" w:rsidRDefault="00F50225" w:rsidP="0029561B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="4536"/>
         </w:tabs>
         <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
-        <w:rPr>
-[...131 lines deleted...]
-        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...674 lines deleted...]
-        <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="0029561B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>(nazwa</w:t>
+      </w:r>
+      <w:r w:rsidR="003020CE" w:rsidRPr="0029561B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> i adres</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0029561B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA3924" w:rsidRPr="0029561B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>osoby</w:t>
+      </w:r>
+      <w:r w:rsidR="001650F5" w:rsidRPr="0029561B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D657A1" w:rsidRPr="0029561B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">fizycznej </w:t>
+      </w:r>
+      <w:r w:rsidR="001650F5" w:rsidRPr="0029561B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>prowadzące</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA3924" w:rsidRPr="0029561B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>j</w:t>
+      </w:r>
+      <w:r w:rsidR="00D657A1" w:rsidRPr="0029561B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> szkołę/placówkę</w:t>
+      </w:r>
+      <w:r w:rsidR="00D709F0" w:rsidRPr="0029561B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E9D3820" w14:textId="77777777" w:rsidR="00D709F0" w:rsidRPr="00753A05" w:rsidRDefault="00BD7F60" w:rsidP="006C7EB9">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00753A05">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">jako </w:t>
+      </w:r>
+      <w:r w:rsidR="00162F4B" w:rsidRPr="00753A05">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>osoba</w:t>
+      </w:r>
+      <w:r w:rsidR="001650F5" w:rsidRPr="00753A05">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> prowadząc</w:t>
+      </w:r>
+      <w:r w:rsidR="00162F4B" w:rsidRPr="00753A05">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="00C938CB" w:rsidRPr="00753A05">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006A0F8A" w:rsidRPr="00753A05">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>szkołę/</w:t>
+      </w:r>
+      <w:r w:rsidR="001650F5" w:rsidRPr="00753A05">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>placówkę</w:t>
+      </w:r>
+      <w:r w:rsidR="00D709F0" w:rsidRPr="00753A05">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> o nazwie:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="407ED813" w14:textId="77777777" w:rsidR="006C7EB9" w:rsidRPr="00753A05" w:rsidRDefault="006C7EB9" w:rsidP="006C7EB9">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:leader="dot" w:pos="9072"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00753A05">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D34306F" w14:textId="77777777" w:rsidR="006C7EB9" w:rsidRPr="00753A05" w:rsidRDefault="006C7EB9" w:rsidP="006C7EB9">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:leader="dot" w:pos="9072"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00753A05">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="363302DE" w14:textId="77777777" w:rsidR="006C7EB9" w:rsidRPr="00753A05" w:rsidRDefault="006C7EB9" w:rsidP="00C63DAD">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:leader="dot" w:pos="9072"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00753A05">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E01D1BE" w14:textId="612030B8" w:rsidR="00D709F0" w:rsidRPr="0029561B" w:rsidRDefault="00D709F0" w:rsidP="0029561B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="4536"/>
+        </w:tabs>
+        <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0029561B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">(nazwa </w:t>
+      </w:r>
+      <w:r w:rsidR="001650F5" w:rsidRPr="0029561B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">i adres </w:t>
+      </w:r>
+      <w:r w:rsidR="007D3536" w:rsidRPr="0029561B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>szkoły/</w:t>
+      </w:r>
+      <w:r w:rsidR="00C938CB" w:rsidRPr="0029561B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>placówki</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0029561B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06D850BA" w14:textId="77777777" w:rsidR="00C938CB" w:rsidRPr="00753A05" w:rsidRDefault="006E23E3" w:rsidP="00B02B8C">
+      <w:pPr>
+        <w:pStyle w:val="Tekstpodstawowy"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00753A05">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>oświadczam,</w:t>
+      </w:r>
+      <w:r w:rsidR="009B29A4" w:rsidRPr="00753A05">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00753A05">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">że w przypadku mojego zgonu prawo do prowadzenia </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA3924" w:rsidRPr="00753A05">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ww. </w:t>
+      </w:r>
+      <w:r w:rsidR="006A0F8A" w:rsidRPr="00753A05">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>szkoły/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00753A05">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>placówki przekazuję następuj</w:t>
+      </w:r>
+      <w:r w:rsidR="006A0F8A" w:rsidRPr="00753A05">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>ącej osobie fizycznej</w:t>
+      </w:r>
+      <w:r w:rsidR="003020CE" w:rsidRPr="00753A05">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>/prawnej:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="339D95DC" w14:textId="77777777" w:rsidR="009B29A4" w:rsidRPr="00753A05" w:rsidRDefault="009B29A4" w:rsidP="006C7EB9">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:leader="dot" w:pos="9072"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00753A05">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F8AEBCB" w14:textId="77777777" w:rsidR="006C7EB9" w:rsidRPr="00753A05" w:rsidRDefault="006C7EB9" w:rsidP="006C7EB9">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:leader="dot" w:pos="9072"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00753A05">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F84A08A" w14:textId="77777777" w:rsidR="006C7EB9" w:rsidRPr="00753A05" w:rsidRDefault="006C7EB9" w:rsidP="00C63DAD">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:leader="dot" w:pos="9072"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00753A05">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E0FA726" w14:textId="77777777" w:rsidR="004B740D" w:rsidRPr="0029561B" w:rsidRDefault="003020CE" w:rsidP="00B02B8C">
+      <w:pPr>
+        <w:pStyle w:val="Tekstpodstawowy"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0029561B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>(nazwa i adres osoby fizycznej/prawnej up</w:t>
+      </w:r>
+      <w:r w:rsidR="006A0F8A" w:rsidRPr="0029561B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>rawnionej do prowadzenia szkoły</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0029561B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">/placówki w przypadku zgonu </w:t>
+      </w:r>
+      <w:r w:rsidR="004A4B5C" w:rsidRPr="0029561B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">dotychczasowej osoby </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0029561B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>prowadzące</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA3924" w:rsidRPr="0029561B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>j</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0029561B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C40B26" w:rsidRPr="0029561B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>szkołę/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0029561B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>placówkę)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="298C2E8E" w14:textId="77777777" w:rsidR="009B29A4" w:rsidRPr="00753A05" w:rsidRDefault="009B29A4" w:rsidP="006C7EB9">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:leader="underscore" w:pos="9072"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00753A05">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C7C672C" w14:textId="77777777" w:rsidR="004B2C06" w:rsidRPr="004B2C06" w:rsidRDefault="004B2C06" w:rsidP="004B2C06">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:b/>
-        </w:rPr>
-[...8 lines deleted...]
-          <w:lang w:eastAsia="en-US"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B2C06">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:b/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>INFORMACJE DOTYCZĄCE PRZETWARZANIA DANYCH OSOBOWYCH</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B8EEC8F" w14:textId="77777777" w:rsidR="004B2C06" w:rsidRPr="004B2C06" w:rsidRDefault="004B2C06" w:rsidP="004B2C06">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B2C06">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Niniejszą informację otrzymuje Pani/Pan w związku z obowiązkami określonymi w art. 13 rozporządzenia Parlamentu Europejskiego i Rady (UE) 2016/679 z dnia 27 kwietnia 2016 r. w sprawie ochrony osób fizycznych w związku z przetwarzaniem danych osobowych i w sprawie swobodnego przepływu takich danych oraz uchylenia dyrektywy 95/46/WE (ogólne rozporządzenie o ochronie danych) (Dziennik Urzędowy Unii Europejskiej z dnia 4 maja 2016 r. L 119/1). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4516013E" w14:textId="77777777" w:rsidR="004B2C06" w:rsidRPr="004B2C06" w:rsidRDefault="004B2C06" w:rsidP="004B2C06">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:b/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B2C06">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:b/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Administrator danych osobowych (ADO)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="783A7273" w14:textId="77777777" w:rsidR="004B2C06" w:rsidRPr="004B2C06" w:rsidRDefault="004B2C06" w:rsidP="004B2C06">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B2C06">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Administratorem Pani/Pana danych osobowych jest Prezydent Wrocławia, z którym można się skontaktować w następujący sposób:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75459831" w14:textId="77777777" w:rsidR="004B2C06" w:rsidRPr="004B2C06" w:rsidRDefault="004B2C06" w:rsidP="004B2C06">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B2C06">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>- listownie na adres: Prezydent Wrocławia, Urząd Miejski Wrocławia, pl. Nowy Targ 1-8, 50-141 Wrocław,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09EC77BB" w14:textId="77777777" w:rsidR="004B2C06" w:rsidRPr="004B2C06" w:rsidRDefault="004B2C06" w:rsidP="004B2C06">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B2C06">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>- za pośrednictwem poczty elektronicznej na adres: wfi@um.wroc.pl,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FB9F203" w14:textId="77777777" w:rsidR="004B2C06" w:rsidRPr="004B2C06" w:rsidRDefault="004B2C06" w:rsidP="004B2C06">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B2C06">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>- telefonicznie: +48 71 777 77 06.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B8635F5" w14:textId="77777777" w:rsidR="004B2C06" w:rsidRPr="004B2C06" w:rsidRDefault="004B2C06" w:rsidP="004B2C06">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:b/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B2C06">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:b/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Cele przetwarzania danych</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56D0BBD0" w14:textId="77777777" w:rsidR="004B2C06" w:rsidRPr="004B2C06" w:rsidRDefault="004B2C06" w:rsidP="004B2C06">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B2C06">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Pani/Pana dane osobowe będą przetwarzane w celu prowadzenia spraw związanych z wpisem/zmianą we wpisie szkoły lub placówki oświatowej do ewidencji szkół i placówek niepublicznych prowadzonej przez Gminę Wrocław.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20C2032A" w14:textId="77777777" w:rsidR="004B2C06" w:rsidRPr="004B2C06" w:rsidRDefault="004B2C06" w:rsidP="004B2C06">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:b/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B2C06">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:b/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Podstawy prawne przetwarzania</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E002B9D" w14:textId="77777777" w:rsidR="004B2C06" w:rsidRPr="004B2C06" w:rsidRDefault="004B2C06" w:rsidP="004B2C06">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B2C06">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Będziemy przetwarzać Pani/Pana dane osobowe na podstawie art. 6 ust. 1 lit. c) RODO, ustawy z dnia 14 grudnia 2016 r. – Prawo oświatowe oraz ustawy z dnia 14 czerwca 1960 r. Kodeks postępowania administracyjnego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7795F934" w14:textId="77777777" w:rsidR="004B2C06" w:rsidRPr="004B2C06" w:rsidRDefault="004B2C06" w:rsidP="004B2C06">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:b/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B2C06">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:b/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Obligatoryjność/fakultatywność podania danych osobowych </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F86318E" w14:textId="77777777" w:rsidR="004B2C06" w:rsidRPr="004B2C06" w:rsidRDefault="004B2C06" w:rsidP="004B2C06">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B2C06">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Podanie przez Panią/Pana danych osobowych jest wymogiem ustawowym wynikającym z </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B2C06">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ustawy z dnia 14 grudnia 2016 r. – Prawo oświatowe oraz ustawy z dnia 14 czerwca 1960 r. Kodeks postępowania administracyjnego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A28038D" w14:textId="77777777" w:rsidR="004B2C06" w:rsidRPr="004B2C06" w:rsidRDefault="004B2C06" w:rsidP="004B2C06">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:b/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B2C06">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:b/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Okres retencji danych</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C1D38CD" w14:textId="77777777" w:rsidR="004B2C06" w:rsidRPr="004B2C06" w:rsidRDefault="004B2C06" w:rsidP="004B2C06">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B2C06">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Pani/Pana dane osobowe będą przetwarzane przez Urząd Miejski Wrocławia przez 25 lat od stycznia kolejnego roku po zakończeniu Twojej sprawy, następnie zostaną przekazane do Archiwum Państwowego we Wrocławiu, gdzie będą przechowywane wieczyście.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2818DEA0" w14:textId="77777777" w:rsidR="004B2C06" w:rsidRPr="004B2C06" w:rsidRDefault="004B2C06" w:rsidP="004B2C06">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:b/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B2C06">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:b/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Odbiorcy danych</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D2164E8" w14:textId="77777777" w:rsidR="004B2C06" w:rsidRPr="004B2C06" w:rsidRDefault="004B2C06" w:rsidP="004B2C06">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B2C06">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Odbiorcami Pani/Pana danych osobowych mogą być:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65290EBE" w14:textId="77777777" w:rsidR="004B2C06" w:rsidRPr="004B2C06" w:rsidRDefault="004B2C06" w:rsidP="004B2C06">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B2C06">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>- dostawcy usług IT,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73276F87" w14:textId="77777777" w:rsidR="004B2C06" w:rsidRPr="004B2C06" w:rsidRDefault="004B2C06" w:rsidP="004B2C06">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B2C06">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>- podmioty przetwarzające dane na zlecenie administratora,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AEE8C72" w14:textId="77777777" w:rsidR="004B2C06" w:rsidRPr="004B2C06" w:rsidRDefault="004B2C06" w:rsidP="004B2C06">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B2C06">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>- podmioty upoważnione na podstawie przepisów prawa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C8EDBBD" w14:textId="77777777" w:rsidR="004B2C06" w:rsidRPr="004B2C06" w:rsidRDefault="004B2C06" w:rsidP="004B2C06">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B2C06">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- podmioty prowadzące działalność pocztową lub kurierską </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B2C06">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(jeżeli odpowiedź jest wysyłana pocztą, E-doręczenia, kurierem).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F90B1D5" w14:textId="77777777" w:rsidR="004B2C06" w:rsidRPr="004B2C06" w:rsidRDefault="004B2C06" w:rsidP="004B2C06">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B2C06">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Takie podmioty przetwarzają dane na podstawie zawartej umowy z administratorem i tylko zgodnie z jego poleceniami.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D031FDA" w14:textId="77777777" w:rsidR="004B2C06" w:rsidRPr="004B2C06" w:rsidRDefault="004B2C06" w:rsidP="004B2C06">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B2C06">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:b/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Przysługujące prawa</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BE9E87A" w14:textId="77777777" w:rsidR="004B2C06" w:rsidRPr="004B2C06" w:rsidRDefault="004B2C06" w:rsidP="004B2C06">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B2C06">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Przysługuje Pani/Panu:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57887AF1" w14:textId="77777777" w:rsidR="004B2C06" w:rsidRPr="004B2C06" w:rsidRDefault="004B2C06" w:rsidP="004B2C06">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B2C06">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>- prawo dostępu do swoich danych oraz otrzymania ich kopii,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29E15BAD" w14:textId="77777777" w:rsidR="004B2C06" w:rsidRPr="004B2C06" w:rsidRDefault="004B2C06" w:rsidP="004B2C06">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B2C06">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>- prawo do sprostowania (poprawiania) swoich danych,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4586B372" w14:textId="77777777" w:rsidR="004B2C06" w:rsidRPr="004B2C06" w:rsidRDefault="004B2C06" w:rsidP="004B2C06">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B2C06">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>- prawo do ograniczenia przetwarzania danych,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B9EEDB6" w14:textId="77777777" w:rsidR="004B2C06" w:rsidRPr="004B2C06" w:rsidRDefault="004B2C06" w:rsidP="004B2C06">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B2C06">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>- prawo do wniesienia skargi do organu nadzorczego – tj. Prezesa Urzędu Ochrony Danych Osobowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B123C06" w14:textId="77777777" w:rsidR="004B2C06" w:rsidRPr="004B2C06" w:rsidRDefault="004B2C06" w:rsidP="004B2C06">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:b/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B2C06">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:b/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Inspektor Ochrony Danych</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0595BB61" w14:textId="77777777" w:rsidR="004B2C06" w:rsidRPr="004B2C06" w:rsidRDefault="004B2C06" w:rsidP="004B2C06">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B2C06">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>W Urzędzie wyznaczony został Inspektor Ochrony Danych. Jest to osoba, z którą można się kontaktować w sprawach dotyczących przetwarzania Pani/Pana danych osobowych oraz korzystania z przysługujących Pani/Panu praw związanych z przetwarzaniem danych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C421BD4" w14:textId="77777777" w:rsidR="004B2C06" w:rsidRPr="004B2C06" w:rsidRDefault="004B2C06" w:rsidP="004B2C06">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B2C06">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Z Inspektorem można skontaktować się w następujący sposób:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F327891" w14:textId="77777777" w:rsidR="004B2C06" w:rsidRPr="004B2C06" w:rsidRDefault="004B2C06" w:rsidP="004B2C06">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B2C06">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>- listownie na adres: al. M. Kromera 44, 51-163 Wrocław</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E4849BC" w14:textId="77777777" w:rsidR="004B2C06" w:rsidRPr="004B2C06" w:rsidRDefault="004B2C06" w:rsidP="004B2C06">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B2C06">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>- przez e-mail: iod@um.wroc.pl</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3641A344" w14:textId="77777777" w:rsidR="004B2C06" w:rsidRPr="004B2C06" w:rsidRDefault="004B2C06" w:rsidP="004B2C06">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B2C06">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>- telefonicznie: 71 777 77 24.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F2125D2" w14:textId="77777777" w:rsidR="004B2C06" w:rsidRPr="004B2C06" w:rsidRDefault="004B2C06" w:rsidP="004B2C06">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:b/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B2C06">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:b/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Prawo wniesienia skargi do organu</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05B4B306" w14:textId="77777777" w:rsidR="004B2C06" w:rsidRPr="004B2C06" w:rsidRDefault="004B2C06" w:rsidP="004B2C06">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B2C06">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Przysługuje Pani/Panu także prawo wniesienia skargi do organu nadzorczego zajmującego się ochroną danych osobowych, tj. Prezesa Urzędu Ochrony Danych Osobowych, ul. Stawki 2, 00-193 Warszawa</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B2C06">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1355F321" w14:textId="77777777" w:rsidR="00753A05" w:rsidRDefault="00D657A1" w:rsidP="0029561B">
+      <w:pPr>
+        <w:spacing w:before="600" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="2835"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00753A05">
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
-[...245 lines deleted...]
-        <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
         </w:rPr>
-      </w:pPr>
-[...34 lines deleted...]
-        <w:t>……………………………………………………………………………</w:t>
+        <w:t>….………………………………………………………………………………</w:t>
       </w:r>
       <w:r w:rsidRPr="00753A05">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve">(data i </w:t>
       </w:r>
       <w:r w:rsidR="00753A05">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve">czytelny </w:t>
       </w:r>
       <w:r w:rsidRPr="00753A05">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve">podpis </w:t>
       </w:r>
       <w:r w:rsidRPr="00753A05">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
@@ -1392,53 +1373,53 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t>u</w:t>
       </w:r>
       <w:r w:rsidR="00D657A1" w:rsidRPr="00753A05">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t>prawnionej</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D657A1" w:rsidRPr="00753A05">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t>do prowadzenia szkoły/placówki)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D513327" w14:textId="0BF0ED96" w:rsidR="007D3536" w:rsidRPr="00753A05" w:rsidRDefault="00D657A1" w:rsidP="00753A05">
-[...1 lines deleted...]
-        <w:spacing w:before="1080" w:line="288" w:lineRule="auto"/>
+    <w:p w14:paraId="3D513327" w14:textId="0BF0ED96" w:rsidR="007D3536" w:rsidRPr="00753A05" w:rsidRDefault="00D657A1" w:rsidP="0029561B">
+      <w:pPr>
+        <w:spacing w:before="720" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="2835"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00753A05">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
         </w:rPr>
         <w:t>….………………………………………………………………………………</w:t>
       </w:r>
       <w:r w:rsidRPr="00753A05">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="007D3536" w:rsidRPr="00753A05">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve">(data i podpis osoby </w:t>
       </w:r>
       <w:r w:rsidR="006C7EB9" w:rsidRPr="00753A05">
         <w:rPr>
@@ -1461,53 +1442,53 @@
       <w:r w:rsidR="00753A05">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007D3536" w:rsidRPr="00753A05">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t>do prowadzenia szkoły/placówki w</w:t>
       </w:r>
       <w:r w:rsidR="00753A05">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="007D3536" w:rsidRPr="00753A05">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t>przypadku zgonu dotychczasowej osoby prowadzącej szkołę/placówkę)</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="007D3536" w:rsidRPr="00753A05" w:rsidSect="004862A0">
+    <w:sectPr w:rsidR="007D3536" w:rsidRPr="00753A05" w:rsidSect="0029561B">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="1135" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
@@ -1520,96 +1501,89 @@
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Comic Sans MS">
     <w:panose1 w:val="030F0702030302020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="script"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000287" w:usb1="00000013" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:sig w:usb0="00000687" w:usb1="00000013" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Liberation Mono">
     <w:altName w:val="Courier New"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:notTrueType/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="NSimSun">
     <w:panose1 w:val="02010609030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0D577BF9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="88EA0766"/>
     <w:lvl w:ilvl="0" w:tplc="CB1EE33A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150003">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
@@ -2146,84 +2120,86 @@
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:zoom w:percent="60"/>
+  <w:proofState w:spelling="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="425"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00D709F0"/>
     <w:rsid w:val="00006710"/>
     <w:rsid w:val="00042A0D"/>
     <w:rsid w:val="00056900"/>
     <w:rsid w:val="000771A3"/>
     <w:rsid w:val="000F57AE"/>
     <w:rsid w:val="00162F4B"/>
     <w:rsid w:val="001650F5"/>
     <w:rsid w:val="00195BEB"/>
     <w:rsid w:val="00196FC6"/>
     <w:rsid w:val="001B2D45"/>
     <w:rsid w:val="0021288C"/>
     <w:rsid w:val="00230217"/>
     <w:rsid w:val="00251985"/>
+    <w:rsid w:val="0029561B"/>
     <w:rsid w:val="002C0C11"/>
     <w:rsid w:val="003020CE"/>
     <w:rsid w:val="00327B70"/>
     <w:rsid w:val="00345A50"/>
     <w:rsid w:val="00434301"/>
     <w:rsid w:val="004862A0"/>
     <w:rsid w:val="004A256B"/>
     <w:rsid w:val="004A4B5C"/>
+    <w:rsid w:val="004B2C06"/>
     <w:rsid w:val="004B740D"/>
     <w:rsid w:val="004D1567"/>
     <w:rsid w:val="005533E0"/>
     <w:rsid w:val="00561672"/>
     <w:rsid w:val="005809E7"/>
     <w:rsid w:val="005F0678"/>
     <w:rsid w:val="005F6AAE"/>
     <w:rsid w:val="00621063"/>
     <w:rsid w:val="00627772"/>
     <w:rsid w:val="006301C7"/>
     <w:rsid w:val="0063669D"/>
     <w:rsid w:val="00641E68"/>
     <w:rsid w:val="006A0F8A"/>
     <w:rsid w:val="006A2B7B"/>
     <w:rsid w:val="006B25E4"/>
     <w:rsid w:val="006C7EB9"/>
     <w:rsid w:val="006E23E3"/>
     <w:rsid w:val="00702ECB"/>
     <w:rsid w:val="00753A05"/>
     <w:rsid w:val="00764FE1"/>
     <w:rsid w:val="00767B3E"/>
     <w:rsid w:val="00793F89"/>
     <w:rsid w:val="007B0AF6"/>
     <w:rsid w:val="007C48D1"/>
     <w:rsid w:val="007D1C1F"/>
@@ -2953,50 +2929,76 @@
       <w:color w:val="000000"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="165826350">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="188422910">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="427119427">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1078288529">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1143962352">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
@@ -3291,67 +3293,67 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>613</Words>
-  <Characters>3679</Characters>
+  <Words>597</Words>
+  <Characters>3588</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>30</Lines>
+  <Lines>29</Lines>
   <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Z O B O W I Ą Z A N I E</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Starostwo Powiatowe w Iławie</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4284</CharactersWithSpaces>
+  <CharactersWithSpaces>4177</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Z O B O W I Ą Z A N I E</dc:title>
   <dc:creator>Starostwo Powiatowe w Iławie</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>