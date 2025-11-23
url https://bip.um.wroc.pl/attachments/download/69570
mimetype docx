--- v0 (2025-10-11)
+++ v1 (2025-11-23)
@@ -31,51 +31,51 @@
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00152311">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>O</w:t>
       </w:r>
       <w:r w:rsidR="00263D3A" w:rsidRPr="00152311">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>ŚWIADCZENI</w:t>
       </w:r>
       <w:r w:rsidRPr="00152311">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>E</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3CA46366" w14:textId="23D691AF" w:rsidR="00154D0B" w:rsidRPr="00152311" w:rsidRDefault="001B2D45" w:rsidP="00FE3C6B">
+    <w:p w14:paraId="3CA46366" w14:textId="4FBFFA2A" w:rsidR="00154D0B" w:rsidRPr="00152311" w:rsidRDefault="001B2D45" w:rsidP="00FE3C6B">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00152311">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve">Na podstawie </w:t>
       </w:r>
       <w:r w:rsidR="006E23E3" w:rsidRPr="00152311">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve">art. </w:t>
       </w:r>
       <w:r w:rsidR="00DE0704" w:rsidRPr="00152311">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve">168 ust. </w:t>
       </w:r>
       <w:r w:rsidR="00910143" w:rsidRPr="00152311">
@@ -90,69 +90,69 @@
         </w:rPr>
         <w:t xml:space="preserve"> i ust. 14 </w:t>
       </w:r>
       <w:r w:rsidR="006E23E3" w:rsidRPr="00152311">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t>ustawy z dnia 14 grudnia 2</w:t>
       </w:r>
       <w:r w:rsidR="00DE0704" w:rsidRPr="00152311">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t>016 r. Prawo oświatowe (</w:t>
       </w:r>
       <w:r w:rsidR="006A155F" w:rsidRPr="00152311">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve">tekst jedn.: </w:t>
       </w:r>
       <w:r w:rsidR="003032F0" w:rsidRPr="00152311">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
-        <w:t>Dz. U. z 202</w:t>
-[...5 lines deleted...]
-        <w:t>4</w:t>
+        <w:t xml:space="preserve">Dz. U. z </w:t>
+      </w:r>
+      <w:r w:rsidR="007C0180">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>2025</w:t>
       </w:r>
       <w:r w:rsidR="003032F0" w:rsidRPr="00152311">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> r., poz. </w:t>
       </w:r>
-      <w:r w:rsidR="001F51BC" w:rsidRPr="00152311">
-[...3 lines deleted...]
-        <w:t>737</w:t>
+      <w:r w:rsidR="007C0180">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>1043</w:t>
       </w:r>
       <w:r w:rsidR="006E23E3" w:rsidRPr="00152311">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> z</w:t>
       </w:r>
       <w:r w:rsidR="003D2CB8" w:rsidRPr="00152311">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="003D2CB8" w:rsidRPr="00152311">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t>późn</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="003D2CB8" w:rsidRPr="00152311">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
@@ -202,400 +202,420 @@
       </w:pPr>
       <w:r w:rsidRPr="00152311">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="57B40FD6" w14:textId="77777777" w:rsidR="00FE3C6B" w:rsidRPr="00152311" w:rsidRDefault="00FE3C6B" w:rsidP="00407D1B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00152311">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31D05B49" w14:textId="77777777" w:rsidR="00C938CB" w:rsidRPr="00152311" w:rsidRDefault="00FE3C6B" w:rsidP="00602B7F">
+    <w:p w14:paraId="31D05B49" w14:textId="584F8775" w:rsidR="00C938CB" w:rsidRPr="007C0180" w:rsidRDefault="00F50225" w:rsidP="007C0180">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="4536"/>
         </w:tabs>
         <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C0180">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>(nazwa</w:t>
+      </w:r>
+      <w:r w:rsidR="003020CE" w:rsidRPr="007C0180">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> i adres</w:t>
+      </w:r>
+      <w:r w:rsidR="00B45F83" w:rsidRPr="007C0180">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dotychczasowe</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE0704" w:rsidRPr="007C0180">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>j</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C0180">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DE0704" w:rsidRPr="007C0180">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>osoby</w:t>
+      </w:r>
+      <w:r w:rsidR="001650F5" w:rsidRPr="007C0180">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> prowadzące</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE0704" w:rsidRPr="007C0180">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>j</w:t>
+      </w:r>
+      <w:r w:rsidR="00D709F0" w:rsidRPr="007C0180">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="214AD17E" w14:textId="77777777" w:rsidR="00D709F0" w:rsidRPr="00152311" w:rsidRDefault="00BD7F60" w:rsidP="00FE3C6B">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00152311">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
+        <w:t xml:space="preserve">jako </w:t>
+      </w:r>
+      <w:r w:rsidR="00DE0704" w:rsidRPr="00152311">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">osoba prowadząca </w:t>
+      </w:r>
+      <w:r w:rsidR="00522DAF" w:rsidRPr="00152311">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>szkołę/</w:t>
+      </w:r>
+      <w:r w:rsidR="001650F5" w:rsidRPr="00152311">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>placówkę</w:t>
+      </w:r>
+      <w:r w:rsidR="00D709F0" w:rsidRPr="00152311">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> o nazwie:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E539DAC" w14:textId="77777777" w:rsidR="00FE3C6B" w:rsidRPr="00152311" w:rsidRDefault="00FE3C6B" w:rsidP="00FE3C6B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00152311">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00F50225" w:rsidRPr="00152311">
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> i adres</w:t>
+    </w:p>
+    <w:p w14:paraId="78D4B396" w14:textId="77777777" w:rsidR="00FE3C6B" w:rsidRPr="00152311" w:rsidRDefault="00FE3C6B" w:rsidP="00FE3C6B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00152311">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12FA751C" w14:textId="77777777" w:rsidR="00FE3C6B" w:rsidRPr="00152311" w:rsidRDefault="00FE3C6B" w:rsidP="00407D1B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00152311">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D6B7124" w14:textId="4B80ABA5" w:rsidR="00D709F0" w:rsidRPr="007C0180" w:rsidRDefault="00D709F0" w:rsidP="007C0180">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="4536"/>
+        </w:tabs>
+        <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C0180">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">(nazwa </w:t>
+      </w:r>
+      <w:r w:rsidR="001650F5" w:rsidRPr="007C0180">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">i adres </w:t>
+      </w:r>
+      <w:r w:rsidR="00522DAF" w:rsidRPr="007C0180">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>szkoły/</w:t>
+      </w:r>
+      <w:r w:rsidR="00C938CB" w:rsidRPr="007C0180">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>placówki</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C0180">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DE02DE0" w14:textId="7CDEEC1F" w:rsidR="006E23E3" w:rsidRPr="00152311" w:rsidRDefault="006E23E3" w:rsidP="00602B7F">
+      <w:pPr>
+        <w:pStyle w:val="Tekstpodstawowy"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00152311">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>oświadczam,</w:t>
+      </w:r>
+      <w:r w:rsidR="00154D0B" w:rsidRPr="00152311">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B45F83" w:rsidRPr="00152311">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
-        <w:t xml:space="preserve"> dotychczasowe</w:t>
+        <w:t>że zrzekam się wszelkich praw i obowiązków wynikających z</w:t>
+      </w:r>
+      <w:r w:rsidR="003D2CB8" w:rsidRPr="00152311">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B45F83" w:rsidRPr="00152311">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">prowadzenia ww. </w:t>
+      </w:r>
+      <w:r w:rsidR="00522DAF" w:rsidRPr="00152311">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>szkoły/</w:t>
+      </w:r>
+      <w:r w:rsidR="00B45F83" w:rsidRPr="00152311">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>placówki na rzecz nowe</w:t>
       </w:r>
       <w:r w:rsidR="00DE0704" w:rsidRPr="00152311">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t>j</w:t>
       </w:r>
-      <w:r w:rsidR="00F50225" w:rsidRPr="00152311">
+      <w:r w:rsidR="00B45F83" w:rsidRPr="00152311">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00DE0704" w:rsidRPr="00152311">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
-        <w:t>osoby</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> prowadzące</w:t>
+        <w:t xml:space="preserve">osoby </w:t>
+      </w:r>
+      <w:r w:rsidR="00B45F83" w:rsidRPr="00152311">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>prowadzące</w:t>
       </w:r>
       <w:r w:rsidR="00DE0704" w:rsidRPr="00152311">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t>j</w:t>
       </w:r>
-      <w:r w:rsidR="00D709F0" w:rsidRPr="00152311">
-[...17 lines deleted...]
-        <w:t xml:space="preserve">jako </w:t>
+      <w:r w:rsidR="00B45F83" w:rsidRPr="00152311">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>, któr</w:t>
       </w:r>
       <w:r w:rsidR="00DE0704" w:rsidRPr="00152311">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
-        <w:t xml:space="preserve">osoba prowadząca </w:t>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="00B45F83" w:rsidRPr="00152311">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> te prawa i obowiązki do prowadzenia </w:t>
       </w:r>
       <w:r w:rsidR="00522DAF" w:rsidRPr="00152311">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
-        <w:t>szkołę/</w:t>
-[...98 lines deleted...]
-        </w:rPr>
         <w:t>szkoły/</w:t>
       </w:r>
-      <w:r w:rsidR="00C938CB" w:rsidRPr="00152311">
-[...35 lines deleted...]
-      </w:r>
       <w:r w:rsidR="00B45F83" w:rsidRPr="00152311">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
-        <w:t>że zrzekam się wszelkich praw i obowiązków wynikających z</w:t>
-[...82 lines deleted...]
-        </w:rPr>
         <w:t>placówki przejmuje z dniem</w:t>
       </w:r>
       <w:r w:rsidR="003C26B9" w:rsidRPr="00152311">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
       <w:r w:rsidR="00152311">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00152311">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003D2CB8" w:rsidRPr="00152311">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="6C4C9BE6" w14:textId="77777777" w:rsidR="00602B7F" w:rsidRPr="00152311" w:rsidRDefault="00602B7F" w:rsidP="00602B7F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00152311">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="5205C93B" w14:textId="77777777" w:rsidR="00602B7F" w:rsidRPr="00152311" w:rsidRDefault="00602B7F" w:rsidP="00602B7F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
@@ -606,112 +626,125 @@
       </w:pPr>
       <w:r w:rsidRPr="00152311">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="4305ADE1" w14:textId="77777777" w:rsidR="00602B7F" w:rsidRPr="00152311" w:rsidRDefault="00602B7F" w:rsidP="00407D1B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00152311">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BEC7B96" w14:textId="50197364" w:rsidR="00602B7F" w:rsidRPr="00152311" w:rsidRDefault="00602B7F" w:rsidP="00602B7F">
+    <w:p w14:paraId="4BEC7B96" w14:textId="4D41D44C" w:rsidR="00602B7F" w:rsidRPr="007C0180" w:rsidRDefault="003020CE" w:rsidP="007C0180">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:tabs>
           <w:tab w:val="center" w:pos="4536"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:rPr>
-[...11 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C0180">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+          <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">(nazwa i adres </w:t>
       </w:r>
-      <w:r w:rsidR="00B45F83" w:rsidRPr="00152311">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+      <w:r w:rsidR="00B45F83" w:rsidRPr="007C0180">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+          <w:iCs/>
         </w:rPr>
         <w:t>nowe</w:t>
       </w:r>
-      <w:r w:rsidR="00DE0704" w:rsidRPr="00152311">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+      <w:r w:rsidR="00DE0704" w:rsidRPr="007C0180">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+          <w:iCs/>
         </w:rPr>
         <w:t>j</w:t>
       </w:r>
-      <w:r w:rsidR="00B45F83" w:rsidRPr="00152311">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+      <w:r w:rsidR="00B45F83" w:rsidRPr="007C0180">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+          <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00DE0704" w:rsidRPr="00152311">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+      <w:r w:rsidR="00DE0704" w:rsidRPr="007C0180">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+          <w:iCs/>
         </w:rPr>
         <w:t>osoby</w:t>
       </w:r>
-      <w:r w:rsidR="00B45F83" w:rsidRPr="00152311">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+      <w:r w:rsidR="00B45F83" w:rsidRPr="007C0180">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+          <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> prowadzące</w:t>
       </w:r>
-      <w:r w:rsidR="00DE0704" w:rsidRPr="00152311">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+      <w:r w:rsidR="00DE0704" w:rsidRPr="007C0180">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+          <w:iCs/>
         </w:rPr>
         <w:t>j</w:t>
       </w:r>
-      <w:r w:rsidR="003020CE" w:rsidRPr="00152311">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+      <w:r w:rsidRPr="007C0180">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+          <w:iCs/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B6CAA47" w14:textId="3E49142E" w:rsidR="003D2CB8" w:rsidRPr="00152311" w:rsidRDefault="003D2CB8" w:rsidP="003D2CB8">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:tabs>
           <w:tab w:val="center" w:pos="4536"/>
         </w:tabs>
         <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00152311">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>UWAGA -</w:t>
       </w:r>
       <w:r w:rsidRPr="00152311">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
@@ -728,737 +761,676 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="4A4E0415" w14:textId="6F65AFA5" w:rsidR="000B629C" w:rsidRPr="00152311" w:rsidRDefault="00602B7F" w:rsidP="00602B7F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="underscore" w:pos="9072"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00152311">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="003D2CB8" w:rsidRPr="00152311">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t>___</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75D9F516" w14:textId="77777777" w:rsidR="006E5203" w:rsidRPr="00152311" w:rsidRDefault="006E5203" w:rsidP="006E5203">
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
+    <w:p w14:paraId="17A9AAE8" w14:textId="77777777" w:rsidR="001E01EC" w:rsidRPr="001E01EC" w:rsidRDefault="001E01EC" w:rsidP="001E01EC">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:b/>
-          <w:lang w:eastAsia="en-US"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E01EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:b/>
-          <w:lang w:eastAsia="en-US"/>
-[...36 lines deleted...]
-          <w:lang w:eastAsia="en-US"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>INFORMACJE DOTYCZĄCE PRZETWARZANIA DANYCH OSOBOWYCH</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="630E35B6" w14:textId="77777777" w:rsidR="001E01EC" w:rsidRPr="001E01EC" w:rsidRDefault="001E01EC" w:rsidP="001E01EC">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E01EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Niniejszą informację otrzymuje Pani/Pan w związku z obowiązkami określonymi w art. 13 rozporządzenia Parlamentu Europejskiego i Rady (UE) 2016/679 z dnia 27 kwietnia 2016 r. w sprawie ochrony osób fizycznych w związku z przetwarzaniem danych osobowych i w sprawie swobodnego przepływu takich danych oraz uchylenia dyrektywy 95/46/WE </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E01EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">o ochronie danych) (Dziennik Urzędowy Unii Europejskiej z dnia 4 maja 2016 r. L 119/1). </w:t>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Tahoma"/>
+        <w:t xml:space="preserve">(ogólne rozporządzenie o ochronie danych) (Dziennik Urzędowy Unii Europejskiej z dnia 4 maja 2016 r. L 119/1). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="332F6022" w14:textId="77777777" w:rsidR="001E01EC" w:rsidRPr="001E01EC" w:rsidRDefault="001E01EC" w:rsidP="001E01EC">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:b/>
-          <w:lang w:eastAsia="en-US"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Tahoma"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E01EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:b/>
-          <w:lang w:eastAsia="en-US"/>
-[...87 lines deleted...]
-          <w:lang w:eastAsia="en-US"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Administrator danych osobowych (ADO)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B87CA19" w14:textId="77777777" w:rsidR="001E01EC" w:rsidRPr="001E01EC" w:rsidRDefault="001E01EC" w:rsidP="001E01EC">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E01EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Administratorem Pani/Pana danych osobowych jest Prezydent Wrocławia, z którym można się skontaktować w następujący sposób:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63610170" w14:textId="77777777" w:rsidR="001E01EC" w:rsidRPr="001E01EC" w:rsidRDefault="001E01EC" w:rsidP="001E01EC">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E01EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>- listownie na adres: Prezydent Wrocławia, Urząd Miejski Wrocławia, pl. Nowy Targ 1-8, 50-141 Wrocław,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B811628" w14:textId="77777777" w:rsidR="001E01EC" w:rsidRPr="001E01EC" w:rsidRDefault="001E01EC" w:rsidP="001E01EC">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E01EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>- za pośrednictwem poczty elektronicznej na adres: wfi@um.wroc.pl,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="423BC8A9" w14:textId="77777777" w:rsidR="001E01EC" w:rsidRPr="001E01EC" w:rsidRDefault="001E01EC" w:rsidP="001E01EC">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E01EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>- telefonicznie: +48 71 777 77 06.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="635FF37D" w14:textId="77777777" w:rsidR="006E5203" w:rsidRPr="00152311" w:rsidRDefault="006E5203" w:rsidP="006E5203">
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Tahoma"/>
+    <w:p w14:paraId="0A8DC3DB" w14:textId="77777777" w:rsidR="001E01EC" w:rsidRPr="001E01EC" w:rsidRDefault="001E01EC" w:rsidP="001E01EC">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:b/>
-          <w:lang w:eastAsia="en-US"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Tahoma"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E01EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:b/>
-          <w:lang w:eastAsia="en-US"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Cele przetwarzania danych</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="730CEF6E" w14:textId="77777777" w:rsidR="006E5203" w:rsidRPr="00152311" w:rsidRDefault="006E5203" w:rsidP="006E5203">
-[...19 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Tahoma"/>
+    <w:p w14:paraId="7B9F4E78" w14:textId="77777777" w:rsidR="001E01EC" w:rsidRPr="001E01EC" w:rsidRDefault="001E01EC" w:rsidP="001E01EC">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E01EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Pani/Pana dane osobowe będą przetwarzane w celu prowadzenia spraw związanych z wpisem/zmianą we wpisie szkoły lub placówki oświatowej do ewidencji szkół i placówek niepublicznych prowadzonej przez Gminę Wrocław.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29924E5A" w14:textId="77777777" w:rsidR="001E01EC" w:rsidRPr="001E01EC" w:rsidRDefault="001E01EC" w:rsidP="001E01EC">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:b/>
-          <w:lang w:eastAsia="en-US"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Tahoma"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E01EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:b/>
-          <w:lang w:eastAsia="en-US"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Podstawy prawne przetwarzania</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03B29F4A" w14:textId="76390520" w:rsidR="006E5203" w:rsidRPr="00152311" w:rsidRDefault="006E5203" w:rsidP="006E5203">
-[...79 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Tahoma"/>
+    <w:p w14:paraId="6CD496CD" w14:textId="77777777" w:rsidR="001E01EC" w:rsidRPr="001E01EC" w:rsidRDefault="001E01EC" w:rsidP="001E01EC">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E01EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Będziemy przetwarzać Pani/Pana dane osobowe na podstawie art. 6 ust. 1 lit. c) RODO, ustawy z dnia 14 grudnia 2016 r. – Prawo oświatowe oraz ustawy z dnia 14 czerwca 1960 r. Kodeks postępowania administracyjnego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32AA3AF2" w14:textId="77777777" w:rsidR="001E01EC" w:rsidRPr="001E01EC" w:rsidRDefault="001E01EC" w:rsidP="001E01EC">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:b/>
-          <w:lang w:eastAsia="en-US"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Tahoma"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E01EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:b/>
-          <w:lang w:eastAsia="en-US"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Tahoma"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Obligatoryjność/fakultatywność podania danych osobowych </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47A43526" w14:textId="77777777" w:rsidR="001E01EC" w:rsidRPr="001E01EC" w:rsidRDefault="001E01EC" w:rsidP="001E01EC">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E01EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:bCs/>
-          <w:lang w:eastAsia="en-US"/>
-[...15 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Tahoma"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Podanie przez Panią/Pana danych osobowych jest wymogiem ustawowym wynikającym z </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E01EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ustawy z dnia 14 grudnia 2016 r. – Prawo oświatowe oraz ustawy z dnia 14 czerwca 1960 r. Kodeks postępowania administracyjnego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0197C77A" w14:textId="77777777" w:rsidR="001E01EC" w:rsidRPr="001E01EC" w:rsidRDefault="001E01EC" w:rsidP="001E01EC">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:b/>
-          <w:lang w:eastAsia="en-US"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Tahoma"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E01EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:b/>
-          <w:lang w:eastAsia="en-US"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Tahoma"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Okres retencji danych</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36CC508A" w14:textId="77777777" w:rsidR="001E01EC" w:rsidRPr="001E01EC" w:rsidRDefault="001E01EC" w:rsidP="001E01EC">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E01EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Pani/Pana dane osobowe będą przetwarzane przez Urząd Miejski Wrocławia przez 25 lat od stycznia kolejnego roku po zakończeniu Twojej sprawy, następnie zostaną przekazane do Archiwum Państwowego we Wrocławiu, gdzie będą przechowywane wieczyście.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="573A80F8" w14:textId="77777777" w:rsidR="001E01EC" w:rsidRPr="001E01EC" w:rsidRDefault="001E01EC" w:rsidP="001E01EC">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:b/>
-          <w:lang w:eastAsia="en-US"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Tahoma"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E01EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:b/>
-          <w:lang w:eastAsia="en-US"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Odbiorcy danych</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B92E56E" w14:textId="77777777" w:rsidR="006E5203" w:rsidRPr="00152311" w:rsidRDefault="006E5203" w:rsidP="006E5203">
-[...19 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+    <w:p w14:paraId="7A72904B" w14:textId="77777777" w:rsidR="001E01EC" w:rsidRPr="001E01EC" w:rsidRDefault="001E01EC" w:rsidP="001E01EC">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E01EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Odbiorcami Pani/Pana danych osobowych mogą być:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18168429" w14:textId="77777777" w:rsidR="001E01EC" w:rsidRPr="001E01EC" w:rsidRDefault="001E01EC" w:rsidP="001E01EC">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E01EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>- dostawcy usług IT,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32D8D690" w14:textId="77777777" w:rsidR="001E01EC" w:rsidRPr="001E01EC" w:rsidRDefault="001E01EC" w:rsidP="001E01EC">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E01EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>- podmioty przetwarzające dane na zlecenie administratora,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43AC1898" w14:textId="77777777" w:rsidR="001E01EC" w:rsidRPr="001E01EC" w:rsidRDefault="001E01EC" w:rsidP="001E01EC">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E01EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>- podmioty upoważnione na podstawie przepisów prawa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C386798" w14:textId="77777777" w:rsidR="001E01EC" w:rsidRPr="001E01EC" w:rsidRDefault="001E01EC" w:rsidP="001E01EC">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E01EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- podmioty prowadzące działalność pocztową lub kurierską </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E01EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(jeżeli odpowiedź jest wysyłana pocztą, E-doręczenia, kurierem).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5AEB0D08" w14:textId="77777777" w:rsidR="001E01EC" w:rsidRPr="001E01EC" w:rsidRDefault="001E01EC" w:rsidP="001E01EC">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E01EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Takie podmioty przetwarzają dane na podstawie zawartej umowy z administratorem i tylko zgodnie z jego poleceniami.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="065FCB72" w14:textId="77777777" w:rsidR="001E01EC" w:rsidRPr="001E01EC" w:rsidRDefault="001E01EC" w:rsidP="001E01EC">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E01EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:b/>
-        </w:rPr>
-[...126 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Tahoma"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Przysługujące prawa</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="240C783B" w14:textId="77777777" w:rsidR="001E01EC" w:rsidRPr="001E01EC" w:rsidRDefault="001E01EC" w:rsidP="001E01EC">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E01EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Przysługuje Pani/Panu:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D6D4288" w14:textId="77777777" w:rsidR="001E01EC" w:rsidRPr="001E01EC" w:rsidRDefault="001E01EC" w:rsidP="001E01EC">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E01EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>- prawo dostępu do swoich danych oraz otrzymania ich kopii,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="339E1FBE" w14:textId="77777777" w:rsidR="001E01EC" w:rsidRPr="001E01EC" w:rsidRDefault="001E01EC" w:rsidP="001E01EC">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E01EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>- prawo do sprostowania (poprawiania) swoich danych,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="543488AD" w14:textId="77777777" w:rsidR="001E01EC" w:rsidRPr="001E01EC" w:rsidRDefault="001E01EC" w:rsidP="001E01EC">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E01EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>- prawo do ograniczenia przetwarzania danych,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E6C27B7" w14:textId="77777777" w:rsidR="001E01EC" w:rsidRPr="001E01EC" w:rsidRDefault="001E01EC" w:rsidP="001E01EC">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E01EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>- prawo do wniesienia skargi do organu nadzorczego – tj. Prezesa Urzędu Ochrony Danych Osobowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="163C93A4" w14:textId="77777777" w:rsidR="001E01EC" w:rsidRPr="001E01EC" w:rsidRDefault="001E01EC" w:rsidP="001E01EC">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:b/>
-          <w:lang w:eastAsia="en-US"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Tahoma"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E01EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:b/>
-          <w:lang w:eastAsia="en-US"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Inspektor Ochrony Danych</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4DDBD070" w14:textId="77777777" w:rsidR="006E5203" w:rsidRPr="00152311" w:rsidRDefault="006E5203" w:rsidP="006E5203">
-[...101 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Tahoma"/>
+    <w:p w14:paraId="2CF8AD4E" w14:textId="77777777" w:rsidR="001E01EC" w:rsidRPr="001E01EC" w:rsidRDefault="001E01EC" w:rsidP="001E01EC">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E01EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>W Urzędzie wyznaczony został Inspektor Ochrony Danych. Jest to osoba, z którą można się kontaktować w sprawach dotyczących przetwarzania Pani/Pana danych osobowych oraz korzystania z przysługujących Pani/Panu praw związanych z przetwarzaniem danych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B1D620D" w14:textId="77777777" w:rsidR="001E01EC" w:rsidRPr="001E01EC" w:rsidRDefault="001E01EC" w:rsidP="001E01EC">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E01EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Z Inspektorem można skontaktować się w następujący sposób:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="114768F6" w14:textId="77777777" w:rsidR="001E01EC" w:rsidRPr="001E01EC" w:rsidRDefault="001E01EC" w:rsidP="001E01EC">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E01EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>- listownie na adres: al. M. Kromera 44, 51-163 Wrocław</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B926FD8" w14:textId="77777777" w:rsidR="001E01EC" w:rsidRPr="001E01EC" w:rsidRDefault="001E01EC" w:rsidP="001E01EC">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E01EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>- przez e-mail: iod@um.wroc.pl</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BD9A070" w14:textId="77777777" w:rsidR="001E01EC" w:rsidRPr="001E01EC" w:rsidRDefault="001E01EC" w:rsidP="001E01EC">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E01EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>- telefonicznie: 71 777 77 24.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26ECC2FA" w14:textId="77777777" w:rsidR="001E01EC" w:rsidRPr="001E01EC" w:rsidRDefault="001E01EC" w:rsidP="001E01EC">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:b/>
-          <w:lang w:eastAsia="en-US"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Tahoma"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E01EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:b/>
-          <w:lang w:eastAsia="en-US"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Prawo wniesienia skargi do organu</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A3AE9FB" w14:textId="19AE90FE" w:rsidR="00D709F0" w:rsidRPr="00152311" w:rsidRDefault="006E5203" w:rsidP="006E5203">
-[...13 lines deleted...]
-          <w:szCs w:val="24"/>
+    <w:p w14:paraId="6400C5F0" w14:textId="77777777" w:rsidR="001E01EC" w:rsidRPr="001E01EC" w:rsidRDefault="001E01EC" w:rsidP="001E01EC">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E01EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Przysługuje Pani/Panu także prawo wniesienia skargi do organu nadzorczego zajmującego się ochroną danych osobowych, tj. Prezesa Urzędu Ochrony Danych Osobowych, ul. Stawki 2, 00-193 Warszawa</w:t>
       </w:r>
-      <w:r w:rsidR="003C26B9" w:rsidRPr="00152311">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="001E01EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="712F3FE9" w14:textId="77777777" w:rsidR="00E8687E" w:rsidRPr="00152311" w:rsidRDefault="00E8687E" w:rsidP="003D2CB8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
         </w:tabs>
         <w:spacing w:before="600"/>
         <w:ind w:left="4253"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00152311">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="5EF5AAF5" w14:textId="77777777" w:rsidR="00152311" w:rsidRDefault="00E8687E" w:rsidP="00152311">
       <w:pPr>
         <w:tabs>
@@ -1649,53 +1621,53 @@
       <w:r w:rsidR="00DE0704" w:rsidRPr="00152311">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t>soby</w:t>
       </w:r>
       <w:r w:rsidRPr="00152311">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> prowadzące</w:t>
       </w:r>
       <w:r w:rsidR="00DE0704" w:rsidRPr="00152311">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t>j</w:t>
       </w:r>
       <w:r w:rsidRPr="00152311">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00B45F83" w:rsidRPr="00152311" w:rsidSect="004862A0">
+    <w:sectPr w:rsidR="00B45F83" w:rsidRPr="00152311" w:rsidSect="007C0180">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="993" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
@@ -1708,96 +1680,89 @@
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Comic Sans MS">
     <w:panose1 w:val="030F0702030302020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="script"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000287" w:usb1="00000013" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:sig w:usb0="00000687" w:usb1="00000013" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Liberation Mono">
     <w:altName w:val="Courier New"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:notTrueType/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="NSimSun">
     <w:panose1 w:val="02010609030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0D577BF9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="88EA0766"/>
     <w:lvl w:ilvl="0" w:tplc="CB1EE33A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150003">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
@@ -2453,110 +2418,112 @@
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:zoom w:percent="60"/>
+  <w:proofState w:spelling="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="425"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00D709F0"/>
     <w:rsid w:val="0001072E"/>
     <w:rsid w:val="00054C75"/>
     <w:rsid w:val="000B629C"/>
     <w:rsid w:val="000D184E"/>
     <w:rsid w:val="001175FB"/>
     <w:rsid w:val="00152311"/>
     <w:rsid w:val="00154D0B"/>
     <w:rsid w:val="001650F5"/>
     <w:rsid w:val="00195BEB"/>
     <w:rsid w:val="001B2D45"/>
+    <w:rsid w:val="001E01EC"/>
     <w:rsid w:val="001F51BC"/>
     <w:rsid w:val="001F5AB5"/>
     <w:rsid w:val="00230217"/>
     <w:rsid w:val="00263D3A"/>
     <w:rsid w:val="003020CE"/>
     <w:rsid w:val="003032F0"/>
     <w:rsid w:val="00322CDF"/>
     <w:rsid w:val="00327B70"/>
     <w:rsid w:val="00335AD5"/>
     <w:rsid w:val="00370200"/>
     <w:rsid w:val="00371763"/>
     <w:rsid w:val="003C26B9"/>
     <w:rsid w:val="003D2CB8"/>
     <w:rsid w:val="00407D1B"/>
     <w:rsid w:val="0041161B"/>
     <w:rsid w:val="00424FBB"/>
     <w:rsid w:val="004862A0"/>
     <w:rsid w:val="00515CD5"/>
     <w:rsid w:val="00522DAF"/>
     <w:rsid w:val="00526722"/>
     <w:rsid w:val="005579BE"/>
     <w:rsid w:val="00561672"/>
     <w:rsid w:val="00602B7F"/>
     <w:rsid w:val="00605D37"/>
     <w:rsid w:val="00621063"/>
     <w:rsid w:val="0063669D"/>
     <w:rsid w:val="00650750"/>
     <w:rsid w:val="006A155F"/>
     <w:rsid w:val="006A4A43"/>
     <w:rsid w:val="006E1973"/>
     <w:rsid w:val="006E23E3"/>
     <w:rsid w:val="006E5203"/>
     <w:rsid w:val="00764FE1"/>
     <w:rsid w:val="00787D5D"/>
     <w:rsid w:val="00793F89"/>
     <w:rsid w:val="007A7062"/>
     <w:rsid w:val="007B0AF6"/>
+    <w:rsid w:val="007C0180"/>
     <w:rsid w:val="007C48D1"/>
     <w:rsid w:val="007C74C2"/>
     <w:rsid w:val="008055B2"/>
     <w:rsid w:val="0083516F"/>
     <w:rsid w:val="008A7FEC"/>
     <w:rsid w:val="008E04C7"/>
     <w:rsid w:val="008F1E65"/>
     <w:rsid w:val="00910143"/>
     <w:rsid w:val="00936A9A"/>
     <w:rsid w:val="009504CC"/>
     <w:rsid w:val="00981158"/>
     <w:rsid w:val="009B3535"/>
     <w:rsid w:val="009F4410"/>
     <w:rsid w:val="00A12323"/>
     <w:rsid w:val="00A141A2"/>
     <w:rsid w:val="00A66C7D"/>
     <w:rsid w:val="00A73164"/>
     <w:rsid w:val="00AB68A7"/>
     <w:rsid w:val="00AD682B"/>
     <w:rsid w:val="00B45F83"/>
     <w:rsid w:val="00B469C4"/>
     <w:rsid w:val="00B66B68"/>
     <w:rsid w:val="00B91591"/>
     <w:rsid w:val="00B92E24"/>
     <w:rsid w:val="00B9329D"/>
@@ -3359,50 +3326,76 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1078288529">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1138377504">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1150904459">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motyw pakietu Office">
   <a:themeElements>
     <a:clrScheme name="Pakiet Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
@@ -3658,67 +3651,67 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>616</Words>
-  <Characters>3697</Characters>
+  <Words>600</Words>
+  <Characters>3605</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>30</Lines>
   <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Z O B O W I Ą Z A N I E</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Starostwo Powiatowe w Iławie</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4305</CharactersWithSpaces>
+  <CharactersWithSpaces>4197</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Z O B O W I Ą Z A N I E</dc:title>
   <dc:creator>Starostwo Powiatowe w Iławie</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>