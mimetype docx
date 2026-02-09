--- v0 (2025-10-20)
+++ v1 (2026-02-09)
@@ -408,51 +408,51 @@
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="74EC90F4" w14:textId="77777777" w:rsidR="006A2814" w:rsidRPr="0055486C" w:rsidRDefault="006A2814" w:rsidP="006A2814">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy3"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0055486C">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Podstawy prawne przetwarzania</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3281D6F4" w14:textId="77777777" w:rsidR="006A2814" w:rsidRPr="0055486C" w:rsidRDefault="006A2814" w:rsidP="006A2814">
+    <w:p w14:paraId="3281D6F4" w14:textId="4A628C39" w:rsidR="006A2814" w:rsidRPr="0055486C" w:rsidRDefault="006A2814" w:rsidP="006A2814">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0055486C">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Będziemy przetwarzać Pani/Pana dane osobowe na podstawie </w:t>
       </w:r>
       <w:r w:rsidR="003C1E46">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">art.6 ust.1lit.c, art.6 ust.1 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
@@ -475,374 +475,512 @@
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="003C1E46">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>lit.e</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="003C1E46">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> RODO oraz na podstawie </w:t>
       </w:r>
       <w:r w:rsidRPr="0055486C">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>obowiązujących w Polsce przepisów prawa, a w szczególności:</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="3A20214A" w14:textId="77777777" w:rsidR="006A2814" w:rsidRPr="0055486C" w:rsidRDefault="006A2814" w:rsidP="006A2814">
+        <w:t>obowiązujących w Polsce przepisów prawa, w szczególności:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A20214A" w14:textId="3D45423E" w:rsidR="006A2814" w:rsidRPr="0055486C" w:rsidRDefault="006A2814" w:rsidP="006A2814">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0055486C">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>- ustawy z 21 sierpnia 1997 r. o gospodarce nieruchomościami</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="7DA9D4C4" w14:textId="77777777" w:rsidR="006A2814" w:rsidRDefault="006A2814" w:rsidP="006A2814">
+      <w:r w:rsidR="00024221">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7DA9D4C4" w14:textId="250B2C60" w:rsidR="006A2814" w:rsidRDefault="006A2814" w:rsidP="006A2814">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0055486C">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>- ustawy z 23 kwietnia 1964 r. kodeks cywilny</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="77546EF1" w14:textId="77777777" w:rsidR="003C1E46" w:rsidRDefault="003C1E46" w:rsidP="006A2814">
+      <w:r w:rsidR="00024221">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77546EF1" w14:textId="38B22F46" w:rsidR="003C1E46" w:rsidRDefault="003C1E46" w:rsidP="006A2814">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>- ustawy z 14 czerwca 1960 r. kodeks postępowania administracyjnego</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="7D310A9C" w14:textId="77777777" w:rsidR="003C1E46" w:rsidRDefault="003C1E46" w:rsidP="006A2814">
+      <w:r w:rsidR="00024221">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D310A9C" w14:textId="0A831156" w:rsidR="003C1E46" w:rsidRDefault="003C1E46" w:rsidP="006A2814">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>- ustawy z 29 lipca 2005 r. o przekształceniu prawa użytkowania wieczystego w prawo własności nieruchomości,</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="5D70F4A3" w14:textId="77777777" w:rsidR="003C1E46" w:rsidRDefault="003C1E46" w:rsidP="006A2814">
+        <w:t>- ustawy z 29 lipca 2005 r. o przekształceniu prawa użytkowania wieczystego w prawo własności nieruchomości</w:t>
+      </w:r>
+      <w:r w:rsidR="00024221">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D70F4A3" w14:textId="613CD5A0" w:rsidR="003C1E46" w:rsidRDefault="003C1E46" w:rsidP="006A2814">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>- ustawy z 20 lipca 2018 r. o</w:t>
       </w:r>
       <w:r w:rsidR="008903C3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> przekształceniu prawa użytkowania wieczystego gruntów zabudowanych na cele mieszkaniowe w prawo własności tych gruntów</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="5165F5B1" w14:textId="77777777" w:rsidR="008903C3" w:rsidRDefault="008903C3" w:rsidP="006A2814">
+      <w:r w:rsidR="00024221">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5165F5B1" w14:textId="75DC3C9B" w:rsidR="008903C3" w:rsidRDefault="008903C3" w:rsidP="006A2814">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>- ustawy z 10 marca 2003 r. o szczególnych zasadach przygotowania i realizacji inwestycji w zakresie dróg publicznych</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="4F8F7765" w14:textId="77777777" w:rsidR="008903C3" w:rsidRDefault="008903C3" w:rsidP="006A2814">
+      <w:r w:rsidR="00024221">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F8F7765" w14:textId="1D0DEC37" w:rsidR="008903C3" w:rsidRDefault="008903C3" w:rsidP="006A2814">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>- ustawy z 6 lipca 1982 r. o księgach wieczystych i hipotece</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="4DE42D57" w14:textId="77777777" w:rsidR="008903C3" w:rsidRDefault="008903C3" w:rsidP="006A2814">
+      <w:r w:rsidR="00024221">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DE42D57" w14:textId="3A2BAEA8" w:rsidR="008903C3" w:rsidRDefault="008903C3" w:rsidP="006A2814">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>- ustawy z 6 września 2001 r. o dostępie do informacji publicznej</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="45AC3FAB" w14:textId="77777777" w:rsidR="008903C3" w:rsidRDefault="008903C3" w:rsidP="006A2814">
+      <w:r w:rsidR="00024221">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45AC3FAB" w14:textId="38D8311B" w:rsidR="008903C3" w:rsidRDefault="008903C3" w:rsidP="006A2814">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>- ustawy z 29 września 1994 r. o rachunkowości</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="7C134D86" w14:textId="77777777" w:rsidR="008B1B14" w:rsidRDefault="008B1B14" w:rsidP="006A2814">
+      <w:r w:rsidR="00024221">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C134D86" w14:textId="58E0BCFD" w:rsidR="008B1B14" w:rsidRDefault="008B1B14" w:rsidP="006A2814">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>- ustawa z 17 czerwca 1966 r. o postępowaniu egzekucyjnym w administracji</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="0B91F5AF" w14:textId="77777777" w:rsidR="008903C3" w:rsidRDefault="008903C3" w:rsidP="006A2814">
+      <w:r w:rsidR="00024221">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B91F5AF" w14:textId="40BF0A21" w:rsidR="008903C3" w:rsidRDefault="008903C3" w:rsidP="006A2814">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>- ustawy z 29 sierpnia 1997 r. Ordynacja podatkowa</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="798AF28B" w14:textId="77777777" w:rsidR="00DC3482" w:rsidRDefault="00DC3482" w:rsidP="006A2814">
+      <w:r w:rsidR="00024221">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="798AF28B" w14:textId="7BF4741E" w:rsidR="00DC3482" w:rsidRDefault="00DC3482" w:rsidP="006A2814">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>- ustawy z 27 sierpnia 2009 r. o finansach publicznych</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="6287B2A2" w14:textId="77777777" w:rsidR="00AC24E2" w:rsidRDefault="00AC24E2" w:rsidP="006A2814">
+      <w:r w:rsidR="00024221">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6287B2A2" w14:textId="6C17A4D2" w:rsidR="00AC24E2" w:rsidRDefault="00AC24E2" w:rsidP="006A2814">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0055486C">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>- ustawy z 11 marca 2004 r. o podatku od towarów i usług</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="0ADCDFAD" w14:textId="77777777" w:rsidR="00DC3482" w:rsidRPr="0055486C" w:rsidRDefault="00DC3482" w:rsidP="006A2814">
+      <w:r w:rsidR="00024221">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0ADCDFAD" w14:textId="621B0B4A" w:rsidR="00DC3482" w:rsidRPr="0055486C" w:rsidRDefault="00DC3482" w:rsidP="006A2814">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">- </w:t>
       </w:r>
       <w:r w:rsidR="00AC24E2" w:rsidRPr="00AC24E2">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>rozporządzenia Rady Ministrów z dnia 14 września 2004 r. w sprawie sposobu i trybu przeprowadzania przetargów oraz rokowań na zbycie nieruchomości</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="567D95C3" w14:textId="77777777" w:rsidR="006A2814" w:rsidRDefault="006A2814" w:rsidP="006A2814">
+      <w:r w:rsidR="00024221">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="567D95C3" w14:textId="428D1197" w:rsidR="006A2814" w:rsidRDefault="006A2814" w:rsidP="006A2814">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0055486C">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>- ustawy z 30 kwietnia 2004 r. o postępowaniu w sprawach dotyczących pomocy publicznej</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="2AE7303C" w14:textId="77777777" w:rsidR="006A2814" w:rsidRPr="0055486C" w:rsidRDefault="008903C3" w:rsidP="006A2814">
+      <w:r w:rsidR="00024221">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2AE7303C" w14:textId="38E8A36D" w:rsidR="006A2814" w:rsidRDefault="008903C3" w:rsidP="006A2814">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">- rozporządzenia Rady Ministrów z 29 marca 2010 r. w sprawie zakresu informacji przedstawianych przez podmiot ubiegający się o pomoc de </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>minimis</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00AC24E2">
-[...5 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidR="00024221">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12C71C15" w14:textId="1A0C72BA" w:rsidR="008244B4" w:rsidRPr="0055486C" w:rsidRDefault="008244B4" w:rsidP="006A2814">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>- ustawy z 18 listopada 2020 r. o doręczeniach elektronicznych.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="023231D6" w14:textId="77777777" w:rsidR="006A2814" w:rsidRDefault="006A2814" w:rsidP="006A2814">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5AAE8F85" w14:textId="77777777" w:rsidR="006A2814" w:rsidRPr="0055486C" w:rsidRDefault="006A2814" w:rsidP="006A2814">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0055486C">
         <w:rPr>
@@ -1037,85 +1175,117 @@
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0055486C">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>- rozporządzenia Prezesa Rady Ministrów z 18 stycznia 2011 r. w sprawie instrukcji kancelaryjnej, jednolitych rzeczowych wykazów akt oraz instrukcji w sprawie organizacji i zakresu działania archiwów zakładowych.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="50779283" w14:textId="77777777" w:rsidR="006A2814" w:rsidRDefault="006A2814" w:rsidP="006A2814">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="163C8056" w14:textId="77777777" w:rsidR="006A2814" w:rsidRPr="0055486C" w:rsidRDefault="006A2814" w:rsidP="006A2814">
+    <w:p w14:paraId="698A78DF" w14:textId="1EFED411" w:rsidR="009D7403" w:rsidRPr="009D7403" w:rsidRDefault="006A2814" w:rsidP="006A2814">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0055486C">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Odbiorcy danych</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A14276E" w14:textId="77777777" w:rsidR="006A2814" w:rsidRPr="0055486C" w:rsidRDefault="006A2814" w:rsidP="006A2814">
-[...14 lines deleted...]
-        <w:t>Będziemy przekazywać Pani/Pana dane osobowe podmiotom upoważnionym na podstawie przepisów prawa. Dane osobowe będą udostępnione w szczególności:</w:t>
+    <w:p w14:paraId="2A14276E" w14:textId="2AC4B10C" w:rsidR="006A2814" w:rsidRPr="0055486C" w:rsidRDefault="006A2814" w:rsidP="006A2814">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0055486C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Będziemy przekazywać Pani/Pana dane osobowe podmiotom up</w:t>
+      </w:r>
+      <w:r w:rsidR="009D7403">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>raw</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0055486C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nionym </w:t>
+      </w:r>
+      <w:r w:rsidR="009D7403">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">do ich otrzymania </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0055486C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>na podstawie przepisów prawa. Dane osobowe będą udostępnione w szczególności:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="623965AD" w14:textId="77777777" w:rsidR="006A2814" w:rsidRPr="0055486C" w:rsidRDefault="006A2814" w:rsidP="006A2814">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0055486C">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>- organom i instytucjom państwowym lub samorządowym w związku z prowadzonym przez te organy lub instytucje postępowaniem</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4EFE78F6" w14:textId="77777777" w:rsidR="006A2814" w:rsidRPr="0055486C" w:rsidRDefault="006A2814" w:rsidP="006A2814">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
@@ -1128,66 +1298,74 @@
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>- stronom postępowania</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="13734A6A" w14:textId="77777777" w:rsidR="006A2814" w:rsidRPr="0055486C" w:rsidRDefault="006A2814" w:rsidP="006A2814">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0055486C">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>- osobom fizycznym, posiadającym wiedzę specjalną i występującym w postępowaniu w charakterze biegłego.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48FA7E34" w14:textId="77777777" w:rsidR="006A2814" w:rsidRPr="0055486C" w:rsidRDefault="006A2814" w:rsidP="006A2814">
+    <w:p w14:paraId="48FA7E34" w14:textId="1F24883B" w:rsidR="006A2814" w:rsidRPr="0055486C" w:rsidRDefault="006A2814" w:rsidP="006A2814">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0055486C">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Dodatkowo dane mogą być dostępne dla dostawców, którym Administrator zleca usługi związane z przetwarzaniem danych osobowych np. usługi IT, usługi pocztowe, a także dla usługodawców wykonujących zadania na zlecenie Administratora w ramach świadczenia usług serwisu, rozwoju i utrzymania systemów informatycznych.</w:t>
+      </w:r>
+      <w:r w:rsidR="002504E1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Takie podmioty przetwarzają dane na podstawie umowy z nami i tylko zgodnie z naszymi poleceniami.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4CC8657C" w14:textId="77777777" w:rsidR="006A2814" w:rsidRPr="0055486C" w:rsidRDefault="006A2814" w:rsidP="006A2814">
       <w:pPr>
         <w:pStyle w:val="Tekstkomentarza"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3EEA22A9" w14:textId="77777777" w:rsidR="006A2814" w:rsidRPr="0055486C" w:rsidRDefault="006A2814" w:rsidP="006A2814">
       <w:pPr>
         <w:pStyle w:val="Tekstkomentarza"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0055486C">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
@@ -1259,92 +1437,85 @@
         </w:rPr>
         <w:t xml:space="preserve">- </w:t>
       </w:r>
       <w:r w:rsidR="006A2814" w:rsidRPr="0055486C">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>prawo żądania sprostowania Pani/Pana danych osobowych,</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B6BCCAC" w14:textId="75FD2D36" w:rsidR="006A2814" w:rsidRDefault="00CD34E4" w:rsidP="00CD34E4">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">- </w:t>
       </w:r>
       <w:r w:rsidR="006A2814" w:rsidRPr="0055486C">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>prawo żądania ograniczenia przetwarzania Pani/Pana danych osobowych,</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0CBC7265" w14:textId="4F38B4FB" w:rsidR="00450B70" w:rsidRPr="00450B70" w:rsidRDefault="00450B70" w:rsidP="00CD34E4">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">- </w:t>
       </w:r>
       <w:r w:rsidRPr="00450B70">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">prawo do przenoszenia Pani/Pana danych osobowych, tj. prawo otrzymania od nas Pani/Pana danych osobowych, w ustrukturyzowanym, powszechnie używanym formacie </w:t>
-[...7 lines deleted...]
-        <w:t>informatycznym nadającym się do odczytu maszynowego. Możesz przesłać te dane innemu administratorowi danych lub zażądać, abyśmy przesłali Pani/Pana dane do innego administratora. Jednakże zrobimy to tylko jeśli takie przesłanie jest technicznie możliwe.</w:t>
+        <w:t>prawo do przenoszenia Pani/Pana danych osobowych, tj. prawo otrzymania od nas Pani/Pana danych osobowych, w ustrukturyzowanym, powszechnie używanym formacie informatycznym nadającym się do odczytu maszynowego. Możesz przesłać te dane innemu administratorowi danych lub zażądać, abyśmy przesłali Pani/Pana dane do innego administratora. Jednakże zrobimy to tylko jeśli takie przesłanie jest technicznie możliwe.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5197D9B2" w14:textId="77777777" w:rsidR="006A2814" w:rsidRPr="0055486C" w:rsidRDefault="00CD34E4" w:rsidP="00CD34E4">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">- </w:t>
       </w:r>
       <w:r w:rsidR="006A2814" w:rsidRPr="0055486C">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
@@ -1391,67 +1562,75 @@
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6C243C1A" w14:textId="77777777" w:rsidR="006A2814" w:rsidRPr="0055486C" w:rsidRDefault="006A2814" w:rsidP="006A2814">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy3"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0055486C">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Inspektor Ochrony Danych</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4522B52B" w14:textId="77777777" w:rsidR="006A2814" w:rsidRPr="0055486C" w:rsidRDefault="006A2814" w:rsidP="006A2814">
+    <w:p w14:paraId="4522B52B" w14:textId="641AB846" w:rsidR="006A2814" w:rsidRPr="0055486C" w:rsidRDefault="00416291" w:rsidP="006A2814">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy3"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0055486C">
-[...5 lines deleted...]
-        <w:t>Inspektorem w Urzędzie Miejskim Wrocławia jest Sebastian Sobecki. Inspektor to osoba, z którą można się kontaktować w sprawach dotyczących przetwarzania danych osobowych oraz korzystania z przysługujących praw związanych z przetwarzaniem danych, w następujący sposób:</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">W Urzędzie Miejskim Wrocławia Inspektorem jest </w:t>
+      </w:r>
+      <w:r w:rsidR="006A2814" w:rsidRPr="0055486C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Sebastian Sobecki. Inspektor to osoba, z którą można się kontaktować w sprawach dotyczących przetwarzania danych osobowych oraz korzystania z przysługujących praw związanych z przetwarzaniem danych, w następujący sposób:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F8D190C" w14:textId="3501551C" w:rsidR="006A2814" w:rsidRPr="0055486C" w:rsidRDefault="00CD34E4" w:rsidP="00CD34E4">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy3"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">- </w:t>
       </w:r>
       <w:r w:rsidR="006A2814" w:rsidRPr="0055486C">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -1669,51 +1848,51 @@
         <w:t xml:space="preserve"> Warszawa.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61A539B7" w14:textId="77777777" w:rsidR="00096833" w:rsidRDefault="00096833"/>
     <w:sectPr w:rsidR="00096833" w:rsidSect="00096833">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="EE"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="EE"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
@@ -2111,68 +2290,75 @@
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006A2814"/>
+    <w:rsid w:val="00024221"/>
     <w:rsid w:val="00096833"/>
     <w:rsid w:val="000F6731"/>
+    <w:rsid w:val="002504E1"/>
     <w:rsid w:val="003276EB"/>
     <w:rsid w:val="003C1E46"/>
     <w:rsid w:val="003D6B55"/>
+    <w:rsid w:val="00416291"/>
     <w:rsid w:val="00450B70"/>
     <w:rsid w:val="00462B3D"/>
     <w:rsid w:val="00497F9B"/>
     <w:rsid w:val="004C0ED8"/>
     <w:rsid w:val="004C495E"/>
+    <w:rsid w:val="00690DCB"/>
     <w:rsid w:val="006A2814"/>
     <w:rsid w:val="00767941"/>
     <w:rsid w:val="00782237"/>
+    <w:rsid w:val="007E1F0C"/>
     <w:rsid w:val="008075D6"/>
+    <w:rsid w:val="008244B4"/>
     <w:rsid w:val="008264D8"/>
     <w:rsid w:val="008903C3"/>
     <w:rsid w:val="008B1B14"/>
     <w:rsid w:val="008C3B23"/>
+    <w:rsid w:val="009D7403"/>
     <w:rsid w:val="00AC24E2"/>
     <w:rsid w:val="00CD34E4"/>
     <w:rsid w:val="00D73CB6"/>
     <w:rsid w:val="00DC3482"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pl-PL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
@@ -3017,50 +3203,50 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>947</Words>
-  <Characters>5685</Characters>
+  <Words>974</Words>
+  <Characters>5849</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>47</Lines>
+  <Lines>48</Lines>
   <Paragraphs>13</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>UMW</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6619</CharactersWithSpaces>
+  <CharactersWithSpaces>6810</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>umsyna02</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>