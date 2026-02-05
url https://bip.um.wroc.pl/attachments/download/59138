--- v0 (2025-10-11)
+++ v1 (2026-02-05)
@@ -4,51 +4,51 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="31E51A66" w14:textId="714309BB" w:rsidR="00BE4B17" w:rsidRDefault="00BE4B17" w:rsidP="002C499F">
+    <w:p w14:paraId="31E51A66" w14:textId="5233D7F5" w:rsidR="00BE4B17" w:rsidRDefault="00BE4B17" w:rsidP="008E0750">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2625"/>
         </w:tabs>
         <w:spacing w:before="1080" w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidR="00933B72">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -187,51 +187,51 @@
         </w:rPr>
         <w:t>50-141 Wrocław</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="52724A7F" w14:textId="77777777" w:rsidR="001621E0" w:rsidRPr="00165A29" w:rsidRDefault="001621E0" w:rsidP="00DF2DB2">
       <w:pPr>
         <w:spacing w:before="240" w:after="240"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00165A29">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">WNIOSEK </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05A0C999" w14:textId="3C38E221" w:rsidR="001621E0" w:rsidRPr="00DF2DB2" w:rsidRDefault="002F491A" w:rsidP="006071F9">
+    <w:p w14:paraId="05A0C999" w14:textId="3C38E221" w:rsidR="001621E0" w:rsidRPr="00DF2DB2" w:rsidRDefault="008E0750" w:rsidP="006071F9">
       <w:pPr>
         <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="-1215042987"/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00E229BB" w:rsidRPr="00DF2DB2">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
@@ -251,429 +251,429 @@
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
       <w:r w:rsidR="001621E0" w:rsidRPr="00DF2DB2">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001621E0" w:rsidRPr="00DF2DB2">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>uregulowanie tytułu prawnego do lokalu mieszkalnego po:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0462B5CC" w14:textId="77777777" w:rsidR="001621E0" w:rsidRPr="00DF2DB2" w:rsidRDefault="002F491A" w:rsidP="006071F9">
+    <w:p w14:paraId="0462B5CC" w14:textId="77777777" w:rsidR="001621E0" w:rsidRPr="00DF2DB2" w:rsidRDefault="008E0750" w:rsidP="006071F9">
       <w:pPr>
         <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="-174497268"/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B855E2" w:rsidRPr="00DF2DB2">
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
           <w:r w:rsidR="00736A2A">
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="001621E0" w:rsidRPr="00DF2DB2">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>zgonie najemcy,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59E503F6" w14:textId="77777777" w:rsidR="001621E0" w:rsidRPr="00DF2DB2" w:rsidRDefault="002F491A" w:rsidP="006071F9">
+    <w:p w14:paraId="59E503F6" w14:textId="77777777" w:rsidR="001621E0" w:rsidRPr="00DF2DB2" w:rsidRDefault="008E0750" w:rsidP="006071F9">
       <w:pPr>
         <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="-579978252"/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00E229BB" w:rsidRPr="00DF2DB2">
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
           <w:r w:rsidR="00736A2A">
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="001621E0" w:rsidRPr="00DF2DB2">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>wyprowadzeniu się najemcy,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41D5DEB1" w14:textId="77777777" w:rsidR="001621E0" w:rsidRPr="00DF2DB2" w:rsidRDefault="002F491A" w:rsidP="006071F9">
+    <w:p w14:paraId="41D5DEB1" w14:textId="77777777" w:rsidR="001621E0" w:rsidRPr="00DF2DB2" w:rsidRDefault="008E0750" w:rsidP="006071F9">
       <w:pPr>
         <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="1982422850"/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B855E2" w:rsidRPr="00DF2DB2">
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
           <w:r w:rsidR="00736A2A">
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="001621E0" w:rsidRPr="00DF2DB2">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>o ponowne zawarcie umowy najmu lokalu po spłacie zadłużenia,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44CCFC79" w14:textId="77777777" w:rsidR="001621E0" w:rsidRPr="00DF2DB2" w:rsidRDefault="002F491A" w:rsidP="006071F9">
+    <w:p w14:paraId="44CCFC79" w14:textId="77777777" w:rsidR="001621E0" w:rsidRPr="00DF2DB2" w:rsidRDefault="008E0750" w:rsidP="006071F9">
       <w:pPr>
         <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="-1246953338"/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B855E2" w:rsidRPr="00DF2DB2">
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
           <w:r w:rsidR="00736A2A">
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="001621E0" w:rsidRPr="00DF2DB2">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>o przedłużenie umowy najmu socjalnego lokalu,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06FE9570" w14:textId="77777777" w:rsidR="001621E0" w:rsidRPr="00DF2DB2" w:rsidRDefault="002F491A" w:rsidP="006071F9">
+    <w:p w14:paraId="06FE9570" w14:textId="77777777" w:rsidR="001621E0" w:rsidRPr="00DF2DB2" w:rsidRDefault="008E0750" w:rsidP="006071F9">
       <w:pPr>
         <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="1478342000"/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B855E2" w:rsidRPr="00DF2DB2">
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
           <w:r w:rsidR="00736A2A">
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="001621E0" w:rsidRPr="00DF2DB2">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>o przedłużenie umowy najmu tymczasowego pomieszczenia,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FB7973E" w14:textId="77777777" w:rsidR="001621E0" w:rsidRPr="00DF2DB2" w:rsidRDefault="002F491A" w:rsidP="006071F9">
+    <w:p w14:paraId="6FB7973E" w14:textId="77777777" w:rsidR="001621E0" w:rsidRPr="00DF2DB2" w:rsidRDefault="008E0750" w:rsidP="006071F9">
       <w:pPr>
         <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="-563715831"/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B855E2" w:rsidRPr="00DF2DB2">
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
           <w:r w:rsidR="00736A2A">
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="001621E0" w:rsidRPr="00DF2DB2">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>o najem części lokalu zwolnionego przez innego najemcę,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71321025" w14:textId="77777777" w:rsidR="001621E0" w:rsidRPr="00DF2DB2" w:rsidRDefault="002F491A" w:rsidP="006071F9">
+    <w:p w14:paraId="71321025" w14:textId="77777777" w:rsidR="001621E0" w:rsidRPr="00DF2DB2" w:rsidRDefault="008E0750" w:rsidP="006071F9">
       <w:pPr>
         <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="-459259461"/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B855E2" w:rsidRPr="00DF2DB2">
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
           <w:r w:rsidR="00736A2A">
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="001621E0" w:rsidRPr="00DF2DB2">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>o najem lokalu zamiennego np. z tytułu wykwaterowania,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28A24791" w14:textId="77777777" w:rsidR="001621E0" w:rsidRPr="00DF2DB2" w:rsidRDefault="002F491A" w:rsidP="006071F9">
+    <w:p w14:paraId="28A24791" w14:textId="77777777" w:rsidR="001621E0" w:rsidRPr="00DF2DB2" w:rsidRDefault="008E0750" w:rsidP="006071F9">
       <w:pPr>
         <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="-168719978"/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B855E2" w:rsidRPr="00DF2DB2">
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
           <w:r w:rsidR="00736A2A">
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="001621E0" w:rsidRPr="00DF2DB2">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>o najem innego lokalu w związku z koniecznością opróżnienia dotychczas zajmowanego,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74A03D58" w14:textId="39DA1575" w:rsidR="001621E0" w:rsidRPr="00DF2DB2" w:rsidRDefault="002F491A" w:rsidP="006071F9">
+    <w:p w14:paraId="74A03D58" w14:textId="39DA1575" w:rsidR="001621E0" w:rsidRPr="00DF2DB2" w:rsidRDefault="008E0750" w:rsidP="006071F9">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="9070"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="-1370377104"/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B855E2" w:rsidRPr="00DF2DB2">
             <w:rPr>
               <w:rFonts w:ascii="Verdana" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman"/>
@@ -2513,51 +2513,51 @@
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E4EBE">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Oświadczenie o posiadaniu/nieposiadaniu tytułu prawnego do innego lokalu lub budynku mieszkalnego </w:t>
       </w:r>
       <w:r w:rsidRPr="005E4EBE">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(wypełnia wnioskodawca):</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5580690B" w14:textId="14644EB0" w:rsidR="005E4EBE" w:rsidRPr="005E4EBE" w:rsidRDefault="002F491A" w:rsidP="00DA0243">
+    <w:p w14:paraId="5580690B" w14:textId="14644EB0" w:rsidR="005E4EBE" w:rsidRPr="005E4EBE" w:rsidRDefault="008E0750" w:rsidP="00DA0243">
       <w:pPr>
         <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
             <w:b/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="-1235390708"/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="002766A8" w:rsidRPr="002766A8">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
@@ -2581,51 +2581,51 @@
       <w:r w:rsidR="009E68FD">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="005E4EBE" w:rsidRPr="005E4EBE">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>o przyznanie lokalu nie posiada tytułu prawnego do innego lokalu lub budynku mieszkalnego</w:t>
       </w:r>
       <w:r w:rsidR="0062135C">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>**.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A4AADC1" w14:textId="0687153F" w:rsidR="005E4EBE" w:rsidRPr="005E4EBE" w:rsidRDefault="002F491A" w:rsidP="00DA0243">
+    <w:p w14:paraId="3A4AADC1" w14:textId="0687153F" w:rsidR="005E4EBE" w:rsidRPr="005E4EBE" w:rsidRDefault="008E0750" w:rsidP="00DA0243">
       <w:pPr>
         <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
             <w:b/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="2114941021"/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="004F233F" w:rsidRPr="002766A8">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
@@ -2665,51 +2665,51 @@
       <w:r w:rsidR="00DA0243" w:rsidRPr="0062135C">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>na stronie nr 3</w:t>
       </w:r>
       <w:r w:rsidR="005E4EBE" w:rsidRPr="005E4EBE">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00917761">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5DF88806" w14:textId="5DE30936" w:rsidR="005E4EBE" w:rsidRDefault="002F491A" w:rsidP="00DA0243">
+    <w:p w14:paraId="5DF88806" w14:textId="5DE30936" w:rsidR="005E4EBE" w:rsidRDefault="008E0750" w:rsidP="00DA0243">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="9070"/>
         </w:tabs>
         <w:spacing w:after="240" w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
             <w:b/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="149569859"/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="006C6DAE" w:rsidRPr="002766A8">
             <w:rPr>
@@ -4010,51 +4010,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Liczba</w:t>
       </w:r>
       <w:r w:rsidR="00817E12" w:rsidRPr="004775B1">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> lokali gminy:</w:t>
       </w:r>
       <w:r w:rsidR="00817E12" w:rsidRPr="004775B1">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41E4A388" w14:textId="27345FED" w:rsidR="00817E12" w:rsidRPr="004775B1" w:rsidRDefault="002F491A" w:rsidP="004775B1">
+    <w:p w14:paraId="41E4A388" w14:textId="27345FED" w:rsidR="00817E12" w:rsidRPr="004775B1" w:rsidRDefault="008E0750" w:rsidP="004775B1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="3402"/>
           <w:tab w:val="left" w:leader="dot" w:pos="5387"/>
           <w:tab w:val="left" w:leader="dot" w:pos="9070"/>
         </w:tabs>
         <w:spacing w:before="240" w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="-1351715657"/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00F70FD2" w:rsidRPr="004775B1">
@@ -4062,51 +4062,51 @@
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
           <w:r w:rsidR="003D77E8">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00817E12" w:rsidRPr="004775B1">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Lokal samodzielny</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B625DDD" w14:textId="1F50D134" w:rsidR="00817E12" w:rsidRPr="004775B1" w:rsidRDefault="002F491A" w:rsidP="0059531F">
+    <w:p w14:paraId="7B625DDD" w14:textId="1F50D134" w:rsidR="00817E12" w:rsidRPr="004775B1" w:rsidRDefault="008E0750" w:rsidP="0059531F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="3402"/>
           <w:tab w:val="left" w:leader="dot" w:pos="5387"/>
           <w:tab w:val="left" w:leader="dot" w:pos="9070"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="-492871881"/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00817E12" w:rsidRPr="002766A8">
@@ -4370,227 +4370,227 @@
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="2268"/>
           <w:tab w:val="left" w:leader="dot" w:pos="5387"/>
           <w:tab w:val="left" w:leader="dot" w:pos="9070"/>
         </w:tabs>
         <w:spacing w:before="240" w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004775B1">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Wyposażenie w instalacje:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C909DF8" w14:textId="77777777" w:rsidR="009E05E0" w:rsidRDefault="002F491A" w:rsidP="00EE4696">
+    <w:p w14:paraId="7C909DF8" w14:textId="77777777" w:rsidR="009E05E0" w:rsidRDefault="008E0750" w:rsidP="00EE4696">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="2268"/>
           <w:tab w:val="left" w:leader="dot" w:pos="5387"/>
           <w:tab w:val="left" w:leader="dot" w:pos="9070"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="1893619855"/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00EE4696">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00EE4696">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>wodna</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53092D9A" w14:textId="77777777" w:rsidR="00EE4696" w:rsidRDefault="002F491A" w:rsidP="00EE4696">
+    <w:p w14:paraId="53092D9A" w14:textId="77777777" w:rsidR="00EE4696" w:rsidRDefault="008E0750" w:rsidP="00EE4696">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="2268"/>
           <w:tab w:val="left" w:leader="dot" w:pos="5387"/>
           <w:tab w:val="left" w:leader="dot" w:pos="9070"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="-1218967692"/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00EE4696">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00EE4696">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>kanalizacyjna</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22274630" w14:textId="77777777" w:rsidR="00F70FD2" w:rsidRDefault="002F491A" w:rsidP="00EE4696">
+    <w:p w14:paraId="22274630" w14:textId="77777777" w:rsidR="00F70FD2" w:rsidRDefault="008E0750" w:rsidP="00EE4696">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="2268"/>
           <w:tab w:val="left" w:leader="dot" w:pos="5387"/>
           <w:tab w:val="left" w:leader="dot" w:pos="9070"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="1215170315"/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00EE4696">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00EE4696">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>gazowa</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57BC5FBA" w14:textId="77777777" w:rsidR="00EE4696" w:rsidRDefault="002F491A" w:rsidP="00EE4696">
+    <w:p w14:paraId="57BC5FBA" w14:textId="77777777" w:rsidR="00EE4696" w:rsidRDefault="008E0750" w:rsidP="00EE4696">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="2268"/>
           <w:tab w:val="left" w:leader="dot" w:pos="5387"/>
           <w:tab w:val="left" w:leader="dot" w:pos="9070"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="1875569458"/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00EE4696">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00EE4696">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>centralne ogrzewanie</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70B13690" w14:textId="77777777" w:rsidR="00EE4696" w:rsidRDefault="002F491A" w:rsidP="0059531F">
+    <w:p w14:paraId="70B13690" w14:textId="77777777" w:rsidR="00EE4696" w:rsidRDefault="008E0750" w:rsidP="0059531F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="3402"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="-1162004496"/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00EE4696">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
@@ -6179,52 +6179,63 @@
       </w:r>
       <w:r w:rsidR="00DA329C" w:rsidRPr="004775B1">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>m</w:t>
       </w:r>
       <w:r w:rsidR="00DA329C">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="00652593">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>, Vp</w:t>
-      </w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00652593">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Vp</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="003D77E8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00652593">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00DA329C" w:rsidRPr="004775B1">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>m</w:t>
@@ -6985,95 +6996,85 @@
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="340"/>
           <w:tab w:val="left" w:leader="dot" w:pos="3969"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00984627">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>przez e-mail: wlm@um.wroc.pl</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DDC20D9" w14:textId="77777777" w:rsidR="00984627" w:rsidRPr="00984627" w:rsidRDefault="00984627" w:rsidP="00984627">
+    <w:p w14:paraId="4C802ED9" w14:textId="77777777" w:rsidR="00AA1D26" w:rsidRPr="00C07A8D" w:rsidRDefault="00AA1D26" w:rsidP="00AA1D26">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="340"/>
           <w:tab w:val="left" w:leader="dot" w:pos="3969"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00984627">
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> (epuap.gov.pl)</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">za pośrednictwem e-Doręczeń na adres: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F5C40">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>AE:PL-95179-82549-VVTFT-27</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="70E4DE4D" w14:textId="77777777" w:rsidR="00984627" w:rsidRPr="00984627" w:rsidRDefault="00984627" w:rsidP="00984627">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="340"/>
           <w:tab w:val="left" w:leader="dot" w:pos="3969"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00984627">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
@@ -7092,169 +7093,201 @@
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="340"/>
           <w:tab w:val="left" w:leader="dot" w:pos="3969"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="0"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C950EA">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Cele przetwarzania danych osobowych</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="279A3983" w14:textId="244FCD33" w:rsidR="00644369" w:rsidRPr="00C950EA" w:rsidRDefault="00644369" w:rsidP="00644369">
+    <w:p w14:paraId="279A3983" w14:textId="4AF20078" w:rsidR="00644369" w:rsidRPr="00C950EA" w:rsidRDefault="00644369" w:rsidP="00644369">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="3969"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Pa</w:t>
+      </w:r>
+      <w:r w:rsidR="00984627">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ni/Pana</w:t>
+      </w:r>
       <w:r w:rsidRPr="00C950EA">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Będziemy przetwarzać </w:t>
-[...15 lines deleted...]
-        <w:t>ni/Pana</w:t>
+        <w:t xml:space="preserve"> dane osobowe </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA1D26">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">będą przetwarzane </w:t>
       </w:r>
       <w:r w:rsidRPr="00C950EA">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> dane osobowe w celu przeprowadzenia postępowania wyjaśniającego, rozpatrzenia sprawy mieszkaniowej, zbadania uprawnień do najmu lokalu z mieszkaniowego zasobu Gminy Wrocław, wykonania prawnie określonych obowiązków związanych z realizacją zadań w zakresie zaspokajania potrzeb mieszkaniowych wspólnoty samorządowej.</w:t>
+        <w:t>w celu przeprowadzenia postępowania wyjaśniającego, rozpatrzenia sprawy mieszkaniowej, zbadania uprawnień do najmu lokalu z mieszkaniowego zasobu Gminy Wrocław, wykonania prawnie określonych obowiązków związanych z realizacją zadań w zakresie zaspokajania potrzeb mieszkaniowych wspólnoty samorządowej.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="629D30A7" w14:textId="77777777" w:rsidR="00644369" w:rsidRPr="00FF0CA4" w:rsidRDefault="00644369" w:rsidP="00BD3BD4">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="340"/>
           <w:tab w:val="left" w:leader="dot" w:pos="3969"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="0"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FF0CA4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Podstawy prawne przetwarzania</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43605D3F" w14:textId="12B7732F" w:rsidR="00644369" w:rsidRPr="00C950EA" w:rsidRDefault="00644369" w:rsidP="00644369">
+    <w:p w14:paraId="43605D3F" w14:textId="6F0F7D6A" w:rsidR="00644369" w:rsidRPr="00C950EA" w:rsidRDefault="00644369" w:rsidP="00644369">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="3969"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C950EA">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Będziemy przetwarzać </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Pa</w:t>
       </w:r>
       <w:r w:rsidR="00984627">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ni/Pana</w:t>
       </w:r>
       <w:r w:rsidRPr="00C950EA">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> dane osobowe na podstawie przepisów: </w:t>
+        <w:t xml:space="preserve"> dane osobowe na podstawie </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA1D26" w:rsidRPr="00FF5C87">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>art. 6 ust. 1 lit. c) RODO</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA1D26">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> oraz przepisów</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA1D26" w:rsidRPr="001B5FC1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62E606E9" w14:textId="651B4EBC" w:rsidR="00644369" w:rsidRDefault="00644369" w:rsidP="00644369">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="3969"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C950EA">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Ustawy o ochronie praw lokatorów, mieszkaniowym zasobie gminy i o zmianie Kodeksu cywilnego, ustawy Kodeks cywilny oraz innych szczególnych ustaw.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="793FAA51" w14:textId="77777777" w:rsidR="00984627" w:rsidRPr="00984627" w:rsidRDefault="00984627" w:rsidP="00BD3BD4">
       <w:pPr>
@@ -7264,139 +7297,157 @@
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="340"/>
           <w:tab w:val="left" w:leader="dot" w:pos="3969"/>
         </w:tabs>
         <w:spacing w:before="240" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00984627">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Obligatoryjność/fakultatywność podania danych osobowych</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05B7DB20" w14:textId="5B3369CC" w:rsidR="00984627" w:rsidRPr="00984627" w:rsidRDefault="00984627" w:rsidP="00984627">
+    <w:p w14:paraId="05B7DB20" w14:textId="579B4022" w:rsidR="00984627" w:rsidRPr="00984627" w:rsidRDefault="00984627" w:rsidP="00984627">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="340"/>
           <w:tab w:val="left" w:leader="dot" w:pos="3969"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00984627">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Podanie przez Panią/Pana danych osobowych jest wymogiem ustawowym. Jest Pani/Pan zobowiązany do ich podania</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>Podanie przez Panią/Pana danych osobowych jest wymogiem ustawowym</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA1D26" w:rsidRPr="00AA1D26">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA1D26">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>wynikającym z ustawy o ochronie praw lokatorów, mieszkaniowym zasobie gminy i o zmianie Kodeksu cywilnego</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00984627">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>,</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00984627">
+        <w:t>. Jest Pani/Pan zobowiązany do ich podania</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> a ich niepodanie będzie skutkować brakiem możliwości </w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00984627">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:t xml:space="preserve"> a ich niepodanie będzie skutkować brakiem możliwości </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t xml:space="preserve">rozpatrzenia sprawy mieszkaniowej. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DA40E5C" w14:textId="77777777" w:rsidR="00644369" w:rsidRPr="00FF0CA4" w:rsidRDefault="00CB6C2C" w:rsidP="00CE50F2">
+    <w:p w14:paraId="2DA40E5C" w14:textId="6DDE47C4" w:rsidR="00644369" w:rsidRPr="00FF0CA4" w:rsidRDefault="00AA1D26" w:rsidP="00CE50F2">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="340"/>
           <w:tab w:val="left" w:leader="dot" w:pos="3969"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="0"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Okres przechowywania </w:t>
-[...8 lines deleted...]
-        <w:t>danych osobowych</w:t>
+        <w:t>Okres retencji danych</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="09C7A09D" w14:textId="54035501" w:rsidR="00950BCE" w:rsidRPr="00950BCE" w:rsidRDefault="00950BCE" w:rsidP="00C33331">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="3969"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00950BCE">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">W sprawach dotyczących: ustalania tytułów prawnych do lokali mieszkalnych, ustalania </w:t>
       </w:r>
       <w:r w:rsidR="009E68FD">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
@@ -7478,70 +7529,86 @@
       <w:r w:rsidR="00984627">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ni/Pana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00950BCE" w:rsidRPr="00950BCE">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>sprawy, następnie zostaną przekazane do Archiwum Państwowego we Wrocławiu, gdzie będą przetwarzane wieczyście.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46EA6373" w14:textId="77777777" w:rsidR="00950BCE" w:rsidRPr="00950BCE" w:rsidRDefault="00950BCE" w:rsidP="00DD60E7">
+    <w:p w14:paraId="46EA6373" w14:textId="16CE74AC" w:rsidR="00950BCE" w:rsidRPr="00950BCE" w:rsidRDefault="00950BCE" w:rsidP="00DD60E7">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00950BCE">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>W sprawach dotyczących: przyznawania lokali mieszkalnych zamiennych, zapewniania lokali w ramach najmu socjalnego:</w:t>
+        <w:t>W sprawach dotyczących:</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA1D26">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00950BCE">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>przyznawania lokali mieszkalnych zamiennych, zapewniania lokali w ramach najmu socjalnego:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="28F61F33" w14:textId="489A5B43" w:rsidR="00950BCE" w:rsidRPr="00950BCE" w:rsidRDefault="00DD60E7" w:rsidP="00DD60E7">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Pa</w:t>
       </w:r>
       <w:r w:rsidR="00984627">
         <w:rPr>
@@ -7810,380 +7877,256 @@
       <w:r w:rsidR="0051490D" w:rsidRPr="00C950EA">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">dane mogą być przekazywane innym podmiotom tj. jednostkom budżetowym Gminy, jednostkom administracji rządowej </w:t>
       </w:r>
       <w:r w:rsidR="00CE50F2">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="0051490D" w:rsidRPr="00C950EA">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>i samorządowej, jednoosobowym spółkom Gminy Wrocław, podmiotom, w których dyspozycji pozostają mieszkania gminne, podmiotom zarządzającym zasobem mieszkaniowym (np. spółdzielnie mieszkaniowe, deweloperzy) w celu zbadania uprawnień do najmu lokalu mieszkalnego należącego do mieszkaniowego zasobu Gminy Wrocław i rozpatrzenia sprawy mieszkaniowej.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2ED8D134" w14:textId="77777777" w:rsidR="0051490D" w:rsidRPr="00FF0CA4" w:rsidRDefault="0051490D" w:rsidP="00CE50F2">
-[...1 lines deleted...]
-        <w:pStyle w:val="Akapitzlist"/>
+    <w:p w14:paraId="20A09C18" w14:textId="77777777" w:rsidR="00AA1D26" w:rsidRPr="00AA1D26" w:rsidRDefault="00AA1D26" w:rsidP="00AA1D26">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="340"/>
           <w:tab w:val="left" w:leader="dot" w:pos="3969"/>
         </w:tabs>
-        <w:spacing w:before="120" w:after="0"/>
+        <w:spacing w:before="240" w:after="0"/>
         <w:ind w:left="0" w:firstLine="0"/>
-        <w:contextualSpacing w:val="0"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00AA1D26">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>P</w:t>
-[...20 lines deleted...]
-    <w:p w14:paraId="4EDE7C13" w14:textId="4C806F8C" w:rsidR="0051490D" w:rsidRPr="00C950EA" w:rsidRDefault="0051490D" w:rsidP="0051490D">
+        <w:t>Przysługujące prawa</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C910A2D" w14:textId="77777777" w:rsidR="00AA1D26" w:rsidRPr="00AA1D26" w:rsidRDefault="00AA1D26" w:rsidP="00AA1D26">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="3969"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
-[...39 lines deleted...]
-        <w:pStyle w:val="Akapitzlist"/>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA1D26">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Przysługuje Pani/Panu: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="734048CB" w14:textId="77777777" w:rsidR="00AA1D26" w:rsidRPr="00AA1D26" w:rsidRDefault="00AA1D26" w:rsidP="00AA1D26">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="340"/>
           <w:tab w:val="left" w:leader="dot" w:pos="3969"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="0"/>
         <w:ind w:left="0" w:firstLine="0"/>
-        <w:contextualSpacing w:val="0"/>
-[...41 lines deleted...]
-        <w:pStyle w:val="Akapitzlist"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA1D26">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>prawo dostępu do swoich danych oraz otrzymania ich kopii,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04359BE5" w14:textId="77777777" w:rsidR="00AA1D26" w:rsidRPr="00AA1D26" w:rsidRDefault="00AA1D26" w:rsidP="00AA1D26">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="340"/>
           <w:tab w:val="left" w:leader="dot" w:pos="3969"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="0"/>
         <w:ind w:left="0" w:firstLine="0"/>
-        <w:contextualSpacing w:val="0"/>
-[...33 lines deleted...]
-        <w:pStyle w:val="Akapitzlist"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA1D26">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">prawo do sprostowania (poprawiania) swoich danych, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17AA5551" w14:textId="77777777" w:rsidR="00AA1D26" w:rsidRPr="00AA1D26" w:rsidRDefault="00AA1D26" w:rsidP="00AA1D26">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="340"/>
           <w:tab w:val="left" w:leader="dot" w:pos="3969"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="0"/>
         <w:ind w:left="0" w:firstLine="0"/>
-        <w:contextualSpacing w:val="0"/>
-[...40 lines deleted...]
-      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA1D26">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>prawo do ograniczenia przetwarzania danych,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C97D5F2" w14:textId="77777777" w:rsidR="00AA1D26" w:rsidRPr="00AA1D26" w:rsidRDefault="00AA1D26" w:rsidP="00AA1D26">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
         <w:tabs>
+          <w:tab w:val="left" w:pos="340"/>
           <w:tab w:val="left" w:leader="dot" w:pos="3969"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="0"/>
-        <w:rPr>
-[...14 lines deleted...]
-    <w:p w14:paraId="5C2961FF" w14:textId="77777777" w:rsidR="00984627" w:rsidRPr="00984627" w:rsidRDefault="00984627" w:rsidP="00984627">
+        <w:ind w:left="340" w:hanging="340"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA1D26">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>prawo do wniesienia skargi do organu nadzorczego – tj. Prezesa Urzędu Ochrony Danych Osobowych</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C2961FF" w14:textId="77777777" w:rsidR="00984627" w:rsidRPr="00984627" w:rsidRDefault="00984627" w:rsidP="00AA1D26">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="340"/>
           <w:tab w:val="left" w:leader="dot" w:pos="3969"/>
         </w:tabs>
-        <w:spacing w:before="120" w:after="0" w:line="288" w:lineRule="auto"/>
+        <w:spacing w:before="240" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00984627">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Inspektor Ochrony Danych</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3AA15AAA" w14:textId="40928CA9" w:rsidR="00984627" w:rsidRPr="00984627" w:rsidRDefault="00984627" w:rsidP="00984627">
+    <w:p w14:paraId="3AA15AAA" w14:textId="32B06AD1" w:rsidR="00984627" w:rsidRPr="00984627" w:rsidRDefault="00984627" w:rsidP="00984627">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="3969"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00984627">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">W Urzędzie został wyznaczony Inspektor Ochrony Danych - Sebastian Sobecki. Jest </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">to osoba  z którą można się kontaktować w sprawach dotyczących przetwarzania Pani/Pana danych osobowych oraz korzystania z przysługujących Pani/Panu praw związanych z przetwarzaniem danych. </w:t>
+        <w:t xml:space="preserve">W Urzędzie został wyznaczony Inspektor Ochrony Danych. Jest to osoba z którą można się kontaktować w sprawach dotyczących przetwarzania Pani/Pana danych osobowych oraz korzystania z przysługujących Pani/Panu praw związanych z przetwarzaniem danych. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B1FFC3B" w14:textId="77777777" w:rsidR="00984627" w:rsidRPr="00984627" w:rsidRDefault="00984627" w:rsidP="00984627">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="3969"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00984627">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Z Inspektorem można kontaktować się w następujący sposób:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="751C406B" w14:textId="2FAE008F" w:rsidR="00984627" w:rsidRPr="00984627" w:rsidRDefault="00984627" w:rsidP="00984627">
       <w:pPr>
@@ -8252,118 +8195,104 @@
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="340"/>
           <w:tab w:val="left" w:pos="3969"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00984627">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>telefonicznie: +48 71 777 77 24</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21198B0A" w14:textId="77777777" w:rsidR="0051490D" w:rsidRPr="00FF0CA4" w:rsidRDefault="0051490D" w:rsidP="0051490D">
+    <w:p w14:paraId="7FD45D06" w14:textId="77777777" w:rsidR="00AA1D26" w:rsidRPr="00FF0CA4" w:rsidRDefault="00AA1D26" w:rsidP="00AA1D26">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="340"/>
           <w:tab w:val="left" w:leader="dot" w:pos="3969"/>
         </w:tabs>
         <w:spacing w:before="240" w:after="0"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FF0CA4">
+      <w:bookmarkStart w:id="2" w:name="_Hlk218765355"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Prawo wniesienia skargi </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="181D5251" w14:textId="281537E9" w:rsidR="00570F6C" w:rsidRPr="00570F6C" w:rsidRDefault="00570F6C" w:rsidP="00570F6C">
+        <w:t>Zautomatyzowane podejmowanie decyzji</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1101AA84" w14:textId="77777777" w:rsidR="00AA1D26" w:rsidRPr="00C07A8D" w:rsidRDefault="00AA1D26" w:rsidP="00AA1D26">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="3969"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00570F6C">
-[...23 lines deleted...]
-    </w:p>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Pani/Pana dane nie będą podlegały profilowaniu lub zautomatyzowanemu podejmowaniu decyzji.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
     <w:p w14:paraId="518D8B4C" w14:textId="77777777" w:rsidR="00EC2423" w:rsidRPr="009B6B00" w:rsidRDefault="00EC2423" w:rsidP="00EC2423">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="400" w:after="240"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="6"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:iCs/>
           <w:color w:val="404040"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009B6B00">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:iCs/>
           <w:color w:val="404040"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -9006,128 +8935,125 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="0FF9AD63" w14:textId="77777777" w:rsidR="00EC2423" w:rsidRPr="009B6B00" w:rsidRDefault="00EC2423" w:rsidP="00EC2423">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="240" w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009B6B00">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>UWAGA: Na wniosek byłego najemcy spełniającego kryterium dochodowe dla najmu socjalnego lokalu Gmina może zawrzeć umowę najmu socjalnego lokalu – dotyczy postępowania po spłacie zadłużenia.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="787D61EA" w14:textId="3A136158" w:rsidR="00EC2423" w:rsidRDefault="00EC2423" w:rsidP="00EC2423">
+    <w:p w14:paraId="787D61EA" w14:textId="39E85726" w:rsidR="00EC2423" w:rsidRDefault="00EC2423" w:rsidP="00EC2423">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="240" w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009B6B00">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Przez dochód należy rozumieć dochód, którego definicja została </w:t>
       </w:r>
       <w:r w:rsidR="000E6FE6" w:rsidRPr="00E150B1">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">określona w ustawie </w:t>
       </w:r>
       <w:r w:rsidR="009E68FD">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="000E6FE6" w:rsidRPr="00E150B1">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>z dnia 28 listopada 2003 r. o świadczeniach rodzinnych (</w:t>
       </w:r>
       <w:r w:rsidR="00F8191E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Dz. U. z 2024 r. poz. 323 </w:t>
+        <w:t>Dz. U. z 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE542F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="00F8191E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:br/>
-[...18 lines deleted...]
-        <w:t>. zm.</w:t>
+        <w:t xml:space="preserve"> r. poz.</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE542F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1208</w:t>
       </w:r>
       <w:r w:rsidR="000E6FE6" w:rsidRPr="00E150B1">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
       <w:r w:rsidRPr="009B6B00">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Dochód miesięczny gospodarstwa domowego stanowią dochody wnioskodawcy i członków jego rodziny zgłoszonych we wniosku do wspólnego zamieszkiwania, wykazane ze wszystkich źródeł ich uzyskiwania, odpowiednio udokumentowane przez wnioskodawcę.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="25565F70" w14:textId="768EFCD8" w:rsidR="00EC2423" w:rsidRPr="009B6B00" w:rsidRDefault="00EC2423" w:rsidP="00EC2423">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
         <w:rPr>
@@ -9439,151 +9365,151 @@
         <w:t>- Uchwała nr XXII/601/20 Rady Miejskiej Wrocławia z dnia 30 kwietnia 2020 r. w sprawie zasad wynajmowania lokali mieszkalnych wchodzących w skład mieszkaniowego zasobu Gminy Wrocław (ze zmianami)</w:t>
       </w:r>
       <w:r w:rsidR="009E68FD">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00EC2423" w:rsidSect="00AA7068">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="851" w:right="1418" w:bottom="851" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5E1CCB78" w14:textId="77777777" w:rsidR="002F491A" w:rsidRDefault="002F491A" w:rsidP="004D6608">
+    <w:p w14:paraId="19AD372A" w14:textId="77777777" w:rsidR="00936993" w:rsidRDefault="00936993" w:rsidP="004D6608">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2973DDEE" w14:textId="77777777" w:rsidR="002F491A" w:rsidRDefault="002F491A" w:rsidP="004D6608">
+    <w:p w14:paraId="56BA6ED4" w14:textId="77777777" w:rsidR="00936993" w:rsidRDefault="00936993" w:rsidP="004D6608">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="EE"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="EE"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-247262868"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr/>
     <w:sdtContent>
       <w:p w14:paraId="6A908BCA" w14:textId="77777777" w:rsidR="004D6608" w:rsidRDefault="009F0838">
         <w:pPr>
           <w:pStyle w:val="Stopka"/>
           <w:jc w:val="right"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="004D6608">
@@ -9593,61 +9519,61 @@
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00736A2A">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="464FAA36" w14:textId="77777777" w:rsidR="004D6608" w:rsidRDefault="004D6608">
     <w:pPr>
       <w:pStyle w:val="Stopka"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="367C315C" w14:textId="77777777" w:rsidR="002F491A" w:rsidRDefault="002F491A" w:rsidP="004D6608">
+    <w:p w14:paraId="743749E7" w14:textId="77777777" w:rsidR="00936993" w:rsidRDefault="00936993" w:rsidP="004D6608">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6F0187DF" w14:textId="77777777" w:rsidR="002F491A" w:rsidRDefault="002F491A" w:rsidP="004D6608">
+    <w:p w14:paraId="1122906A" w14:textId="77777777" w:rsidR="00936993" w:rsidRDefault="00936993" w:rsidP="004D6608">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="05205F7F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CE0C43D2"/>
     <w:lvl w:ilvl="0" w:tplc="04150001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
@@ -11871,80 +11797,84 @@
     <w:rsid w:val="006F202D"/>
     <w:rsid w:val="00702690"/>
     <w:rsid w:val="00704B2E"/>
     <w:rsid w:val="007101DD"/>
     <w:rsid w:val="00710788"/>
     <w:rsid w:val="0071481F"/>
     <w:rsid w:val="0072787B"/>
     <w:rsid w:val="00736A2A"/>
     <w:rsid w:val="007424C9"/>
     <w:rsid w:val="0077279C"/>
     <w:rsid w:val="00783ACC"/>
     <w:rsid w:val="007A7E0A"/>
     <w:rsid w:val="007B36E5"/>
     <w:rsid w:val="007E08F0"/>
     <w:rsid w:val="007E1B70"/>
     <w:rsid w:val="007E4AD0"/>
     <w:rsid w:val="00815BF3"/>
     <w:rsid w:val="00817B8D"/>
     <w:rsid w:val="00817E12"/>
     <w:rsid w:val="00834A5B"/>
     <w:rsid w:val="00836037"/>
     <w:rsid w:val="00847937"/>
     <w:rsid w:val="0085347F"/>
     <w:rsid w:val="008955D5"/>
     <w:rsid w:val="008A7F38"/>
+    <w:rsid w:val="008E0750"/>
     <w:rsid w:val="008E0BAB"/>
     <w:rsid w:val="008F17FF"/>
     <w:rsid w:val="008F2EDD"/>
     <w:rsid w:val="008F6768"/>
     <w:rsid w:val="008F7C6C"/>
     <w:rsid w:val="00917761"/>
     <w:rsid w:val="00925606"/>
     <w:rsid w:val="0092622A"/>
     <w:rsid w:val="00930000"/>
     <w:rsid w:val="00933B72"/>
+    <w:rsid w:val="00936993"/>
     <w:rsid w:val="00950BCE"/>
     <w:rsid w:val="0095305D"/>
     <w:rsid w:val="00967FAA"/>
     <w:rsid w:val="00984627"/>
     <w:rsid w:val="00994473"/>
     <w:rsid w:val="009A0237"/>
     <w:rsid w:val="009B6B00"/>
     <w:rsid w:val="009E05E0"/>
     <w:rsid w:val="009E2530"/>
     <w:rsid w:val="009E68FD"/>
     <w:rsid w:val="009F0838"/>
     <w:rsid w:val="009F6A0D"/>
     <w:rsid w:val="00A57D8A"/>
     <w:rsid w:val="00A65D9C"/>
     <w:rsid w:val="00A85C66"/>
+    <w:rsid w:val="00AA1D26"/>
     <w:rsid w:val="00AA7068"/>
     <w:rsid w:val="00AA7F93"/>
     <w:rsid w:val="00AB1FDC"/>
     <w:rsid w:val="00AB5B77"/>
     <w:rsid w:val="00AC0AED"/>
+    <w:rsid w:val="00AE542F"/>
     <w:rsid w:val="00AE6A3B"/>
     <w:rsid w:val="00AE722B"/>
     <w:rsid w:val="00B007D2"/>
     <w:rsid w:val="00B020A1"/>
     <w:rsid w:val="00B10689"/>
     <w:rsid w:val="00B15BED"/>
     <w:rsid w:val="00B27E0A"/>
     <w:rsid w:val="00B5030D"/>
     <w:rsid w:val="00B62043"/>
     <w:rsid w:val="00B83DA8"/>
     <w:rsid w:val="00B851CF"/>
     <w:rsid w:val="00B855E2"/>
     <w:rsid w:val="00BA40E4"/>
     <w:rsid w:val="00BD3BD4"/>
     <w:rsid w:val="00BD60B8"/>
     <w:rsid w:val="00BE136A"/>
     <w:rsid w:val="00BE4B17"/>
     <w:rsid w:val="00BF218F"/>
     <w:rsid w:val="00C05B3D"/>
     <w:rsid w:val="00C11AF2"/>
     <w:rsid w:val="00C149D5"/>
     <w:rsid w:val="00C2575B"/>
     <w:rsid w:val="00C33331"/>
     <w:rsid w:val="00C46001"/>
     <w:rsid w:val="00C61F04"/>
@@ -11952,50 +11882,51 @@
     <w:rsid w:val="00CA18D4"/>
     <w:rsid w:val="00CA30A8"/>
     <w:rsid w:val="00CB3907"/>
     <w:rsid w:val="00CB3947"/>
     <w:rsid w:val="00CB6C2C"/>
     <w:rsid w:val="00CC2714"/>
     <w:rsid w:val="00CE50F2"/>
     <w:rsid w:val="00CE5FD3"/>
     <w:rsid w:val="00CE6B5D"/>
     <w:rsid w:val="00D038B4"/>
     <w:rsid w:val="00D0665A"/>
     <w:rsid w:val="00D15C9A"/>
     <w:rsid w:val="00D236D9"/>
     <w:rsid w:val="00D451AB"/>
     <w:rsid w:val="00D47192"/>
     <w:rsid w:val="00D5115F"/>
     <w:rsid w:val="00D65A9D"/>
     <w:rsid w:val="00D84238"/>
     <w:rsid w:val="00D90002"/>
     <w:rsid w:val="00D9621C"/>
     <w:rsid w:val="00DA0243"/>
     <w:rsid w:val="00DA329C"/>
     <w:rsid w:val="00DB302D"/>
     <w:rsid w:val="00DB5E9E"/>
     <w:rsid w:val="00DD60E7"/>
+    <w:rsid w:val="00DE1BA8"/>
     <w:rsid w:val="00DE52BA"/>
     <w:rsid w:val="00DF2AC2"/>
     <w:rsid w:val="00DF2DB2"/>
     <w:rsid w:val="00E02EF7"/>
     <w:rsid w:val="00E229BB"/>
     <w:rsid w:val="00E4769A"/>
     <w:rsid w:val="00E5207C"/>
     <w:rsid w:val="00E5425C"/>
     <w:rsid w:val="00E5691F"/>
     <w:rsid w:val="00E650C8"/>
     <w:rsid w:val="00E7248B"/>
     <w:rsid w:val="00E83875"/>
     <w:rsid w:val="00EB00C6"/>
     <w:rsid w:val="00EC2423"/>
     <w:rsid w:val="00EE4696"/>
     <w:rsid w:val="00EF601F"/>
     <w:rsid w:val="00F0342F"/>
     <w:rsid w:val="00F04383"/>
     <w:rsid w:val="00F147A1"/>
     <w:rsid w:val="00F162D5"/>
     <w:rsid w:val="00F216B0"/>
     <w:rsid w:val="00F51F43"/>
     <w:rsid w:val="00F70FD2"/>
     <w:rsid w:val="00F8112E"/>
     <w:rsid w:val="00F8191E"/>
@@ -13035,67 +12966,67 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3147726D-F5AC-4C64-B976-DA4C657C5896}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>8</Pages>
-  <Words>2136</Words>
-  <Characters>12820</Characters>
+  <Words>2110</Words>
+  <Characters>12661</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>106</Lines>
+  <Lines>105</Lines>
   <Paragraphs>29</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Gmina Wroclaw</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>14927</CharactersWithSpaces>
+  <CharactersWithSpaces>14742</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>WLM_wniosek_o_uregulowanie_tytułu_prawnego</dc:title>
   <dc:creator>Czajkowski Bartosz</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>