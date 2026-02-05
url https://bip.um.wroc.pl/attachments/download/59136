--- v0 (2025-10-02)
+++ v1 (2026-02-05)
@@ -4,51 +4,51 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="5934F895" w14:textId="07FF38F0" w:rsidR="00540AEF" w:rsidRDefault="00540AEF" w:rsidP="008F1B05">
+    <w:p w14:paraId="5934F895" w14:textId="15BCCC37" w:rsidR="00540AEF" w:rsidRDefault="00540AEF" w:rsidP="00D453C3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5103"/>
           <w:tab w:val="left" w:leader="dot" w:pos="6237"/>
           <w:tab w:val="left" w:leader="dot" w:pos="9070"/>
         </w:tabs>
         <w:spacing w:before="960" w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Adnotacje urzędu</w:t>
       </w:r>
       <w:r w:rsidR="00C160F2">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
@@ -1573,51 +1573,51 @@
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E4EBE">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Oświadczenie o posiadaniu/nieposiadaniu tytułu prawnego do innego lokalu lub budynku mieszkalnego </w:t>
       </w:r>
       <w:r w:rsidRPr="005E4EBE">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(wypełnia wnioskodawca):</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E48E825" w14:textId="7111C89C" w:rsidR="00635267" w:rsidRPr="005E4EBE" w:rsidRDefault="00301CCC" w:rsidP="008E63B0">
+    <w:p w14:paraId="1E48E825" w14:textId="7111C89C" w:rsidR="00635267" w:rsidRPr="005E4EBE" w:rsidRDefault="00D453C3" w:rsidP="008E63B0">
       <w:pPr>
         <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
             <w:b/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="-1235390708"/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00635267" w:rsidRPr="002766A8">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
@@ -1635,51 +1635,51 @@
       <w:r w:rsidR="00647EE8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="00635267" w:rsidRPr="005E4EBE">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>o przyznanie lokalu nie posiada tytułu prawnego do innego lokalu lub budynku mieszkalnego</w:t>
       </w:r>
       <w:r w:rsidR="00647EE8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>**.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6DFEA0C4" w14:textId="720D1FFC" w:rsidR="00635267" w:rsidRPr="005E4EBE" w:rsidRDefault="00301CCC" w:rsidP="008E63B0">
+    <w:p w14:paraId="6DFEA0C4" w14:textId="720D1FFC" w:rsidR="00635267" w:rsidRPr="005E4EBE" w:rsidRDefault="00D453C3" w:rsidP="008E63B0">
       <w:pPr>
         <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
             <w:b/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="2114941021"/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00635267" w:rsidRPr="002766A8">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
@@ -1697,51 +1697,51 @@
       <w:r w:rsidR="00635267">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="00635267" w:rsidRPr="005E4EBE">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(w przypadku zaznaczenia należy wypełnić tabelę poniżej)</w:t>
       </w:r>
       <w:r w:rsidR="00C160F2">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C6A6A6D" w14:textId="61415691" w:rsidR="00635267" w:rsidRDefault="00301CCC" w:rsidP="008E63B0">
+    <w:p w14:paraId="5C6A6A6D" w14:textId="61415691" w:rsidR="00635267" w:rsidRDefault="00D453C3" w:rsidP="008E63B0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="9070"/>
         </w:tabs>
         <w:spacing w:after="240" w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
             <w:b/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="149569859"/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00635267" w:rsidRPr="002766A8">
             <w:rPr>
@@ -2463,256 +2463,256 @@
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Oświadczam, że otrzymuję bądź osoby objęte wnioskiem otrzymują:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="54100143" w14:textId="77777777" w:rsidR="00E976AF" w:rsidRDefault="00E976AF" w:rsidP="009A257C">
       <w:pPr>
         <w:spacing w:before="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:sectPr w:rsidR="00E976AF" w:rsidSect="00B3371A">
           <w:footerReference w:type="default" r:id="rId8"/>
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="050D5304" w14:textId="63DA0BE9" w:rsidR="00E976AF" w:rsidRDefault="00301CCC" w:rsidP="00D27FB3">
+    <w:p w14:paraId="050D5304" w14:textId="63DA0BE9" w:rsidR="00E976AF" w:rsidRDefault="00D453C3" w:rsidP="00D27FB3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2744"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
             <w:b/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="1276675801"/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00E976AF" w:rsidRPr="002766A8">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00E976AF" w:rsidRPr="00E976AF">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Świadczenie rodzicielskie z tytułu urodzenia/przysposobienia/objęcia opieką dziecka</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B36749A" w14:textId="44148FB6" w:rsidR="00E976AF" w:rsidRDefault="00301CCC" w:rsidP="00D27FB3">
+    <w:p w14:paraId="6B36749A" w14:textId="44148FB6" w:rsidR="00E976AF" w:rsidRDefault="00D453C3" w:rsidP="00D27FB3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2744"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
             <w:b/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="1276675802"/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00E976AF" w:rsidRPr="002766A8">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00E976AF">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Zasiłek macierzyński</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="232421F9" w14:textId="21D6AF6C" w:rsidR="00E976AF" w:rsidRDefault="00301CCC" w:rsidP="00D27FB3">
+    <w:p w14:paraId="232421F9" w14:textId="21D6AF6C" w:rsidR="00E976AF" w:rsidRDefault="00D453C3" w:rsidP="00D27FB3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2744"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
             <w:b/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="1276675803"/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00E976AF" w:rsidRPr="002766A8">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00E976AF">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Rentę</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C3801D5" w14:textId="12535453" w:rsidR="00E976AF" w:rsidRDefault="00301CCC" w:rsidP="00D27FB3">
+    <w:p w14:paraId="3C3801D5" w14:textId="12535453" w:rsidR="00E976AF" w:rsidRDefault="00D453C3" w:rsidP="00D27FB3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2744"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
             <w:b/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="1276675804"/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00E976AF" w:rsidRPr="002766A8">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00E976AF">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Emeryturę</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BAB20F2" w14:textId="15116BEE" w:rsidR="00D27FB3" w:rsidRDefault="00301CCC" w:rsidP="00D27FB3">
+    <w:p w14:paraId="4BAB20F2" w14:textId="15116BEE" w:rsidR="00D27FB3" w:rsidRDefault="00D453C3" w:rsidP="00D27FB3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2744"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
             <w:b/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="1276675805"/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00E976AF" w:rsidRPr="002766A8">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00D27FB3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Alimenty zasądzone prawomocnym wyrokiem sądu</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1931661B" w14:textId="77777777" w:rsidR="00C160F2" w:rsidRDefault="00301CCC" w:rsidP="00C160F2">
+    <w:p w14:paraId="1931661B" w14:textId="77777777" w:rsidR="00C160F2" w:rsidRDefault="00D453C3" w:rsidP="00C160F2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2744"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
             <w:b/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="-852877183"/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00C160F2" w:rsidRPr="002766A8">
             <w:rPr>
@@ -2758,174 +2758,174 @@
             <w:b/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="1276675811"/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="002766A8">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Zaliczkę alimentacyjną</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="554D87D9" w14:textId="3A5C15DC" w:rsidR="00C160F2" w:rsidRDefault="00301CCC" w:rsidP="00D27FB3">
+    <w:p w14:paraId="554D87D9" w14:textId="3A5C15DC" w:rsidR="00C160F2" w:rsidRDefault="00D453C3" w:rsidP="00D27FB3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2744"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
             <w:b/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="885148896"/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00C160F2" w:rsidRPr="002766A8">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00C160F2">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Świadczenie z funduszu alimentacyjnego</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6490BAB3" w14:textId="77777777" w:rsidR="00D27FB3" w:rsidRDefault="00301CCC" w:rsidP="00D27FB3">
+    <w:p w14:paraId="6490BAB3" w14:textId="77777777" w:rsidR="00D27FB3" w:rsidRDefault="00D453C3" w:rsidP="00D27FB3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2744"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
             <w:b/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="1276675812"/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00D27FB3" w:rsidRPr="002766A8">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00D27FB3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Zasiłek dla osoby zarejestrowanej jako bezrobotna</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F575340" w14:textId="77777777" w:rsidR="00D27FB3" w:rsidRDefault="00301CCC" w:rsidP="00D27FB3">
+    <w:p w14:paraId="1F575340" w14:textId="77777777" w:rsidR="00D27FB3" w:rsidRDefault="00D453C3" w:rsidP="00D27FB3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2744"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
             <w:b/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="1276675813"/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00D27FB3" w:rsidRPr="002766A8">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00D27FB3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Stypendium doktoranckie/sportowe/socjalne</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74217924" w14:textId="3F07DED5" w:rsidR="00064194" w:rsidRDefault="00301CCC">
+    <w:p w14:paraId="74217924" w14:textId="3F07DED5" w:rsidR="00064194" w:rsidRDefault="00D453C3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="3969"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
             <w:b/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="1276675814"/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00D27FB3" w:rsidRPr="002766A8">
             <w:rPr>
@@ -5702,77 +5702,85 @@
           <w:i w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>nformacje dotyczące przetwarzania</w:t>
       </w:r>
       <w:r w:rsidR="0054482A">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:i w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00DF0AC8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:i w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>danych osobowych</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1871E755" w14:textId="0634DB9B" w:rsidR="00DF0AC8" w:rsidRPr="00DF0AC8" w:rsidRDefault="00DF0AC8" w:rsidP="008A1C28">
+    <w:p w14:paraId="1871E755" w14:textId="3BE9E4DC" w:rsidR="00DF0AC8" w:rsidRPr="00DF0AC8" w:rsidRDefault="00DF0AC8" w:rsidP="008A1C28">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DF0AC8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Niniejszą informację otrzyma</w:t>
+        <w:t xml:space="preserve">Niniejszą informację </w:t>
+      </w:r>
+      <w:r w:rsidR="00617D45">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>otrzymuje Pani/Pan</w:t>
       </w:r>
       <w:r w:rsidR="00C07A8D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">łeś </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DF0AC8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">w związku z obowiązkami określonymi w art. 13 rozporządzenia Parlamentu Europejskiego i Rady (UE) 2016/679 z dnia 27 kwietnia 2016r. w sprawie ochrony osób fizycznych w związku z przetwarzaniem danych osobowych i w sprawie swobodnego przepływu takich danych oraz uchylenia dyrektywy 95/46/WE (ogólne rozporządzenie o ochronie danych) (Dziennik Urzędowy Unii Europejskiej z dnia 14 maja 2016r. L 119/1) </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="64C4750E" w14:textId="77777777" w:rsidR="00C950EA" w:rsidRPr="00C950EA" w:rsidRDefault="00C950EA" w:rsidP="00C950EA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="3969"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C950EA">
         <w:rPr>
@@ -5792,198 +5800,174 @@
           <w:numId w:val="9"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="340"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="0"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C950EA">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Administrator Danych</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="307C2ACF" w14:textId="77777777" w:rsidR="00C07A8D" w:rsidRPr="00C07A8D" w:rsidRDefault="00C07A8D" w:rsidP="00C07A8D">
-[...10 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="2F0803D9" w14:textId="77777777" w:rsidR="00617D45" w:rsidRPr="00A30C45" w:rsidRDefault="00C07A8D" w:rsidP="00FF5C87">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="0" w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Hlk218764573"/>
       <w:r w:rsidRPr="00C07A8D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Administratorem Pani/Pana danych osobowych jest Prezydent Wrocławia.</w:t>
-[...23 lines deleted...]
-    <w:p w14:paraId="0E49DD4F" w14:textId="77777777" w:rsidR="00C07A8D" w:rsidRPr="00C07A8D" w:rsidRDefault="00C07A8D" w:rsidP="00C07A8D">
+        <w:t>Administratorem Pani/Pana danych osobowych jest Prezydent Wrocławia</w:t>
+      </w:r>
+      <w:r w:rsidR="00617D45" w:rsidRPr="00A30C45">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, z którym można się skontaktować w następujący sposób:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BF78C26" w14:textId="4CD4D1E4" w:rsidR="00710945" w:rsidRDefault="00710945" w:rsidP="001F5C40">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="340"/>
-[...11 lines deleted...]
-      <w:r w:rsidRPr="00C07A8D">
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:after="0"/>
+        <w:ind w:left="340" w:hanging="340"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00710945">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>listownie na adres: Prezydent Wrocławia, Urząd Miejski Wrocławia, pl. Nowy Targ 1-8, 50-141 Wrocław</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42BBE469" w14:textId="77777777" w:rsidR="00C07A8D" w:rsidRPr="00C07A8D" w:rsidRDefault="00C07A8D" w:rsidP="00C07A8D">
+    <w:bookmarkEnd w:id="3"/>
+    <w:p w14:paraId="42BBE469" w14:textId="53AF0249" w:rsidR="00C07A8D" w:rsidRPr="00C07A8D" w:rsidRDefault="00C07A8D" w:rsidP="00C07A8D">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="340"/>
           <w:tab w:val="left" w:leader="dot" w:pos="3969"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C07A8D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>przez e-mail: wlm@um.wroc.pl</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D365946" w14:textId="77777777" w:rsidR="00C07A8D" w:rsidRPr="00C07A8D" w:rsidRDefault="00C07A8D" w:rsidP="00C07A8D">
+    <w:p w14:paraId="3D365946" w14:textId="2BB6F6EE" w:rsidR="00C07A8D" w:rsidRPr="00C07A8D" w:rsidRDefault="00617D45" w:rsidP="00C07A8D">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="340"/>
           <w:tab w:val="left" w:leader="dot" w:pos="3969"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C07A8D">
-[...25 lines deleted...]
-    </w:p>
+      <w:bookmarkStart w:id="4" w:name="_Hlk218768100"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">za pośrednictwem e-Doręczeń na adres: </w:t>
+      </w:r>
+      <w:r w:rsidR="001F5C40" w:rsidRPr="001F5C40">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>AE:PL-95179-82549-VVTFT-27</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
     <w:p w14:paraId="690BB70E" w14:textId="77777777" w:rsidR="00C07A8D" w:rsidRPr="00C07A8D" w:rsidRDefault="00C07A8D" w:rsidP="00C07A8D">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="340"/>
           <w:tab w:val="left" w:leader="dot" w:pos="3969"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C07A8D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -6000,292 +5984,363 @@
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="340"/>
           <w:tab w:val="left" w:leader="dot" w:pos="3969"/>
         </w:tabs>
         <w:spacing w:before="240" w:after="0"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C950EA">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Cele przetwarzania danych osobowych</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21959FD4" w14:textId="04215D10" w:rsidR="00C07A8D" w:rsidRPr="00C950EA" w:rsidRDefault="00C950EA" w:rsidP="008A1C28">
+    <w:p w14:paraId="21959FD4" w14:textId="03E6F923" w:rsidR="00C07A8D" w:rsidRPr="00C950EA" w:rsidRDefault="00C07A8D" w:rsidP="008A1C28">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="3969"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C950EA">
-[...7 lines deleted...]
-      <w:r w:rsidR="00C07A8D">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Pani/Pana </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C950EA">
-[...5 lines deleted...]
-        <w:t>dane osobowe w celu przeprowadzenia postępowania wyjaśniającego, rozpatrzenia sprawy mieszkaniowej, zbadania uprawnień do najmu lokalu z mieszkaniowego zasobu Gminy Wrocław, wykonania prawnie określonych obowiązków związanych z realizacją zadań w zakresie zaspokajania potrzeb mieszkaniowych wspólnoty samorządowej.</w:t>
+      <w:r w:rsidR="00C950EA" w:rsidRPr="00C950EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>dane osobowe</w:t>
+      </w:r>
+      <w:r w:rsidR="003A325B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> będą przetwarzane</w:t>
+      </w:r>
+      <w:r w:rsidR="00C950EA" w:rsidRPr="00C950EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> w celu przeprowadzenia postępowania wyjaśniającego, rozpatrzenia sprawy mieszkaniowej, zbadania uprawnień do najmu lokalu z mieszkaniowego zasobu Gminy Wrocław, wykonania prawnie określonych obowiązków związanych z realizacją zadań w zakresie zaspokajania potrzeb mieszkaniowych wspólnoty samorządowej.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="425EED76" w14:textId="77777777" w:rsidR="00FF0CA4" w:rsidRPr="00FF0CA4" w:rsidRDefault="00FF0CA4" w:rsidP="00C07A8D">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="340"/>
           <w:tab w:val="left" w:leader="dot" w:pos="3969"/>
         </w:tabs>
         <w:spacing w:before="240" w:after="0"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FF0CA4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Podstawy prawne przetwarzania</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4EC8980A" w14:textId="5AD3B9FC" w:rsidR="00C950EA" w:rsidRPr="00C950EA" w:rsidRDefault="00C950EA" w:rsidP="008A1C28">
+    <w:p w14:paraId="4EC8980A" w14:textId="4EF0561B" w:rsidR="00C950EA" w:rsidRPr="003A325B" w:rsidRDefault="00C950EA" w:rsidP="008A1C28">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="3969"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C950EA">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Będziemy przetwarzać </w:t>
       </w:r>
       <w:r w:rsidR="0054482A">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Pa</w:t>
       </w:r>
       <w:r w:rsidR="00C07A8D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ni/Pana</w:t>
       </w:r>
       <w:r w:rsidR="0054482A" w:rsidRPr="00C950EA">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C950EA">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">dane osobowe na podstawie przepisów: </w:t>
-[...1 lines deleted...]
-    </w:p>
+        <w:t>dane osobowe na podstawie</w:t>
+      </w:r>
+      <w:r w:rsidR="003A325B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="5" w:name="_Hlk218768060"/>
+      <w:r w:rsidR="003A325B" w:rsidRPr="00FF5C87">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>art. 6 ust. 1 lit. c) RODO</w:t>
+      </w:r>
+      <w:r w:rsidR="003A325B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> oraz przepisów</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A325B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
     <w:p w14:paraId="007D9F1D" w14:textId="1352C7D6" w:rsidR="00C950EA" w:rsidRDefault="00C950EA" w:rsidP="00A45187">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="3969"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C950EA">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Ustawy o ochronie praw lokatorów, mieszkaniowym zasobie gminy i o zmianie Kodeksu cywilnego, ustawy Kodeks cywilny oraz innych szczególnych ustaw.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="696580E0" w14:textId="77777777" w:rsidR="00C07A8D" w:rsidRPr="00C07A8D" w:rsidRDefault="00C07A8D" w:rsidP="00C07A8D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="340"/>
           <w:tab w:val="left" w:leader="dot" w:pos="3969"/>
         </w:tabs>
         <w:spacing w:before="240" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C07A8D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Obligatoryjność/fakultatywność podania danych osobowych</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="711397D1" w14:textId="7FCD9991" w:rsidR="00C07A8D" w:rsidRPr="00C07A8D" w:rsidRDefault="00C07A8D" w:rsidP="008A1C28">
+    <w:p w14:paraId="711397D1" w14:textId="1CF6A9A7" w:rsidR="00C07A8D" w:rsidRPr="00C07A8D" w:rsidRDefault="00C07A8D" w:rsidP="008A1C28">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="340"/>
           <w:tab w:val="left" w:leader="dot" w:pos="3969"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C07A8D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Podanie przez Panią/Pana danych osobowych jest wymogiem ustawowym. Jest Pani/Pan zobowiązany do ich podania, a ich niepodanie będzie skutkować brakiem możliwości </w:t>
+        <w:t>Podanie przez Panią/Pana danych osobowych jest wymogiem ustawowym</w:t>
+      </w:r>
+      <w:r w:rsidR="003A325B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="6" w:name="_Hlk218768041"/>
+      <w:r w:rsidR="003A325B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>wynikającym z ustawy o ochronie praw lokatorów, mieszkaniowym zasobie gminy i o zmianie Kodeksu cywilnego</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="6"/>
+      <w:r w:rsidRPr="00C07A8D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Jest Pani/Pan zobowiązany do ich podania, a ich niepodanie będzie skutkować brakiem możliwości </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>rozpatrzenia wniosku o zawarcie umowy najmu lokalu mieszkalnego z mieszkaniowego zasobu Gminy Wrocław.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E4DC917" w14:textId="1B6D70F3" w:rsidR="00FF0CA4" w:rsidRPr="00FF0CA4" w:rsidRDefault="00FF0CA4" w:rsidP="00A45187">
+    <w:p w14:paraId="6E4DC917" w14:textId="233E5FD4" w:rsidR="00FF0CA4" w:rsidRPr="00FF0CA4" w:rsidRDefault="00FF0CA4" w:rsidP="00A45187">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="340"/>
           <w:tab w:val="left" w:leader="dot" w:pos="3969"/>
         </w:tabs>
         <w:spacing w:before="240" w:after="0"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FF0CA4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Okres przechowywania</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C950EA" w:rsidRPr="00FF0CA4">
+        <w:t xml:space="preserve">Okres </w:t>
+      </w:r>
+      <w:r w:rsidR="003A325B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> danych osobowych</w:t>
+        <w:t>retencji danych</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="392861FB" w14:textId="77777777" w:rsidR="00C950EA" w:rsidRPr="00C950EA" w:rsidRDefault="00C950EA" w:rsidP="008A1C28">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="3969"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C950EA">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>W sprawach dotyczących najmu socjalnego lokalu:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D43AB7B" w14:textId="5302D0F5" w:rsidR="00C950EA" w:rsidRPr="00C950EA" w:rsidRDefault="0054482A" w:rsidP="00A45187">
       <w:pPr>
@@ -6371,85 +6426,85 @@
         </w:rPr>
         <w:t>sprawy.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="08166A99" w14:textId="77777777" w:rsidR="00C950EA" w:rsidRPr="00C950EA" w:rsidRDefault="00C950EA" w:rsidP="00A45187">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="3969"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C950EA">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>W sprawach dotyczących zapewnienia lokalu do remontu na koszt własny przyszłego najemcy oraz lokalu w ramach najmu na czas nieoznaczony:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F042C0C" w14:textId="5FA09B23" w:rsidR="00C950EA" w:rsidRPr="00C950EA" w:rsidRDefault="00C07A8D" w:rsidP="00C07A8D">
+    <w:p w14:paraId="5F042C0C" w14:textId="2FCAE493" w:rsidR="00C950EA" w:rsidRPr="00C950EA" w:rsidRDefault="00C07A8D" w:rsidP="00C07A8D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="3969"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Pani/Pana</w:t>
       </w:r>
       <w:r w:rsidR="0054482A" w:rsidRPr="00C950EA">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C950EA" w:rsidRPr="00C950EA">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">dane osobowe będą przetwarzane przez minimum 10 lat, następnie Archiwum Państwowe po ekspertyzie dokumentów może podjąć  decyzję  o ich zniszczeniu lub przekwalifikować na kategorię A i wtedy </w:t>
+        <w:t xml:space="preserve">dane osobowe będą przetwarzane przez minimum 10 lat, następnie Archiwum Państwowe po ekspertyzie dokumentów może podjąć decyzję o ich zniszczeniu lub przekwalifikować na kategorię A i wtedy </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Pani/Pana</w:t>
       </w:r>
       <w:r w:rsidR="0054482A" w:rsidRPr="00C950EA">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C950EA" w:rsidRPr="00C950EA">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">dane osobowe będą przetwarzane przez 25 lat od stycznia kolejnego roku po zakończeniu </w:t>
       </w:r>
@@ -6586,407 +6641,392 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C950EA" w:rsidRPr="00C950EA">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">dane mogą być przekazywane innym podmiotom tj. jednostkom budżetowym Gminy, jednostkom administracji rządowej </w:t>
       </w:r>
       <w:r w:rsidR="00171E14">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="00C950EA" w:rsidRPr="00C950EA">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>i samorządowej, jednoosobowym spółkom Gminy Wrocław, podmiotom, w których dyspozycji pozostają mieszkania gminne, podmiotom zarządzającym zasobem mieszkaniowym (np. spółdzielnie mieszkaniowe, deweloperzy) w celu zbadania</w:t>
+        <w:t xml:space="preserve">i samorządowej, jednoosobowym spółkom Gminy Wrocław, podmiotom, w których dyspozycji pozostają mieszkania gminne, podmiotom zarządzającym zasobem </w:t>
+      </w:r>
+      <w:r w:rsidR="00C950EA" w:rsidRPr="00C950EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>mieszkaniowym (np. spółdzielnie mieszkaniowe, deweloperzy) w celu zbadania</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C950EA" w:rsidRPr="00C950EA">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>uprawnień do najmu lokalu mieszkalnego należącego do mieszkaniowego zasobu Gminy Wrocław i rozpatrzenia sprawy mieszkaniowej.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11C83B3A" w14:textId="72DAE853" w:rsidR="00FF0CA4" w:rsidRPr="00FF0CA4" w:rsidRDefault="0054482A" w:rsidP="00A45187">
+    <w:p w14:paraId="11C83B3A" w14:textId="0C08F3E7" w:rsidR="00FF0CA4" w:rsidRPr="00FF0CA4" w:rsidRDefault="003A325B" w:rsidP="00A45187">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="340"/>
           <w:tab w:val="left" w:leader="dot" w:pos="3969"/>
         </w:tabs>
         <w:spacing w:before="240" w:after="0"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="7" w:name="_Hlk218767665"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>P</w:t>
-[...11 lines deleted...]
-    <w:p w14:paraId="4994EB39" w14:textId="1589AED5" w:rsidR="00C950EA" w:rsidRPr="00C950EA" w:rsidRDefault="00C950EA" w:rsidP="00A45187">
+        <w:t>Przysługujące prawa</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4994EB39" w14:textId="29AF5B3B" w:rsidR="00C950EA" w:rsidRPr="00C950EA" w:rsidRDefault="003A325B" w:rsidP="00A45187">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="3969"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C950EA">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Przysługują </w:t>
+        <w:t>Przysługuj</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">e </w:t>
       </w:r>
       <w:r w:rsidR="00C07A8D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Pani/Panu</w:t>
       </w:r>
-      <w:r w:rsidR="0054482A" w:rsidRPr="00C950EA">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00C950EA" w:rsidRPr="00C950EA">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C950EA">
-[...8 lines deleted...]
-    <w:p w14:paraId="7110CAA9" w14:textId="7EA53657" w:rsidR="00C950EA" w:rsidRPr="00E150B1" w:rsidRDefault="00C950EA" w:rsidP="00A45187">
+    </w:p>
+    <w:p w14:paraId="7110CAA9" w14:textId="15865BF0" w:rsidR="00C950EA" w:rsidRPr="00E150B1" w:rsidRDefault="00C950EA" w:rsidP="00A45187">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="340"/>
           <w:tab w:val="left" w:leader="dot" w:pos="3969"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="0"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E150B1">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">prawo dostępu do </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">prawo dostępu </w:t>
+      </w:r>
+      <w:r w:rsidR="00563D13">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>do swoich danych oraz otrzymania ich kopii</w:t>
       </w:r>
       <w:r w:rsidRPr="00E150B1">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>danych osobowych,</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="2C3BB73F" w14:textId="11450C47" w:rsidR="00C950EA" w:rsidRPr="00E150B1" w:rsidRDefault="00C950EA" w:rsidP="00A45187">
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C3BB73F" w14:textId="02C4596F" w:rsidR="00C950EA" w:rsidRPr="00E150B1" w:rsidRDefault="00C950EA" w:rsidP="00A45187">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="340"/>
           <w:tab w:val="left" w:leader="dot" w:pos="3969"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="0"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E150B1">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">prawo żądania sprostowania </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">prawo </w:t>
+      </w:r>
+      <w:r w:rsidR="00563D13">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>do sprostowania (poprawiania) swoich danych</w:t>
       </w:r>
       <w:r w:rsidRPr="00E150B1">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">danych osobowych, </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="09F1BD7D" w14:textId="05BFE89A" w:rsidR="00C950EA" w:rsidRPr="00E150B1" w:rsidRDefault="00C950EA" w:rsidP="00A45187">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16FD1DEF" w14:textId="4CA6D7D2" w:rsidR="00563D13" w:rsidRDefault="00C950EA" w:rsidP="00A45187">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="340"/>
           <w:tab w:val="left" w:leader="dot" w:pos="3969"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="0"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E150B1">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>prawo żądania ograniczenia przetw</w:t>
+        <w:t xml:space="preserve">prawo </w:t>
+      </w:r>
+      <w:r w:rsidR="00563D13">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">do </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E150B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ograniczenia przetw</w:t>
       </w:r>
       <w:r w:rsidR="00E150B1">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">arzania </w:t>
-[...28 lines deleted...]
-        <w:tabs>
+        <w:t>arzania danych</w:t>
+      </w:r>
+      <w:r w:rsidR="00563D13">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09F1BD7D" w14:textId="530E7CCA" w:rsidR="00C950EA" w:rsidRPr="00E150B1" w:rsidRDefault="00563D13" w:rsidP="00FF5C87">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="340"/>
           <w:tab w:val="left" w:leader="dot" w:pos="3969"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="0"/>
-        <w:rPr>
-[...13 lines deleted...]
-    </w:p>
+        <w:ind w:left="340" w:hanging="340"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>prawo do wniesienia skargi do organu nadzorczego – tj. Prezesa Urzędu Ochrony Danych Osobowych</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
     <w:p w14:paraId="45C1EE92" w14:textId="77777777" w:rsidR="00C07A8D" w:rsidRPr="00C07A8D" w:rsidRDefault="00C07A8D" w:rsidP="008A1C28">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="340"/>
           <w:tab w:val="left" w:leader="dot" w:pos="3969"/>
         </w:tabs>
         <w:spacing w:before="240" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C07A8D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Inspektor Ochrony Danych</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BEA1EBF" w14:textId="64B65ACD" w:rsidR="00C07A8D" w:rsidRPr="00C07A8D" w:rsidRDefault="00C07A8D" w:rsidP="00C07A8D">
+    <w:p w14:paraId="3BEA1EBF" w14:textId="57BEAC38" w:rsidR="00C07A8D" w:rsidRPr="00C07A8D" w:rsidRDefault="00C07A8D" w:rsidP="00C07A8D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="3969"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C07A8D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">W Urzędzie został wyznaczony Inspektor Ochrony Danych - Sebastian Sobecki. Jest </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">to osoba  z którą można się kontaktować w sprawach dotyczących przetwarzania Pani/Pana danych osobowych oraz korzystania z przysługujących Pani/Panu praw związanych z przetwarzaniem danych. </w:t>
+        <w:t xml:space="preserve">W Urzędzie został wyznaczony Inspektor Ochrony Danych. Jest to osoba z którą można się kontaktować w sprawach dotyczących przetwarzania Pani/Pana danych osobowych oraz korzystania z przysługujących Pani/Panu praw związanych z przetwarzaniem danych. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1FAA58B6" w14:textId="77777777" w:rsidR="00C07A8D" w:rsidRPr="00C07A8D" w:rsidRDefault="00C07A8D" w:rsidP="00C07A8D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="3969"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C07A8D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Z Inspektorem można kontaktować się w następujący sposób:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6519F0FE" w14:textId="2BB0BBD3" w:rsidR="00C07A8D" w:rsidRPr="00C07A8D" w:rsidRDefault="00C07A8D" w:rsidP="00C07A8D">
       <w:pPr>
@@ -7055,117 +7095,103 @@
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="340"/>
           <w:tab w:val="left" w:pos="3969"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C07A8D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>telefonicznie: +48 71 777 77 24</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69279DF0" w14:textId="57469E57" w:rsidR="00FF0CA4" w:rsidRPr="00FF0CA4" w:rsidRDefault="00C950EA" w:rsidP="00A45187">
+    <w:p w14:paraId="69279DF0" w14:textId="48E1C785" w:rsidR="00FF0CA4" w:rsidRPr="00FF0CA4" w:rsidRDefault="00563D13" w:rsidP="00A45187">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="340"/>
           <w:tab w:val="left" w:leader="dot" w:pos="3969"/>
         </w:tabs>
         <w:spacing w:before="240" w:after="0"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FF0CA4">
+      <w:bookmarkStart w:id="8" w:name="_Hlk218765355"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Prawo wniesienia skargi</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="0E843858" w14:textId="0881AA68" w:rsidR="00C07A8D" w:rsidRPr="00C07A8D" w:rsidRDefault="00C07A8D" w:rsidP="00C07A8D">
+        <w:t>Zautomatyzowane podejmowanie decyzji</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E843858" w14:textId="53BBF7C0" w:rsidR="00C07A8D" w:rsidRPr="00C07A8D" w:rsidRDefault="00563D13" w:rsidP="00C07A8D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="3969"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C07A8D">
-[...23 lines deleted...]
-    </w:p>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Pani/Pana dane nie będą podlegały profilowaniu lub zautomatyzowanemu podejmowaniu decyzji.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
     <w:p w14:paraId="71455363" w14:textId="77777777" w:rsidR="00434354" w:rsidRPr="00E150B1" w:rsidRDefault="00434354" w:rsidP="004C0A60">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="3969"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E150B1">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>POUCZENIE</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B9CF095" w14:textId="77777777" w:rsidR="00434354" w:rsidRDefault="00434354" w:rsidP="00434354">
@@ -7449,51 +7475,50 @@
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00E150B1">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">na ubezpieczenia społeczne niezaliczone do kosztów uzyskania przychodu oraz składki </w:t>
       </w:r>
       <w:r w:rsidR="00647EE8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00E150B1">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>na ubezpieczenie zdrowotne</w:t>
       </w:r>
       <w:r w:rsidR="00190A70">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>. W przypadku osób niepracujących należy przedłożyć</w:t>
       </w:r>
       <w:r w:rsidR="00B350B1">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B350B1">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>dotyczące okresu 3 miesięcy poprzedzających dzień złożenia wniosku</w:t>
       </w:r>
       <w:r w:rsidR="00190A70">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
@@ -7503,50 +7528,51 @@
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="11E67EF2" w14:textId="44091B85" w:rsidR="00190A70" w:rsidRDefault="00190A70" w:rsidP="00190A70">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="340"/>
           <w:tab w:val="left" w:leader="dot" w:pos="3969"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="0"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">- </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>zaświadczenie potwierdzające status osoby bezrobotnej i wysokość ewentualnie uzyskanego świadczenia (osoby zarejestrowane w Powiatowym Urzędzie Pracy)</w:t>
       </w:r>
       <w:r w:rsidR="00B350B1">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="695CA199" w14:textId="51709ED3" w:rsidR="00B350B1" w:rsidRDefault="00B350B1" w:rsidP="00190A70">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:tabs>
@@ -7795,156 +7821,122 @@
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="340"/>
           <w:tab w:val="left" w:leader="dot" w:pos="3969"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="0"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E150B1">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>oświadczenie o przetwarzaniu danych osobowych dotyczących zdrowia (członek rodziny, osoba wspólnie zamieszkująca).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79BEE5E9" w14:textId="3FE20DEE" w:rsidR="00434354" w:rsidRPr="00E150B1" w:rsidRDefault="00434354" w:rsidP="00434354">
+    <w:p w14:paraId="79BEE5E9" w14:textId="276C4A0E" w:rsidR="00434354" w:rsidRPr="00E150B1" w:rsidRDefault="00434354" w:rsidP="00434354">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="3969"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F0463A">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Przez dochód należy rozumieć</w:t>
       </w:r>
       <w:r w:rsidRPr="00E150B1">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> dochód, którego </w:t>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="_Hlk127515397"/>
+      <w:bookmarkStart w:id="9" w:name="_Hlk127515397"/>
       <w:r w:rsidRPr="00E150B1">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>definicja została określona w ustawie z dnia 28 listopada 2003 r. o  świadczeniach rodzinnych (Dz. U. z 202</w:t>
       </w:r>
-      <w:r w:rsidR="00E710BC">
-[...5 lines deleted...]
-        <w:t>4</w:t>
+      <w:r w:rsidR="006B6A9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="00E150B1">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> r. poz. </w:t>
       </w:r>
-      <w:r w:rsidR="00E710BC">
-[...5 lines deleted...]
-        <w:t>323</w:t>
+      <w:r w:rsidR="006B6A9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>1208</w:t>
       </w:r>
       <w:r w:rsidRPr="00E150B1">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...35 lines deleted...]
-      <w:bookmarkEnd w:id="3"/>
+        <w:t>).</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="9"/>
       <w:r w:rsidRPr="00E150B1">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Dochód miesięczny gospodarstwa domowego stanowią dochody wnioskodawcy i członków jego rodziny zgłoszonych we wniosku do wspólnego zamieszkiwania, wykazane ze wszystkich źródeł ich uzyskiwania, odpowiednio udokumentowane przez wnioskodawcę.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B870705" w14:textId="77777777" w:rsidR="00434354" w:rsidRPr="00E150B1" w:rsidRDefault="00434354" w:rsidP="00434354">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="3969"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E150B1">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
@@ -8353,75 +8345,75 @@
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="7C7352E9" w14:textId="77777777" w:rsidR="00301CCC" w:rsidRDefault="00301CCC" w:rsidP="00D27FB3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="EE"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="EE"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
@@ -8494,123 +8486,123 @@
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="7F6899A0" w14:textId="77777777" w:rsidR="00301CCC" w:rsidRDefault="00301CCC" w:rsidP="00D27FB3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="029C3D7F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E5523926"/>
     <w:lvl w:ilvl="0" w:tplc="0415000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="502" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="1222" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="180"/>
+        <w:ind w:left="1942" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0415000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="2662" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="3382" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="180"/>
+        <w:ind w:left="4102" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0415000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="4822" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="5542" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="180"/>
+        <w:ind w:left="6262" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="05205F7F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CE0C43D2"/>
     <w:lvl w:ilvl="0" w:tplc="04150001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -8788,51 +8780,51 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0A2C5F26"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0BD2ECFA"/>
     <w:lvl w:ilvl="0" w:tplc="04150001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="04150003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04150005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04150001" w:tentative="1">
       <w:start w:val="1"/>
@@ -9203,52 +9195,52 @@
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1F955673"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="A89CD97E"/>
-    <w:lvl w:ilvl="0" w:tplc="04150001">
+    <w:tmpl w:val="ABBA95FE"/>
+    <w:lvl w:ilvl="0" w:tplc="6BD2F9A4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04150005" w:tentative="1">
       <w:start w:val="1"/>
@@ -10958,191 +10950,203 @@
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00540AEF"/>
     <w:rsid w:val="00000686"/>
     <w:rsid w:val="000132B2"/>
     <w:rsid w:val="000140CD"/>
     <w:rsid w:val="00040F27"/>
     <w:rsid w:val="00064194"/>
     <w:rsid w:val="00085F01"/>
     <w:rsid w:val="000C4D49"/>
     <w:rsid w:val="000E1E52"/>
     <w:rsid w:val="00110CA9"/>
     <w:rsid w:val="001342F0"/>
     <w:rsid w:val="001509AB"/>
     <w:rsid w:val="00157899"/>
     <w:rsid w:val="001620E0"/>
+    <w:rsid w:val="0016525C"/>
     <w:rsid w:val="00171E14"/>
     <w:rsid w:val="00181CE7"/>
     <w:rsid w:val="001876A1"/>
     <w:rsid w:val="00190A70"/>
     <w:rsid w:val="001B379F"/>
     <w:rsid w:val="001B630A"/>
     <w:rsid w:val="001D3A6B"/>
     <w:rsid w:val="001E46E4"/>
     <w:rsid w:val="001E75F8"/>
+    <w:rsid w:val="001F5C40"/>
     <w:rsid w:val="00210501"/>
     <w:rsid w:val="00226586"/>
+    <w:rsid w:val="00240548"/>
     <w:rsid w:val="002925FC"/>
     <w:rsid w:val="002D6CF4"/>
     <w:rsid w:val="002D72B0"/>
     <w:rsid w:val="002F362E"/>
     <w:rsid w:val="002F7E6A"/>
     <w:rsid w:val="00301CCC"/>
     <w:rsid w:val="0030249E"/>
     <w:rsid w:val="0033149D"/>
     <w:rsid w:val="00347687"/>
     <w:rsid w:val="003549C9"/>
     <w:rsid w:val="00356A1B"/>
     <w:rsid w:val="0038613E"/>
     <w:rsid w:val="0039596E"/>
     <w:rsid w:val="003A2FD8"/>
+    <w:rsid w:val="003A325B"/>
     <w:rsid w:val="003A7E7B"/>
     <w:rsid w:val="003C5F3C"/>
     <w:rsid w:val="003D664A"/>
     <w:rsid w:val="00405D79"/>
     <w:rsid w:val="0043403E"/>
     <w:rsid w:val="00434354"/>
     <w:rsid w:val="004361AC"/>
     <w:rsid w:val="004A5D8D"/>
     <w:rsid w:val="004B1369"/>
     <w:rsid w:val="004C0A60"/>
     <w:rsid w:val="004E74A6"/>
     <w:rsid w:val="004F4ECB"/>
     <w:rsid w:val="00505BD6"/>
     <w:rsid w:val="0051044B"/>
     <w:rsid w:val="00514FCA"/>
     <w:rsid w:val="00524FB6"/>
     <w:rsid w:val="00540AEF"/>
     <w:rsid w:val="0054482A"/>
     <w:rsid w:val="00555A0E"/>
+    <w:rsid w:val="00563D13"/>
     <w:rsid w:val="0059494B"/>
     <w:rsid w:val="005969F4"/>
     <w:rsid w:val="005F1E0D"/>
     <w:rsid w:val="005F29B5"/>
     <w:rsid w:val="005F743E"/>
     <w:rsid w:val="00610221"/>
+    <w:rsid w:val="00617D45"/>
     <w:rsid w:val="006258B7"/>
     <w:rsid w:val="00635267"/>
     <w:rsid w:val="00640A4C"/>
     <w:rsid w:val="00647EE8"/>
     <w:rsid w:val="00652397"/>
     <w:rsid w:val="00667144"/>
     <w:rsid w:val="00673A77"/>
     <w:rsid w:val="00675481"/>
     <w:rsid w:val="006817D4"/>
     <w:rsid w:val="00695B49"/>
+    <w:rsid w:val="006B6A9E"/>
+    <w:rsid w:val="00710945"/>
     <w:rsid w:val="00713DD7"/>
     <w:rsid w:val="00744187"/>
     <w:rsid w:val="0076257D"/>
     <w:rsid w:val="00783EAD"/>
     <w:rsid w:val="007A254B"/>
     <w:rsid w:val="007A4A0A"/>
     <w:rsid w:val="007A65B5"/>
     <w:rsid w:val="007C2273"/>
     <w:rsid w:val="008050AD"/>
     <w:rsid w:val="00805A03"/>
     <w:rsid w:val="00814CAF"/>
     <w:rsid w:val="00830049"/>
     <w:rsid w:val="008314C5"/>
     <w:rsid w:val="00835C62"/>
     <w:rsid w:val="0084229B"/>
     <w:rsid w:val="00863BB1"/>
     <w:rsid w:val="008A1C28"/>
+    <w:rsid w:val="008A25A0"/>
     <w:rsid w:val="008D08DB"/>
     <w:rsid w:val="008E63B0"/>
     <w:rsid w:val="008E72FF"/>
     <w:rsid w:val="008F1B05"/>
     <w:rsid w:val="008F274F"/>
     <w:rsid w:val="00901FFE"/>
     <w:rsid w:val="0090600C"/>
     <w:rsid w:val="0091151B"/>
     <w:rsid w:val="00920C9A"/>
     <w:rsid w:val="00942698"/>
     <w:rsid w:val="009A0643"/>
     <w:rsid w:val="009A257C"/>
     <w:rsid w:val="009D0650"/>
     <w:rsid w:val="00A164BD"/>
     <w:rsid w:val="00A33F13"/>
     <w:rsid w:val="00A34D06"/>
     <w:rsid w:val="00A45187"/>
     <w:rsid w:val="00AB2C11"/>
     <w:rsid w:val="00AD6BF8"/>
     <w:rsid w:val="00B06A1A"/>
     <w:rsid w:val="00B3371A"/>
     <w:rsid w:val="00B350B1"/>
     <w:rsid w:val="00B561E7"/>
     <w:rsid w:val="00B63988"/>
     <w:rsid w:val="00BA2A29"/>
     <w:rsid w:val="00BD3C38"/>
     <w:rsid w:val="00BE61A1"/>
     <w:rsid w:val="00BE6285"/>
     <w:rsid w:val="00BF4BBF"/>
     <w:rsid w:val="00C07A8D"/>
     <w:rsid w:val="00C13BB8"/>
     <w:rsid w:val="00C160F2"/>
     <w:rsid w:val="00C54C75"/>
     <w:rsid w:val="00C72696"/>
     <w:rsid w:val="00C81482"/>
     <w:rsid w:val="00C950EA"/>
     <w:rsid w:val="00CE64AB"/>
     <w:rsid w:val="00D04BD9"/>
     <w:rsid w:val="00D13A06"/>
     <w:rsid w:val="00D27FB3"/>
     <w:rsid w:val="00D324BC"/>
     <w:rsid w:val="00D3477C"/>
     <w:rsid w:val="00D4315D"/>
+    <w:rsid w:val="00D453C3"/>
     <w:rsid w:val="00D456D8"/>
     <w:rsid w:val="00D56DDE"/>
     <w:rsid w:val="00D87BCE"/>
     <w:rsid w:val="00DB388A"/>
     <w:rsid w:val="00DF0AC8"/>
     <w:rsid w:val="00DF21B9"/>
+    <w:rsid w:val="00DF72E7"/>
     <w:rsid w:val="00E150B1"/>
     <w:rsid w:val="00E5276C"/>
     <w:rsid w:val="00E5742B"/>
     <w:rsid w:val="00E710BC"/>
     <w:rsid w:val="00E85F03"/>
     <w:rsid w:val="00E976AF"/>
     <w:rsid w:val="00EC70FE"/>
     <w:rsid w:val="00F0463A"/>
     <w:rsid w:val="00F54EC8"/>
     <w:rsid w:val="00F56664"/>
     <w:rsid w:val="00F64E39"/>
     <w:rsid w:val="00FA432E"/>
     <w:rsid w:val="00FE05F2"/>
     <w:rsid w:val="00FE07BE"/>
     <w:rsid w:val="00FF0CA4"/>
+    <w:rsid w:val="00FF5C87"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pl-PL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1F87E0C5"/>
@@ -12138,67 +12142,67 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0DE81102-3C45-4337-A419-8380154F99E7}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>7</Pages>
-  <Words>1859</Words>
-  <Characters>11156</Characters>
+  <Words>1834</Words>
+  <Characters>11006</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>92</Lines>
+  <Lines>91</Lines>
   <Paragraphs>25</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr/>
+      <vt:lpstr>WLM_wniosek_ogolny_najem_lokalu</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>12990</CharactersWithSpaces>
+  <CharactersWithSpaces>12815</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>WLM_wniosek_ogolny_najem_lokalu</dc:title>
   <dc:creator>Czajkowski Bartosz</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>