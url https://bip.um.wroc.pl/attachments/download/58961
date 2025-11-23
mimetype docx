--- v0 (2025-10-11)
+++ v1 (2025-11-23)
@@ -97,51 +97,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">prowadzonej przez </w:t>
       </w:r>
       <w:r w:rsidR="00F443AA" w:rsidRPr="006A14B5">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>M</w:t>
       </w:r>
       <w:r w:rsidRPr="006A14B5">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">iasto Wrocław </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E69A18D" w14:textId="63ECFB5B" w:rsidR="009C4909" w:rsidRPr="006A14B5" w:rsidRDefault="00F443AA" w:rsidP="006A14B5">
+    <w:p w14:paraId="2E69A18D" w14:textId="0965F8DC" w:rsidR="009C4909" w:rsidRPr="006A14B5" w:rsidRDefault="00F443AA" w:rsidP="006A14B5">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy2"/>
         <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006A14B5">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Na podstawie art. </w:t>
       </w:r>
       <w:r w:rsidR="000F7EBC" w:rsidRPr="006A14B5">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>168</w:t>
       </w:r>
       <w:r w:rsidRPr="006A14B5">
         <w:rPr>
@@ -168,86 +168,102 @@
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>14 grudnia 2016 r. Prawo oświatowe</w:t>
       </w:r>
       <w:r w:rsidR="00F16F43" w:rsidRPr="006A14B5">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidR="00125D7B" w:rsidRPr="006A14B5">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">tekst jedn.: </w:t>
       </w:r>
       <w:r w:rsidR="00254327" w:rsidRPr="006A14B5">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Dz. U. z 202</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0014690B" w:rsidRPr="006A14B5">
+        <w:t xml:space="preserve">Dz. U. z </w:t>
+      </w:r>
+      <w:r w:rsidR="007C283E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>4</w:t>
+        <w:t>2025</w:t>
       </w:r>
       <w:r w:rsidR="00254327" w:rsidRPr="006A14B5">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> r., poz. </w:t>
       </w:r>
-      <w:r w:rsidR="0014690B" w:rsidRPr="006A14B5">
+      <w:r w:rsidR="007C283E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>737</w:t>
+        <w:t>1043</w:t>
       </w:r>
       <w:r w:rsidR="009C4909" w:rsidRPr="006A14B5">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> z</w:t>
       </w:r>
       <w:r w:rsidR="00125D7B" w:rsidRPr="006A14B5">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> późn.</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00125D7B" w:rsidRPr="006A14B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>późn</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00125D7B" w:rsidRPr="006A14B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="009C4909" w:rsidRPr="006A14B5">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E559E1" w:rsidRPr="006A14B5">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>zm.</w:t>
       </w:r>
       <w:r w:rsidR="0030348E" w:rsidRPr="006A14B5">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00125D7B" w:rsidRPr="006A14B5">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
@@ -256,208 +272,225 @@
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="25675C7D" w14:textId="77777777" w:rsidR="009C4909" w:rsidRPr="006A14B5" w:rsidRDefault="009C4909" w:rsidP="006A14B5">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy2"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="9072"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006A14B5">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0953FF14" w14:textId="77777777" w:rsidR="00F443AA" w:rsidRPr="006A14B5" w:rsidRDefault="009C4909" w:rsidP="006A14B5">
+    <w:p w14:paraId="0953FF14" w14:textId="467E5803" w:rsidR="00F443AA" w:rsidRPr="00310A1D" w:rsidRDefault="00F443AA" w:rsidP="00310A1D">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy2"/>
         <w:tabs>
           <w:tab w:val="center" w:pos="4536"/>
         </w:tabs>
         <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
-        <w:jc w:val="left"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+          <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006A14B5">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+      <w:r w:rsidRPr="00310A1D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+          <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t xml:space="preserve">(dane osoby prowadzącej, </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA7A97" w:rsidRPr="00310A1D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">dokładny </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00310A1D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>adres, telefon</w:t>
+      </w:r>
+      <w:r w:rsidR="00391272" w:rsidRPr="00310A1D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>*</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00310A1D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, e-mail</w:t>
+      </w:r>
+      <w:r w:rsidR="00391272" w:rsidRPr="00310A1D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>*</w:t>
+      </w:r>
+      <w:r w:rsidR="00A5094F" w:rsidRPr="00310A1D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="766D69AB" w14:textId="77777777" w:rsidR="00F443AA" w:rsidRPr="006A14B5" w:rsidRDefault="00F443AA" w:rsidP="006A14B5">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006A14B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>ZGŁASZAM ZMIANY</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A14B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> we wpisie do ewidencji szkół i placówek niepublicznyc</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA6D30" w:rsidRPr="006A14B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>h</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E7BC94B" w14:textId="77777777" w:rsidR="009C4909" w:rsidRPr="006A14B5" w:rsidRDefault="009C4909" w:rsidP="006A14B5">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:leader="dot" w:pos="9072"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006A14B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00F443AA" w:rsidRPr="006A14B5">
-[...76 lines deleted...]
-    <w:p w14:paraId="5E7BC94B" w14:textId="77777777" w:rsidR="009C4909" w:rsidRPr="006A14B5" w:rsidRDefault="009C4909" w:rsidP="006A14B5">
+    </w:p>
+    <w:p w14:paraId="4DE62BF8" w14:textId="77777777" w:rsidR="009C4909" w:rsidRPr="006A14B5" w:rsidRDefault="009C4909" w:rsidP="006A14B5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="9072"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006A14B5">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4DE62BF8" w14:textId="77777777" w:rsidR="009C4909" w:rsidRPr="006A14B5" w:rsidRDefault="009C4909" w:rsidP="006A14B5">
-[...17 lines deleted...]
-    <w:p w14:paraId="1231AE40" w14:textId="4CF37724" w:rsidR="00F443AA" w:rsidRPr="006A14B5" w:rsidRDefault="00F443AA" w:rsidP="006A14B5">
+    <w:p w14:paraId="1231AE40" w14:textId="4CF37724" w:rsidR="00F443AA" w:rsidRPr="00310A1D" w:rsidRDefault="00F443AA" w:rsidP="00310A1D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="4536"/>
         </w:tabs>
         <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
-        <w:rPr>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00310A1D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+          <w:iCs/>
         </w:rPr>
         <w:t>(podać pełną nazwę szkoły/placówki oraz dokładny jej adres i dane</w:t>
       </w:r>
-      <w:r w:rsidR="00125D7B" w:rsidRPr="006A14B5">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+      <w:r w:rsidR="00125D7B" w:rsidRPr="00310A1D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+          <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="006A14B5">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+      <w:r w:rsidRPr="00310A1D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+          <w:iCs/>
         </w:rPr>
         <w:t>teleadresowe)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="16F688F8" w14:textId="77777777" w:rsidR="00F443AA" w:rsidRPr="006A14B5" w:rsidRDefault="00F443AA" w:rsidP="006A14B5">
       <w:pPr>
         <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006A14B5">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve">Numer i data ostatniego wpisu: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0AF16305" w14:textId="77777777" w:rsidR="009C4909" w:rsidRPr="006A14B5" w:rsidRDefault="009C4909" w:rsidP="006A14B5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="9072"/>
         </w:tabs>
         <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
@@ -560,68 +593,50 @@
     </w:p>
     <w:p w14:paraId="359E7048" w14:textId="77777777" w:rsidR="009C4909" w:rsidRPr="006A14B5" w:rsidRDefault="009C4909" w:rsidP="006A14B5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="9072"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006A14B5">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A464709" w14:textId="77777777" w:rsidR="009C4909" w:rsidRPr="006A14B5" w:rsidRDefault="009C4909" w:rsidP="006A14B5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="9072"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...16 lines deleted...]
-        <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006A14B5">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="03BB3402" w14:textId="77777777" w:rsidR="00407D97" w:rsidRPr="006A14B5" w:rsidRDefault="00391272" w:rsidP="006A14B5">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006A14B5">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
@@ -757,97 +772,96 @@
       </w:r>
       <w:r w:rsidR="00D070F6" w:rsidRPr="006A14B5">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t>Prawo oświatowe</w:t>
       </w:r>
       <w:r w:rsidR="000962E3" w:rsidRPr="006A14B5">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="000962E3" w:rsidRPr="006A14B5">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>z aktualnie naniesionymi zmianam</w:t>
       </w:r>
       <w:r w:rsidR="00DA7A97" w:rsidRPr="006A14B5">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve">i podanymi </w:t>
+        <w:t>i podanymi w</w:t>
+      </w:r>
+      <w:r w:rsidR="007A13E4" w:rsidRPr="006A14B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00DA7A97" w:rsidRPr="006A14B5">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:u w:val="single"/>
         </w:rPr>
+        <w:t>niniejszym zgłoszeniu</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB542F" w:rsidRPr="006A14B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00852086" w:rsidRPr="006A14B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB542F" w:rsidRPr="006A14B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>K</w:t>
+      </w:r>
+      <w:r w:rsidR="00852086" w:rsidRPr="006A14B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ażda zmiana w statucie szkoły/placówki winna być zgłoszona do organu ewidencyjnego w terminie 14 dni od </w:t>
+      </w:r>
+      <w:r w:rsidR="00852086" w:rsidRPr="006A14B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>w</w:t>
-[...37 lines deleted...]
-        <w:t xml:space="preserve">ażda zmiana w statucie szkoły/placówki winna być zgłoszona do organu ewidencyjnego w terminie 14 dni od jej podjęcia, jednakże nie każda zmiana w statucie generuje zmianę we wpisie do ewidencji szkół i placówek niepublicznych; </w:t>
+        <w:t xml:space="preserve">jej podjęcia, jednakże nie każda zmiana w statucie generuje zmianę we wpisie do ewidencji szkół i placówek niepublicznych; </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="32AAD19F" w14:textId="1532DC4C" w:rsidR="0030348E" w:rsidRPr="006A14B5" w:rsidRDefault="000962E3" w:rsidP="006A14B5">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006A14B5">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve">aktualny wykaz </w:t>
       </w:r>
       <w:r w:rsidR="004E6386" w:rsidRPr="006A14B5">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve">z </w:t>
@@ -1488,51 +1502,67 @@
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidR="009F159E" w:rsidRPr="006A14B5">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> r., poz. </w:t>
       </w:r>
       <w:r w:rsidR="00F059FF" w:rsidRPr="006A14B5">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>572</w:t>
       </w:r>
       <w:r w:rsidR="009F159E" w:rsidRPr="006A14B5">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> z późn. zm.), w zw. z art. 268a wyżej cytowanej ustawy</w:t>
+        <w:t xml:space="preserve"> z </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="009F159E" w:rsidRPr="006A14B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>późn</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009F159E" w:rsidRPr="006A14B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>. zm.), w zw. z art. 268a wyżej cytowanej ustawy</w:t>
       </w:r>
       <w:r w:rsidRPr="006A14B5">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>, kserokopie pozytywnych opinii Sanepidu i Państwowej Straży Pożarnej, dot. spełnienia bezpiecznych i higienicznych warunków nauki i</w:t>
       </w:r>
       <w:r w:rsidR="00125D7B" w:rsidRPr="006A14B5">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="006A14B5">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>pracy w miejscu, w którym będzie prowadzona działalność oświatowa</w:t>
       </w:r>
       <w:r w:rsidR="007810CB" w:rsidRPr="006A14B5">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
@@ -1558,70 +1588,76 @@
         <w:t xml:space="preserve"> lub</w:t>
       </w:r>
       <w:r w:rsidR="0022617F" w:rsidRPr="006A14B5">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> dodatkowych miejsc prowadzenia zajęć;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="19F14659" w14:textId="7554FE17" w:rsidR="002B79F4" w:rsidRPr="006A14B5" w:rsidRDefault="0030348E" w:rsidP="006A14B5">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006A14B5">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
+        <w:t>pozytywna opinia kuratora</w:t>
+      </w:r>
+      <w:r w:rsidR="007810CB" w:rsidRPr="006A14B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="002B79F4" w:rsidRPr="006A14B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>w przypadku zmian dotyczących rozszerzenia zakresu kształcenia o nowe zawody</w:t>
+      </w:r>
+      <w:r w:rsidR="008E58C7" w:rsidRPr="006A14B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> w przypadku szkoły </w:t>
+      </w:r>
+      <w:r w:rsidR="008E58C7" w:rsidRPr="006A14B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>pozytywna opinia kuratora</w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> w przypadku szkoły ponadpodstawowej prowadzącej kształcenie zawodowe</w:t>
+        <w:t>ponadpodstawowej prowadzącej kształcenie zawodowe</w:t>
       </w:r>
       <w:r w:rsidR="002B79F4" w:rsidRPr="006A14B5">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="008E58C7" w:rsidRPr="006A14B5">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> a także </w:t>
       </w:r>
       <w:r w:rsidR="006A14B5">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve">w przypadku </w:t>
       </w:r>
       <w:r w:rsidR="002B79F4" w:rsidRPr="006A14B5">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t>zmiany siedziby szkoły</w:t>
       </w:r>
@@ -1913,51 +1949,51 @@
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t>rzednia i nowa osoba prowadząca</w:t>
       </w:r>
       <w:r w:rsidR="00C83866" w:rsidRPr="006A14B5">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C83866" w:rsidRPr="006A14B5">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>(druk)</w:t>
       </w:r>
       <w:r w:rsidR="00B84FA6" w:rsidRPr="006A14B5">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="618C811B" w14:textId="332E7007" w:rsidR="002D2A0E" w:rsidRPr="006A14B5" w:rsidRDefault="00B84FA6" w:rsidP="006A14B5">
+    <w:p w14:paraId="4FE6B5E0" w14:textId="07F5C090" w:rsidR="007C283E" w:rsidRPr="007C283E" w:rsidRDefault="00B84FA6" w:rsidP="007C283E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:after="240" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006A14B5">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve">w przypadku zmiany osoby prowadzącej na osobę fizyczną, </w:t>
       </w:r>
       <w:r w:rsidRPr="006A14B5">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
@@ -1981,700 +2017,683 @@
         </w:rPr>
         <w:t xml:space="preserve">osoby </w:t>
       </w:r>
       <w:r w:rsidR="00C83866" w:rsidRPr="006A14B5">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve">fizycznej </w:t>
       </w:r>
       <w:r w:rsidRPr="006A14B5">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>(druk)</w:t>
       </w:r>
       <w:r w:rsidRPr="006A14B5">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6256A499" w14:textId="77777777" w:rsidR="007D5A32" w:rsidRPr="006A14B5" w:rsidRDefault="007D5A32" w:rsidP="006A14B5">
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
+    <w:p w14:paraId="354C4A71" w14:textId="77777777" w:rsidR="007C283E" w:rsidRPr="007C283E" w:rsidRDefault="007C283E" w:rsidP="007C283E">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:b/>
-          <w:lang w:eastAsia="en-US"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C283E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:b/>
-          <w:lang w:eastAsia="en-US"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>INFORMACJE DOTYCZĄCE PRZETWARZANIA DANYCH OSOBOWYCH</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AD0B11C" w14:textId="77777777" w:rsidR="007C283E" w:rsidRPr="007C283E" w:rsidRDefault="007C283E" w:rsidP="007C283E">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C283E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Niniejszą informację otrzymuje Pani/Pan w związku z obowiązkami określonymi w art. 13 rozporządzenia Parlamentu Europejskiego i Rady (UE) 2016/679 z dnia 27 kwietnia 2016 r. w sprawie ochrony osób </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C283E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>INFORMACJE DOTYCZĄCE PRZETWARZANIA TWOICH DANYCH OSOBOWYCH</w:t>
-[...36 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Tahoma"/>
+        <w:t xml:space="preserve">fizycznych w związku z przetwarzaniem danych osobowych i w sprawie swobodnego przepływu takich danych oraz uchylenia dyrektywy 95/46/WE (ogólne rozporządzenie o ochronie danych) (Dziennik Urzędowy Unii Europejskiej z dnia 4 maja 2016 r. L 119/1). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="432753C4" w14:textId="77777777" w:rsidR="007C283E" w:rsidRPr="007C283E" w:rsidRDefault="007C283E" w:rsidP="007C283E">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:b/>
-          <w:lang w:eastAsia="en-US"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Tahoma"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C283E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:b/>
-          <w:lang w:eastAsia="en-US"/>
-[...87 lines deleted...]
-          <w:lang w:eastAsia="en-US"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Administrator danych osobowych (ADO)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56C562D0" w14:textId="77777777" w:rsidR="007C283E" w:rsidRPr="007C283E" w:rsidRDefault="007C283E" w:rsidP="007C283E">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C283E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Administratorem Pani/Pana danych osobowych jest Prezydent Wrocławia, z którym można się skontaktować w następujący sposób:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D6CB2E1" w14:textId="77777777" w:rsidR="007C283E" w:rsidRPr="007C283E" w:rsidRDefault="007C283E" w:rsidP="007C283E">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C283E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>- listownie na adres: Prezydent Wrocławia, Urząd Miejski Wrocławia, pl. Nowy Targ 1-8, 50-141 Wrocław,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E176276" w14:textId="77777777" w:rsidR="007C283E" w:rsidRPr="007C283E" w:rsidRDefault="007C283E" w:rsidP="007C283E">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C283E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>- za pośrednictwem poczty elektronicznej na adres: wfi@um.wroc.pl,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62294B77" w14:textId="77777777" w:rsidR="007C283E" w:rsidRPr="007C283E" w:rsidRDefault="007C283E" w:rsidP="007C283E">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C283E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>- telefonicznie: +48 71 777 77 06.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DCFFB9C" w14:textId="77777777" w:rsidR="007D5A32" w:rsidRPr="006A14B5" w:rsidRDefault="007D5A32" w:rsidP="006A14B5">
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Tahoma"/>
+    <w:p w14:paraId="65410525" w14:textId="77777777" w:rsidR="007C283E" w:rsidRPr="007C283E" w:rsidRDefault="007C283E" w:rsidP="007C283E">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:b/>
-          <w:lang w:eastAsia="en-US"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Tahoma"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C283E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:b/>
-          <w:lang w:eastAsia="en-US"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Cele przetwarzania danych</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1EF45283" w14:textId="77777777" w:rsidR="007D5A32" w:rsidRPr="006A14B5" w:rsidRDefault="007D5A32" w:rsidP="006A14B5">
-[...19 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Tahoma"/>
+    <w:p w14:paraId="0A6F5262" w14:textId="77777777" w:rsidR="007C283E" w:rsidRPr="007C283E" w:rsidRDefault="007C283E" w:rsidP="007C283E">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C283E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Pani/Pana dane osobowe będą przetwarzane w celu prowadzenia spraw związanych z wpisem/zmianą we wpisie szkoły lub placówki oświatowej do ewidencji szkół i placówek niepublicznych prowadzonej przez Gminę Wrocław.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BB82954" w14:textId="77777777" w:rsidR="007C283E" w:rsidRPr="007C283E" w:rsidRDefault="007C283E" w:rsidP="007C283E">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:b/>
-          <w:lang w:eastAsia="en-US"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Tahoma"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C283E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:b/>
-          <w:lang w:eastAsia="en-US"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Podstawy prawne przetwarzania</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1EED1F4C" w14:textId="76EFD5C5" w:rsidR="007D5A32" w:rsidRPr="006A14B5" w:rsidRDefault="007D5A32" w:rsidP="006A14B5">
-[...47 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Tahoma"/>
+    <w:p w14:paraId="13167068" w14:textId="77777777" w:rsidR="007C283E" w:rsidRPr="007C283E" w:rsidRDefault="007C283E" w:rsidP="007C283E">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C283E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Będziemy przetwarzać Pani/Pana dane osobowe na podstawie art. 6 ust. 1 lit. c) RODO, ustawy z dnia 14 grudnia 2016 r. – Prawo oświatowe oraz ustawy z dnia 14 czerwca 1960 r. Kodeks postępowania administracyjnego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5EE3070B" w14:textId="77777777" w:rsidR="007C283E" w:rsidRPr="007C283E" w:rsidRDefault="007C283E" w:rsidP="007C283E">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:b/>
-          <w:lang w:eastAsia="en-US"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Tahoma"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C283E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:b/>
-          <w:lang w:eastAsia="en-US"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Tahoma"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Obligatoryjność/fakultatywność podania danych osobowych </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="469212DA" w14:textId="77777777" w:rsidR="007C283E" w:rsidRPr="007C283E" w:rsidRDefault="007C283E" w:rsidP="007C283E">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C283E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:bCs/>
-          <w:lang w:eastAsia="en-US"/>
-[...15 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Tahoma"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Podanie przez Panią/Pana danych osobowych jest wymogiem ustawowym wynikającym z </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C283E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ustawy z dnia 14 grudnia 2016 r. – Prawo oświatowe oraz ustawy z dnia 14 czerwca 1960 r. Kodeks postępowania administracyjnego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CEA1793" w14:textId="77777777" w:rsidR="007C283E" w:rsidRPr="007C283E" w:rsidRDefault="007C283E" w:rsidP="007C283E">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:b/>
-          <w:lang w:eastAsia="en-US"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Tahoma"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C283E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:b/>
-          <w:lang w:eastAsia="en-US"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Okres retencji danych</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B974F32" w14:textId="77777777" w:rsidR="007C283E" w:rsidRPr="007C283E" w:rsidRDefault="007C283E" w:rsidP="007C283E">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C283E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Pani/Pana dane osobowe będą przetwarzane przez Urząd Miejski Wrocławia przez 25 lat od stycznia kolejnego roku po zakończeniu Twojej sprawy, następnie zostaną przekazane do Archiwum Państwowego we Wrocławiu, gdzie będą przechowywane wieczyście.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26C6277A" w14:textId="77777777" w:rsidR="007C283E" w:rsidRPr="007C283E" w:rsidRDefault="007C283E" w:rsidP="007C283E">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:b/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C283E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:b/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Odbiorcy danych</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1AE545F8" w14:textId="77777777" w:rsidR="007C283E" w:rsidRPr="007C283E" w:rsidRDefault="007C283E" w:rsidP="007C283E">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C283E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Odbiorcami Pani/Pana danych osobowych mogą być:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68B9FBFB" w14:textId="77777777" w:rsidR="007C283E" w:rsidRPr="007C283E" w:rsidRDefault="007C283E" w:rsidP="007C283E">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C283E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Okres przechowywania danych</w:t>
-[...56 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        <w:t>- dostawcy usług IT,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4204B190" w14:textId="77777777" w:rsidR="007C283E" w:rsidRPr="007C283E" w:rsidRDefault="007C283E" w:rsidP="007C283E">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C283E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>- podmioty przetwarzające dane na zlecenie administratora,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="491CB1EF" w14:textId="77777777" w:rsidR="007C283E" w:rsidRPr="007C283E" w:rsidRDefault="007C283E" w:rsidP="007C283E">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C283E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>- podmioty upoważnione na podstawie przepisów prawa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CE308BF" w14:textId="77777777" w:rsidR="007C283E" w:rsidRPr="007C283E" w:rsidRDefault="007C283E" w:rsidP="007C283E">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C283E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- podmioty prowadzące działalność pocztową lub kurierską </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C283E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(jeżeli odpowiedź jest wysyłana pocztą, E-doręczenia, kurierem).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5CD368F1" w14:textId="77777777" w:rsidR="007C283E" w:rsidRPr="007C283E" w:rsidRDefault="007C283E" w:rsidP="007C283E">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C283E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Takie podmioty przetwarzają dane na podstawie zawartej umowy z administratorem i tylko zgodnie z jego poleceniami.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="356DD293" w14:textId="77777777" w:rsidR="007C283E" w:rsidRPr="007C283E" w:rsidRDefault="007C283E" w:rsidP="007C283E">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C283E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:b/>
-        </w:rPr>
-[...125 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Tahoma"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Przysługujące prawa</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51340FE4" w14:textId="77777777" w:rsidR="007C283E" w:rsidRPr="007C283E" w:rsidRDefault="007C283E" w:rsidP="007C283E">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C283E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Przysługuje Pani/Panu:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55528A66" w14:textId="77777777" w:rsidR="007C283E" w:rsidRPr="007C283E" w:rsidRDefault="007C283E" w:rsidP="007C283E">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C283E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>- prawo dostępu do swoich danych oraz otrzymania ich kopii,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A944C76" w14:textId="77777777" w:rsidR="007C283E" w:rsidRPr="007C283E" w:rsidRDefault="007C283E" w:rsidP="007C283E">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C283E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>- prawo do sprostowania (poprawiania) swoich danych,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="064629CE" w14:textId="77777777" w:rsidR="007C283E" w:rsidRPr="007C283E" w:rsidRDefault="007C283E" w:rsidP="007C283E">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C283E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>- prawo do ograniczenia przetwarzania danych,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CBE7CA2" w14:textId="77777777" w:rsidR="007C283E" w:rsidRPr="007C283E" w:rsidRDefault="007C283E" w:rsidP="007C283E">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C283E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>- prawo do wniesienia skargi do organu nadzorczego – tj. Prezesa Urzędu Ochrony Danych Osobowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42C0208D" w14:textId="77777777" w:rsidR="007C283E" w:rsidRPr="007C283E" w:rsidRDefault="007C283E" w:rsidP="007C283E">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:b/>
-          <w:lang w:eastAsia="en-US"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Tahoma"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C283E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:b/>
-          <w:lang w:eastAsia="en-US"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Inspektor Ochrony Danych</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="700D721A" w14:textId="77777777" w:rsidR="007D5A32" w:rsidRPr="006A14B5" w:rsidRDefault="007D5A32" w:rsidP="006A14B5">
-[...101 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Tahoma"/>
+    <w:p w14:paraId="5FADA8EC" w14:textId="77777777" w:rsidR="007C283E" w:rsidRPr="007C283E" w:rsidRDefault="007C283E" w:rsidP="007C283E">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C283E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>W Urzędzie wyznaczony został Inspektor Ochrony Danych. Jest to osoba, z którą można się kontaktować w sprawach dotyczących przetwarzania Pani/Pana danych osobowych oraz korzystania z przysługujących Pani/Panu praw związanych z przetwarzaniem danych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24364E90" w14:textId="77777777" w:rsidR="007C283E" w:rsidRPr="007C283E" w:rsidRDefault="007C283E" w:rsidP="007C283E">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C283E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Z Inspektorem można skontaktować się w następujący sposób:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5270A235" w14:textId="77777777" w:rsidR="007C283E" w:rsidRPr="007C283E" w:rsidRDefault="007C283E" w:rsidP="007C283E">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C283E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>- listownie na adres: al. M. Kromera 44, 51-163 Wrocław</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="460BB86D" w14:textId="77777777" w:rsidR="007C283E" w:rsidRPr="007C283E" w:rsidRDefault="007C283E" w:rsidP="007C283E">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C283E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>- przez e-mail: iod@um.wroc.pl</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AAEFA06" w14:textId="77777777" w:rsidR="007C283E" w:rsidRPr="007C283E" w:rsidRDefault="007C283E" w:rsidP="007C283E">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C283E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>- telefonicznie: 71 777 77 24.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35BA9C82" w14:textId="77777777" w:rsidR="007C283E" w:rsidRPr="007C283E" w:rsidRDefault="007C283E" w:rsidP="007C283E">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:b/>
-          <w:lang w:eastAsia="en-US"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Tahoma"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C283E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:b/>
-          <w:lang w:eastAsia="en-US"/>
-[...1 lines deleted...]
-        <w:lastRenderedPageBreak/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t>Prawo wniesienia skargi do organu</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="534EEE5A" w14:textId="173699C8" w:rsidR="00125D7B" w:rsidRPr="006A14B5" w:rsidRDefault="007D5A32" w:rsidP="006A14B5">
-[...9 lines deleted...]
-          <w:lang w:eastAsia="en-US"/>
+    <w:p w14:paraId="78F812E4" w14:textId="544976D8" w:rsidR="007C283E" w:rsidRPr="007C283E" w:rsidRDefault="007C283E" w:rsidP="007C283E">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C283E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Przysługuje Pani/Panu także prawo wniesienia skargi do organu nadzorczego zajmującego się ochroną danych osobowych, tj. Prezesa Urzędu Ochrony Danych Osobowych, ul. Stawki 2, 00-193 Warszawa</w:t>
       </w:r>
-      <w:r w:rsidR="00125D7B" w:rsidRPr="006A14B5">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B70A2A2" w14:textId="77777777" w:rsidR="006A14B5" w:rsidRDefault="00125D7B" w:rsidP="006A14B5">
-[...1 lines deleted...]
-        <w:spacing w:before="600" w:line="360" w:lineRule="auto"/>
+    <w:p w14:paraId="5B70A2A2" w14:textId="77777777" w:rsidR="006A14B5" w:rsidRDefault="00125D7B" w:rsidP="007C283E">
+      <w:pPr>
+        <w:spacing w:before="720" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="357"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006A14B5">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t>…………….…………………………………………………….…</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D61D2BA" w14:textId="14675691" w:rsidR="00125D7B" w:rsidRPr="006A14B5" w:rsidRDefault="00125D7B" w:rsidP="006A14B5">
       <w:pPr>
         <w:spacing w:before="120" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="357"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006A14B5">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
@@ -2698,71 +2717,71 @@
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve">czytelny </w:t>
       </w:r>
       <w:r w:rsidRPr="006A14B5">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve">podpis osoby prowadzącej fizycznej </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="08AC143E" w14:textId="616432EE" w:rsidR="0030348E" w:rsidRPr="006A14B5" w:rsidRDefault="00125D7B" w:rsidP="006A14B5">
       <w:pPr>
         <w:spacing w:after="480" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006A14B5">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                 lub prawnej zgodnie z reprezentacją)</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="0030348E" w:rsidRPr="006A14B5" w:rsidSect="006C0C89">
+    <w:sectPr w:rsidR="0030348E" w:rsidRPr="006A14B5" w:rsidSect="00BB4696">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="899" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="851" w:right="1417" w:bottom="1276" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="36992CD8" w14:textId="77777777" w:rsidR="000F65F1" w:rsidRDefault="000F65F1" w:rsidP="004E6386">
+    <w:p w14:paraId="69A41386" w14:textId="77777777" w:rsidR="00A2718A" w:rsidRDefault="00A2718A" w:rsidP="004E6386">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="789E2BFB" w14:textId="77777777" w:rsidR="000F65F1" w:rsidRDefault="000F65F1" w:rsidP="004E6386">
+    <w:p w14:paraId="1D0E00EB" w14:textId="77777777" w:rsidR="00A2718A" w:rsidRDefault="00A2718A" w:rsidP="004E6386">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -2816,71 +2835,64 @@
     <w:notTrueType/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="NSimSun">
     <w:panose1 w:val="02010609030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Tahoma">
-[...5 lines deleted...]
-  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4C913616" w14:textId="77777777" w:rsidR="000F65F1" w:rsidRDefault="000F65F1" w:rsidP="004E6386">
+    <w:p w14:paraId="135EBA3C" w14:textId="77777777" w:rsidR="00A2718A" w:rsidRDefault="00A2718A" w:rsidP="004E6386">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="71DF9A41" w14:textId="77777777" w:rsidR="000F65F1" w:rsidRDefault="000F65F1" w:rsidP="004E6386">
+    <w:p w14:paraId="180442AB" w14:textId="77777777" w:rsidR="00A2718A" w:rsidRDefault="00A2718A" w:rsidP="004E6386">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0D577BF9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="88EA0766"/>
     <w:lvl w:ilvl="0" w:tplc="CB1EE33A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
@@ -4351,163 +4363,169 @@
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="12">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="13">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="14">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="15">
     <w:abstractNumId w:val="7"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="425"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00554B5D"/>
     <w:rsid w:val="000020B7"/>
     <w:rsid w:val="0000252C"/>
     <w:rsid w:val="00077FB2"/>
     <w:rsid w:val="00081223"/>
     <w:rsid w:val="000962E3"/>
     <w:rsid w:val="00097E5D"/>
     <w:rsid w:val="000C4129"/>
     <w:rsid w:val="000F65F1"/>
     <w:rsid w:val="000F7EBC"/>
     <w:rsid w:val="00114A56"/>
     <w:rsid w:val="00125D7B"/>
     <w:rsid w:val="001367BA"/>
     <w:rsid w:val="0014690B"/>
     <w:rsid w:val="00163425"/>
     <w:rsid w:val="001972EB"/>
     <w:rsid w:val="0022617F"/>
     <w:rsid w:val="00254327"/>
     <w:rsid w:val="002B27B2"/>
     <w:rsid w:val="002B5FBD"/>
     <w:rsid w:val="002B79F4"/>
     <w:rsid w:val="002C45F3"/>
     <w:rsid w:val="002D2A0E"/>
     <w:rsid w:val="0030348E"/>
+    <w:rsid w:val="00310A1D"/>
     <w:rsid w:val="00312E66"/>
     <w:rsid w:val="00360528"/>
     <w:rsid w:val="00377938"/>
     <w:rsid w:val="00391272"/>
     <w:rsid w:val="00391308"/>
     <w:rsid w:val="003A0462"/>
     <w:rsid w:val="003A2459"/>
     <w:rsid w:val="003A73FC"/>
     <w:rsid w:val="003B7BF5"/>
+    <w:rsid w:val="003C10A0"/>
     <w:rsid w:val="003D4CC2"/>
     <w:rsid w:val="00407D97"/>
     <w:rsid w:val="00456CD9"/>
     <w:rsid w:val="004E54B8"/>
     <w:rsid w:val="004E6386"/>
     <w:rsid w:val="004F6B16"/>
     <w:rsid w:val="00523A9B"/>
     <w:rsid w:val="00535AA4"/>
     <w:rsid w:val="00554B5D"/>
     <w:rsid w:val="005670AD"/>
     <w:rsid w:val="005740B3"/>
     <w:rsid w:val="005A152F"/>
     <w:rsid w:val="005B7D52"/>
     <w:rsid w:val="005C2914"/>
     <w:rsid w:val="005D6431"/>
     <w:rsid w:val="00664E5A"/>
     <w:rsid w:val="006A14B5"/>
     <w:rsid w:val="006B62C9"/>
     <w:rsid w:val="006C0C89"/>
     <w:rsid w:val="006D4DE8"/>
     <w:rsid w:val="0074086F"/>
     <w:rsid w:val="007634B7"/>
     <w:rsid w:val="007810CB"/>
     <w:rsid w:val="00792931"/>
     <w:rsid w:val="00793488"/>
     <w:rsid w:val="00795D76"/>
     <w:rsid w:val="007A13E4"/>
+    <w:rsid w:val="007C283E"/>
     <w:rsid w:val="007C5D8A"/>
     <w:rsid w:val="007D5A32"/>
     <w:rsid w:val="007D65FF"/>
     <w:rsid w:val="00811D31"/>
     <w:rsid w:val="00832BF5"/>
     <w:rsid w:val="00841B2D"/>
     <w:rsid w:val="00852086"/>
     <w:rsid w:val="008E0DA1"/>
     <w:rsid w:val="008E58C7"/>
     <w:rsid w:val="009031E9"/>
     <w:rsid w:val="00913D2B"/>
     <w:rsid w:val="00914397"/>
     <w:rsid w:val="00933F61"/>
     <w:rsid w:val="00942828"/>
     <w:rsid w:val="00944B6B"/>
     <w:rsid w:val="00946ABA"/>
     <w:rsid w:val="009C4909"/>
     <w:rsid w:val="009F159E"/>
     <w:rsid w:val="009F734C"/>
     <w:rsid w:val="00A100DB"/>
     <w:rsid w:val="00A2452C"/>
     <w:rsid w:val="00A2657D"/>
+    <w:rsid w:val="00A2718A"/>
     <w:rsid w:val="00A44B94"/>
     <w:rsid w:val="00A5094F"/>
     <w:rsid w:val="00A51BDA"/>
     <w:rsid w:val="00A55A62"/>
     <w:rsid w:val="00A824D3"/>
     <w:rsid w:val="00A8483A"/>
     <w:rsid w:val="00AC7811"/>
     <w:rsid w:val="00AE60B9"/>
     <w:rsid w:val="00AF2768"/>
     <w:rsid w:val="00B62AD2"/>
     <w:rsid w:val="00B71C57"/>
     <w:rsid w:val="00B84FA6"/>
     <w:rsid w:val="00B85D43"/>
+    <w:rsid w:val="00BB4696"/>
     <w:rsid w:val="00BB542F"/>
     <w:rsid w:val="00C166D2"/>
     <w:rsid w:val="00C27863"/>
     <w:rsid w:val="00C43973"/>
     <w:rsid w:val="00C83866"/>
     <w:rsid w:val="00C851BE"/>
     <w:rsid w:val="00C9243E"/>
     <w:rsid w:val="00CA6D30"/>
     <w:rsid w:val="00CC1ACC"/>
     <w:rsid w:val="00D070F6"/>
     <w:rsid w:val="00D10CFE"/>
     <w:rsid w:val="00D2624F"/>
     <w:rsid w:val="00D271E7"/>
     <w:rsid w:val="00D65090"/>
     <w:rsid w:val="00D82AD3"/>
     <w:rsid w:val="00DA7A97"/>
     <w:rsid w:val="00E10B57"/>
     <w:rsid w:val="00E2381B"/>
     <w:rsid w:val="00E559E1"/>
     <w:rsid w:val="00E73DAC"/>
     <w:rsid w:val="00E84C24"/>
     <w:rsid w:val="00F059FF"/>
     <w:rsid w:val="00F16F43"/>
     <w:rsid w:val="00F443AA"/>
   </w:rsids>
@@ -5255,50 +5273,63 @@
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Akapitzlist1">
     <w:name w:val="Akapit z listą1"/>
     <w:basedOn w:val="Normalny"/>
     <w:rsid w:val="009031E9"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:ind w:left="708"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
+    <w:div w:id="151990823">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="825242523">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="988829081">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
@@ -5577,68 +5608,68 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>6</Pages>
-[...1 lines deleted...]
-  <Characters>6936</Characters>
+  <Pages>5</Pages>
+  <Words>1140</Words>
+  <Characters>6844</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>57</Lines>
-  <Paragraphs>16</Paragraphs>
+  <Paragraphs>15</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Załóż domowe przedszkole-formularz zgłoszeniowy</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>UMW</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8076</CharactersWithSpaces>
+  <CharactersWithSpaces>7969</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Załóż domowe przedszkole-formularz zgłoszeniowy</dc:title>
   <dc:creator>WI</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>