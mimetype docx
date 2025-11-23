--- v0 (2025-10-11)
+++ v1 (2025-11-23)
@@ -25,51 +25,51 @@
   <w:body>
     <w:p w14:paraId="31CA1F08" w14:textId="77777777" w:rsidR="00D709F0" w:rsidRPr="0071481A" w:rsidRDefault="00E2666F" w:rsidP="00FD2435">
       <w:pPr>
         <w:pStyle w:val="Tytu"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0071481A">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>ZOBOWIĄZANI</w:t>
       </w:r>
       <w:r w:rsidR="00D709F0" w:rsidRPr="0071481A">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>E</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74737D25" w14:textId="16B30A44" w:rsidR="00D709F0" w:rsidRPr="0071481A" w:rsidRDefault="004346D0" w:rsidP="00495174">
+    <w:p w14:paraId="74737D25" w14:textId="22E571DA" w:rsidR="00D709F0" w:rsidRPr="0071481A" w:rsidRDefault="004346D0" w:rsidP="00495174">
       <w:pPr>
         <w:pStyle w:val="Tytu"/>
         <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0071481A">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Zgodnie z art. </w:t>
       </w:r>
       <w:r w:rsidR="008B1284" w:rsidRPr="0071481A">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
@@ -143,78 +143,78 @@
       <w:r w:rsidRPr="0071481A">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00495174" w:rsidRPr="0071481A">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">tekst jedn.: </w:t>
       </w:r>
       <w:r w:rsidR="0019653B" w:rsidRPr="0071481A">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>Dz. U. z 202</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00647751" w:rsidRPr="0071481A">
+        <w:t xml:space="preserve">Dz. U. z </w:t>
+      </w:r>
+      <w:r w:rsidR="001759E0">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>4</w:t>
+        <w:t>2025</w:t>
       </w:r>
       <w:r w:rsidR="0019653B" w:rsidRPr="0071481A">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> r., poz. </w:t>
       </w:r>
-      <w:r w:rsidR="00647751" w:rsidRPr="0071481A">
+      <w:r w:rsidR="001759E0">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>737</w:t>
+        <w:t>1043</w:t>
       </w:r>
       <w:r w:rsidR="009A2594" w:rsidRPr="0071481A">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> z</w:t>
       </w:r>
       <w:r w:rsidR="00495174" w:rsidRPr="0071481A">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00495174" w:rsidRPr="0071481A">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
@@ -320,76 +320,84 @@
       <w:r w:rsidRPr="0071481A">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="2540C2DF" w14:textId="77777777" w:rsidR="00FD2435" w:rsidRPr="0071481A" w:rsidRDefault="00FD2435" w:rsidP="00FD2435">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0071481A">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4080B423" w14:textId="77777777" w:rsidR="00D709F0" w:rsidRPr="0071481A" w:rsidRDefault="00D709F0" w:rsidP="00FD2435">
+    <w:p w14:paraId="4080B423" w14:textId="77777777" w:rsidR="00D709F0" w:rsidRPr="001759E0" w:rsidRDefault="00D709F0" w:rsidP="00FD2435">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001759E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+          <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">(nazwa </w:t>
       </w:r>
-      <w:r w:rsidR="00484675" w:rsidRPr="0071481A">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+      <w:r w:rsidR="00484675" w:rsidRPr="001759E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+          <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">i adres </w:t>
       </w:r>
-      <w:r w:rsidRPr="0071481A">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+      <w:r w:rsidRPr="001759E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+          <w:iCs/>
         </w:rPr>
         <w:t>osoby prowadzącej)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="152231AD" w14:textId="77777777" w:rsidR="00D709F0" w:rsidRPr="0071481A" w:rsidRDefault="00BD7F60" w:rsidP="00495174">
       <w:pPr>
         <w:spacing w:before="120" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0071481A">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve">jako osoba prowadząca </w:t>
       </w:r>
       <w:r w:rsidR="00644944" w:rsidRPr="0071481A">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t>nie</w:t>
       </w:r>
       <w:r w:rsidR="00D709F0" w:rsidRPr="0071481A">
         <w:rPr>
@@ -427,73 +435,81 @@
       </w:pPr>
       <w:r w:rsidRPr="0071481A">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="41C15D34" w14:textId="77777777" w:rsidR="00D709F0" w:rsidRPr="0071481A" w:rsidRDefault="00FD2435" w:rsidP="00FD2435">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0071481A">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32217573" w14:textId="77777777" w:rsidR="00D709F0" w:rsidRPr="0071481A" w:rsidRDefault="00D709F0" w:rsidP="00FD2435">
+    <w:p w14:paraId="32217573" w14:textId="77777777" w:rsidR="00D709F0" w:rsidRPr="001759E0" w:rsidRDefault="00D709F0" w:rsidP="00FD2435">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001759E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+          <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">(nazwa </w:t>
       </w:r>
-      <w:r w:rsidR="00A66A75" w:rsidRPr="0071481A">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+      <w:r w:rsidR="00A66A75" w:rsidRPr="001759E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+          <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">i adres </w:t>
       </w:r>
-      <w:r w:rsidRPr="0071481A">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+      <w:r w:rsidRPr="001759E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+          <w:iCs/>
         </w:rPr>
         <w:t>szkoły)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="214C98ED" w14:textId="4D2D5AFF" w:rsidR="00AD77A3" w:rsidRPr="0071481A" w:rsidRDefault="00D709F0" w:rsidP="00495174">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0071481A">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">zobowiązuję się do przestrzegania wymagań określonych w art. </w:t>
       </w:r>
@@ -524,789 +540,719 @@
       <w:r w:rsidR="00484675" w:rsidRPr="0071481A">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">ustawy </w:t>
       </w:r>
       <w:r w:rsidR="008B1284" w:rsidRPr="0071481A">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Prawo oświatowe</w:t>
       </w:r>
       <w:r w:rsidRPr="0071481A">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C51E2EC" w14:textId="77777777" w:rsidR="0053543D" w:rsidRPr="0071481A" w:rsidRDefault="0053543D" w:rsidP="0053543D">
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
+    <w:p w14:paraId="0FEA801E" w14:textId="77777777" w:rsidR="001759E0" w:rsidRPr="001759E0" w:rsidRDefault="001759E0" w:rsidP="001759E0">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:b/>
-          <w:lang w:eastAsia="en-US"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001759E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:b/>
-          <w:lang w:eastAsia="en-US"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Tahoma"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>INFORMACJE DOTYCZĄCE PRZETWARZANIA DANYCH OSOBOWYCH</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3241BFCA" w14:textId="77777777" w:rsidR="001759E0" w:rsidRPr="001759E0" w:rsidRDefault="001759E0" w:rsidP="001759E0">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001759E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Niniejszą informację otrzymuje Pani/Pan w związku z obowiązkami określonymi w art. 13 rozporządzenia Parlamentu Europejskiego i Rady (UE) 2016/679 z dnia 27 kwietnia 2016 r. w sprawie ochrony osób fizycznych w związku z przetwarzaniem danych osobowych i w sprawie swobodnego przepływu takich danych oraz uchylenia dyrektywy 95/46/WE (ogólne rozporządzenie o ochronie danych) (Dziennik Urzędowy Unii Europejskiej z dnia 4 maja 2016 r. L 119/1). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F676766" w14:textId="77777777" w:rsidR="001759E0" w:rsidRPr="001759E0" w:rsidRDefault="001759E0" w:rsidP="001759E0">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:b/>
-          <w:lang w:eastAsia="en-US"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Tahoma"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001759E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:b/>
-          <w:lang w:eastAsia="en-US"/>
-[...87 lines deleted...]
-          <w:lang w:eastAsia="en-US"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Administrator danych osobowych (ADO)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5CF684AD" w14:textId="77777777" w:rsidR="001759E0" w:rsidRPr="001759E0" w:rsidRDefault="001759E0" w:rsidP="001759E0">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001759E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Administratorem Pani/Pana danych osobowych jest Prezydent Wrocławia, z którym można się skontaktować w następujący sposób:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="784CCBC4" w14:textId="77777777" w:rsidR="001759E0" w:rsidRPr="001759E0" w:rsidRDefault="001759E0" w:rsidP="001759E0">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001759E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>- listownie na adres: Prezydent Wrocławia, Urząd Miejski Wrocławia, pl. Nowy Targ 1-8, 50-141 Wrocław,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35322620" w14:textId="77777777" w:rsidR="001759E0" w:rsidRPr="001759E0" w:rsidRDefault="001759E0" w:rsidP="001759E0">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001759E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>- za pośrednictwem poczty elektronicznej na adres: wfi@um.wroc.pl,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FED6048" w14:textId="77777777" w:rsidR="001759E0" w:rsidRPr="001759E0" w:rsidRDefault="001759E0" w:rsidP="001759E0">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001759E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>- telefonicznie: +48 71 777 77 06.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0800B63F" w14:textId="77777777" w:rsidR="0053543D" w:rsidRPr="0071481A" w:rsidRDefault="0053543D" w:rsidP="0071481A">
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Tahoma"/>
+    <w:p w14:paraId="30938F03" w14:textId="77777777" w:rsidR="001759E0" w:rsidRPr="001759E0" w:rsidRDefault="001759E0" w:rsidP="001759E0">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:b/>
-          <w:lang w:eastAsia="en-US"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Tahoma"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001759E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:b/>
-          <w:lang w:eastAsia="en-US"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Cele przetwarzania danych</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27E22C4D" w14:textId="77777777" w:rsidR="001759E0" w:rsidRPr="001759E0" w:rsidRDefault="001759E0" w:rsidP="001759E0">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001759E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Cele przetwarzania danych</w:t>
-[...22 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Tahoma"/>
+        <w:t>Pani/Pana dane osobowe będą przetwarzane w celu prowadzenia spraw związanych z wpisem/zmianą we wpisie szkoły lub placówki oświatowej do ewidencji szkół i placówek niepublicznych prowadzonej przez Gminę Wrocław.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2ACA4105" w14:textId="77777777" w:rsidR="001759E0" w:rsidRPr="001759E0" w:rsidRDefault="001759E0" w:rsidP="001759E0">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:b/>
-          <w:lang w:eastAsia="en-US"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Tahoma"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001759E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:b/>
-          <w:lang w:eastAsia="en-US"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Podstawy prawne przetwarzania</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F40C9E6" w14:textId="4AFEAF57" w:rsidR="0053543D" w:rsidRPr="0071481A" w:rsidRDefault="0053543D" w:rsidP="0053543D">
-[...93 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Tahoma"/>
+    <w:p w14:paraId="2C2D1564" w14:textId="77777777" w:rsidR="001759E0" w:rsidRPr="001759E0" w:rsidRDefault="001759E0" w:rsidP="001759E0">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001759E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Będziemy przetwarzać Pani/Pana dane osobowe na podstawie art. 6 ust. 1 lit. c) RODO, ustawy z dnia 14 grudnia 2016 r. – Prawo oświatowe oraz ustawy z dnia 14 czerwca 1960 r. Kodeks postępowania administracyjnego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="589A561F" w14:textId="77777777" w:rsidR="001759E0" w:rsidRPr="001759E0" w:rsidRDefault="001759E0" w:rsidP="001759E0">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:b/>
-          <w:lang w:eastAsia="en-US"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Tahoma"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001759E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:b/>
-          <w:lang w:eastAsia="en-US"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Tahoma"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Obligatoryjność/fakultatywność podania danych osobowych </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33E6D754" w14:textId="77777777" w:rsidR="001759E0" w:rsidRPr="001759E0" w:rsidRDefault="001759E0" w:rsidP="001759E0">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001759E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:bCs/>
-          <w:lang w:eastAsia="en-US"/>
-[...15 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Tahoma"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Podanie przez Panią/Pana danych osobowych jest wymogiem ustawowym wynikającym z </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001759E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ustawy z dnia 14 grudnia 2016 r. – Prawo oświatowe oraz ustawy z dnia 14 czerwca 1960 r. Kodeks postępowania administracyjnego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39DF72DB" w14:textId="77777777" w:rsidR="001759E0" w:rsidRPr="001759E0" w:rsidRDefault="001759E0" w:rsidP="001759E0">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:b/>
-          <w:lang w:eastAsia="en-US"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Tahoma"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001759E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:b/>
-          <w:lang w:eastAsia="en-US"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Tahoma"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Okres retencji danych</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C45FE05" w14:textId="77777777" w:rsidR="001759E0" w:rsidRPr="001759E0" w:rsidRDefault="001759E0" w:rsidP="001759E0">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001759E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Pani/Pana dane osobowe będą przetwarzane przez Urząd Miejski Wrocławia przez 25 lat od stycznia kolejnego roku po zakończeniu Twojej sprawy, następnie zostaną przekazane do Archiwum Państwowego we Wrocławiu, gdzie będą przechowywane wieczyście.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="342EE414" w14:textId="77777777" w:rsidR="001759E0" w:rsidRPr="001759E0" w:rsidRDefault="001759E0" w:rsidP="001759E0">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:b/>
-          <w:lang w:eastAsia="en-US"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Tahoma"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001759E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:b/>
-          <w:lang w:eastAsia="en-US"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Odbiorcy danych</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A9D6BF9" w14:textId="77777777" w:rsidR="0053543D" w:rsidRPr="0071481A" w:rsidRDefault="0053543D" w:rsidP="0053543D">
-[...19 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+    <w:p w14:paraId="05F09A14" w14:textId="77777777" w:rsidR="001759E0" w:rsidRPr="001759E0" w:rsidRDefault="001759E0" w:rsidP="001759E0">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001759E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Odbiorcami Pani/Pana danych osobowych mogą być:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A539753" w14:textId="77777777" w:rsidR="001759E0" w:rsidRPr="001759E0" w:rsidRDefault="001759E0" w:rsidP="001759E0">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001759E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>- dostawcy usług IT,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73E155D7" w14:textId="77777777" w:rsidR="001759E0" w:rsidRPr="001759E0" w:rsidRDefault="001759E0" w:rsidP="001759E0">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001759E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>- podmioty przetwarzające dane na zlecenie administratora,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26A721B4" w14:textId="77777777" w:rsidR="001759E0" w:rsidRPr="001759E0" w:rsidRDefault="001759E0" w:rsidP="001759E0">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001759E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>- podmioty upoważnione na podstawie przepisów prawa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74C4AEF5" w14:textId="77777777" w:rsidR="001759E0" w:rsidRPr="001759E0" w:rsidRDefault="001759E0" w:rsidP="001759E0">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001759E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- podmioty prowadzące działalność pocztową lub kurierską </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001759E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(jeżeli odpowiedź jest wysyłana pocztą, E-doręczenia, kurierem).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3878F287" w14:textId="77777777" w:rsidR="001759E0" w:rsidRPr="001759E0" w:rsidRDefault="001759E0" w:rsidP="001759E0">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001759E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Takie podmioty przetwarzają dane na podstawie zawartej umowy z administratorem i tylko zgodnie z jego poleceniami.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12FCF2E6" w14:textId="77777777" w:rsidR="001759E0" w:rsidRPr="001759E0" w:rsidRDefault="001759E0" w:rsidP="001759E0">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001759E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:b/>
-        </w:rPr>
-[...125 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Tahoma"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Przysługujące prawa</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CFF0A78" w14:textId="77777777" w:rsidR="001759E0" w:rsidRPr="001759E0" w:rsidRDefault="001759E0" w:rsidP="001759E0">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001759E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Przysługuje Pani/Panu:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F4157D0" w14:textId="77777777" w:rsidR="001759E0" w:rsidRPr="001759E0" w:rsidRDefault="001759E0" w:rsidP="001759E0">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001759E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>- prawo dostępu do swoich danych oraz otrzymania ich kopii,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78D2A592" w14:textId="77777777" w:rsidR="001759E0" w:rsidRPr="001759E0" w:rsidRDefault="001759E0" w:rsidP="001759E0">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001759E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>- prawo do sprostowania (poprawiania) swoich danych,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4426B82B" w14:textId="77777777" w:rsidR="001759E0" w:rsidRPr="001759E0" w:rsidRDefault="001759E0" w:rsidP="001759E0">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001759E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>- prawo do ograniczenia przetwarzania danych,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C741347" w14:textId="77777777" w:rsidR="001759E0" w:rsidRPr="001759E0" w:rsidRDefault="001759E0" w:rsidP="001759E0">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001759E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>- prawo do wniesienia skargi do organu nadzorczego – tj. Prezesa Urzędu Ochrony Danych Osobowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C14537A" w14:textId="77777777" w:rsidR="001759E0" w:rsidRPr="001759E0" w:rsidRDefault="001759E0" w:rsidP="001759E0">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:b/>
-          <w:lang w:eastAsia="en-US"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Tahoma"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001759E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:b/>
-          <w:lang w:eastAsia="en-US"/>
-[...1 lines deleted...]
-        <w:lastRenderedPageBreak/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t>Inspektor Ochrony Danych</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64EB7A2E" w14:textId="77777777" w:rsidR="0053543D" w:rsidRPr="0071481A" w:rsidRDefault="0053543D" w:rsidP="0053543D">
-[...101 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Tahoma"/>
+    <w:p w14:paraId="22D32A24" w14:textId="77777777" w:rsidR="001759E0" w:rsidRPr="001759E0" w:rsidRDefault="001759E0" w:rsidP="001759E0">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001759E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>W Urzędzie wyznaczony został Inspektor Ochrony Danych. Jest to osoba, z którą można się kontaktować w sprawach dotyczących przetwarzania Pani/Pana danych osobowych oraz korzystania z przysługujących Pani/Panu praw związanych z przetwarzaniem danych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A04711C" w14:textId="77777777" w:rsidR="001759E0" w:rsidRPr="001759E0" w:rsidRDefault="001759E0" w:rsidP="001759E0">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001759E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Z Inspektorem można skontaktować się w następujący sposób:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37740455" w14:textId="77777777" w:rsidR="001759E0" w:rsidRPr="001759E0" w:rsidRDefault="001759E0" w:rsidP="001759E0">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001759E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>- listownie na adres: al. M. Kromera 44, 51-163 Wrocław</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78D6FD74" w14:textId="77777777" w:rsidR="001759E0" w:rsidRPr="001759E0" w:rsidRDefault="001759E0" w:rsidP="001759E0">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001759E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>- przez e-mail: iod@um.wroc.pl</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6AC63D67" w14:textId="77777777" w:rsidR="001759E0" w:rsidRPr="001759E0" w:rsidRDefault="001759E0" w:rsidP="001759E0">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001759E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>- telefonicznie: 71 777 77 24.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="522E98C5" w14:textId="77777777" w:rsidR="001759E0" w:rsidRPr="001759E0" w:rsidRDefault="001759E0" w:rsidP="001759E0">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:b/>
-          <w:lang w:eastAsia="en-US"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Tahoma"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001759E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:b/>
-          <w:lang w:eastAsia="en-US"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Prawo wniesienia skargi do organu</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32E10496" w14:textId="52728E1C" w:rsidR="00495174" w:rsidRPr="0071481A" w:rsidRDefault="0053543D" w:rsidP="0053543D">
-[...9 lines deleted...]
-          <w:lang w:eastAsia="en-US"/>
+    <w:p w14:paraId="60A79D40" w14:textId="77777777" w:rsidR="001759E0" w:rsidRPr="001759E0" w:rsidRDefault="001759E0" w:rsidP="001759E0">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001759E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Przysługuje Pani/Panu także prawo wniesienia skargi do organu nadzorczego zajmującego się ochroną danych osobowych, tj. Prezesa Urzędu Ochrony Danych Osobowych, ul. Stawki 2, 00-193 Warszawa</w:t>
       </w:r>
-      <w:r w:rsidR="00495174" w:rsidRPr="0071481A">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+      <w:r w:rsidRPr="001759E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7D79C1E2" w14:textId="77777777" w:rsidR="00495174" w:rsidRPr="0071481A" w:rsidRDefault="00495174" w:rsidP="0071481A">
       <w:pPr>
         <w:spacing w:before="720" w:line="312" w:lineRule="auto"/>
         <w:ind w:left="357"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0071481A">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t>…………….…………………………………………………….…</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="686D5FA0" w14:textId="77777777" w:rsidR="0071481A" w:rsidRDefault="00495174" w:rsidP="00DB6FF8">
+    <w:p w14:paraId="686D5FA0" w14:textId="5B094A1A" w:rsidR="0071481A" w:rsidRDefault="00495174" w:rsidP="001759E0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="8335"/>
         </w:tabs>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0071481A">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
-        <w:tab/>
-        <w:t xml:space="preserve">      (</w:t>
+        <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="0071481A">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve">czytelny </w:t>
       </w:r>
       <w:r w:rsidRPr="0071481A">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
-        <w:t xml:space="preserve">podpis osoby prowadzącej </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="42FE4A33" w14:textId="5EE73F1F" w:rsidR="00D709F0" w:rsidRPr="0071481A" w:rsidRDefault="006264DA" w:rsidP="00DB6FF8">
+        <w:t>podpis osoby prowadzącej</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42FE4A33" w14:textId="5EE73F1F" w:rsidR="00D709F0" w:rsidRPr="0071481A" w:rsidRDefault="006264DA" w:rsidP="001759E0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="8335"/>
         </w:tabs>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0071481A">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t>szkołę/placówkę</w:t>
       </w:r>
       <w:r w:rsidR="00DB6FF8" w:rsidRPr="0071481A">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00D709F0" w:rsidRPr="0071481A" w:rsidSect="00495174">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1418" w:right="1418" w:bottom="1418" w:left="1418" w:header="708" w:footer="708" w:gutter="0"/>
@@ -1344,96 +1290,89 @@
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Comic Sans MS">
     <w:panose1 w:val="030F0702030302020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="script"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000287" w:usb1="00000013" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:sig w:usb0="00000687" w:usb1="00000013" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Liberation Mono">
     <w:altName w:val="Courier New"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:notTrueType/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="NSimSun">
     <w:panose1 w:val="02010609030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0D577BF9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="88EA0766"/>
     <w:lvl w:ilvl="0" w:tplc="CB1EE33A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
@@ -1968,64 +1907,65 @@
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="425"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00D709F0"/>
     <w:rsid w:val="00061A1E"/>
     <w:rsid w:val="001202BC"/>
+    <w:rsid w:val="001759E0"/>
     <w:rsid w:val="0019487A"/>
     <w:rsid w:val="0019653B"/>
     <w:rsid w:val="00206251"/>
     <w:rsid w:val="002557C3"/>
     <w:rsid w:val="00272785"/>
     <w:rsid w:val="002A32F5"/>
     <w:rsid w:val="00300A7B"/>
     <w:rsid w:val="0034340C"/>
     <w:rsid w:val="00370833"/>
     <w:rsid w:val="00393E0F"/>
     <w:rsid w:val="003D3333"/>
     <w:rsid w:val="003D3A95"/>
     <w:rsid w:val="00423AE7"/>
     <w:rsid w:val="004346D0"/>
     <w:rsid w:val="0047066A"/>
     <w:rsid w:val="00484675"/>
     <w:rsid w:val="00490BF2"/>
     <w:rsid w:val="00495174"/>
     <w:rsid w:val="0053543D"/>
     <w:rsid w:val="00551275"/>
     <w:rsid w:val="00555A38"/>
     <w:rsid w:val="00586D4B"/>
     <w:rsid w:val="005B2E08"/>
     <w:rsid w:val="005B7E2C"/>
     <w:rsid w:val="005C2F29"/>
@@ -2756,50 +2696,63 @@
       <w:color w:val="000000"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="596718770">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="848569094">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1892619992">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
@@ -3084,67 +3037,67 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F2048EE7-983E-4148-82E6-25896FB175BE}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>550</Words>
-  <Characters>3302</Characters>
+  <Words>534</Words>
+  <Characters>3205</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>27</Lines>
+  <Lines>26</Lines>
   <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Z O B O W I Ą Z A N I E</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Starostwo Powiatowe w Iławie</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3845</CharactersWithSpaces>
+  <CharactersWithSpaces>3732</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Z O B O W I Ą Z A N I E</dc:title>
   <dc:creator>Starostwo Powiatowe w Iławie</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>