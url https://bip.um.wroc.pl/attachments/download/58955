--- v0 (2025-10-11)
+++ v1 (2025-11-23)
@@ -289,177 +289,177 @@
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> z</w:t>
       </w:r>
       <w:r w:rsidR="0084321E" w:rsidRPr="00F862E0">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> późn. zm.</w:t>
       </w:r>
       <w:r w:rsidRPr="00F862E0">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9709" w:type="dxa"/>
+        <w:tblW w:w="9261" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2536"/>
-        <w:gridCol w:w="2960"/>
-        <w:gridCol w:w="4213"/>
+        <w:gridCol w:w="2862"/>
+        <w:gridCol w:w="3863"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00372580" w:rsidRPr="00F862E0" w14:paraId="681B3192" w14:textId="77777777" w:rsidTr="00F52FFF">
+      <w:tr w:rsidR="00372580" w:rsidRPr="00F862E0" w14:paraId="681B3192" w14:textId="77777777" w:rsidTr="00D92636">
         <w:trPr>
           <w:gridBefore w:val="1"/>
-          <w:wBefore w:w="2197" w:type="dxa"/>
-          <w:trHeight w:val="637"/>
+          <w:wBefore w:w="2536" w:type="dxa"/>
+          <w:trHeight w:val="467"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2974" w:type="dxa"/>
+            <w:tcW w:w="2862" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="686300BE" w14:textId="77777777" w:rsidR="00372580" w:rsidRPr="00F862E0" w:rsidRDefault="00372580" w:rsidP="00676B73">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F862E0">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
               <w:t>Data zgłoszenia poniższych informacji</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4538" w:type="dxa"/>
+            <w:tcW w:w="3863" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="39205F14" w14:textId="77777777" w:rsidR="00372580" w:rsidRPr="00F862E0" w:rsidRDefault="00372580" w:rsidP="00676B73">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="29EC44E1" w14:textId="77777777" w:rsidR="00ED7CA9" w:rsidRPr="00F862E0" w:rsidRDefault="00ED7CA9" w:rsidP="00676B73">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00372580" w:rsidRPr="00F862E0" w14:paraId="7E33FAA6" w14:textId="77777777" w:rsidTr="00F52FFF">
+      <w:tr w:rsidR="00372580" w:rsidRPr="00F862E0" w14:paraId="7E33FAA6" w14:textId="77777777" w:rsidTr="00D92636">
         <w:trPr>
-          <w:trHeight w:val="740"/>
+          <w:trHeight w:val="543"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2197" w:type="dxa"/>
+            <w:tcW w:w="2536" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="764992F7" w14:textId="77777777" w:rsidR="00372580" w:rsidRPr="00F862E0" w:rsidRDefault="00AF3842" w:rsidP="00676B73">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F862E0">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Wyszczególnienie</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2974" w:type="dxa"/>
+            <w:tcW w:w="2862" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7F980144" w14:textId="77777777" w:rsidR="00372580" w:rsidRPr="00F862E0" w:rsidRDefault="00372580" w:rsidP="00676B73">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F862E0">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Nazwa pola informacyjnego</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4538" w:type="dxa"/>
+            <w:tcW w:w="3863" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="05759182" w14:textId="0C075D05" w:rsidR="00CE033C" w:rsidRPr="00F862E0" w:rsidRDefault="00F32A27" w:rsidP="00676B73">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F862E0">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
             <w:r w:rsidRPr="00F862E0">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
@@ -519,101 +519,101 @@
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Zgłoszenie zmian do istniejącej szkoły (placówki)</w:t>
             </w:r>
             <w:r w:rsidR="00CE033C" w:rsidRPr="00F862E0">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
             <w:r w:rsidR="00594052" w:rsidRPr="00F862E0">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00372580" w:rsidRPr="00F862E0" w14:paraId="5D785DEB" w14:textId="77777777" w:rsidTr="00F52FFF">
+      <w:tr w:rsidR="00372580" w:rsidRPr="00F862E0" w14:paraId="5D785DEB" w14:textId="77777777" w:rsidTr="00D92636">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="928"/>
+          <w:trHeight w:val="681"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2197" w:type="dxa"/>
+            <w:tcW w:w="2536" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w14:paraId="2B23B4C2" w14:textId="77777777" w:rsidR="00372580" w:rsidRPr="00F862E0" w:rsidRDefault="00372580" w:rsidP="00676B73">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="13DA3319" w14:textId="77777777" w:rsidR="00372580" w:rsidRPr="00F862E0" w:rsidRDefault="00372580" w:rsidP="00676B73">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F862E0">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>Dane identyfikacyjne</w:t>
             </w:r>
             <w:r w:rsidR="00ED7CA9" w:rsidRPr="00F862E0">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> szkoły/placówki</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="34E6F789" w14:textId="77777777" w:rsidR="00372580" w:rsidRPr="00F862E0" w:rsidRDefault="00372580" w:rsidP="00676B73">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2974" w:type="dxa"/>
+            <w:tcW w:w="2862" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1BB3181E" w14:textId="7A1220C0" w:rsidR="00372580" w:rsidRPr="00F862E0" w:rsidRDefault="00372580" w:rsidP="00676B73">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F862E0">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>Nazwa szkoły</w:t>
             </w:r>
             <w:r w:rsidR="00CE033C" w:rsidRPr="00F862E0">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
             <w:r w:rsidRPr="00F862E0">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
               </w:rPr>
@@ -655,381 +655,381 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00FE535F" w:rsidRPr="00F862E0">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>aktualnym</w:t>
             </w:r>
             <w:r w:rsidR="00CE033C" w:rsidRPr="00F862E0">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> wpisem do</w:t>
             </w:r>
             <w:r w:rsidRPr="00F862E0">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> ewidencji</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4538" w:type="dxa"/>
+            <w:tcW w:w="3863" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="40B0E61B" w14:textId="77777777" w:rsidR="00372580" w:rsidRPr="00F862E0" w:rsidRDefault="00372580" w:rsidP="00676B73">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED7CA9" w:rsidRPr="00F862E0" w14:paraId="3BC16A15" w14:textId="77777777" w:rsidTr="00F52FFF">
+      <w:tr w:rsidR="00ED7CA9" w:rsidRPr="00F862E0" w14:paraId="3BC16A15" w14:textId="77777777" w:rsidTr="00D92636">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="454"/>
+          <w:trHeight w:val="333"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2197" w:type="dxa"/>
+            <w:tcW w:w="2536" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="6DB7DE7B" w14:textId="77777777" w:rsidR="00ED7CA9" w:rsidRPr="00F862E0" w:rsidRDefault="00ED7CA9" w:rsidP="00676B73">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2974" w:type="dxa"/>
+            <w:tcW w:w="2862" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="41DEF3EB" w14:textId="77777777" w:rsidR="00ED7CA9" w:rsidRPr="00F862E0" w:rsidRDefault="00ED7CA9" w:rsidP="00676B73">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F862E0">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve">REGON szkoły/placówki </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4538" w:type="dxa"/>
+            <w:tcW w:w="3863" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2140531E" w14:textId="77777777" w:rsidR="00ED7CA9" w:rsidRPr="00F862E0" w:rsidRDefault="00ED7CA9" w:rsidP="00676B73">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED7CA9" w:rsidRPr="00F862E0" w14:paraId="563F815C" w14:textId="77777777" w:rsidTr="00F52FFF">
+      <w:tr w:rsidR="00ED7CA9" w:rsidRPr="00F862E0" w14:paraId="563F815C" w14:textId="77777777" w:rsidTr="00D92636">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="454"/>
+          <w:trHeight w:val="333"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2197" w:type="dxa"/>
+            <w:tcW w:w="2536" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="060F8CB6" w14:textId="77777777" w:rsidR="00ED7CA9" w:rsidRPr="00F862E0" w:rsidRDefault="00ED7CA9" w:rsidP="00676B73">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2974" w:type="dxa"/>
+            <w:tcW w:w="2862" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1D95D6DE" w14:textId="77777777" w:rsidR="00ED7CA9" w:rsidRPr="00F862E0" w:rsidRDefault="00ED7CA9" w:rsidP="00676B73">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F862E0">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>Imię dyrektora</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4538" w:type="dxa"/>
+            <w:tcW w:w="3863" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1860D7B2" w14:textId="77777777" w:rsidR="00ED7CA9" w:rsidRPr="00F862E0" w:rsidRDefault="00ED7CA9" w:rsidP="00676B73">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED7CA9" w:rsidRPr="00F862E0" w14:paraId="115926B8" w14:textId="77777777" w:rsidTr="00F52FFF">
+      <w:tr w:rsidR="00ED7CA9" w:rsidRPr="00F862E0" w14:paraId="115926B8" w14:textId="77777777" w:rsidTr="00D92636">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="454"/>
+          <w:trHeight w:val="333"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2197" w:type="dxa"/>
+            <w:tcW w:w="2536" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="5D527B04" w14:textId="77777777" w:rsidR="00ED7CA9" w:rsidRPr="00F862E0" w:rsidRDefault="00ED7CA9" w:rsidP="00676B73">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2974" w:type="dxa"/>
+            <w:tcW w:w="2862" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="40462511" w14:textId="77777777" w:rsidR="00ED7CA9" w:rsidRPr="00F862E0" w:rsidRDefault="00ED7CA9" w:rsidP="00676B73">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F862E0">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>Nazwisko dyrektora</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4538" w:type="dxa"/>
+            <w:tcW w:w="3863" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5E08C422" w14:textId="77777777" w:rsidR="00ED7CA9" w:rsidRPr="00F862E0" w:rsidRDefault="00ED7CA9" w:rsidP="00676B73">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED7CA9" w:rsidRPr="00F862E0" w14:paraId="4D801749" w14:textId="77777777" w:rsidTr="00F52FFF">
+      <w:tr w:rsidR="00ED7CA9" w:rsidRPr="00F862E0" w14:paraId="4D801749" w14:textId="77777777" w:rsidTr="00D92636">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="70"/>
+          <w:trHeight w:val="51"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2197" w:type="dxa"/>
+            <w:tcW w:w="2536" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="242F1692" w14:textId="77777777" w:rsidR="00ED7CA9" w:rsidRPr="00F862E0" w:rsidRDefault="00ED7CA9" w:rsidP="00676B73">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2974" w:type="dxa"/>
+            <w:tcW w:w="2862" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3D819B95" w14:textId="184B8AA4" w:rsidR="00ED7CA9" w:rsidRPr="00F862E0" w:rsidRDefault="00ED7CA9" w:rsidP="00676B73">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F862E0">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve">Jeżeli osobą prowadzącą jest osoba fizyczna, należy podać numer </w:t>
             </w:r>
             <w:r w:rsidRPr="00F862E0">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
               <w:t>PESEL</w:t>
             </w:r>
             <w:r w:rsidRPr="00F862E0">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> osoby</w:t>
             </w:r>
             <w:r w:rsidR="0084321E" w:rsidRPr="00F862E0">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> prowadzącej</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4538" w:type="dxa"/>
+            <w:tcW w:w="3863" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="303A73FA" w14:textId="77777777" w:rsidR="00ED7CA9" w:rsidRPr="00F862E0" w:rsidRDefault="00ED7CA9" w:rsidP="00676B73">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED7CA9" w:rsidRPr="00F862E0" w14:paraId="6FE869D3" w14:textId="77777777" w:rsidTr="00F52FFF">
+      <w:tr w:rsidR="00ED7CA9" w:rsidRPr="00F862E0" w14:paraId="6FE869D3" w14:textId="77777777" w:rsidTr="00D92636">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="567"/>
+          <w:trHeight w:val="416"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2197" w:type="dxa"/>
+            <w:tcW w:w="2536" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="460A20B7" w14:textId="77777777" w:rsidR="00ED7CA9" w:rsidRPr="00F862E0" w:rsidRDefault="00ED7CA9" w:rsidP="00676B73">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2974" w:type="dxa"/>
+            <w:tcW w:w="2862" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0D95D41E" w14:textId="77777777" w:rsidR="00ED7CA9" w:rsidRPr="00F862E0" w:rsidRDefault="00ED7CA9" w:rsidP="00676B73">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F862E0">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve">Jeżeli osobą prowadzącą jest osoba prawna, należy podać numer </w:t>
             </w:r>
             <w:r w:rsidRPr="00F862E0">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
               <w:t>REGON</w:t>
             </w:r>
             <w:r w:rsidRPr="00F862E0">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> tego podmiotu</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4538" w:type="dxa"/>
+            <w:tcW w:w="3863" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="47F728E3" w14:textId="77777777" w:rsidR="00ED7CA9" w:rsidRPr="00F862E0" w:rsidRDefault="00ED7CA9" w:rsidP="00676B73">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED7CA9" w:rsidRPr="00F862E0" w14:paraId="74D9A618" w14:textId="77777777" w:rsidTr="009F4A99">
+      <w:tr w:rsidR="00ED7CA9" w:rsidRPr="00F862E0" w14:paraId="74D9A618" w14:textId="77777777" w:rsidTr="00D92636">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="4274"/>
+          <w:trHeight w:val="3138"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2197" w:type="dxa"/>
+            <w:tcW w:w="2536" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="4230A9EE" w14:textId="77777777" w:rsidR="00ED7CA9" w:rsidRPr="00F862E0" w:rsidRDefault="00ED7CA9" w:rsidP="00676B73">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2974" w:type="dxa"/>
+            <w:tcW w:w="2862" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5FF3E70D" w14:textId="77777777" w:rsidR="00F94011" w:rsidRPr="00F862E0" w:rsidRDefault="00F94011" w:rsidP="00676B73">
             <w:pPr>
               <w:spacing w:line="312" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F862E0">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
               <w:t>L</w:t>
             </w:r>
             <w:r w:rsidR="00ED7CA9" w:rsidRPr="00F862E0">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
               <w:t>iczba</w:t>
             </w:r>
             <w:r w:rsidRPr="00F862E0">
@@ -1123,702 +1123,749 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00F862E0">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>szkole / placówce w</w:t>
             </w:r>
             <w:r w:rsidR="00F862E0">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00F862E0">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>przypadku zgłoszenia zmiany</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4538" w:type="dxa"/>
+            <w:tcW w:w="3863" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5A9A847D" w14:textId="748F2498" w:rsidR="0084321E" w:rsidRPr="00F862E0" w:rsidRDefault="0084321E" w:rsidP="00676B73">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED7CA9" w:rsidRPr="00F862E0" w14:paraId="3A21F470" w14:textId="77777777" w:rsidTr="00F52FFF">
+      <w:tr w:rsidR="00ED7CA9" w:rsidRPr="00F862E0" w14:paraId="3A21F470" w14:textId="77777777" w:rsidTr="00D92636">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="492"/>
+          <w:trHeight w:val="361"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2197" w:type="dxa"/>
+            <w:tcW w:w="2536" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w14:paraId="5CC5DC21" w14:textId="77777777" w:rsidR="00ED7CA9" w:rsidRPr="00F862E0" w:rsidRDefault="00ED7CA9" w:rsidP="00676B73">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="2D9AD01B" w14:textId="77777777" w:rsidR="00ED7CA9" w:rsidRPr="00F862E0" w:rsidRDefault="00ED7CA9" w:rsidP="00676B73">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F862E0">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve">Dane </w:t>
             </w:r>
             <w:r w:rsidR="00D77715" w:rsidRPr="00F862E0">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>kontaktowe</w:t>
             </w:r>
             <w:r w:rsidRPr="00F862E0">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> szkoły/placówki </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2974" w:type="dxa"/>
+            <w:tcW w:w="2862" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="272E67CA" w14:textId="77777777" w:rsidR="00ED7CA9" w:rsidRPr="00F862E0" w:rsidRDefault="00ED7CA9" w:rsidP="00676B73">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F862E0">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>Telefon(y)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4538" w:type="dxa"/>
+            <w:tcW w:w="3863" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3A506AE7" w14:textId="77777777" w:rsidR="00ED7CA9" w:rsidRPr="00F862E0" w:rsidRDefault="00ED7CA9" w:rsidP="00676B73">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED7CA9" w:rsidRPr="00F862E0" w14:paraId="343288E2" w14:textId="77777777" w:rsidTr="00F52FFF">
+      <w:tr w:rsidR="00ED7CA9" w:rsidRPr="00F862E0" w14:paraId="343288E2" w14:textId="77777777" w:rsidTr="00D92636">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="492"/>
+          <w:trHeight w:val="361"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2197" w:type="dxa"/>
+            <w:tcW w:w="2536" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="43AB4255" w14:textId="77777777" w:rsidR="00ED7CA9" w:rsidRPr="00F862E0" w:rsidRDefault="00ED7CA9" w:rsidP="00676B73">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2974" w:type="dxa"/>
+            <w:tcW w:w="2862" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1C1C81F6" w14:textId="77777777" w:rsidR="00ED7CA9" w:rsidRPr="00F862E0" w:rsidRDefault="00ED7CA9" w:rsidP="00676B73">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F862E0">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>Faks</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4538" w:type="dxa"/>
+            <w:tcW w:w="3863" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0CB26DFF" w14:textId="77777777" w:rsidR="00ED7CA9" w:rsidRPr="00F862E0" w:rsidRDefault="00ED7CA9" w:rsidP="00676B73">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED7CA9" w:rsidRPr="00F862E0" w14:paraId="38D2CBC9" w14:textId="77777777" w:rsidTr="00F52FFF">
+      <w:tr w:rsidR="00ED7CA9" w:rsidRPr="00F862E0" w14:paraId="38D2CBC9" w14:textId="77777777" w:rsidTr="00D92636">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="492"/>
+          <w:trHeight w:val="361"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2197" w:type="dxa"/>
+            <w:tcW w:w="2536" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="11BA1741" w14:textId="77777777" w:rsidR="00ED7CA9" w:rsidRPr="00F862E0" w:rsidRDefault="00ED7CA9" w:rsidP="00676B73">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2974" w:type="dxa"/>
+            <w:tcW w:w="2862" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2B1AC13A" w14:textId="77777777" w:rsidR="00ED7CA9" w:rsidRPr="00F862E0" w:rsidRDefault="00ED7CA9" w:rsidP="00676B73">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F862E0">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>E-mail</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4538" w:type="dxa"/>
+            <w:tcW w:w="3863" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3C7392C8" w14:textId="77777777" w:rsidR="00ED7CA9" w:rsidRPr="00F862E0" w:rsidRDefault="00ED7CA9" w:rsidP="00676B73">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED7CA9" w:rsidRPr="00F862E0" w14:paraId="4C75D018" w14:textId="77777777" w:rsidTr="00F52FFF">
+      <w:tr w:rsidR="00ED7CA9" w:rsidRPr="00F862E0" w14:paraId="4C75D018" w14:textId="77777777" w:rsidTr="00D92636">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="492"/>
+          <w:trHeight w:val="361"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2197" w:type="dxa"/>
+            <w:tcW w:w="2536" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="09E0C2A7" w14:textId="77777777" w:rsidR="00ED7CA9" w:rsidRPr="00F862E0" w:rsidRDefault="00ED7CA9" w:rsidP="00676B73">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2974" w:type="dxa"/>
+            <w:tcW w:w="2862" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0E9831F9" w14:textId="77777777" w:rsidR="00ED7CA9" w:rsidRPr="00F862E0" w:rsidRDefault="00ED7CA9" w:rsidP="00676B73">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F862E0">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>Strona www</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4538" w:type="dxa"/>
+            <w:tcW w:w="3863" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7FC1E4DC" w14:textId="77777777" w:rsidR="00ED7CA9" w:rsidRPr="00F862E0" w:rsidRDefault="00ED7CA9" w:rsidP="00676B73">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED7CA9" w:rsidRPr="00F862E0" w14:paraId="64ED6B61" w14:textId="77777777" w:rsidTr="00F52FFF">
+      <w:tr w:rsidR="00ED7CA9" w:rsidRPr="00F862E0" w14:paraId="64ED6B61" w14:textId="77777777" w:rsidTr="00D92636">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="492"/>
+          <w:trHeight w:val="361"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2197" w:type="dxa"/>
+            <w:tcW w:w="2536" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="5EBD1271" w14:textId="77777777" w:rsidR="00ED7CA9" w:rsidRPr="00F862E0" w:rsidRDefault="00ED7CA9" w:rsidP="00676B73">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2974" w:type="dxa"/>
+            <w:tcW w:w="2862" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="16795E35" w14:textId="77777777" w:rsidR="00ED7CA9" w:rsidRPr="00F862E0" w:rsidRDefault="00ED7CA9" w:rsidP="00676B73">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F862E0">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve">Nazwa dzielnicy </w:t>
             </w:r>
             <w:r w:rsidRPr="00F862E0">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:br/>
               <w:t>(w dużych miastach)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4538" w:type="dxa"/>
+            <w:tcW w:w="3863" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="491FD2F9" w14:textId="77777777" w:rsidR="00ED7CA9" w:rsidRPr="00F862E0" w:rsidRDefault="00ED7CA9" w:rsidP="00676B73">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED7CA9" w:rsidRPr="00F862E0" w14:paraId="6229CDCB" w14:textId="77777777" w:rsidTr="00F52FFF">
+      <w:tr w:rsidR="00D92636" w:rsidRPr="00F862E0" w14:paraId="6229CDCB" w14:textId="77777777" w:rsidTr="00D92636">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="492"/>
+          <w:trHeight w:val="361"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2197" w:type="dxa"/>
+            <w:tcW w:w="2536" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="033D48AD" w14:textId="77777777" w:rsidR="00ED7CA9" w:rsidRPr="00F862E0" w:rsidRDefault="00ED7CA9" w:rsidP="00676B73">
-[...7 lines deleted...]
-          <w:p w14:paraId="6119BF8E" w14:textId="77777777" w:rsidR="00ED7CA9" w:rsidRPr="00F862E0" w:rsidRDefault="00ED7CA9" w:rsidP="00676B73">
+          <w:p w14:paraId="033D48AD" w14:textId="77777777" w:rsidR="00D92636" w:rsidRPr="00F862E0" w:rsidRDefault="00D92636" w:rsidP="00676B73">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6119BF8E" w14:textId="77777777" w:rsidR="00D92636" w:rsidRPr="00F862E0" w:rsidRDefault="00D92636" w:rsidP="00676B73">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F862E0">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dane </w:t>
-[...6 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Dane kontaktowe osoby prowadzącej </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2862" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="33D698F5" w14:textId="77777777" w:rsidR="00D92636" w:rsidRPr="00F862E0" w:rsidRDefault="00D92636" w:rsidP="00676B73">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00F862E0">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
               </w:rPr>
-              <w:t xml:space="preserve"> osoby prowadzącej </w:t>
-[...18 lines deleted...]
-              </w:rPr>
               <w:t>Telefon(y)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4538" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="4AB6CED6" w14:textId="77777777" w:rsidR="00ED7CA9" w:rsidRPr="00F862E0" w:rsidRDefault="00ED7CA9" w:rsidP="00676B73">
+            <w:tcW w:w="3863" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4AB6CED6" w14:textId="77777777" w:rsidR="00D92636" w:rsidRPr="00F862E0" w:rsidRDefault="00D92636" w:rsidP="00676B73">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED7CA9" w:rsidRPr="00F862E0" w14:paraId="3ED76D7D" w14:textId="77777777" w:rsidTr="00F52FFF">
+      <w:tr w:rsidR="00D92636" w:rsidRPr="00F862E0" w14:paraId="3ED76D7D" w14:textId="77777777" w:rsidTr="00D92636">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="492"/>
+          <w:trHeight w:val="361"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2197" w:type="dxa"/>
+            <w:tcW w:w="2536" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="78C8CDB8" w14:textId="77777777" w:rsidR="00ED7CA9" w:rsidRPr="00F862E0" w:rsidRDefault="00ED7CA9" w:rsidP="00676B73">
-[...10 lines deleted...]
-            <w:tcW w:w="2974" w:type="dxa"/>
+          <w:p w14:paraId="78C8CDB8" w14:textId="77777777" w:rsidR="00D92636" w:rsidRPr="00F862E0" w:rsidRDefault="00D92636" w:rsidP="00676B73">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2862" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4A88F80A" w14:textId="77777777" w:rsidR="00ED7CA9" w:rsidRPr="00F862E0" w:rsidRDefault="00ED7CA9" w:rsidP="00676B73">
+          <w:p w14:paraId="4A88F80A" w14:textId="77777777" w:rsidR="00D92636" w:rsidRPr="00F862E0" w:rsidRDefault="00D92636" w:rsidP="00676B73">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F862E0">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>E-mail</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4538" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="03A07C91" w14:textId="77777777" w:rsidR="00ED7CA9" w:rsidRPr="00F862E0" w:rsidRDefault="00ED7CA9" w:rsidP="00676B73">
+            <w:tcW w:w="3863" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="03A07C91" w14:textId="77777777" w:rsidR="00D92636" w:rsidRPr="00F862E0" w:rsidRDefault="00D92636" w:rsidP="00676B73">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED7CA9" w:rsidRPr="00F862E0" w14:paraId="40968C2D" w14:textId="77777777" w:rsidTr="00F52FFF">
+      <w:tr w:rsidR="00D92636" w:rsidRPr="00F862E0" w14:paraId="40968C2D" w14:textId="77777777" w:rsidTr="00D92636">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="492"/>
+          <w:trHeight w:val="361"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2197" w:type="dxa"/>
+            <w:tcW w:w="2536" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="699031B2" w14:textId="77777777" w:rsidR="00ED7CA9" w:rsidRPr="00F862E0" w:rsidRDefault="00ED7CA9" w:rsidP="00676B73">
-[...10 lines deleted...]
-            <w:tcW w:w="2974" w:type="dxa"/>
+          <w:p w14:paraId="699031B2" w14:textId="77777777" w:rsidR="00D92636" w:rsidRPr="00F862E0" w:rsidRDefault="00D92636" w:rsidP="00676B73">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2862" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5BCF58F9" w14:textId="77777777" w:rsidR="00ED7CA9" w:rsidRPr="00F862E0" w:rsidRDefault="00ED7CA9" w:rsidP="00676B73">
+          <w:p w14:paraId="5BCF58F9" w14:textId="77777777" w:rsidR="00D92636" w:rsidRPr="00F862E0" w:rsidRDefault="00D92636" w:rsidP="00676B73">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F862E0">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>Strona www</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4538" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="3C952418" w14:textId="77777777" w:rsidR="00ED7CA9" w:rsidRPr="00F862E0" w:rsidRDefault="00ED7CA9" w:rsidP="00676B73">
+            <w:tcW w:w="3863" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C952418" w14:textId="77777777" w:rsidR="00D92636" w:rsidRPr="00F862E0" w:rsidRDefault="00D92636" w:rsidP="00676B73">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED7CA9" w:rsidRPr="00F862E0" w14:paraId="5DDACB1E" w14:textId="77777777" w:rsidTr="00F52FFF">
+      <w:tr w:rsidR="00D92636" w:rsidRPr="00F862E0" w14:paraId="5DDACB1E" w14:textId="77777777" w:rsidTr="00D92636">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="492"/>
+          <w:trHeight w:val="361"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2197" w:type="dxa"/>
+            <w:tcW w:w="2536" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="6A8C83EB" w14:textId="77777777" w:rsidR="00ED7CA9" w:rsidRPr="00F862E0" w:rsidRDefault="00ED7CA9" w:rsidP="00676B73">
-[...10 lines deleted...]
-            <w:tcW w:w="2974" w:type="dxa"/>
+          <w:p w14:paraId="6A8C83EB" w14:textId="77777777" w:rsidR="00D92636" w:rsidRPr="00F862E0" w:rsidRDefault="00D92636" w:rsidP="00676B73">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2862" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2BADCBF4" w14:textId="77777777" w:rsidR="00ED7CA9" w:rsidRPr="00F862E0" w:rsidRDefault="00ED7CA9" w:rsidP="00676B73">
+          <w:p w14:paraId="2BADCBF4" w14:textId="77777777" w:rsidR="00D92636" w:rsidRPr="00F862E0" w:rsidRDefault="00D92636" w:rsidP="00676B73">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F862E0">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>Ulica</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4538" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="4576139A" w14:textId="77777777" w:rsidR="00ED7CA9" w:rsidRPr="00F862E0" w:rsidRDefault="00ED7CA9" w:rsidP="00676B73">
+            <w:tcW w:w="3863" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4576139A" w14:textId="77777777" w:rsidR="00D92636" w:rsidRPr="00F862E0" w:rsidRDefault="00D92636" w:rsidP="00676B73">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED7CA9" w:rsidRPr="00F862E0" w14:paraId="4A2C5F32" w14:textId="77777777" w:rsidTr="00F52FFF">
+      <w:tr w:rsidR="00D92636" w:rsidRPr="00F862E0" w14:paraId="4A2C5F32" w14:textId="77777777" w:rsidTr="00D92636">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="492"/>
+          <w:trHeight w:val="361"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2197" w:type="dxa"/>
+            <w:tcW w:w="2536" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="2DAF2560" w14:textId="77777777" w:rsidR="00ED7CA9" w:rsidRPr="00F862E0" w:rsidRDefault="00ED7CA9" w:rsidP="00676B73">
-[...10 lines deleted...]
-            <w:tcW w:w="2974" w:type="dxa"/>
+          <w:p w14:paraId="2DAF2560" w14:textId="77777777" w:rsidR="00D92636" w:rsidRPr="00F862E0" w:rsidRDefault="00D92636" w:rsidP="00676B73">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2862" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3339A7CC" w14:textId="77777777" w:rsidR="00ED7CA9" w:rsidRPr="00F862E0" w:rsidRDefault="00ED7CA9" w:rsidP="00676B73">
+          <w:p w14:paraId="3339A7CC" w14:textId="77777777" w:rsidR="00D92636" w:rsidRPr="00F862E0" w:rsidRDefault="00D92636" w:rsidP="00676B73">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F862E0">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>Kod pocztowy, Miejscowość</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4538" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="45E7015E" w14:textId="77777777" w:rsidR="00ED7CA9" w:rsidRPr="00F862E0" w:rsidRDefault="00ED7CA9" w:rsidP="00676B73">
+            <w:tcW w:w="3863" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="45E7015E" w14:textId="77777777" w:rsidR="00D92636" w:rsidRPr="00F862E0" w:rsidRDefault="00D92636" w:rsidP="00676B73">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED7CA9" w:rsidRPr="00F862E0" w14:paraId="224562EB" w14:textId="77777777" w:rsidTr="00F52FFF">
+      <w:tr w:rsidR="00D92636" w:rsidRPr="00F862E0" w14:paraId="224562EB" w14:textId="77777777" w:rsidTr="00D92636">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="492"/>
+          <w:trHeight w:val="361"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2197" w:type="dxa"/>
+            <w:tcW w:w="2536" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="234CD828" w14:textId="77777777" w:rsidR="00ED7CA9" w:rsidRPr="00F862E0" w:rsidRDefault="00ED7CA9" w:rsidP="00676B73">
-[...10 lines deleted...]
-            <w:tcW w:w="2974" w:type="dxa"/>
+          <w:p w14:paraId="234CD828" w14:textId="77777777" w:rsidR="00D92636" w:rsidRPr="00F862E0" w:rsidRDefault="00D92636" w:rsidP="00676B73">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2862" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="560D4BF3" w14:textId="77777777" w:rsidR="00ED7CA9" w:rsidRPr="00F862E0" w:rsidRDefault="00ED7CA9" w:rsidP="00676B73">
+          <w:p w14:paraId="560D4BF3" w14:textId="77777777" w:rsidR="00D92636" w:rsidRPr="00F862E0" w:rsidRDefault="00D92636" w:rsidP="00676B73">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F862E0">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve">Nazwa dzielnicy </w:t>
             </w:r>
             <w:r w:rsidRPr="00F862E0">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:br/>
               <w:t>(w dużych miastach)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4538" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="572785D0" w14:textId="77777777" w:rsidR="00ED7CA9" w:rsidRPr="00F862E0" w:rsidRDefault="00ED7CA9" w:rsidP="00676B73">
+            <w:tcW w:w="3863" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="572785D0" w14:textId="77777777" w:rsidR="00D92636" w:rsidRPr="00F862E0" w:rsidRDefault="00D92636" w:rsidP="00676B73">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D92636" w:rsidRPr="00F862E0" w14:paraId="133D0513" w14:textId="77777777" w:rsidTr="00D92636">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="361"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2536" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="17AA869A" w14:textId="77777777" w:rsidR="00D92636" w:rsidRPr="00F862E0" w:rsidRDefault="00D92636" w:rsidP="00676B73">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2862" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="03FA8B14" w14:textId="6AF55FBC" w:rsidR="00D92636" w:rsidRPr="00F862E0" w:rsidRDefault="00703A54" w:rsidP="00D92636">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Adres</w:t>
+            </w:r>
+            <w:r w:rsidR="00D92636">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> do e-Doręczeń</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3863" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3DB63C88" w14:textId="77777777" w:rsidR="00D92636" w:rsidRPr="00F862E0" w:rsidRDefault="00D92636" w:rsidP="00676B73">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5AF0897E" w14:textId="3FBEA803" w:rsidR="00F52FFF" w:rsidRPr="00F862E0" w:rsidRDefault="00F52FFF" w:rsidP="00676B73">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F862E0">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">* w przypadku zmiany we wpisie do ewidencji, podane informacje posłużą do zaktualizowania danych w rejestrze szkół (placówek) w SIO i REGON </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="58D7827C" w14:textId="77777777" w:rsidR="00F52FFF" w:rsidRPr="00F862E0" w:rsidRDefault="00F52FFF" w:rsidP="00676B73">
@@ -2074,889 +2121,676 @@
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:softHyphen/>
       </w:r>
       <w:r w:rsidRPr="00F862E0">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:softHyphen/>
       </w:r>
       <w:r w:rsidRPr="00F862E0">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:softHyphen/>
       </w:r>
       <w:r w:rsidRPr="00F862E0">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:softHyphen/>
         <w:t>___________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="413ADFCA" w14:textId="4DD66D69" w:rsidR="0084321E" w:rsidRPr="00F862E0" w:rsidRDefault="0084321E" w:rsidP="00676B73">
+    <w:p w14:paraId="311BC8F0" w14:textId="77777777" w:rsidR="00D92636" w:rsidRPr="007C283E" w:rsidRDefault="00D92636" w:rsidP="00D92636">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:b/>
-          <w:lang w:eastAsia="en-US"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C283E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:b/>
-          <w:lang w:eastAsia="en-US"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>INFORMACJE DOTYCZĄCE PRZETWARZANIA DANYCH OSOBOWYCH</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11F86E04" w14:textId="77777777" w:rsidR="00D92636" w:rsidRPr="007C283E" w:rsidRDefault="00D92636" w:rsidP="00D92636">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C283E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Niniejszą informację otrzymuje Pani/Pan w związku z obowiązkami określonymi w art. 13 rozporządzenia Parlamentu Europejskiego i Rady (UE) 2016/679 z dnia 27 kwietnia 2016 r. w sprawie ochrony osób fizycznych w związku </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C283E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">z przetwarzaniem danych osobowych i w sprawie swobodnego przepływu takich danych oraz uchylenia dyrektywy 95/46/WE (ogólne rozporządzenie o ochronie danych) (Dziennik Urzędowy Unii Europejskiej z dnia 4 maja 2016 r. L 119/1). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02A1463B" w14:textId="77777777" w:rsidR="00D92636" w:rsidRPr="007C283E" w:rsidRDefault="00D92636" w:rsidP="00D92636">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:b/>
-          <w:lang w:eastAsia="en-US"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C283E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:b/>
-          <w:lang w:eastAsia="en-US"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> DANYCH OSOBOWYCH</w:t>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Administrator danych osobowych (ADO)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F4135DC" w14:textId="2D527575" w:rsidR="0084321E" w:rsidRPr="00F862E0" w:rsidRDefault="0084321E" w:rsidP="00676B73">
+    <w:p w14:paraId="000FF072" w14:textId="77777777" w:rsidR="00D92636" w:rsidRPr="007C283E" w:rsidRDefault="00D92636" w:rsidP="00D92636">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
-[...30 lines deleted...]
-        <w:t xml:space="preserve">kwietnia 2016 r. w sprawie ochrony osób fizycznych w związku z przetwarzaniem danych osobowych i w sprawie swobodnego przepływu takich danych oraz uchylenia dyrektywy 95/46/WE (ogólne rozporządzenie o ochronie danych) (Dziennik Urzędowy Unii Europejskiej z dnia 4 maja 2016 r. L 119/1). </w:t>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C283E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Administratorem Pani/Pana danych osobowych jest Prezydent Wrocławia, z którym można się skontaktować w następujący sposób:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33BC2831" w14:textId="77777777" w:rsidR="0084321E" w:rsidRPr="00F862E0" w:rsidRDefault="0084321E" w:rsidP="00676B73">
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+    <w:p w14:paraId="7E8802EE" w14:textId="77777777" w:rsidR="00D92636" w:rsidRPr="007C283E" w:rsidRDefault="00D92636" w:rsidP="00D92636">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C283E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>- listownie na adres: Prezydent Wrocławia, Urząd Miejski Wrocławia, pl. Nowy Targ 1-8, 50-141 Wrocław,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42E55A2B" w14:textId="77777777" w:rsidR="00D92636" w:rsidRPr="007C283E" w:rsidRDefault="00D92636" w:rsidP="00D92636">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C283E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>- za pośrednictwem poczty elektronicznej na adres: wfi@um.wroc.pl,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73C0FA4F" w14:textId="77777777" w:rsidR="00D92636" w:rsidRPr="007C283E" w:rsidRDefault="00D92636" w:rsidP="00D92636">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C283E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>- telefonicznie: +48 71 777 77 06.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D4FAEF8" w14:textId="77777777" w:rsidR="00D92636" w:rsidRPr="007C283E" w:rsidRDefault="00D92636" w:rsidP="00D92636">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:b/>
-          <w:lang w:eastAsia="en-US"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C283E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:b/>
-          <w:lang w:eastAsia="en-US"/>
-[...1 lines deleted...]
-        <w:t>Administrator danych</w:t>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Cele przetwarzania danych</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="545EAF99" w14:textId="008FCCA6" w:rsidR="0084321E" w:rsidRPr="00F862E0" w:rsidRDefault="0084321E" w:rsidP="00676B73">
+    <w:p w14:paraId="04F84D1E" w14:textId="77777777" w:rsidR="00D92636" w:rsidRPr="007C283E" w:rsidRDefault="00D92636" w:rsidP="00D92636">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
-[...8 lines deleted...]
-        <w:t>Administratorem Pani/Pana danych osobowych jest Prezydent Wrocławia. Można się z nami skontaktować w następujący sposób:</w:t>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C283E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Pani/Pana dane osobowe będą przetwarzane w celu prowadzenia spraw związanych z wpisem/zmianą we wpisie szkoły lub placówki oświatowej do ewidencji szkół i placówek niepublicznych prowadzonej przez Gminę Wrocław.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F836B94" w14:textId="77777777" w:rsidR="0084321E" w:rsidRPr="00F862E0" w:rsidRDefault="0084321E" w:rsidP="00676B73">
+    <w:p w14:paraId="44B33664" w14:textId="77777777" w:rsidR="00D92636" w:rsidRPr="007C283E" w:rsidRDefault="00D92636" w:rsidP="00D92636">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="289" w:hanging="289"/>
-[...18 lines deleted...]
-        <w:t>listownie na adres: Prezydent Wrocławia, Urząd Miejski Wrocławia, pl. Nowy Targ 1-8, 50-141 Wrocław,</w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:b/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C283E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:b/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Podstawy prawne przetwarzania</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7FC2F549" w14:textId="77777777" w:rsidR="0084321E" w:rsidRPr="00F862E0" w:rsidRDefault="0084321E" w:rsidP="00676B73">
+    <w:p w14:paraId="2A3A608A" w14:textId="77777777" w:rsidR="00D92636" w:rsidRPr="007C283E" w:rsidRDefault="00D92636" w:rsidP="00D92636">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="289" w:hanging="284"/>
-[...10 lines deleted...]
-        <w:t>- przez e-mail: wfi@um.wroc.pl,</w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C283E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Będziemy przetwarzać Pani/Pana dane osobowe na podstawie art. 6 ust. 1 lit. c) RODO, ustawy z dnia 14 grudnia 2016 r. – Prawo oświatowe oraz ustawy z dnia 14 czerwca 1960 r. Kodeks postępowania administracyjnego.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0CAA1E4C" w14:textId="55AD264E" w:rsidR="0084321E" w:rsidRPr="00F862E0" w:rsidRDefault="0084321E" w:rsidP="00676B73">
+    <w:p w14:paraId="1C96492E" w14:textId="77777777" w:rsidR="00D92636" w:rsidRPr="007C283E" w:rsidRDefault="00D92636" w:rsidP="00D92636">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
-[...8 lines deleted...]
-        <w:t>- telefonicznie: +48 71 777 77 06.</w:t>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:b/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C283E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:b/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Obligatoryjność/fakultatywność podania danych osobowych </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7558FC2F" w14:textId="77777777" w:rsidR="0084321E" w:rsidRPr="00F862E0" w:rsidRDefault="0084321E" w:rsidP="00F862E0">
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+    <w:p w14:paraId="4C822248" w14:textId="77777777" w:rsidR="00D92636" w:rsidRPr="007C283E" w:rsidRDefault="00D92636" w:rsidP="00D92636">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C283E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Podanie przez Panią/Pana danych osobowych jest wymogiem ustawowym wynikającym z </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C283E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ustawy z dnia 14 grudnia 2016 r. – Prawo oświatowe oraz ustawy z dnia 14 czerwca 1960 r. Kodeks postępowania administracyjnego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="376A0351" w14:textId="77777777" w:rsidR="00D92636" w:rsidRPr="007C283E" w:rsidRDefault="00D92636" w:rsidP="00D92636">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:b/>
-          <w:lang w:eastAsia="en-US"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C283E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:b/>
-          <w:lang w:eastAsia="en-US"/>
-[...1 lines deleted...]
-        <w:t>Cele przetwarzania danych</w:t>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Okres retencji danych</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41A98A9C" w14:textId="18C9F741" w:rsidR="0084321E" w:rsidRPr="00F862E0" w:rsidRDefault="0043127D" w:rsidP="00676B73">
+    <w:p w14:paraId="790E0820" w14:textId="77777777" w:rsidR="00D92636" w:rsidRPr="007C283E" w:rsidRDefault="00D92636" w:rsidP="00D92636">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
-[...71 lines deleted...]
-        <w:t>.</w:t>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C283E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Pani/Pana dane osobowe będą przetwarzane przez Urząd Miejski Wrocławia przez 25 lat od stycznia kolejnego roku po zakończeniu Twojej sprawy, następnie zostaną przekazane do Archiwum Państwowego we Wrocławiu, gdzie będą przechowywane wieczyście.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20375A6A" w14:textId="77777777" w:rsidR="0084321E" w:rsidRPr="00F862E0" w:rsidRDefault="0084321E" w:rsidP="00676B73">
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+    <w:p w14:paraId="2A5A9B54" w14:textId="77777777" w:rsidR="00D92636" w:rsidRPr="007C283E" w:rsidRDefault="00D92636" w:rsidP="00D92636">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:b/>
-          <w:lang w:eastAsia="en-US"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C283E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:b/>
-          <w:lang w:eastAsia="en-US"/>
-[...1 lines deleted...]
-        <w:t>Podstawy prawne przetwarzania</w:t>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Odbiorcy danych</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05A251CB" w14:textId="46D12F85" w:rsidR="0084321E" w:rsidRPr="00F862E0" w:rsidRDefault="0084321E" w:rsidP="00676B73">
+    <w:p w14:paraId="7105A7F9" w14:textId="77777777" w:rsidR="00D92636" w:rsidRPr="007C283E" w:rsidRDefault="00D92636" w:rsidP="00D92636">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
-[...106 lines deleted...]
-        <w:t>.</w:t>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C283E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Odbiorcami Pani/Pana danych osobowych mogą być:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F289C7B" w14:textId="77777777" w:rsidR="0084321E" w:rsidRPr="00F862E0" w:rsidRDefault="0084321E" w:rsidP="00676B73">
-[...14 lines deleted...]
-        <w:t>Obligatoryjność / fakultatywność podania danych osobowych</w:t>
+    <w:p w14:paraId="010A0016" w14:textId="77777777" w:rsidR="00D92636" w:rsidRPr="007C283E" w:rsidRDefault="00D92636" w:rsidP="00D92636">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C283E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>- dostawcy usług IT,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11677CE8" w14:textId="3D883C9D" w:rsidR="0084321E" w:rsidRPr="00F862E0" w:rsidRDefault="0084321E" w:rsidP="00676B73">
+    <w:p w14:paraId="77B1EC95" w14:textId="77777777" w:rsidR="00D92636" w:rsidRPr="007C283E" w:rsidRDefault="00D92636" w:rsidP="00D92636">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
-[...10 lines deleted...]
-        <w:t>Podanie przez Panią/Pana danych osobowych jest wymogiem ustawowym. Jest Pani/Pan zobowiązana/y do ich podania a ich niepodanie będzie skutkować brakiem udzielenia odpowiedzi na niniejsze zgłoszenie.</w:t>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C283E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>- podmioty przetwarzające dane na zlecenie administratora,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A2F7CB7" w14:textId="77777777" w:rsidR="0084321E" w:rsidRPr="00F862E0" w:rsidRDefault="0084321E" w:rsidP="00676B73">
-[...14 lines deleted...]
-        <w:t>Okres przechowywania danych</w:t>
+    <w:p w14:paraId="7FCE10DA" w14:textId="77777777" w:rsidR="00D92636" w:rsidRPr="007C283E" w:rsidRDefault="00D92636" w:rsidP="00D92636">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C283E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>- podmioty upoważnione na podstawie przepisów prawa.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="434C5879" w14:textId="2E8A18B8" w:rsidR="0084321E" w:rsidRPr="00F862E0" w:rsidRDefault="0084321E" w:rsidP="00676B73">
+    <w:p w14:paraId="1F698930" w14:textId="77777777" w:rsidR="00D92636" w:rsidRPr="007C283E" w:rsidRDefault="00D92636" w:rsidP="00D92636">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
-[...57 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C283E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- podmioty prowadzące działalność pocztową lub kurierską </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C283E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(jeżeli odpowiedź jest wysyłana pocztą, E-doręczenia, kurierem).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2EC0B202" w14:textId="77777777" w:rsidR="00D92636" w:rsidRPr="007C283E" w:rsidRDefault="00D92636" w:rsidP="00D92636">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C283E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Takie podmioty przetwarzają dane na podstawie zawartej umowy z administratorem i tylko zgodnie z jego poleceniami.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3179B9B7" w14:textId="77777777" w:rsidR="00D92636" w:rsidRPr="007C283E" w:rsidRDefault="00D92636" w:rsidP="00D92636">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C283E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:b/>
-        </w:rPr>
-        <w:t>Prawa związane z przetwarzaniem danych osobowych</w:t>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Przysługujące prawa</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CBD5B8B" w14:textId="77777777" w:rsidR="0084321E" w:rsidRPr="00F862E0" w:rsidRDefault="0084321E" w:rsidP="00676B73">
+    <w:p w14:paraId="25D663CB" w14:textId="77777777" w:rsidR="00D92636" w:rsidRPr="007C283E" w:rsidRDefault="00D92636" w:rsidP="00D92636">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
-[...8 lines deleted...]
-        <w:t>Przysługują Pani/Panu następujące prawa związane z przetwarzaniem danych osobowych:</w:t>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C283E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Przysługuje Pani/Panu:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="076DF071" w14:textId="77777777" w:rsidR="0084321E" w:rsidRPr="00F862E0" w:rsidRDefault="0084321E" w:rsidP="00676B73">
-[...2 lines deleted...]
-        <w:suppressAutoHyphens/>
+    <w:p w14:paraId="2CBF3312" w14:textId="77777777" w:rsidR="00D92636" w:rsidRPr="007C283E" w:rsidRDefault="00D92636" w:rsidP="00D92636">
+      <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="289" w:hanging="289"/>
-[...19 lines deleted...]
-        <w:t>prawo dostępu do Pani/Pana danych osobowych,</w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C283E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>- prawo dostępu do swoich danych oraz otrzymania ich kopii,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1FADC5CA" w14:textId="77777777" w:rsidR="0084321E" w:rsidRPr="00F862E0" w:rsidRDefault="0084321E" w:rsidP="00676B73">
-[...2 lines deleted...]
-        <w:suppressAutoHyphens/>
+    <w:p w14:paraId="3E170897" w14:textId="77777777" w:rsidR="00D92636" w:rsidRPr="007C283E" w:rsidRDefault="00D92636" w:rsidP="00D92636">
+      <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="289" w:hanging="284"/>
-[...19 lines deleted...]
-        <w:t>prawo żądania sprostowania Pani/Pana danych osobowych,</w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C283E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>- prawo do sprostowania (poprawiania) swoich danych,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6889ACB3" w14:textId="77777777" w:rsidR="0084321E" w:rsidRPr="00F862E0" w:rsidRDefault="0084321E" w:rsidP="00676B73">
-[...2 lines deleted...]
-        <w:suppressAutoHyphens/>
+    <w:p w14:paraId="14B15489" w14:textId="77777777" w:rsidR="00D92636" w:rsidRPr="007C283E" w:rsidRDefault="00D92636" w:rsidP="00D92636">
+      <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="289" w:hanging="289"/>
-[...19 lines deleted...]
-        <w:t>prawo żądania ograniczenia przetwarzania Pani/Pana danych osobowych.</w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C283E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>- prawo do ograniczenia przetwarzania danych,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69A38DC4" w14:textId="5E95E429" w:rsidR="0084321E" w:rsidRPr="00F862E0" w:rsidRDefault="0084321E" w:rsidP="00676B73">
+    <w:p w14:paraId="7204D0C7" w14:textId="77777777" w:rsidR="00D92636" w:rsidRPr="007C283E" w:rsidRDefault="00D92636" w:rsidP="00D92636">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
-[...10 lines deleted...]
-        <w:t>Aby skorzystać z powyższych praw, musi Pani/Pan skontaktować się z Administratorem danych (dane kontaktowe powyżej) lub Inspektorem Ochrony Danych (dane kontaktowe poniżej).</w:t>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C283E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>- prawo do wniesienia skargi do organu nadzorczego – tj. Prezesa Urzędu Ochrony Danych Osobowych.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42827B2F" w14:textId="77777777" w:rsidR="0084321E" w:rsidRPr="00F862E0" w:rsidRDefault="0084321E" w:rsidP="00676B73">
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+    <w:p w14:paraId="3DCA474C" w14:textId="77777777" w:rsidR="00D92636" w:rsidRPr="007C283E" w:rsidRDefault="00D92636" w:rsidP="00D92636">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:b/>
-          <w:lang w:eastAsia="en-US"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C283E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:b/>
-          <w:lang w:eastAsia="en-US"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Inspektor Ochrony Danych</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22BC91E4" w14:textId="43E1F122" w:rsidR="0084321E" w:rsidRPr="00F862E0" w:rsidRDefault="0084321E" w:rsidP="00676B73">
+    <w:p w14:paraId="141E02C2" w14:textId="77777777" w:rsidR="00D92636" w:rsidRPr="007C283E" w:rsidRDefault="00D92636" w:rsidP="00D92636">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
-[...36 lines deleted...]
-        <w:t>przysługujących Pani/Panu praw związanych z przetwarzaniem danych.</w:t>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C283E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>W Urzędzie wyznaczony został Inspektor Ochrony Danych. Jest to osoba, z którą można się kontaktować w sprawach dotyczących przetwarzania Pani/Pana danych osobowych oraz korzystania z przysługujących Pani/Panu praw związanych z przetwarzaniem danych.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3735AD2C" w14:textId="77777777" w:rsidR="0084321E" w:rsidRPr="00F862E0" w:rsidRDefault="0084321E" w:rsidP="00676B73">
+    <w:p w14:paraId="5E5C7F47" w14:textId="77777777" w:rsidR="00D92636" w:rsidRPr="007C283E" w:rsidRDefault="00D92636" w:rsidP="00D92636">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
-[...8 lines deleted...]
-        <w:t>Z Inspektorem można kontaktować się w następujący sposób:</w:t>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C283E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Z Inspektorem można skontaktować się w następujący sposób:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2141468E" w14:textId="288B37DF" w:rsidR="0084321E" w:rsidRPr="00F862E0" w:rsidRDefault="0084321E" w:rsidP="00676B73">
+    <w:p w14:paraId="1D8BA67B" w14:textId="77777777" w:rsidR="00D92636" w:rsidRPr="007C283E" w:rsidRDefault="00D92636" w:rsidP="00D92636">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="289" w:hanging="284"/>
-[...31 lines deleted...]
-        <w:t>,</w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C283E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>- listownie na adres: al. M. Kromera 44, 51-163 Wrocław</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="603C79B2" w14:textId="70798069" w:rsidR="0084321E" w:rsidRPr="00F862E0" w:rsidRDefault="0084321E" w:rsidP="00676B73">
+    <w:p w14:paraId="117E6E70" w14:textId="77777777" w:rsidR="00D92636" w:rsidRPr="007C283E" w:rsidRDefault="00D92636" w:rsidP="00D92636">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="289" w:hanging="289"/>
-[...25 lines deleted...]
-        <w:t>,</w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C283E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>- przez e-mail: iod@um.wroc.pl</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52D3AE2A" w14:textId="375ED56F" w:rsidR="0084321E" w:rsidRPr="00F862E0" w:rsidRDefault="0084321E" w:rsidP="00676B73">
+    <w:p w14:paraId="3A5F898B" w14:textId="77777777" w:rsidR="00D92636" w:rsidRPr="007C283E" w:rsidRDefault="00D92636" w:rsidP="00D92636">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
-[...8 lines deleted...]
-        <w:t>-   telefonicznie: 71 777 77 24.</w:t>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C283E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>- telefonicznie: 71 777 77 24.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6BCCBDD5" w14:textId="77777777" w:rsidR="0084321E" w:rsidRPr="00F862E0" w:rsidRDefault="0084321E" w:rsidP="00676B73">
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+    <w:p w14:paraId="7E2C5E94" w14:textId="77777777" w:rsidR="00D92636" w:rsidRPr="007C283E" w:rsidRDefault="00D92636" w:rsidP="00D92636">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:b/>
-          <w:lang w:eastAsia="en-US"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C283E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:b/>
-          <w:lang w:eastAsia="en-US"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Prawo wniesienia skargi do organu</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49D63B7A" w14:textId="77777777" w:rsidR="0084321E" w:rsidRPr="00F862E0" w:rsidRDefault="0084321E" w:rsidP="00676B73">
+    <w:p w14:paraId="07353FBE" w14:textId="77777777" w:rsidR="00D92636" w:rsidRPr="007C283E" w:rsidRDefault="00D92636" w:rsidP="00D92636">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
-[...5 lines deleted...]
-          <w:lang w:eastAsia="en-US"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C283E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Przysługuje Pani/Panu także prawo wniesienia skargi do organu nadzorczego zajmującego się ochroną danych osobowych, tj. Prezesa Urzędu Ochrony Danych Osobowych, ul. Stawki 2, 00-193 Warszawa</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F862E0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="13BB0FEE" w14:textId="7C5416A3" w:rsidR="00310B5B" w:rsidRPr="00F862E0" w:rsidRDefault="0084321E" w:rsidP="00F862E0">
       <w:pPr>
         <w:spacing w:before="840" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F862E0">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>…………………………………………………………………………………</w:t>
       </w:r>
       <w:r w:rsidR="00310B5B" w:rsidRPr="00F862E0">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:tab/>
       </w:r>
@@ -3950,79 +3784,81 @@
     <w:rsid w:val="00261BCF"/>
     <w:rsid w:val="002A0354"/>
     <w:rsid w:val="002B63CF"/>
     <w:rsid w:val="002C7BDF"/>
     <w:rsid w:val="002F0530"/>
     <w:rsid w:val="00310B5B"/>
     <w:rsid w:val="003350BD"/>
     <w:rsid w:val="00372580"/>
     <w:rsid w:val="003D13E4"/>
     <w:rsid w:val="003F53EC"/>
     <w:rsid w:val="004030AD"/>
     <w:rsid w:val="0042662A"/>
     <w:rsid w:val="0043127D"/>
     <w:rsid w:val="00515503"/>
     <w:rsid w:val="0052078A"/>
     <w:rsid w:val="0058598E"/>
     <w:rsid w:val="0059034F"/>
     <w:rsid w:val="00594052"/>
     <w:rsid w:val="005C3D37"/>
     <w:rsid w:val="005D53E9"/>
     <w:rsid w:val="00621114"/>
     <w:rsid w:val="00636153"/>
     <w:rsid w:val="006453CD"/>
     <w:rsid w:val="00673874"/>
     <w:rsid w:val="00676B73"/>
+    <w:rsid w:val="00703A54"/>
     <w:rsid w:val="00742806"/>
     <w:rsid w:val="00780E04"/>
     <w:rsid w:val="007A6756"/>
     <w:rsid w:val="007E6E1D"/>
     <w:rsid w:val="00800EDD"/>
     <w:rsid w:val="00823692"/>
     <w:rsid w:val="0084321E"/>
     <w:rsid w:val="00851B43"/>
     <w:rsid w:val="008A5FFB"/>
     <w:rsid w:val="008B443A"/>
     <w:rsid w:val="00916FF9"/>
     <w:rsid w:val="00947AEA"/>
     <w:rsid w:val="009F4A99"/>
     <w:rsid w:val="00A44FAC"/>
     <w:rsid w:val="00A566EC"/>
     <w:rsid w:val="00A62E0A"/>
     <w:rsid w:val="00A86A8C"/>
     <w:rsid w:val="00AF3842"/>
     <w:rsid w:val="00B4600B"/>
     <w:rsid w:val="00CD4C84"/>
     <w:rsid w:val="00CE033C"/>
     <w:rsid w:val="00CE09B8"/>
     <w:rsid w:val="00D15B9B"/>
     <w:rsid w:val="00D33507"/>
     <w:rsid w:val="00D45A0E"/>
     <w:rsid w:val="00D47DF3"/>
     <w:rsid w:val="00D569B5"/>
     <w:rsid w:val="00D70397"/>
     <w:rsid w:val="00D77715"/>
+    <w:rsid w:val="00D92636"/>
     <w:rsid w:val="00E353BF"/>
     <w:rsid w:val="00E53D4F"/>
     <w:rsid w:val="00E5744B"/>
     <w:rsid w:val="00EA3B4C"/>
     <w:rsid w:val="00ED3FAA"/>
     <w:rsid w:val="00ED7CA9"/>
     <w:rsid w:val="00EE0BA0"/>
     <w:rsid w:val="00F17DD5"/>
     <w:rsid w:val="00F23A99"/>
     <w:rsid w:val="00F260D1"/>
     <w:rsid w:val="00F32A27"/>
     <w:rsid w:val="00F52FFF"/>
     <w:rsid w:val="00F61D32"/>
     <w:rsid w:val="00F862E0"/>
     <w:rsid w:val="00F94011"/>
     <w:rsid w:val="00FA19B8"/>
     <w:rsid w:val="00FD30B0"/>
     <w:rsid w:val="00FE535F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
@@ -4630,50 +4466,63 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1350984922">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1382556174">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motyw pakietu Office">
   <a:themeElements>
     <a:clrScheme name="Pakiet Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
@@ -4927,67 +4776,67 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>655</Words>
-  <Characters>4406</Characters>
+  <Words>711</Words>
+  <Characters>4266</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>36</Lines>
-  <Paragraphs>10</Paragraphs>
+  <Lines>35</Lines>
+  <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Informacje dodatkowe niezbędne do zarejestrowania szkoły/placówki w Systemie Informacji Oświatowej (SIO)</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>UMW</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5051</CharactersWithSpaces>
+  <CharactersWithSpaces>4968</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Informacje dodatkowe niezbędne do zarejestrowania szkoły/placówki w Systemie Informacji Oświatowej (SIO)</dc:title>
   <dc:creator>WI</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>