--- v0 (2025-10-11)
+++ v1 (2025-11-23)
@@ -18,51 +18,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:p w14:paraId="3D776596" w14:textId="77777777" w:rsidR="006B21CC" w:rsidRPr="008C2F00" w:rsidRDefault="006B21CC" w:rsidP="009638B0">
       <w:pPr>
         <w:pStyle w:val="Tytu"/>
         <w:spacing w:after="240" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008C2F00">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>INFORMACJA O WARUNKACH LOKALOWYCH</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2880F23A" w14:textId="225D943F" w:rsidR="006B21CC" w:rsidRPr="008C2F00" w:rsidRDefault="006B21CC" w:rsidP="00E90967">
+    <w:p w14:paraId="2880F23A" w14:textId="015EB075" w:rsidR="006B21CC" w:rsidRPr="008C2F00" w:rsidRDefault="006B21CC" w:rsidP="00E90967">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowywcity"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008C2F00">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve">Zgodnie z art. </w:t>
       </w:r>
       <w:r w:rsidR="001979BB" w:rsidRPr="008C2F00">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t>168</w:t>
       </w:r>
       <w:r w:rsidRPr="008C2F00">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
@@ -110,75 +110,69 @@
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="005974FF" w:rsidRPr="008C2F00">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve">tekst jedn.: </w:t>
       </w:r>
       <w:r w:rsidRPr="008C2F00">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t>Dz.</w:t>
       </w:r>
       <w:r w:rsidR="00C05609" w:rsidRPr="008C2F00">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="008C2F00">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
-        <w:t>U. z 20</w:t>
-[...11 lines deleted...]
-        <w:t>4</w:t>
+        <w:t xml:space="preserve">U. z </w:t>
+      </w:r>
+      <w:r w:rsidR="00FD0569">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>2025</w:t>
       </w:r>
       <w:r w:rsidRPr="008C2F00">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> r., poz. </w:t>
       </w:r>
-      <w:r w:rsidR="00017D64" w:rsidRPr="008C2F00">
-[...3 lines deleted...]
-        <w:t>737</w:t>
+      <w:r w:rsidR="00FD0569">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>1043</w:t>
       </w:r>
       <w:r w:rsidR="0016156D" w:rsidRPr="008C2F00">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> z </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="005974FF" w:rsidRPr="008C2F00">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t>późn</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="005974FF" w:rsidRPr="008C2F00">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="0016156D" w:rsidRPr="008C2F00">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
@@ -500,818 +494,660 @@
     </w:p>
     <w:p w14:paraId="1917694F" w14:textId="77777777" w:rsidR="006B21CC" w:rsidRPr="008C2F00" w:rsidRDefault="006B21CC" w:rsidP="00C30B37">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:after="240" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="142" w:hanging="142"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008C2F00">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>- bezpieczne i higieniczne warunki nauki i pracy</w:t>
       </w:r>
       <w:r w:rsidR="006924A0" w:rsidRPr="008C2F00">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="179F4396" w14:textId="77777777" w:rsidR="00681EC2" w:rsidRPr="008C2F00" w:rsidRDefault="00681EC2" w:rsidP="00681EC2">
-[...3 lines deleted...]
-          <w:rFonts w:eastAsia="Calibri"/>
+    <w:p w14:paraId="00729982" w14:textId="77777777" w:rsidR="009C7424" w:rsidRPr="009C7424" w:rsidRDefault="009C7424" w:rsidP="009C7424">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
           <w:b/>
-          <w:szCs w:val="24"/>
-[...5 lines deleted...]
-          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009C7424">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
           <w:b/>
-          <w:szCs w:val="24"/>
-[...43 lines deleted...]
-          <w:rFonts w:eastAsia="Calibri" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>INFORMACJE DOTYCZĄCE PRZETWARZANIA DANYCH OSOBOWYCH</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4777C041" w14:textId="77777777" w:rsidR="009C7424" w:rsidRPr="009C7424" w:rsidRDefault="009C7424" w:rsidP="009C7424">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009C7424">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Niniejszą informację otrzymuje Pani/Pan w związku z obowiązkami określonymi w art. 13 rozporządzenia Parlamentu Europejskiego i Rady (UE) 2016/679 z dnia 27 kwietnia 2016 r. w sprawie ochrony osób fizycznych w związku z przetwarzaniem danych osobowych i w sprawie swobodnego przepływu takich danych oraz uchylenia dyrektywy 95/46/WE (ogólne rozporządzenie o ochronie danych) (Dziennik Urzędowy Unii Europejskiej z dnia 4 maja 2016 r. L 119/1). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58176803" w14:textId="77777777" w:rsidR="009C7424" w:rsidRPr="009C7424" w:rsidRDefault="009C7424" w:rsidP="009C7424">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
           <w:b/>
-          <w:szCs w:val="24"/>
-[...5 lines deleted...]
-          <w:rFonts w:eastAsia="Calibri" w:cs="Tahoma"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009C7424">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
           <w:b/>
-          <w:szCs w:val="24"/>
-[...37 lines deleted...]
-          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Administrator danych osobowych (ADO)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14FE1DB3" w14:textId="77777777" w:rsidR="009C7424" w:rsidRPr="009C7424" w:rsidRDefault="009C7424" w:rsidP="009C7424">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009C7424">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Administratorem Pani/Pana danych osobowych jest Prezydent Wrocławia, z którym można się skontaktować w następujący sposób:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73C61100" w14:textId="77777777" w:rsidR="009C7424" w:rsidRPr="009C7424" w:rsidRDefault="009C7424" w:rsidP="009C7424">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009C7424">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidRPr="008C2F00">
-[...57 lines deleted...]
-          <w:lang w:eastAsia="en-US"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C7424">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>listownie na adres: Prezydent Wrocławia, Urząd Miejski Wrocławia, pl. Nowy Targ 1-8, 50-141 Wrocław,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="108716F4" w14:textId="77777777" w:rsidR="009C7424" w:rsidRPr="009C7424" w:rsidRDefault="009C7424" w:rsidP="009C7424">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009C7424">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>- za pośrednictwem poczty elektronicznej na adres: wfi@um.wroc.pl,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29883C20" w14:textId="77777777" w:rsidR="009C7424" w:rsidRPr="009C7424" w:rsidRDefault="009C7424" w:rsidP="009C7424">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009C7424">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:t>- telefonicznie: +48 71 777 77 06.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D0C7A0F" w14:textId="77777777" w:rsidR="00681EC2" w:rsidRPr="008C2F00" w:rsidRDefault="00681EC2" w:rsidP="00681EC2">
-[...3 lines deleted...]
-          <w:rFonts w:eastAsia="Calibri" w:cs="Tahoma"/>
+    <w:p w14:paraId="6A7754EA" w14:textId="77777777" w:rsidR="009C7424" w:rsidRPr="009C7424" w:rsidRDefault="009C7424" w:rsidP="009C7424">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
           <w:b/>
-          <w:szCs w:val="24"/>
-[...5 lines deleted...]
-          <w:rFonts w:eastAsia="Calibri" w:cs="Tahoma"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009C7424">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
           <w:b/>
-          <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Cele przetwarzania danych</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02B363F3" w14:textId="77777777" w:rsidR="00681EC2" w:rsidRPr="008C2F00" w:rsidRDefault="00681EC2" w:rsidP="00681EC2">
-[...21 lines deleted...]
-          <w:rFonts w:eastAsia="Calibri" w:cs="Tahoma"/>
+    <w:p w14:paraId="7F01852C" w14:textId="77777777" w:rsidR="009C7424" w:rsidRPr="009C7424" w:rsidRDefault="009C7424" w:rsidP="009C7424">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009C7424">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Pani/Pana dane osobowe będą przetwarzane w celu prowadzenia spraw związanych z wpisem/zmianą we wpisie szkoły lub placówki oświatowej do ewidencji szkół i placówek niepublicznych prowadzonej przez Gminę Wrocław.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="785EE5F6" w14:textId="77777777" w:rsidR="009C7424" w:rsidRPr="009C7424" w:rsidRDefault="009C7424" w:rsidP="009C7424">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
           <w:b/>
-          <w:szCs w:val="24"/>
-[...5 lines deleted...]
-          <w:rFonts w:eastAsia="Calibri" w:cs="Tahoma"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009C7424">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
           <w:b/>
-          <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Podstawy prawne przetwarzania</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="322AE2B2" w14:textId="15F34035" w:rsidR="00681EC2" w:rsidRPr="008C2F00" w:rsidRDefault="00681EC2" w:rsidP="00681EC2">
-[...105 lines deleted...]
-          <w:rFonts w:eastAsia="Calibri" w:cs="Tahoma"/>
+    <w:p w14:paraId="6BA90DAB" w14:textId="77777777" w:rsidR="009C7424" w:rsidRPr="009C7424" w:rsidRDefault="009C7424" w:rsidP="009C7424">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009C7424">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Będziemy przetwarzać Pani/Pana dane osobowe na podstawie art. 6 ust. 1 lit. c) RODO, ustawy z dnia 14 grudnia 2016 r. – Prawo oświatowe oraz ustawy z dnia 14 czerwca 1960 r. Kodeks postępowania administracyjnego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F7E4A56" w14:textId="77777777" w:rsidR="009C7424" w:rsidRPr="009C7424" w:rsidRDefault="009C7424" w:rsidP="009C7424">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
           <w:b/>
-          <w:szCs w:val="24"/>
-[...5 lines deleted...]
-          <w:rFonts w:eastAsia="Calibri" w:cs="Tahoma"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009C7424">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
           <w:b/>
-          <w:szCs w:val="24"/>
-[...9 lines deleted...]
-          <w:rFonts w:eastAsia="Calibri" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Obligatoryjność/fakultatywność podania danych osobowych </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3AF6B0C4" w14:textId="77777777" w:rsidR="009C7424" w:rsidRPr="009C7424" w:rsidRDefault="009C7424" w:rsidP="009C7424">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009C7424">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
           <w:bCs/>
-          <w:szCs w:val="24"/>
-[...17 lines deleted...]
-          <w:rFonts w:eastAsia="Calibri" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Podanie przez Panią/Pana danych osobowych jest wymogiem ustawowym wynikającym z </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C7424">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ustawy z dnia 14 grudnia 2016 r. – Prawo oświatowe oraz ustawy z dnia 14 czerwca 1960 r. Kodeks postępowania administracyjnego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24E81BC8" w14:textId="77777777" w:rsidR="009C7424" w:rsidRPr="009C7424" w:rsidRDefault="009C7424" w:rsidP="009C7424">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
           <w:b/>
-          <w:szCs w:val="24"/>
-[...5 lines deleted...]
-          <w:rFonts w:eastAsia="Calibri" w:cs="Tahoma"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009C7424">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
           <w:b/>
-          <w:szCs w:val="24"/>
-[...27 lines deleted...]
-          <w:rFonts w:eastAsia="Calibri" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>Okres retencji danych</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="777E938E" w14:textId="77777777" w:rsidR="009C7424" w:rsidRPr="009C7424" w:rsidRDefault="009C7424" w:rsidP="009C7424">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009C7424">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Pani/Pana dane osobowe będą przetwarzane przez Urząd Miejski Wrocławia przez 25 lat od stycznia kolejnego roku po zakończeniu Twojej sprawy, następnie zostaną przekazane do Archiwum Państwowego we Wrocławiu, gdzie będą przechowywane wieczyście.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DEFAEDD" w14:textId="77777777" w:rsidR="009C7424" w:rsidRPr="009C7424" w:rsidRDefault="009C7424" w:rsidP="009C7424">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
           <w:b/>
-          <w:szCs w:val="24"/>
-[...5 lines deleted...]
-          <w:rFonts w:eastAsia="Calibri" w:cs="Tahoma"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009C7424">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
           <w:b/>
-          <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Odbiorcy danych</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="337A5BF2" w14:textId="77777777" w:rsidR="00681EC2" w:rsidRPr="008C2F00" w:rsidRDefault="00681EC2" w:rsidP="00681EC2">
-[...20 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="7F142CEC" w14:textId="77777777" w:rsidR="009C7424" w:rsidRPr="009C7424" w:rsidRDefault="009C7424" w:rsidP="009C7424">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009C7424">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Odbiorcami Pani/Pana danych osobowych mogą być:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="440C555E" w14:textId="77777777" w:rsidR="009C7424" w:rsidRPr="009C7424" w:rsidRDefault="009C7424" w:rsidP="009C7424">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009C7424">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>- dostawcy usług IT,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2833C5E6" w14:textId="77777777" w:rsidR="009C7424" w:rsidRPr="009C7424" w:rsidRDefault="009C7424" w:rsidP="009C7424">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009C7424">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>- podmioty przetwarzające dane na zlecenie administratora,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="653BDEB8" w14:textId="77777777" w:rsidR="009C7424" w:rsidRPr="009C7424" w:rsidRDefault="009C7424" w:rsidP="009C7424">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009C7424">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>- podmioty upoważnione na podstawie przepisów prawa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44DC34B3" w14:textId="77777777" w:rsidR="009C7424" w:rsidRPr="009C7424" w:rsidRDefault="009C7424" w:rsidP="009C7424">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009C7424">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- podmioty prowadzące działalność pocztową lub kurierską </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C7424">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
-          <w:szCs w:val="24"/>
-[...3 lines deleted...]
-        <w:rPr>
+        </w:rPr>
+        <w:t>(jeżeli odpowiedź jest wysyłana pocztą, E-doręczenia, kurierem).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4EDE9A88" w14:textId="77777777" w:rsidR="009C7424" w:rsidRPr="009C7424" w:rsidRDefault="009C7424" w:rsidP="009C7424">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009C7424">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Takie podmioty przetwarzają dane na podstawie zawartej umowy z administratorem i tylko zgodnie z jego poleceniami.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CDB35A3" w14:textId="77777777" w:rsidR="009C7424" w:rsidRPr="009C7424" w:rsidRDefault="009C7424" w:rsidP="009C7424">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009C7424">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
           <w:b/>
-          <w:szCs w:val="24"/>
-[...39 lines deleted...]
-          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Przysługujące prawa</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10A58D14" w14:textId="77777777" w:rsidR="009C7424" w:rsidRPr="009C7424" w:rsidRDefault="009C7424" w:rsidP="009C7424">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009C7424">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Przysługuje Pani/Panu:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A21EA18" w14:textId="77777777" w:rsidR="009C7424" w:rsidRPr="009C7424" w:rsidRDefault="009C7424" w:rsidP="009C7424">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009C7424">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidRPr="008C2F00">
-[...26 lines deleted...]
-          <w:lang w:eastAsia="en-US"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C7424">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>prawo dostępu do swoich danych oraz otrzymania ich kopii,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="421E6C8A" w14:textId="77777777" w:rsidR="009C7424" w:rsidRPr="009C7424" w:rsidRDefault="009C7424" w:rsidP="009C7424">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009C7424">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidRPr="008C2F00">
-[...28 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C7424">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>prawo do sprostowania (poprawiania) swoich danych,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2436D176" w14:textId="77777777" w:rsidR="009C7424" w:rsidRPr="009C7424" w:rsidRDefault="009C7424" w:rsidP="009C7424">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009C7424">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+        </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidRPr="008C2F00">
-[...33 lines deleted...]
-          <w:rFonts w:eastAsia="Calibri" w:cs="Tahoma"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C7424">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>prawo do ograniczenia przetwarzania danych,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="660E61D9" w14:textId="77777777" w:rsidR="009C7424" w:rsidRPr="009C7424" w:rsidRDefault="009C7424" w:rsidP="009C7424">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C7424">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>prawo do wniesienia skargi do organu nadzorczego – tj. Prezesa Urzędu Ochrony Danych Osobowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50CCB4B2" w14:textId="77777777" w:rsidR="009C7424" w:rsidRPr="009C7424" w:rsidRDefault="009C7424" w:rsidP="009C7424">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
           <w:b/>
-          <w:szCs w:val="24"/>
-[...5 lines deleted...]
-          <w:rFonts w:eastAsia="Calibri" w:cs="Tahoma"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009C7424">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
           <w:b/>
-          <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Inspektor Ochrony Danych</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="700B445E" w14:textId="77777777" w:rsidR="00681EC2" w:rsidRPr="008C2F00" w:rsidRDefault="00681EC2" w:rsidP="00681EC2">
-[...113 lines deleted...]
-          <w:rFonts w:eastAsia="Calibri" w:cs="Tahoma"/>
+    <w:p w14:paraId="583CFBF6" w14:textId="77777777" w:rsidR="009C7424" w:rsidRPr="009C7424" w:rsidRDefault="009C7424" w:rsidP="009C7424">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009C7424">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>W Urzędzie wyznaczony został Inspektor Ochrony Danych. Jest to osoba, z którą można się kontaktować w sprawach dotyczących przetwarzania Pani/Pana danych osobowych oraz korzystania z przysługujących Pani/Panu praw związanych z przetwarzaniem danych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="369AEA67" w14:textId="77777777" w:rsidR="009C7424" w:rsidRPr="009C7424" w:rsidRDefault="009C7424" w:rsidP="009C7424">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009C7424">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Z Inspektorem można skontaktować się w następujący sposób:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="701F49AE" w14:textId="77777777" w:rsidR="009C7424" w:rsidRPr="009C7424" w:rsidRDefault="009C7424" w:rsidP="009C7424">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009C7424">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C7424">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>listownie na adres: al. M. Kromera 44, 51-163 Wrocław</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B5A975C" w14:textId="77777777" w:rsidR="009C7424" w:rsidRPr="009C7424" w:rsidRDefault="009C7424" w:rsidP="009C7424">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009C7424">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>- przez e-mail: iod@um.wroc.pl</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D6DAE10" w14:textId="77777777" w:rsidR="009C7424" w:rsidRPr="009C7424" w:rsidRDefault="009C7424" w:rsidP="009C7424">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009C7424">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>- telefonicznie: 71 777 77 24.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60CE8C1C" w14:textId="77777777" w:rsidR="008F0E96" w:rsidRDefault="008F0E96" w:rsidP="008F0E96">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
-          <w:szCs w:val="24"/>
-[...5 lines deleted...]
-          <w:rFonts w:eastAsia="Calibri" w:cs="Tahoma"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
-          <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Prawo wniesienia skargi do organu</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0EE07429" w14:textId="4D971C98" w:rsidR="005974FF" w:rsidRPr="008C2F00" w:rsidRDefault="00681EC2" w:rsidP="00681EC2">
-[...10 lines deleted...]
-          <w:lang w:eastAsia="en-US"/>
+    <w:p w14:paraId="6EE1F053" w14:textId="77777777" w:rsidR="008F0E96" w:rsidRDefault="008F0E96" w:rsidP="008F0E96">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Przysługuje Pani/Panu także prawo wniesienia skargi do organu nadzorczego zajmującego się ochroną danych osobowych, tj. Prezesa Urzędu Ochrony Danych Osobowych, ul. Stawki 2, 00-193 Warszawa</w:t>
       </w:r>
-      <w:r w:rsidR="005974FF" w:rsidRPr="008C2F00">
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="53D5110D" w14:textId="59B6F7CD" w:rsidR="005974FF" w:rsidRPr="008C2F00" w:rsidRDefault="005974FF" w:rsidP="005974FF">
       <w:pPr>
         <w:spacing w:before="600" w:line="312" w:lineRule="auto"/>
         <w:ind w:left="357"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008C2F00">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>…………….………………………………………</w:t>
       </w:r>
       <w:r w:rsidR="004E7E79" w:rsidRPr="008C2F00">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>…..</w:t>
       </w:r>
@@ -1418,96 +1254,89 @@
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Comic Sans MS">
     <w:panose1 w:val="030F0702030302020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="script"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000287" w:usb1="00000013" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:sig w:usb0="00000687" w:usb1="00000013" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Liberation Mono">
     <w:altName w:val="Courier New"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:notTrueType/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="NSimSun">
     <w:panose1 w:val="02010609030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0D577BF9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="88EA0766"/>
     <w:lvl w:ilvl="0" w:tplc="CB1EE33A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
@@ -2184,51 +2013,51 @@
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="60"/>
   <w:proofState w:spelling="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="425"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006B21CC"/>
     <w:rsid w:val="00005A58"/>
     <w:rsid w:val="00017D64"/>
     <w:rsid w:val="00023639"/>
     <w:rsid w:val="00052854"/>
     <w:rsid w:val="00053A38"/>
     <w:rsid w:val="000C7BD7"/>
     <w:rsid w:val="00131757"/>
     <w:rsid w:val="0013573D"/>
     <w:rsid w:val="0014070B"/>
     <w:rsid w:val="00154A9C"/>
     <w:rsid w:val="0016156D"/>
     <w:rsid w:val="001979BB"/>
     <w:rsid w:val="001D6A6A"/>
@@ -2246,83 +2075,86 @@
     <w:rsid w:val="004E19F5"/>
     <w:rsid w:val="004E7E79"/>
     <w:rsid w:val="004F3A34"/>
     <w:rsid w:val="00502712"/>
     <w:rsid w:val="005034E3"/>
     <w:rsid w:val="00524E97"/>
     <w:rsid w:val="0053359B"/>
     <w:rsid w:val="005402E4"/>
     <w:rsid w:val="00544B76"/>
     <w:rsid w:val="005974FF"/>
     <w:rsid w:val="005A7573"/>
     <w:rsid w:val="00655370"/>
     <w:rsid w:val="00681EC2"/>
     <w:rsid w:val="006924A0"/>
     <w:rsid w:val="006B21CC"/>
     <w:rsid w:val="006D0BBB"/>
     <w:rsid w:val="0070078A"/>
     <w:rsid w:val="007038EE"/>
     <w:rsid w:val="00734772"/>
     <w:rsid w:val="00742961"/>
     <w:rsid w:val="0074790E"/>
     <w:rsid w:val="00782083"/>
     <w:rsid w:val="0081396C"/>
     <w:rsid w:val="00876FB5"/>
     <w:rsid w:val="008C2F00"/>
+    <w:rsid w:val="008F0E96"/>
     <w:rsid w:val="0091169D"/>
     <w:rsid w:val="00915C3D"/>
     <w:rsid w:val="00923A27"/>
     <w:rsid w:val="00931CBD"/>
     <w:rsid w:val="009638B0"/>
     <w:rsid w:val="00983DB5"/>
     <w:rsid w:val="009A1406"/>
     <w:rsid w:val="009B6437"/>
+    <w:rsid w:val="009C7424"/>
     <w:rsid w:val="00A075B4"/>
     <w:rsid w:val="00A4196A"/>
     <w:rsid w:val="00A9685C"/>
     <w:rsid w:val="00AE5C62"/>
     <w:rsid w:val="00B417C4"/>
     <w:rsid w:val="00C05609"/>
     <w:rsid w:val="00C30B37"/>
     <w:rsid w:val="00C4327F"/>
     <w:rsid w:val="00C533C8"/>
     <w:rsid w:val="00D03FA5"/>
     <w:rsid w:val="00D04067"/>
     <w:rsid w:val="00D34B1A"/>
     <w:rsid w:val="00D54678"/>
     <w:rsid w:val="00D7558A"/>
     <w:rsid w:val="00E72CD0"/>
     <w:rsid w:val="00E73921"/>
     <w:rsid w:val="00E90967"/>
     <w:rsid w:val="00EB3853"/>
     <w:rsid w:val="00EC470F"/>
     <w:rsid w:val="00F10F48"/>
     <w:rsid w:val="00F11C8A"/>
     <w:rsid w:val="00F410C0"/>
     <w:rsid w:val="00F46CA2"/>
     <w:rsid w:val="00F507BF"/>
     <w:rsid w:val="00F90E2A"/>
+    <w:rsid w:val="00FD0569"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pl-PL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
@@ -2721,51 +2553,50 @@
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normalny">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="005402E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Domylnaczcionkaakapitu">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Standardowy">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Bezlisty">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NormalnyWeb">
     <w:name w:val="Normal (Web)"/>
@@ -2936,50 +2767,89 @@
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="244152332">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="385682362">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="991299130">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1724449672">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1746803346">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motyw pakietu Office">
@@ -3263,67 +3133,67 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E15FB003-F693-43B5-8AA7-0D2103E5904B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>586</Words>
-  <Characters>3520</Characters>
+  <Words>571</Words>
+  <Characters>3430</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>29</Lines>
-  <Paragraphs>8</Paragraphs>
+  <Lines>28</Lines>
+  <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>INFORMACJA O WARUNKACH LOKALOWYCH</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Urząd Miejski Wrocławia</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4098</CharactersWithSpaces>
+  <CharactersWithSpaces>3994</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>INFORMACJA O WARUNKACH LOKALOWYCH</dc:title>
   <dc:creator>umw</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>