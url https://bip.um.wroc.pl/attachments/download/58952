--- v0 (2025-10-11)
+++ v1 (2025-11-23)
@@ -73,51 +73,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">prowadzonej przez </w:t>
       </w:r>
       <w:r w:rsidR="00BC5239" w:rsidRPr="00D73D06">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>M</w:t>
       </w:r>
       <w:r w:rsidRPr="00D73D06">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">iasto Wrocław </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7DE0924D" w14:textId="5EAA2F77" w:rsidR="0030348E" w:rsidRPr="00D73D06" w:rsidRDefault="0030348E" w:rsidP="00A259FC">
+    <w:p w14:paraId="7DE0924D" w14:textId="2A4AA521" w:rsidR="0030348E" w:rsidRPr="00D73D06" w:rsidRDefault="0030348E" w:rsidP="00A259FC">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy2"/>
         <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D73D06">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Na podstawie art. </w:t>
       </w:r>
       <w:r w:rsidR="001F3475" w:rsidRPr="00D73D06">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>168</w:t>
       </w:r>
       <w:r w:rsidRPr="00D73D06">
         <w:rPr>
@@ -144,102 +144,93 @@
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Prawo oświatowe</w:t>
       </w:r>
       <w:r w:rsidR="00F16F43" w:rsidRPr="00D73D06">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidR="001A2F78" w:rsidRPr="00D73D06">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">tekst jedn.: </w:t>
       </w:r>
       <w:r w:rsidR="00B670B6" w:rsidRPr="00D73D06">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Dz. U. z 202</w:t>
+        <w:t xml:space="preserve">Dz. U. z </w:t>
+      </w:r>
+      <w:r w:rsidR="003D0347">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2025</w:t>
       </w:r>
       <w:r w:rsidR="009B4786" w:rsidRPr="00D73D06">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">4 </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B670B6" w:rsidRPr="00D73D06">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">r., poz. </w:t>
       </w:r>
-      <w:r w:rsidR="009B4786" w:rsidRPr="00D73D06">
-[...4 lines deleted...]
-        <w:t>737</w:t>
+      <w:r w:rsidR="003D0347">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1043</w:t>
       </w:r>
       <w:r w:rsidR="000C01B6" w:rsidRPr="00D73D06">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> z</w:t>
       </w:r>
       <w:r w:rsidR="001A2F78" w:rsidRPr="00D73D06">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...15 lines deleted...]
-        <w:t>. zm</w:t>
+        <w:t xml:space="preserve"> późn. zm</w:t>
       </w:r>
       <w:r w:rsidR="000C01B6" w:rsidRPr="00D73D06">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00D73D06">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="001A2F78" w:rsidRPr="00D73D06">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B597E73" w14:textId="65444AF3" w:rsidR="0030348E" w:rsidRPr="00D73D06" w:rsidRDefault="00505640" w:rsidP="00A259FC">
       <w:pPr>
@@ -793,51 +784,51 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="4BD6148D" w14:textId="77777777" w:rsidR="00162CBD" w:rsidRPr="00D73D06" w:rsidRDefault="00162CBD" w:rsidP="00A259FC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D73D06">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00887032" w:rsidRPr="00D73D06">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6EDF4846" w14:textId="4E6DBB16" w:rsidR="0030348E" w:rsidRPr="00D73D06" w:rsidRDefault="00D911B6" w:rsidP="00A259FC">
+    <w:p w14:paraId="6EDF4846" w14:textId="623A9323" w:rsidR="0030348E" w:rsidRPr="00D73D06" w:rsidRDefault="00D911B6" w:rsidP="00A259FC">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="425"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D73D06">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Adres </w:t>
       </w:r>
       <w:r w:rsidRPr="00D73D06">
         <w:rPr>
@@ -906,69 +897,67 @@
         </w:rPr>
         <w:t xml:space="preserve"> osoby prowadzącej (</w:t>
       </w:r>
       <w:r w:rsidR="00811D31" w:rsidRPr="00D73D06">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>dokładny adres</w:t>
       </w:r>
       <w:r w:rsidR="0030348E" w:rsidRPr="00D73D06">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00811D31" w:rsidRPr="00D73D06">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">z kodem </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>z kodem poczt</w:t>
+      </w:r>
+      <w:r w:rsidR="003D0347">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
       <w:r w:rsidR="00811D31" w:rsidRPr="00D73D06">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>pocztwym</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">, </w:t>
+        <w:t xml:space="preserve">wym, </w:t>
       </w:r>
       <w:r w:rsidR="0030348E" w:rsidRPr="00D73D06">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>telefon</w:t>
       </w:r>
       <w:r w:rsidR="006217F6" w:rsidRPr="00D73D06">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
       <w:r w:rsidR="0030348E" w:rsidRPr="00D73D06">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, e-mail</w:t>
       </w:r>
@@ -982,930 +971,840 @@
       </w:r>
       <w:r w:rsidR="0030348E" w:rsidRPr="00D73D06">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00D73D06">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="006217F6" w:rsidRPr="00D73D06">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="003D0347">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>…………………………………………….</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="673386AF" w14:textId="77777777" w:rsidR="00D73D06" w:rsidRDefault="00F50C1A" w:rsidP="00A259FC">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D73D06">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06E4AA95" w14:textId="5A9A5915" w:rsidR="00F50C1A" w:rsidRDefault="00887032" w:rsidP="00A259FC">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D73D06">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="029F2FAA" w14:textId="77777777" w:rsidR="009B5800" w:rsidRDefault="009B5800" w:rsidP="009B5800">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6. Adres do e-Doręczeń*: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D73D06">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D70C111" w14:textId="3836AEAB" w:rsidR="0030348E" w:rsidRPr="00D73D06" w:rsidRDefault="009B5800" w:rsidP="009B5800">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7. </w:t>
+      </w:r>
+      <w:r w:rsidR="00D73D06">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>U</w:t>
+      </w:r>
+      <w:r w:rsidR="0030348E" w:rsidRPr="00D73D06">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>rz</w:t>
+      </w:r>
+      <w:r w:rsidR="00D73D06">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>ąd</w:t>
+      </w:r>
+      <w:r w:rsidR="0030348E" w:rsidRPr="00D73D06">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D73D06">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidR="0030348E" w:rsidRPr="00D73D06">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>karbowego</w:t>
+      </w:r>
+      <w:r w:rsidR="00D73D06">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> właściwy dla</w:t>
+      </w:r>
       <w:r w:rsidR="00F50C1A" w:rsidRPr="00D73D06">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> osoby </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB40B8" w:rsidRPr="00D73D06">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>prowadzącej</w:t>
+      </w:r>
+      <w:r w:rsidR="00D73D06">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00F50C1A" w:rsidRPr="00D73D06">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F50C1A" w:rsidRPr="00D73D06">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:tab/>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="07D072B5" w14:textId="77777777" w:rsidR="009B5800" w:rsidRDefault="00F50C1A" w:rsidP="009B5800">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D73D06">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00887032" w:rsidRPr="00D73D06">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FAC6BBB" w14:textId="77777777" w:rsidR="009B5800" w:rsidRDefault="009B5800" w:rsidP="009B5800">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8. </w:t>
+      </w:r>
+      <w:r w:rsidR="0030348E" w:rsidRPr="00D73D06">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>Typ szkoły lub placówki zgodnie z art</w:t>
+      </w:r>
+      <w:r w:rsidR="001F3475" w:rsidRPr="00D73D06">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. 2 i </w:t>
+      </w:r>
+      <w:r w:rsidR="00A9711E" w:rsidRPr="00D73D06">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>18</w:t>
+      </w:r>
+      <w:r w:rsidR="001F3475" w:rsidRPr="00D73D06">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ust. 1 ustawy Prawo oświatowe</w:t>
+      </w:r>
       <w:r w:rsidR="00D73D06">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="673386AF" w14:textId="77777777" w:rsidR="00D73D06" w:rsidRDefault="00F50C1A" w:rsidP="00A259FC">
+        </w:rPr>
+        <w:t>: ……………………………………………………………………………………………..</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2272AD0C" w14:textId="77777777" w:rsidR="009B5800" w:rsidRDefault="009B5800" w:rsidP="009B5800">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D73D06">
-[...41 lines deleted...]
-      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-          <w:sz w:val="24"/>
-[...24 lines deleted...]
-          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9. </w:t>
+      </w:r>
+      <w:r w:rsidR="001F3475" w:rsidRPr="00D73D06">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>System kształcenia</w:t>
+      </w:r>
+      <w:r w:rsidR="00887032" w:rsidRPr="00D73D06">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...113 lines deleted...]
-      </w:r>
       <w:r w:rsidR="001F3475" w:rsidRPr="00D73D06">
-        <w:rPr>
-[...81 lines deleted...]
-      <w:r w:rsidRPr="00D73D06">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(właściwe</w:t>
       </w:r>
       <w:r w:rsidR="00D73D06" w:rsidRPr="00D73D06">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> podkreślić</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D73D06">
+      <w:r w:rsidR="001F3475" w:rsidRPr="00D73D06">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D73D06">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="001F3475" w:rsidRPr="00D73D06">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="00CB3FD9" w:rsidRPr="00D73D06">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">dzienny, </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D73D06">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="001F3475" w:rsidRPr="00D73D06">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t>stacjonarny, zaoczny</w:t>
       </w:r>
       <w:r w:rsidR="00D73D06">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47AA61E8" w14:textId="7C04A9ED" w:rsidR="0030348E" w:rsidRDefault="00887032" w:rsidP="00A259FC">
-[...19 lines deleted...]
-          <w:szCs w:val="24"/>
+    <w:p w14:paraId="574895E7" w14:textId="77777777" w:rsidR="009B5800" w:rsidRDefault="009B5800" w:rsidP="009B5800">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10. </w:t>
+      </w:r>
+      <w:r w:rsidR="00887032" w:rsidRPr="00D73D06">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve">Szkoła </w:t>
       </w:r>
       <w:r w:rsidR="000E5F9D" w:rsidRPr="00D73D06">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">/ placówka </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D73D06">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00887032" w:rsidRPr="00D73D06">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve">kształci </w:t>
       </w:r>
       <w:r w:rsidR="00D73D06" w:rsidRPr="00D73D06">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(właściwe podkreślić)</w:t>
       </w:r>
       <w:r w:rsidR="0030348E" w:rsidRPr="00D73D06">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>: dzieci, młodzież, dorosłych</w:t>
       </w:r>
       <w:r w:rsidR="00D73D06">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59F7D0B9" w14:textId="72847FB5" w:rsidR="00D113D2" w:rsidRDefault="00D113D2" w:rsidP="00A259FC">
-[...12 lines deleted...]
-          <w:szCs w:val="24"/>
+    <w:p w14:paraId="24E7693E" w14:textId="77777777" w:rsidR="009B5800" w:rsidRDefault="009B5800" w:rsidP="009B5800">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">11. </w:t>
+      </w:r>
+      <w:r w:rsidR="00D113D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve">Czy prowadzony jest odział przedszkolny w przypadku szkoły podstawowej </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D113D2">
+      <w:r w:rsidR="00D113D2" w:rsidRPr="00D113D2">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(właściwe podkreślić)</w:t>
       </w:r>
+      <w:r w:rsidR="00D113D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>: TAK / NIE.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61A59561" w14:textId="77777777" w:rsidR="009B5800" w:rsidRDefault="009B5800" w:rsidP="009B5800">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-          <w:sz w:val="24"/>
-[...46 lines deleted...]
-      <w:r w:rsidRPr="00D113D2">
+        </w:rPr>
+        <w:t xml:space="preserve">12. </w:t>
+      </w:r>
+      <w:r w:rsidR="00D113D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Czy prowadzony jest odział integracyjny w przypadku szkoły </w:t>
+      </w:r>
+      <w:r w:rsidR="00D113D2" w:rsidRPr="00D113D2">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(właściwe podkreślić)</w:t>
       </w:r>
+      <w:r w:rsidR="00D113D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>: TAK / NIE.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="565954A0" w14:textId="77777777" w:rsidR="009B5800" w:rsidRDefault="009B5800" w:rsidP="009B5800">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-          <w:sz w:val="24"/>
-[...25 lines deleted...]
-          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">13. </w:t>
+      </w:r>
+      <w:r w:rsidR="00D113D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve">Czy prowadzony jest odział specjalny w przypadku szkoły </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D113D2">
+      <w:r w:rsidR="00D113D2" w:rsidRPr="00D113D2">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(właściwe podkreślić)</w:t>
       </w:r>
+      <w:r w:rsidR="00D113D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>: TAK / NIE.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E7AEA8E" w14:textId="5E229264" w:rsidR="00D911B6" w:rsidRPr="00D73D06" w:rsidRDefault="009B5800" w:rsidP="009B5800">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="6E7AEA8E" w14:textId="69DC940F" w:rsidR="00D911B6" w:rsidRPr="00D73D06" w:rsidRDefault="00887032" w:rsidP="00A259FC">
+        </w:rPr>
+        <w:t xml:space="preserve">14. </w:t>
+      </w:r>
+      <w:r w:rsidR="00887032" w:rsidRPr="00D73D06">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Zakres </w:t>
+      </w:r>
+      <w:r w:rsidR="001F3475" w:rsidRPr="00D73D06">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>kształcenia/działania</w:t>
+      </w:r>
+      <w:r w:rsidR="00D73D06">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00887032" w:rsidRPr="00D73D06">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00887032" w:rsidRPr="00D73D06">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37A4BCF9" w14:textId="77777777" w:rsidR="009B5800" w:rsidRDefault="00887032" w:rsidP="009B5800">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy3"/>
-        <w:numPr>
-[...2 lines deleted...]
-        </w:numPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="426" w:hanging="426"/>
-[...17 lines deleted...]
-        <w:t>kształcenia/działania</w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D73D06">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BDAB0B1" w14:textId="00C0A7DE" w:rsidR="0030348E" w:rsidRDefault="009B5800" w:rsidP="009B5800">
+      <w:pPr>
+        <w:pStyle w:val="Tekstpodstawowy3"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">15. </w:t>
+      </w:r>
+      <w:r w:rsidR="0030348E" w:rsidRPr="00D73D06">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Zawody lub profile zawodowe w jakich szkoła będzie kształcić (w</w:t>
       </w:r>
       <w:r w:rsidR="00D73D06">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="0030348E" w:rsidRPr="00D73D06">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>przypadku szkół zawodowych)</w:t>
+      </w:r>
+      <w:r w:rsidR="00D73D06">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D73D06">
+      <w:r w:rsidR="00615398" w:rsidRPr="00D73D06">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D73D06">
+      <w:r w:rsidR="00615398" w:rsidRPr="00D73D06">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C852B4A" w14:textId="77777777" w:rsidR="00887032" w:rsidRPr="00D73D06" w:rsidRDefault="00887032" w:rsidP="00A259FC">
+    <w:p w14:paraId="1F19CB62" w14:textId="77777777" w:rsidR="009B5800" w:rsidRDefault="00D73D06" w:rsidP="009B5800">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D73D06">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BDAB0B1" w14:textId="1B836202" w:rsidR="0030348E" w:rsidRDefault="0030348E" w:rsidP="00A259FC">
+    <w:p w14:paraId="6ED0AF78" w14:textId="77777777" w:rsidR="009B5800" w:rsidRDefault="009B5800" w:rsidP="009B5800">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy3"/>
-        <w:numPr>
-[...2 lines deleted...]
-        </w:numPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="425" w:hanging="425"/>
-[...10 lines deleted...]
-        <w:t>Zawody lub profile zawodowe w jakich szkoła będzie kształcić (w</w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">16. </w:t>
+      </w:r>
+      <w:r w:rsidR="00C400D1" w:rsidRPr="00D73D06">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ma</w:t>
+      </w:r>
+      <w:r w:rsidR="00127697" w:rsidRPr="00D73D06">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ksymalna liczba miejsc w szkole lub </w:t>
+      </w:r>
+      <w:r w:rsidR="00C400D1" w:rsidRPr="00D73D06">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>placówce</w:t>
       </w:r>
       <w:r w:rsidR="00D73D06">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t> </w:t>
-[...6 lines deleted...]
-        <w:t>przypadku szkół zawodowych)</w:t>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00615398" w:rsidRPr="00D73D06">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00615398" w:rsidRPr="00D73D06">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="719AD9E3" w14:textId="590419C0" w:rsidR="002469FF" w:rsidRPr="00D73D06" w:rsidRDefault="009B5800" w:rsidP="009B5800">
+      <w:pPr>
+        <w:pStyle w:val="Tekstpodstawowy3"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">17. </w:t>
+      </w:r>
+      <w:r w:rsidR="0030348E" w:rsidRPr="00D73D06">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Data rozpoczęcia fun</w:t>
+      </w:r>
+      <w:r w:rsidR="00615398" w:rsidRPr="00D73D06">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kcjonowania szkoły lub placówki</w:t>
       </w:r>
       <w:r w:rsidR="00D73D06">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00615398" w:rsidRPr="00D73D06">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00615398" w:rsidRPr="00D73D06">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4CB5EF43" w14:textId="5E8B27D1" w:rsidR="00D73D06" w:rsidRPr="00D73D06" w:rsidRDefault="00D73D06" w:rsidP="00A259FC">
-[...147 lines deleted...]
-    <w:p w14:paraId="5CA5D552" w14:textId="77777777" w:rsidR="008C420E" w:rsidRPr="00D73D06" w:rsidRDefault="002469FF" w:rsidP="00A259FC">
+    <w:p w14:paraId="5CA5D552" w14:textId="1B490039" w:rsidR="008C420E" w:rsidRPr="00D73D06" w:rsidRDefault="002469FF" w:rsidP="00A259FC">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:spacing w:before="120" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D73D06">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>W przypadku osoby fizycznej prowadzącej szkołę lub placówkę, podanie nr telefonu oraz adresu e-mail jest dobrowolne.</w:t>
+        <w:t>W przypadku osoby fizycznej prowadzącej szkołę lub placówkę, podanie nr telefonu</w:t>
+      </w:r>
+      <w:r w:rsidR="009B5800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D73D06">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> adresu e-mail </w:t>
+      </w:r>
+      <w:r w:rsidR="009B5800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">oraz adresu do e-Doręczeń </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D73D06">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>jest dobrowolne.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="60F58E5E" w14:textId="77777777" w:rsidR="00615398" w:rsidRPr="00D73D06" w:rsidRDefault="00615398" w:rsidP="00A259FC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="underscore" w:pos="9072"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D73D06">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="028FC7F8" w14:textId="77777777" w:rsidR="0030348E" w:rsidRPr="00D73D06" w:rsidRDefault="0030348E" w:rsidP="00A259FC">
       <w:pPr>
         <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
@@ -2144,50 +2043,51 @@
       </w:r>
       <w:r w:rsidR="00F15D4C" w:rsidRPr="00D73D06">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B5538DB" w14:textId="72CE6C6C" w:rsidR="0030348E" w:rsidRPr="00D73D06" w:rsidRDefault="00C22AAE" w:rsidP="00A259FC">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D73D06">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:color w:val="000000"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>poświadczone zgodnie z art. 76a ustawy z dnia 14 czerwca 1960 r. K</w:t>
       </w:r>
       <w:r w:rsidR="0065287C" w:rsidRPr="00D73D06">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">odeks postępowania </w:t>
       </w:r>
       <w:r w:rsidR="00C01CFB" w:rsidRPr="00D73D06">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="0065287C" w:rsidRPr="00D73D06">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>dministracyjnego</w:t>
       </w:r>
       <w:r w:rsidR="00051FF4" w:rsidRPr="00D73D06">
         <w:rPr>
@@ -2251,87 +2151,70 @@
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> r., poz. </w:t>
       </w:r>
       <w:r w:rsidR="00C2211B" w:rsidRPr="00D73D06">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>572</w:t>
       </w:r>
       <w:r w:rsidRPr="00D73D06">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> z</w:t>
       </w:r>
       <w:r w:rsidR="0065287C" w:rsidRPr="00D73D06">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="000E5F9D" w:rsidRPr="00D73D06">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>późn</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="000E5F9D" w:rsidRPr="00D73D06">
+        <w:t>późn.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D73D06">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00D73D06">
+        <w:t xml:space="preserve"> zm.), w zw. z art. 268a </w:t>
+      </w:r>
+      <w:r w:rsidR="0065287C" w:rsidRPr="00D73D06">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> zm.), w zw. z art. 268a </w:t>
-[...14 lines deleted...]
-        <w:t>ustawy</w:t>
+        <w:t>wyżej cytowanej ustawy</w:t>
       </w:r>
       <w:r w:rsidRPr="00D73D06">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>, kserokopie pozytywnych opinii Sanepidu i Państwowej Straży Pożarnej, dot. spełnienia bezpiecznych i higienicznych warunków nauki i</w:t>
       </w:r>
       <w:r w:rsidR="000E5F9D" w:rsidRPr="00D73D06">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D73D06">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>pracy w miejscu, w którym będzie prowadzona działalność oświatowa</w:t>
       </w:r>
       <w:r w:rsidR="00F15D4C" w:rsidRPr="00D73D06">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
@@ -2624,741 +2507,939 @@
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F15D4C" w:rsidRPr="00D73D06">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>(druk)</w:t>
       </w:r>
       <w:r w:rsidR="00F53C25" w:rsidRPr="00D73D06">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00D73D06">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66F235E9" w14:textId="77777777" w:rsidR="00C744A6" w:rsidRPr="00D73D06" w:rsidRDefault="00C744A6" w:rsidP="00A259FC">
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
+    <w:p w14:paraId="20A09FF1" w14:textId="77777777" w:rsidR="000F145A" w:rsidRPr="000F145A" w:rsidRDefault="00BD4FA7" w:rsidP="000F145A">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:b/>
-          <w:lang w:eastAsia="en-US"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidR="000F145A" w:rsidRPr="000F145A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:b/>
-          <w:lang w:eastAsia="en-US"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Tahoma"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>INFORMACJE DOTYCZĄCE PRZETWARZANIA DANYCH OSOBOWYCH</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D2498AC" w14:textId="77777777" w:rsidR="000F145A" w:rsidRPr="000F145A" w:rsidRDefault="000F145A" w:rsidP="000F145A">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F145A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Niniejszą informację otrzymuje Pani/Pan w związku z obowiązkami określonymi w art. 13 rozporządzenia Parlamentu Europejskiego i Rady (UE) 2016/679 z dnia 27 kwietnia 2016 r. w sprawie ochrony osób fizycznych w związku z przetwarzaniem danych osobowych i w sprawie swobodnego przepływu takich danych oraz uchylenia dyrektywy 95/46/WE </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F145A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">(ogólne rozporządzenie o ochronie danych) (Dziennik Urzędowy Unii Europejskiej z dnia 4 maja 2016 r. L 119/1). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1001DA33" w14:textId="77777777" w:rsidR="000F145A" w:rsidRPr="000F145A" w:rsidRDefault="000F145A" w:rsidP="000F145A">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:b/>
-          <w:lang w:eastAsia="en-US"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Tahoma"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F145A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:b/>
-          <w:lang w:eastAsia="en-US"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Administrator danych osobowych (ADO)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="321C9698" w14:textId="77777777" w:rsidR="000F145A" w:rsidRPr="000F145A" w:rsidRDefault="000F145A" w:rsidP="000F145A">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F145A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Administratorem Pani/Pana danych osobowych jest Prezydent Wrocławia, z którym można się skontaktować w następujący sposób:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DCA0450" w14:textId="77777777" w:rsidR="000F145A" w:rsidRPr="000F145A" w:rsidRDefault="000F145A" w:rsidP="000F145A">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F145A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>- listownie na adres: Prezydent Wrocławia, Urząd Miejski Wrocławia, pl. Nowy Targ 1-8, 50-141 Wrocław,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A14224B" w14:textId="77777777" w:rsidR="000F145A" w:rsidRPr="000F145A" w:rsidRDefault="000F145A" w:rsidP="000F145A">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F145A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>- za pośrednictwem poczty elektronicznej na adres: wfi@um.wroc.pl,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="117457B0" w14:textId="77777777" w:rsidR="000F145A" w:rsidRPr="000F145A" w:rsidRDefault="000F145A" w:rsidP="000F145A">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F145A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>- telefonicznie: +48 71 777 77 06.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3754B682" w14:textId="77777777" w:rsidR="000F145A" w:rsidRPr="000F145A" w:rsidRDefault="000F145A" w:rsidP="000F145A">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:b/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F145A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:b/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Cele przetwarzania danych</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47EA5C36" w14:textId="77777777" w:rsidR="000F145A" w:rsidRPr="000F145A" w:rsidRDefault="000F145A" w:rsidP="000F145A">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F145A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Pani/Pana dane osobowe będą przetwarzane w celu prowadzenia spraw związanych z wpisem/zmianą we wpisie szkoły lub placówki oświatowej do ewidencji szkół i placówek niepublicznych prowadzonej przez Gminę Wrocław.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04E06C4C" w14:textId="77777777" w:rsidR="000F145A" w:rsidRPr="000F145A" w:rsidRDefault="000F145A" w:rsidP="000F145A">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:b/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F145A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:b/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Podstawy prawne przetwarzania</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30A74992" w14:textId="77777777" w:rsidR="000F145A" w:rsidRPr="000F145A" w:rsidRDefault="000F145A" w:rsidP="000F145A">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F145A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Będziemy przetwarzać Pani/Pana dane osobowe na podstawie art. 6 ust. 1 lit. c) RODO, ustawy z dnia 14 grudnia 2016 r. – Prawo oświatowe oraz ustawy z dnia 14 czerwca 1960 r. Kodeks postępowania administracyjnego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CBE3517" w14:textId="77777777" w:rsidR="000F145A" w:rsidRPr="000F145A" w:rsidRDefault="000F145A" w:rsidP="000F145A">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:b/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F145A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:b/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Obligatoryjność/fakultatywność podania danych osobowych </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48077F08" w14:textId="77777777" w:rsidR="000F145A" w:rsidRPr="000F145A" w:rsidRDefault="000F145A" w:rsidP="000F145A">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F145A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Podanie przez Panią/Pana danych osobowych jest wymogiem ustawowym wynikającym z </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F145A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ustawy z dnia 14 grudnia 2016 r. – Prawo oświatowe oraz ustawy z dnia 14 czerwca 1960 r. Kodeks postępowania administracyjnego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62A14147" w14:textId="77777777" w:rsidR="000F145A" w:rsidRPr="000F145A" w:rsidRDefault="000F145A" w:rsidP="000F145A">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:b/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F145A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:b/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Okres retencji danych</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F5225CB" w14:textId="77777777" w:rsidR="000F145A" w:rsidRPr="000F145A" w:rsidRDefault="000F145A" w:rsidP="000F145A">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F145A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Pani/Pana dane osobowe będą przetwarzane przez Urząd Miejski Wrocławia przez 25 lat od stycznia kolejnego roku po zakończeniu Twojej sprawy, następnie zostaną przekazane do Archiwum Państwowego we Wrocławiu, gdzie będą przechowywane wieczyście.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D80D740" w14:textId="77777777" w:rsidR="000F145A" w:rsidRPr="000F145A" w:rsidRDefault="000F145A" w:rsidP="000F145A">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:b/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F145A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:b/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Odbiorcy danych</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02CEB1C8" w14:textId="77777777" w:rsidR="000F145A" w:rsidRPr="000F145A" w:rsidRDefault="000F145A" w:rsidP="000F145A">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F145A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Odbiorcami Pani/Pana danych osobowych mogą być:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E86FF20" w14:textId="77777777" w:rsidR="000F145A" w:rsidRPr="000F145A" w:rsidRDefault="000F145A" w:rsidP="000F145A">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F145A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>- dostawcy usług IT,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BF654AE" w14:textId="77777777" w:rsidR="000F145A" w:rsidRPr="000F145A" w:rsidRDefault="000F145A" w:rsidP="000F145A">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F145A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Administrator danych</w:t>
-[...341 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        <w:t>- podmioty przetwarzające dane na zlecenie administratora,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="241B70D4" w14:textId="77777777" w:rsidR="000F145A" w:rsidRPr="000F145A" w:rsidRDefault="000F145A" w:rsidP="000F145A">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F145A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>- podmioty upoważnione na podstawie przepisów prawa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BC431C8" w14:textId="77777777" w:rsidR="000F145A" w:rsidRPr="000F145A" w:rsidRDefault="000F145A" w:rsidP="000F145A">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F145A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- podmioty prowadzące działalność pocztową lub kurierską </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F145A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(jeżeli odpowiedź jest wysyłana pocztą, E-doręczenia, kurierem).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40B6AB69" w14:textId="77777777" w:rsidR="000F145A" w:rsidRPr="000F145A" w:rsidRDefault="000F145A" w:rsidP="000F145A">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F145A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Takie podmioty przetwarzają dane na podstawie zawartej umowy z administratorem i tylko zgodnie z jego poleceniami.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3ADAA83F" w14:textId="77777777" w:rsidR="000F145A" w:rsidRPr="000F145A" w:rsidRDefault="000F145A" w:rsidP="000F145A">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F145A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:b/>
-        </w:rPr>
-[...125 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Tahoma"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Przysługujące prawa</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71754F34" w14:textId="77777777" w:rsidR="000F145A" w:rsidRPr="000F145A" w:rsidRDefault="000F145A" w:rsidP="000F145A">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F145A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Przysługuje Pani/Panu:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C6C6152" w14:textId="77777777" w:rsidR="000F145A" w:rsidRPr="000F145A" w:rsidRDefault="000F145A" w:rsidP="000F145A">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F145A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>- prawo dostępu do swoich danych oraz otrzymania ich kopii,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24DE6221" w14:textId="77777777" w:rsidR="000F145A" w:rsidRPr="000F145A" w:rsidRDefault="000F145A" w:rsidP="000F145A">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F145A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>- prawo do sprostowania (poprawiania) swoich danych,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02674F94" w14:textId="77777777" w:rsidR="000F145A" w:rsidRPr="000F145A" w:rsidRDefault="000F145A" w:rsidP="000F145A">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F145A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>- prawo do ograniczenia przetwarzania danych,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50648E19" w14:textId="77777777" w:rsidR="000F145A" w:rsidRPr="000F145A" w:rsidRDefault="000F145A" w:rsidP="000F145A">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F145A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>- prawo do wniesienia skargi do organu nadzorczego – tj. Prezesa Urzędu Ochrony Danych Osobowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CAC2ACE" w14:textId="77777777" w:rsidR="000F145A" w:rsidRPr="000F145A" w:rsidRDefault="000F145A" w:rsidP="000F145A">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:b/>
-          <w:lang w:eastAsia="en-US"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Tahoma"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F145A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:b/>
-          <w:lang w:eastAsia="en-US"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Inspektor Ochrony Danych</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D7AA09A" w14:textId="77777777" w:rsidR="00C744A6" w:rsidRPr="00D73D06" w:rsidRDefault="00C744A6" w:rsidP="00A259FC">
-[...101 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Tahoma"/>
+    <w:p w14:paraId="33F2E386" w14:textId="77777777" w:rsidR="000F145A" w:rsidRPr="000F145A" w:rsidRDefault="000F145A" w:rsidP="000F145A">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F145A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>W Urzędzie wyznaczony został Inspektor Ochrony Danych. Jest to osoba, z którą można się kontaktować w sprawach dotyczących przetwarzania Pani/Pana danych osobowych oraz korzystania z przysługujących Pani/Panu praw związanych z przetwarzaniem danych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="080F587C" w14:textId="77777777" w:rsidR="000F145A" w:rsidRPr="000F145A" w:rsidRDefault="000F145A" w:rsidP="000F145A">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F145A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Z Inspektorem można skontaktować się w następujący sposób:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FC2477E" w14:textId="77777777" w:rsidR="000F145A" w:rsidRPr="000F145A" w:rsidRDefault="000F145A" w:rsidP="000F145A">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F145A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>- listownie na adres: al. M. Kromera 44, 51-163 Wrocław</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B3D7A52" w14:textId="77777777" w:rsidR="000F145A" w:rsidRPr="000F145A" w:rsidRDefault="000F145A" w:rsidP="000F145A">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F145A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>- przez e-mail: iod@um.wroc.pl</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="308A9BEB" w14:textId="77777777" w:rsidR="000F145A" w:rsidRPr="000F145A" w:rsidRDefault="000F145A" w:rsidP="000F145A">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F145A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>- telefonicznie: 71 777 77 24.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="508C5139" w14:textId="77777777" w:rsidR="000F145A" w:rsidRPr="000F145A" w:rsidRDefault="000F145A" w:rsidP="000F145A">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:b/>
-          <w:lang w:eastAsia="en-US"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Tahoma"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F145A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:b/>
-          <w:lang w:eastAsia="en-US"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Prawo wniesienia skargi do organu</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C48EC31" w14:textId="368A68F5" w:rsidR="002A3B92" w:rsidRPr="00D73D06" w:rsidRDefault="00C744A6" w:rsidP="00A259FC">
-[...9 lines deleted...]
-          <w:lang w:eastAsia="en-US"/>
+    <w:p w14:paraId="3214E328" w14:textId="77777777" w:rsidR="000F145A" w:rsidRPr="000F145A" w:rsidRDefault="000F145A" w:rsidP="000F145A">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F145A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Przysługuje Pani/Panu także prawo wniesienia skargi do organu nadzorczego zajmującego się ochroną danych osobowych, tj. Prezesa Urzędu Ochrony Danych Osobowych, ul. Stawki 2, 00-193 Warszawa</w:t>
       </w:r>
-      <w:r w:rsidR="002A3B92" w:rsidRPr="00D73D06">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+      <w:r w:rsidRPr="000F145A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="5996FDA0" w14:textId="665B3B23" w:rsidR="000F145A" w:rsidRDefault="000F145A" w:rsidP="00BD4FA7">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="68A5E16C" w14:textId="32EF0D34" w:rsidR="0091267B" w:rsidRPr="00D73D06" w:rsidRDefault="000E5F9D" w:rsidP="00A259FC">
       <w:pPr>
         <w:spacing w:before="600" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="357"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D73D06">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t>…………….…………………………………………………….…</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3413E8BE" w14:textId="31C66253" w:rsidR="000E5F9D" w:rsidRPr="00D73D06" w:rsidRDefault="0091267B" w:rsidP="00A259FC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="8335"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
@@ -3411,53 +3492,53 @@
     </w:p>
     <w:p w14:paraId="3EC5CEC4" w14:textId="0D9FB224" w:rsidR="0030348E" w:rsidRPr="00D73D06" w:rsidRDefault="000E5F9D" w:rsidP="00A259FC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="8335"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D73D06">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve">                                           lub prawnej zgodnie z reprezentacją</w:t>
       </w:r>
       <w:r w:rsidR="0030348E" w:rsidRPr="00D73D06">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="0030348E" w:rsidRPr="00D73D06" w:rsidSect="001949AC">
+    <w:sectPr w:rsidR="0030348E" w:rsidRPr="00D73D06" w:rsidSect="00C7396B">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="899" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="1276" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
@@ -3509,57 +3590,50 @@
     <w:family w:val="modern"/>
     <w:notTrueType/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="NSimSun">
     <w:panose1 w:val="02010609030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0D577BF9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="88EA0766"/>
     <w:lvl w:ilvl="0" w:tplc="CB1EE33A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
@@ -5116,148 +5190,152 @@
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="12">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="13">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="14">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="15">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="16">
     <w:abstractNumId w:val="6"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="284"/>
   <w:hyphenationZone w:val="425"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00554B5D"/>
     <w:rsid w:val="0001362F"/>
     <w:rsid w:val="000141EC"/>
     <w:rsid w:val="00025943"/>
     <w:rsid w:val="000447CF"/>
     <w:rsid w:val="00051FF4"/>
     <w:rsid w:val="00066D75"/>
     <w:rsid w:val="000C01B6"/>
     <w:rsid w:val="000C4129"/>
     <w:rsid w:val="000E5F9D"/>
     <w:rsid w:val="000F0CEA"/>
+    <w:rsid w:val="000F145A"/>
     <w:rsid w:val="000F24AB"/>
     <w:rsid w:val="000F7B93"/>
     <w:rsid w:val="00127697"/>
     <w:rsid w:val="001367BA"/>
     <w:rsid w:val="00162CBD"/>
     <w:rsid w:val="001949AC"/>
     <w:rsid w:val="001A2F78"/>
     <w:rsid w:val="001B7B25"/>
     <w:rsid w:val="001F3475"/>
     <w:rsid w:val="002469FF"/>
     <w:rsid w:val="00286019"/>
     <w:rsid w:val="00296C0A"/>
     <w:rsid w:val="002A3B92"/>
     <w:rsid w:val="002E5EF0"/>
     <w:rsid w:val="00302284"/>
     <w:rsid w:val="0030348E"/>
     <w:rsid w:val="00306C4E"/>
     <w:rsid w:val="00380639"/>
     <w:rsid w:val="003A2466"/>
     <w:rsid w:val="003A710C"/>
+    <w:rsid w:val="003D0347"/>
     <w:rsid w:val="00414099"/>
     <w:rsid w:val="00435412"/>
     <w:rsid w:val="004F6B16"/>
     <w:rsid w:val="00503C39"/>
     <w:rsid w:val="00505634"/>
     <w:rsid w:val="00505640"/>
     <w:rsid w:val="00535AA4"/>
     <w:rsid w:val="00554B5D"/>
     <w:rsid w:val="005C2914"/>
     <w:rsid w:val="00615398"/>
     <w:rsid w:val="006217F6"/>
     <w:rsid w:val="0063704E"/>
     <w:rsid w:val="00646B0A"/>
     <w:rsid w:val="0065287C"/>
     <w:rsid w:val="006B2F65"/>
     <w:rsid w:val="006C6CBB"/>
     <w:rsid w:val="006D1BA5"/>
     <w:rsid w:val="0070516A"/>
     <w:rsid w:val="00725B9C"/>
     <w:rsid w:val="00793488"/>
     <w:rsid w:val="007A57EB"/>
     <w:rsid w:val="007F0874"/>
     <w:rsid w:val="007F4F5E"/>
     <w:rsid w:val="00811D31"/>
     <w:rsid w:val="008611B0"/>
     <w:rsid w:val="008759B7"/>
     <w:rsid w:val="00887032"/>
     <w:rsid w:val="008C420E"/>
     <w:rsid w:val="008E6B7E"/>
     <w:rsid w:val="0091267B"/>
     <w:rsid w:val="00986A1B"/>
     <w:rsid w:val="0098772F"/>
     <w:rsid w:val="009A5198"/>
     <w:rsid w:val="009B4786"/>
+    <w:rsid w:val="009B5800"/>
     <w:rsid w:val="00A01BFC"/>
     <w:rsid w:val="00A2452C"/>
     <w:rsid w:val="00A259FC"/>
     <w:rsid w:val="00A57B0E"/>
     <w:rsid w:val="00A835AE"/>
     <w:rsid w:val="00A9711E"/>
     <w:rsid w:val="00AE265A"/>
     <w:rsid w:val="00B00798"/>
     <w:rsid w:val="00B15009"/>
     <w:rsid w:val="00B670B6"/>
     <w:rsid w:val="00B71C57"/>
     <w:rsid w:val="00B76843"/>
     <w:rsid w:val="00B92D28"/>
     <w:rsid w:val="00BB1393"/>
     <w:rsid w:val="00BB332D"/>
     <w:rsid w:val="00BC5239"/>
+    <w:rsid w:val="00BD4FA7"/>
     <w:rsid w:val="00BE434B"/>
     <w:rsid w:val="00C01CFB"/>
     <w:rsid w:val="00C17533"/>
     <w:rsid w:val="00C2211B"/>
     <w:rsid w:val="00C22AAE"/>
     <w:rsid w:val="00C400D1"/>
+    <w:rsid w:val="00C7396B"/>
     <w:rsid w:val="00C744A6"/>
     <w:rsid w:val="00C85994"/>
     <w:rsid w:val="00CB3FD9"/>
     <w:rsid w:val="00CB40B8"/>
     <w:rsid w:val="00D0407C"/>
     <w:rsid w:val="00D113D2"/>
     <w:rsid w:val="00D14FCB"/>
     <w:rsid w:val="00D41355"/>
     <w:rsid w:val="00D73D06"/>
     <w:rsid w:val="00D911B6"/>
     <w:rsid w:val="00DF2FF3"/>
     <w:rsid w:val="00E10B57"/>
     <w:rsid w:val="00E34D09"/>
     <w:rsid w:val="00E534BE"/>
     <w:rsid w:val="00E97F69"/>
     <w:rsid w:val="00EB7B2F"/>
     <w:rsid w:val="00EE14CB"/>
     <w:rsid w:val="00F14E18"/>
     <w:rsid w:val="00F15D4C"/>
     <w:rsid w:val="00F16F43"/>
     <w:rsid w:val="00F45B2A"/>
     <w:rsid w:val="00F50C1A"/>
     <w:rsid w:val="00F53C25"/>
     <w:rsid w:val="00FA3507"/>
     <w:rsid w:val="00FC1CE7"/>
@@ -5967,51 +6045,103 @@
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Akapitzlist1">
     <w:name w:val="Akapit z listą1"/>
     <w:basedOn w:val="Normalny"/>
     <w:rsid w:val="008C420E"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:ind w:left="708"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
+    <w:div w:id="350034948">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="388263471">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="541139985">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1001154092">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1542355613">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motyw pakietu Office">
   <a:themeElements>
     <a:clrScheme name="Pakiet Office">
@@ -6277,67 +6407,67 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>1062</Words>
-  <Characters>6374</Characters>
+  <Words>1066</Words>
+  <Characters>6398</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>53</Lines>
   <Paragraphs>14</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Załóż domowe przedszkole-formularz zgłoszeniowy</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>UMW</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7422</CharactersWithSpaces>
+  <CharactersWithSpaces>7450</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Załóż domowe przedszkole-formularz zgłoszeniowy</dc:title>
   <dc:creator>WI</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>