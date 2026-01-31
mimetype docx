--- v0 (2025-11-23)
+++ v1 (2026-01-31)
@@ -1575,134 +1575,148 @@
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="8505"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B32E76">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>przez osobę upoważnioną</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6CF3B648" w14:textId="5086E89A" w:rsidR="00D97DAB" w:rsidRPr="00B32E76" w:rsidRDefault="00D97DAB" w:rsidP="00B32E76">
+    <w:p w14:paraId="2B7DE3DA" w14:textId="77777777" w:rsidR="00A778B2" w:rsidRPr="00A778B2" w:rsidRDefault="00A778B2" w:rsidP="00A778B2">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:leader="dot" w:pos="8505"/>
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:leader="dot" w:pos="8505"/>
+        </w:tabs>
+        <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:b w:val="0"/>
-          <w:bCs/>
-[...23 lines deleted...]
-    <w:p w14:paraId="5CA4E788" w14:textId="4E74FE13" w:rsidR="00D97DAB" w:rsidRPr="00B32E76" w:rsidRDefault="00D97DAB" w:rsidP="00B32E76">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A778B2">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>elektronicznie za pośrednictwem platformy e-Doręczenia (proszę podać adres skrzynki)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A778B2">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="179AE2F0" w14:textId="43D78DC7" w:rsidR="00A778B2" w:rsidRDefault="00A778B2" w:rsidP="00A778B2">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:leader="dot" w:pos="8505"/>
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:leader="dot" w:pos="8505"/>
+        </w:tabs>
+        <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:b w:val="0"/>
-          <w:bCs/>
-[...30 lines deleted...]
-      </w:r>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A778B2">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>listownie na adres (tylko w przypadku gdy nie ma możliwości wysyłki na e-Doręczenia)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A778B2">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A778B2">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F66D998" w14:textId="5CCADB68" w:rsidR="00A778B2" w:rsidRPr="00A778B2" w:rsidRDefault="00A778B2" w:rsidP="00A778B2">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:leader="dot" w:pos="8505"/>
+        </w:tabs>
+        <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="714"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="3D534484" w14:textId="2F170062" w:rsidR="00D97DAB" w:rsidRPr="00B32E76" w:rsidRDefault="00210AF2" w:rsidP="00B32E76">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="8505"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00210AF2">
         <w:rPr>
           <w:b w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Podpis Podatnika/ Osoby Reprezentującej Podatnika</w:t>
       </w:r>
       <w:r w:rsidR="00D97DAB" w:rsidRPr="00B32E76">
         <w:rPr>
           <w:b w:val="0"/>
           <w:sz w:val="20"/>
@@ -1988,61 +2002,61 @@
       <w:r w:rsidRPr="00DA4FB0">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(82 1020 5226 0000 6102 0417 7895).</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:sectPr w:rsidR="00DD2D08" w:rsidRPr="00DA4FB0">
       <w:footerReference w:type="default" r:id="rId7"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7381A844" w14:textId="77777777" w:rsidR="00D91B68" w:rsidRDefault="00D91B68" w:rsidP="00544288">
+    <w:p w14:paraId="39C3F875" w14:textId="77777777" w:rsidR="00EE4151" w:rsidRDefault="00EE4151" w:rsidP="00544288">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="220A56A3" w14:textId="77777777" w:rsidR="00D91B68" w:rsidRDefault="00D91B68" w:rsidP="00544288">
+    <w:p w14:paraId="08ED3069" w14:textId="77777777" w:rsidR="00EE4151" w:rsidRDefault="00EE4151" w:rsidP="00544288">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
@@ -2148,61 +2162,61 @@
             <w:b w:val="0"/>
             <w:bCs/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidRPr="00BF610E">
           <w:rPr>
             <w:b w:val="0"/>
             <w:bCs/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="18DE83CF" w14:textId="77777777" w:rsidR="00D91B68" w:rsidRDefault="00D91B68" w:rsidP="00544288">
+    <w:p w14:paraId="73C63C6E" w14:textId="77777777" w:rsidR="00EE4151" w:rsidRDefault="00EE4151" w:rsidP="00544288">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="021D8D84" w14:textId="77777777" w:rsidR="00D91B68" w:rsidRDefault="00D91B68" w:rsidP="00544288">
+    <w:p w14:paraId="5978AC8F" w14:textId="77777777" w:rsidR="00EE4151" w:rsidRDefault="00EE4151" w:rsidP="00544288">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="058B515B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5826FF60"/>
     <w:lvl w:ilvl="0" w:tplc="04150019">
       <w:start w:val="5"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
@@ -3339,107 +3353,110 @@
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="8">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="9">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="10">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="11">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="120"/>
+  <w:zoom w:percent="110"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="8505"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00DB3CFD"/>
     <w:rsid w:val="00142E7B"/>
     <w:rsid w:val="00210AF2"/>
     <w:rsid w:val="00223843"/>
     <w:rsid w:val="00233000"/>
     <w:rsid w:val="00245683"/>
     <w:rsid w:val="002B4949"/>
     <w:rsid w:val="003A7F2A"/>
     <w:rsid w:val="00400780"/>
     <w:rsid w:val="00475914"/>
     <w:rsid w:val="004A1164"/>
     <w:rsid w:val="004D7FBA"/>
     <w:rsid w:val="00521520"/>
     <w:rsid w:val="00521FA3"/>
     <w:rsid w:val="00544288"/>
     <w:rsid w:val="00551245"/>
     <w:rsid w:val="006B22A3"/>
     <w:rsid w:val="006E1B4C"/>
     <w:rsid w:val="00755583"/>
     <w:rsid w:val="00770D5B"/>
     <w:rsid w:val="007E6F63"/>
     <w:rsid w:val="008532AE"/>
     <w:rsid w:val="009C5359"/>
     <w:rsid w:val="00A26017"/>
     <w:rsid w:val="00A332F5"/>
+    <w:rsid w:val="00A778B2"/>
     <w:rsid w:val="00B32E76"/>
     <w:rsid w:val="00BF610E"/>
     <w:rsid w:val="00C0046E"/>
     <w:rsid w:val="00C13CF0"/>
     <w:rsid w:val="00C71A37"/>
     <w:rsid w:val="00D91B68"/>
     <w:rsid w:val="00D97DAB"/>
     <w:rsid w:val="00DA4FB0"/>
     <w:rsid w:val="00DB3CFD"/>
     <w:rsid w:val="00DD2D08"/>
     <w:rsid w:val="00E363F0"/>
+    <w:rsid w:val="00EE4151"/>
     <w:rsid w:val="00F0664E"/>
     <w:rsid w:val="00F80865"/>
     <w:rsid w:val="00FB7046"/>
     <w:rsid w:val="00FD6D85"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pl-PL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
@@ -4295,70 +4312,70 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>433</Words>
-  <Characters>2602</Characters>
+  <Words>438</Words>
+  <Characters>2630</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>21</Lines>
   <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3029</CharactersWithSpaces>
+  <CharactersWithSpaces>3062</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Sokołowska Oliwia</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>