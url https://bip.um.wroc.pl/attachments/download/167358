--- v0 (2025-11-23)
+++ v1 (2026-01-31)
@@ -455,59 +455,51 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="0081536D" w:rsidRPr="00E75859">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r w:rsidR="00E75859" w:rsidRPr="00E75859">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Imię i nazwisko</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">Imię i nazwisko </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0072360C" w:rsidRPr="00302164" w14:paraId="6EED7614" w14:textId="77777777" w:rsidTr="0072360C">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="02A6C79A" w14:textId="77777777" w:rsidR="0072360C" w:rsidRPr="00302164" w:rsidRDefault="0072360C">
             <w:pPr>
               <w:pStyle w:val="Zawartotabeli"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -554,73 +546,60 @@
               <w:t>2.</w:t>
             </w:r>
             <w:r w:rsidRPr="00302164">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> PESEL (data urodzenia osoby nieposiadającej</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7B09DCCE" w14:textId="77777777" w:rsidR="0072360C" w:rsidRPr="00302164" w:rsidRDefault="0072360C" w:rsidP="0072360C">
             <w:pPr>
               <w:pStyle w:val="Zawartotabeli"/>
               <w:snapToGrid w:val="0"/>
               <w:ind w:left="5" w:right="-550"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00302164">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
-              <w:t>nr</w:t>
-[...11 lines deleted...]
-              <w:t xml:space="preserve"> PESEL)</w:t>
+              <w:t>nr PESEL)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="534404EF" w14:textId="4468BD2D" w:rsidR="0072360C" w:rsidRPr="00302164" w:rsidRDefault="0072360C">
             <w:pPr>
               <w:pStyle w:val="Zawartotabeli"/>
               <w:snapToGrid w:val="0"/>
               <w:ind w:left="5" w:right="-550"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4615" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
@@ -741,634 +720,594 @@
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="2F825628" w14:textId="77777777" w:rsidR="0081536D" w:rsidRPr="00302164" w:rsidRDefault="0081536D">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:ind w:left="5" w:right="-550"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="36300D3B" w14:textId="3DDC33D8" w:rsidR="0081536D" w:rsidRPr="00302164" w:rsidRDefault="0072360C">
+          <w:p w14:paraId="36300D3B" w14:textId="3DDC33D8" w:rsidR="0081536D" w:rsidRPr="00790129" w:rsidRDefault="0072360C">
             <w:pPr>
               <w:pStyle w:val="Zawartotabeli"/>
               <w:snapToGrid w:val="0"/>
               <w:ind w:left="5" w:right="-550"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="18"/>
-[...9 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790129">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
-            <w:r w:rsidR="0081536D" w:rsidRPr="00302164">
-[...5 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidR="0081536D" w:rsidRPr="00790129">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>. Kraj</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6C785BF5" w14:textId="77777777" w:rsidR="0081536D" w:rsidRPr="00302164" w:rsidRDefault="0081536D">
+          <w:p w14:paraId="6C785BF5" w14:textId="77777777" w:rsidR="0081536D" w:rsidRPr="00790129" w:rsidRDefault="0081536D">
             <w:pPr>
               <w:pStyle w:val="Zawartotabeli"/>
               <w:snapToGrid w:val="0"/>
               <w:ind w:left="5" w:right="-550"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="606CC9CD" w14:textId="603BD890" w:rsidR="0081536D" w:rsidRPr="00302164" w:rsidRDefault="0072360C">
+          <w:p w14:paraId="606CC9CD" w14:textId="603BD890" w:rsidR="0081536D" w:rsidRPr="00790129" w:rsidRDefault="0072360C">
             <w:pPr>
               <w:pStyle w:val="Zawartotabeli"/>
               <w:snapToGrid w:val="0"/>
               <w:ind w:left="5" w:right="-550"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="18"/>
-[...9 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790129">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
-            <w:r w:rsidR="0081536D" w:rsidRPr="00302164">
-[...5 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidR="0081536D" w:rsidRPr="00790129">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>. Województwo</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3974" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4886AACB" w14:textId="780CBB75" w:rsidR="0081536D" w:rsidRPr="00302164" w:rsidRDefault="0072360C">
+          <w:p w14:paraId="4886AACB" w14:textId="780CBB75" w:rsidR="0081536D" w:rsidRPr="00790129" w:rsidRDefault="0072360C">
             <w:pPr>
               <w:pStyle w:val="Zawartotabeli"/>
               <w:snapToGrid w:val="0"/>
               <w:ind w:left="5" w:right="-550"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="18"/>
-[...9 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790129">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
-            <w:r w:rsidR="0081536D" w:rsidRPr="00302164">
-[...5 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidR="0081536D" w:rsidRPr="00790129">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>. Powiat</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0081536D" w:rsidRPr="00302164" w14:paraId="1E4CDCE3" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="579"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="196AF643" w14:textId="77777777" w:rsidR="0081536D" w:rsidRPr="00302164" w:rsidRDefault="0081536D">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="377624F5" w14:textId="2A7D2C81" w:rsidR="0081536D" w:rsidRPr="00302164" w:rsidRDefault="0072360C">
+          <w:p w14:paraId="377624F5" w14:textId="2A7D2C81" w:rsidR="0081536D" w:rsidRPr="00790129" w:rsidRDefault="0072360C">
             <w:pPr>
               <w:pStyle w:val="Zawartotabeli"/>
               <w:snapToGrid w:val="0"/>
               <w:ind w:left="5" w:right="-550"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="18"/>
-[...9 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790129">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
-            <w:r w:rsidR="0081536D" w:rsidRPr="00302164">
-[...5 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidR="0081536D" w:rsidRPr="00790129">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>. Gmina</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4A74A2D2" w14:textId="77777777" w:rsidR="0081536D" w:rsidRPr="00302164" w:rsidRDefault="0081536D" w:rsidP="00C864E6">
+          <w:p w14:paraId="4A74A2D2" w14:textId="77777777" w:rsidR="0081536D" w:rsidRPr="00790129" w:rsidRDefault="0081536D" w:rsidP="00C864E6">
             <w:pPr>
               <w:pStyle w:val="Zawartotabeli"/>
               <w:snapToGrid w:val="0"/>
               <w:ind w:right="-550"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="779727A1" w14:textId="10CC2CAC" w:rsidR="0081536D" w:rsidRPr="00302164" w:rsidRDefault="0072360C">
+          <w:p w14:paraId="779727A1" w14:textId="10CC2CAC" w:rsidR="0081536D" w:rsidRPr="00790129" w:rsidRDefault="0072360C">
             <w:pPr>
               <w:pStyle w:val="Zawartotabeli"/>
               <w:snapToGrid w:val="0"/>
               <w:ind w:left="5" w:right="-550"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="18"/>
-[...9 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790129">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
-            <w:r w:rsidR="0081536D" w:rsidRPr="00302164">
-[...5 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidR="0081536D" w:rsidRPr="00790129">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>. Ulica</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7CD8476B" w14:textId="77777777" w:rsidR="0081536D" w:rsidRPr="00302164" w:rsidRDefault="0081536D" w:rsidP="00C864E6">
+          <w:p w14:paraId="7CD8476B" w14:textId="77777777" w:rsidR="0081536D" w:rsidRPr="00790129" w:rsidRDefault="0081536D" w:rsidP="00C864E6">
             <w:pPr>
               <w:pStyle w:val="Zawartotabeli"/>
               <w:snapToGrid w:val="0"/>
               <w:ind w:right="-550"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1038BE7F" w14:textId="12FF9A69" w:rsidR="0081536D" w:rsidRPr="00302164" w:rsidRDefault="0072360C">
+          <w:p w14:paraId="1038BE7F" w14:textId="12FF9A69" w:rsidR="0081536D" w:rsidRPr="00790129" w:rsidRDefault="0072360C">
             <w:pPr>
               <w:pStyle w:val="Zawartotabeli"/>
               <w:snapToGrid w:val="0"/>
               <w:ind w:left="5" w:right="-550"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="18"/>
-[...9 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790129">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
-            <w:r w:rsidR="0081536D" w:rsidRPr="00302164">
-[...5 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidR="0081536D" w:rsidRPr="00790129">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>. Nr domu</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6BF0D3E5" w14:textId="77777777" w:rsidR="0081536D" w:rsidRPr="00302164" w:rsidRDefault="0081536D">
+          <w:p w14:paraId="6BF0D3E5" w14:textId="77777777" w:rsidR="0081536D" w:rsidRPr="00790129" w:rsidRDefault="0081536D">
             <w:pPr>
               <w:pStyle w:val="Zawartotabeli"/>
               <w:snapToGrid w:val="0"/>
               <w:ind w:left="5" w:right="-550"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="10FDD628" w14:textId="34D305B9" w:rsidR="0081536D" w:rsidRPr="00302164" w:rsidRDefault="0081536D">
+          <w:p w14:paraId="10FDD628" w14:textId="34D305B9" w:rsidR="0081536D" w:rsidRPr="00790129" w:rsidRDefault="0081536D">
             <w:pPr>
               <w:pStyle w:val="Zawartotabeli"/>
               <w:snapToGrid w:val="0"/>
               <w:ind w:left="5" w:right="-550"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="18"/>
-[...9 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790129">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="0072360C">
-[...5 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidR="0072360C" w:rsidRPr="00790129">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
-            <w:r w:rsidRPr="00302164">
-[...5 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00790129">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>. Nr lokalu</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="750D679D" w14:textId="77777777" w:rsidR="0081536D" w:rsidRPr="00302164" w:rsidRDefault="0081536D">
+          <w:p w14:paraId="750D679D" w14:textId="77777777" w:rsidR="0081536D" w:rsidRPr="00790129" w:rsidRDefault="0081536D">
             <w:pPr>
               <w:pStyle w:val="Zawartotabeli"/>
               <w:snapToGrid w:val="0"/>
               <w:ind w:left="5" w:right="-550"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0072360C" w:rsidRPr="00302164" w14:paraId="79BB3141" w14:textId="77777777" w:rsidTr="00641038">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="05C2A4D8" w14:textId="77777777" w:rsidR="0072360C" w:rsidRPr="00302164" w:rsidRDefault="0072360C">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4461" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="173AA4AC" w14:textId="7ECCE8B7" w:rsidR="0072360C" w:rsidRPr="00302164" w:rsidRDefault="0072360C">
+          <w:p w14:paraId="173AA4AC" w14:textId="7ECCE8B7" w:rsidR="0072360C" w:rsidRPr="00790129" w:rsidRDefault="0072360C">
             <w:pPr>
               <w:pStyle w:val="Zawartotabeli"/>
               <w:snapToGrid w:val="0"/>
               <w:ind w:left="5" w:right="-550"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="18"/>
-[...34 lines deleted...]
-          <w:p w14:paraId="3FCC28C9" w14:textId="77777777" w:rsidR="0072360C" w:rsidRPr="00302164" w:rsidRDefault="0072360C" w:rsidP="00C864E6">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790129">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>11. Miejscowość</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3FCC28C9" w14:textId="77777777" w:rsidR="0072360C" w:rsidRPr="00790129" w:rsidRDefault="0072360C" w:rsidP="00C864E6">
             <w:pPr>
               <w:pStyle w:val="Zawartotabeli"/>
               <w:snapToGrid w:val="0"/>
               <w:ind w:right="-550"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="18"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="164579BE" w14:textId="77777777" w:rsidR="0072360C" w:rsidRPr="00302164" w:rsidRDefault="0072360C" w:rsidP="00C864E6">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="164579BE" w14:textId="77777777" w:rsidR="0072360C" w:rsidRPr="00790129" w:rsidRDefault="0072360C" w:rsidP="00C864E6">
             <w:pPr>
               <w:pStyle w:val="Zawartotabeli"/>
               <w:snapToGrid w:val="0"/>
               <w:ind w:right="-550"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5324" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="77BF5CC4" w14:textId="687E1E82" w:rsidR="0072360C" w:rsidRPr="00302164" w:rsidRDefault="0072360C">
+          <w:p w14:paraId="77BF5CC4" w14:textId="687E1E82" w:rsidR="0072360C" w:rsidRPr="00790129" w:rsidRDefault="0072360C">
             <w:pPr>
               <w:pStyle w:val="Zawartotabeli"/>
               <w:snapToGrid w:val="0"/>
               <w:ind w:left="5" w:right="-550"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="18"/>
-[...34 lines deleted...]
-          <w:p w14:paraId="5E36DCA3" w14:textId="0356D4B3" w:rsidR="0072360C" w:rsidRPr="00302164" w:rsidRDefault="0072360C">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790129">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>12. Kod pocztowy</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5E36DCA3" w14:textId="0356D4B3" w:rsidR="0072360C" w:rsidRPr="00790129" w:rsidRDefault="0072360C">
             <w:pPr>
               <w:pStyle w:val="Zawartotabeli"/>
               <w:snapToGrid w:val="0"/>
               <w:ind w:left="5" w:right="-550"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="18"/>
-[...9 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790129">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">     </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009B11D3" w:rsidRPr="00302164" w14:paraId="25590BA4" w14:textId="77777777" w:rsidTr="007A3BBD">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10494" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
           </w:tcPr>
           <w:p w14:paraId="1D5D74DD" w14:textId="77777777" w:rsidR="009B11D3" w:rsidRPr="00302164" w:rsidRDefault="009B11D3" w:rsidP="003C0404">
             <w:pPr>
               <w:pStyle w:val="Zawartotabeli"/>
@@ -1464,354 +1403,253 @@
           <w:p w14:paraId="6FD057B5" w14:textId="77777777" w:rsidR="0072360C" w:rsidRPr="00302164" w:rsidRDefault="0072360C" w:rsidP="007A3BBD">
             <w:pPr>
               <w:pStyle w:val="Zawartotabeli"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5394" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26C1B69D" w14:textId="3D377EC0" w:rsidR="0072360C" w:rsidRPr="004B3CEA" w:rsidRDefault="0072360C" w:rsidP="004B3CEA">
+          <w:p w14:paraId="26C1B69D" w14:textId="3D377EC0" w:rsidR="0072360C" w:rsidRPr="00790129" w:rsidRDefault="0072360C" w:rsidP="004B3CEA">
             <w:pPr>
               <w:pStyle w:val="Zawartotabeli"/>
               <w:snapToGrid w:val="0"/>
               <w:ind w:left="5" w:right="-550"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="18"/>
-[...34 lines deleted...]
-          <w:p w14:paraId="70876240" w14:textId="77777777" w:rsidR="0072360C" w:rsidRPr="00302164" w:rsidRDefault="0072360C" w:rsidP="007A3BBD">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790129">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>13 Nazwisko i imię spadkodawcy</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="70876240" w14:textId="77777777" w:rsidR="0072360C" w:rsidRPr="00790129" w:rsidRDefault="0072360C" w:rsidP="007A3BBD">
             <w:pPr>
               <w:pStyle w:val="Zawartotabeli"/>
               <w:snapToGrid w:val="0"/>
               <w:ind w:left="5" w:right="-550"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4391" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="14D11A74" w14:textId="32711826" w:rsidR="0072360C" w:rsidRPr="00302164" w:rsidRDefault="0072360C" w:rsidP="00083916">
+          <w:p w14:paraId="14D11A74" w14:textId="32711826" w:rsidR="0072360C" w:rsidRPr="00790129" w:rsidRDefault="0072360C" w:rsidP="00083916">
             <w:pPr>
               <w:pStyle w:val="Zawartotabeli"/>
               <w:snapToGrid w:val="0"/>
               <w:ind w:right="-550"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00790129">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
-              <w:t>14</w:t>
-[...35 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>14. Data urodzenia</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0072360C" w:rsidRPr="00302164" w14:paraId="41D7AB80" w14:textId="77777777" w:rsidTr="00E75859">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="29528A7D" w14:textId="77777777" w:rsidR="0072360C" w:rsidRPr="00302164" w:rsidRDefault="0072360C" w:rsidP="007A3BBD">
             <w:pPr>
               <w:pStyle w:val="Zawartotabeli"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5394" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="54B38D06" w14:textId="77777777" w:rsidR="0072360C" w:rsidRDefault="0072360C" w:rsidP="004B3CEA">
+          <w:p w14:paraId="54B38D06" w14:textId="77777777" w:rsidR="0072360C" w:rsidRPr="00790129" w:rsidRDefault="0072360C" w:rsidP="004B3CEA">
             <w:pPr>
               <w:pStyle w:val="Zawartotabeli"/>
               <w:snapToGrid w:val="0"/>
               <w:ind w:left="5" w:right="-550"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...36 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00790129">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">15. PESEL (data urodzenia osoby nieposiadającej </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00790129">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
-              <w:t>nr</w:t>
-[...14 lines deleted...]
-          <w:p w14:paraId="5E97983A" w14:textId="5692B195" w:rsidR="0072360C" w:rsidRDefault="0072360C" w:rsidP="004B3CEA">
+              <w:t>nr PESEL)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5E97983A" w14:textId="5692B195" w:rsidR="0072360C" w:rsidRPr="00790129" w:rsidRDefault="0072360C" w:rsidP="004B3CEA">
             <w:pPr>
               <w:pStyle w:val="Zawartotabeli"/>
               <w:snapToGrid w:val="0"/>
               <w:ind w:left="5" w:right="-550"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4391" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="78B7E4F6" w14:textId="26A46FB1" w:rsidR="0072360C" w:rsidRDefault="0072360C" w:rsidP="00083916">
+          <w:p w14:paraId="78B7E4F6" w14:textId="26A46FB1" w:rsidR="0072360C" w:rsidRPr="00790129" w:rsidRDefault="0072360C" w:rsidP="00083916">
             <w:pPr>
               <w:pStyle w:val="Zawartotabeli"/>
               <w:snapToGrid w:val="0"/>
               <w:ind w:right="-550"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00790129">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
-              <w:t xml:space="preserve">16. Data </w:t>
-[...13 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>16. Data zgonu</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009B11D3" w:rsidRPr="00302164" w14:paraId="6AFDA49D" w14:textId="77777777" w:rsidTr="007A3BBD">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10494" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
           </w:tcPr>
           <w:p w14:paraId="0AB20886" w14:textId="77777777" w:rsidR="009B11D3" w:rsidRPr="00302164" w:rsidRDefault="009B11D3" w:rsidP="003C0404">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:ind w:right="-550"/>
               <w:rPr>
@@ -1848,751 +1686,751 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009B11D3" w:rsidRPr="00302164" w14:paraId="19BF607B" w14:textId="77777777" w:rsidTr="007A3BBD">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1FA1141F" w14:textId="77777777" w:rsidR="009B11D3" w:rsidRPr="00302164" w:rsidRDefault="009B11D3" w:rsidP="007A3BBD">
+          <w:p w14:paraId="1FA1141F" w14:textId="77777777" w:rsidR="009B11D3" w:rsidRPr="00790129" w:rsidRDefault="009B11D3" w:rsidP="007A3BBD">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:ind w:left="5" w:right="-550"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="018DB11F" w14:textId="2A90ED09" w:rsidR="009B11D3" w:rsidRPr="00302164" w:rsidRDefault="0072360C" w:rsidP="007A3BBD">
+          <w:p w14:paraId="018DB11F" w14:textId="2A90ED09" w:rsidR="009B11D3" w:rsidRPr="00790129" w:rsidRDefault="0072360C" w:rsidP="007A3BBD">
             <w:pPr>
               <w:pStyle w:val="Zawartotabeli"/>
               <w:snapToGrid w:val="0"/>
               <w:ind w:left="5" w:right="-550"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="18"/>
-[...9 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790129">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>17</w:t>
             </w:r>
-            <w:r w:rsidR="009B11D3" w:rsidRPr="00302164">
-[...5 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidR="009B11D3" w:rsidRPr="00790129">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>. Kraj</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="33D0AD28" w14:textId="77777777" w:rsidR="009B11D3" w:rsidRPr="00302164" w:rsidRDefault="009B11D3" w:rsidP="007A3BBD">
+          <w:p w14:paraId="33D0AD28" w14:textId="77777777" w:rsidR="009B11D3" w:rsidRPr="00790129" w:rsidRDefault="009B11D3" w:rsidP="007A3BBD">
             <w:pPr>
               <w:pStyle w:val="Zawartotabeli"/>
               <w:snapToGrid w:val="0"/>
               <w:ind w:left="5" w:right="-550"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="18"/>
-[...9 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790129">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="678FA887" w14:textId="48F05B72" w:rsidR="009B11D3" w:rsidRPr="00302164" w:rsidRDefault="00083916" w:rsidP="00A72F50">
+          <w:p w14:paraId="678FA887" w14:textId="48F05B72" w:rsidR="009B11D3" w:rsidRPr="00790129" w:rsidRDefault="00083916" w:rsidP="00A72F50">
             <w:pPr>
               <w:pStyle w:val="Zawartotabeli"/>
               <w:snapToGrid w:val="0"/>
               <w:ind w:left="5" w:right="-550"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="18"/>
-[...9 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790129">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="0072360C">
-[...5 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidR="0072360C" w:rsidRPr="00790129">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
-            <w:r w:rsidR="009B11D3" w:rsidRPr="00302164">
-[...5 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidR="009B11D3" w:rsidRPr="00790129">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>. Województwo</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3974" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0D4135F3" w14:textId="575DDDBF" w:rsidR="009B11D3" w:rsidRPr="00302164" w:rsidRDefault="0072360C" w:rsidP="00A72F50">
+          <w:p w14:paraId="0D4135F3" w14:textId="575DDDBF" w:rsidR="009B11D3" w:rsidRPr="00790129" w:rsidRDefault="0072360C" w:rsidP="00A72F50">
             <w:pPr>
               <w:pStyle w:val="Zawartotabeli"/>
               <w:snapToGrid w:val="0"/>
               <w:ind w:left="5" w:right="-550"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="18"/>
-[...9 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790129">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>19</w:t>
             </w:r>
-            <w:r w:rsidR="009B11D3" w:rsidRPr="00302164">
-[...5 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidR="009B11D3" w:rsidRPr="00790129">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>. Powiat</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009B11D3" w:rsidRPr="00302164" w14:paraId="52475A23" w14:textId="77777777" w:rsidTr="007A3BBD">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="579"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5DE500CF" w14:textId="77777777" w:rsidR="009B11D3" w:rsidRPr="00302164" w:rsidRDefault="009B11D3" w:rsidP="007A3BBD">
-[...7 lines deleted...]
-                <w:szCs w:val="16"/>
+          <w:p w14:paraId="5DE500CF" w14:textId="77777777" w:rsidR="009B11D3" w:rsidRPr="00790129" w:rsidRDefault="009B11D3" w:rsidP="007A3BBD">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="355CF2E5" w14:textId="68120716" w:rsidR="009B11D3" w:rsidRPr="00302164" w:rsidRDefault="00610491" w:rsidP="007A3BBD">
+          <w:p w14:paraId="355CF2E5" w14:textId="68120716" w:rsidR="009B11D3" w:rsidRPr="00790129" w:rsidRDefault="00610491" w:rsidP="007A3BBD">
             <w:pPr>
               <w:pStyle w:val="Zawartotabeli"/>
               <w:snapToGrid w:val="0"/>
               <w:ind w:left="5" w:right="-550"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="18"/>
-[...9 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790129">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="0072360C">
-[...5 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidR="0072360C" w:rsidRPr="00790129">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
-            <w:r w:rsidR="009B11D3" w:rsidRPr="00302164">
-[...5 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidR="009B11D3" w:rsidRPr="00790129">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>. Gmina</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="49DF1208" w14:textId="77777777" w:rsidR="009B11D3" w:rsidRPr="00302164" w:rsidRDefault="009B11D3" w:rsidP="007A3BBD">
+          <w:p w14:paraId="49DF1208" w14:textId="77777777" w:rsidR="009B11D3" w:rsidRPr="00790129" w:rsidRDefault="009B11D3" w:rsidP="007A3BBD">
             <w:pPr>
               <w:pStyle w:val="Zawartotabeli"/>
               <w:snapToGrid w:val="0"/>
               <w:ind w:left="5" w:right="-550"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0DC3AAC1" w14:textId="17334684" w:rsidR="009B11D3" w:rsidRPr="00302164" w:rsidRDefault="00610491" w:rsidP="007A3BBD">
+          <w:p w14:paraId="0DC3AAC1" w14:textId="17334684" w:rsidR="009B11D3" w:rsidRPr="00790129" w:rsidRDefault="00610491" w:rsidP="007A3BBD">
             <w:pPr>
               <w:pStyle w:val="Zawartotabeli"/>
               <w:snapToGrid w:val="0"/>
               <w:ind w:left="5" w:right="-550"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="18"/>
-[...9 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790129">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="0072360C">
-[...5 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidR="0072360C" w:rsidRPr="00790129">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="009B11D3" w:rsidRPr="00302164">
-[...5 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidR="009B11D3" w:rsidRPr="00790129">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>. Ulica</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="267A6C88" w14:textId="77777777" w:rsidR="009B11D3" w:rsidRPr="00302164" w:rsidRDefault="009B11D3" w:rsidP="007A3BBD">
+          <w:p w14:paraId="267A6C88" w14:textId="77777777" w:rsidR="009B11D3" w:rsidRPr="00790129" w:rsidRDefault="009B11D3" w:rsidP="007A3BBD">
             <w:pPr>
               <w:pStyle w:val="Zawartotabeli"/>
               <w:snapToGrid w:val="0"/>
               <w:ind w:left="5" w:right="-550"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="41A25CA5" w14:textId="13F97430" w:rsidR="009B11D3" w:rsidRPr="00302164" w:rsidRDefault="00610491" w:rsidP="007A3BBD">
+          <w:p w14:paraId="41A25CA5" w14:textId="13F97430" w:rsidR="009B11D3" w:rsidRPr="00790129" w:rsidRDefault="00610491" w:rsidP="007A3BBD">
             <w:pPr>
               <w:pStyle w:val="Zawartotabeli"/>
               <w:snapToGrid w:val="0"/>
               <w:ind w:left="5" w:right="-550"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="18"/>
-[...9 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790129">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="0072360C">
-[...5 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidR="0072360C" w:rsidRPr="00790129">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="009B11D3" w:rsidRPr="00302164">
-[...5 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidR="009B11D3" w:rsidRPr="00790129">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>. Nr domu</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0CC90B79" w14:textId="77777777" w:rsidR="009B11D3" w:rsidRPr="00302164" w:rsidRDefault="009B11D3" w:rsidP="007A3BBD">
+          <w:p w14:paraId="0CC90B79" w14:textId="77777777" w:rsidR="009B11D3" w:rsidRPr="00790129" w:rsidRDefault="009B11D3" w:rsidP="007A3BBD">
             <w:pPr>
               <w:pStyle w:val="Zawartotabeli"/>
               <w:snapToGrid w:val="0"/>
               <w:ind w:left="5" w:right="-550"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="17C9D928" w14:textId="4C59F851" w:rsidR="009B11D3" w:rsidRPr="00302164" w:rsidRDefault="00083916" w:rsidP="007A3BBD">
+          <w:p w14:paraId="17C9D928" w14:textId="4C59F851" w:rsidR="009B11D3" w:rsidRPr="00790129" w:rsidRDefault="00083916" w:rsidP="007A3BBD">
             <w:pPr>
               <w:pStyle w:val="Zawartotabeli"/>
               <w:snapToGrid w:val="0"/>
               <w:ind w:left="5" w:right="-550"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="18"/>
-[...9 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790129">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="0072360C">
-[...5 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidR="0072360C" w:rsidRPr="00790129">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidR="009B11D3" w:rsidRPr="00302164">
-[...5 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidR="009B11D3" w:rsidRPr="00790129">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>. Nr lokalu</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="359C8FD9" w14:textId="77777777" w:rsidR="009B11D3" w:rsidRPr="00302164" w:rsidRDefault="009B11D3" w:rsidP="007A3BBD">
+          <w:p w14:paraId="359C8FD9" w14:textId="77777777" w:rsidR="009B11D3" w:rsidRPr="00790129" w:rsidRDefault="009B11D3" w:rsidP="007A3BBD">
             <w:pPr>
               <w:pStyle w:val="Zawartotabeli"/>
               <w:snapToGrid w:val="0"/>
               <w:ind w:left="5" w:right="-550"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009B11D3" w:rsidRPr="00302164" w14:paraId="539BB0D3" w14:textId="77777777" w:rsidTr="000D0C47">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="501"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1659D68C" w14:textId="77777777" w:rsidR="009B11D3" w:rsidRPr="00302164" w:rsidRDefault="009B11D3" w:rsidP="007A3BBD">
-[...7 lines deleted...]
-                <w:szCs w:val="16"/>
+          <w:p w14:paraId="1659D68C" w14:textId="77777777" w:rsidR="009B11D3" w:rsidRPr="00790129" w:rsidRDefault="009B11D3" w:rsidP="007A3BBD">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4461" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0F886692" w14:textId="0DEDB4F7" w:rsidR="009B11D3" w:rsidRPr="00302164" w:rsidRDefault="00610491" w:rsidP="007A3BBD">
+          <w:p w14:paraId="0F886692" w14:textId="0DEDB4F7" w:rsidR="009B11D3" w:rsidRPr="00790129" w:rsidRDefault="00610491" w:rsidP="007A3BBD">
             <w:pPr>
               <w:pStyle w:val="Zawartotabeli"/>
               <w:snapToGrid w:val="0"/>
               <w:ind w:left="5" w:right="-550"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="18"/>
-[...9 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790129">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="0072360C">
-[...5 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidR="0072360C" w:rsidRPr="00790129">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
-            <w:r w:rsidR="009B11D3" w:rsidRPr="00302164">
-[...5 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidR="009B11D3" w:rsidRPr="00790129">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>. Miejscowość</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7ED39ADE" w14:textId="77777777" w:rsidR="009B11D3" w:rsidRPr="00302164" w:rsidRDefault="009B11D3" w:rsidP="007A3BBD">
+          <w:p w14:paraId="7ED39ADE" w14:textId="77777777" w:rsidR="009B11D3" w:rsidRPr="00790129" w:rsidRDefault="009B11D3" w:rsidP="007A3BBD">
             <w:pPr>
               <w:pStyle w:val="Zawartotabeli"/>
               <w:snapToGrid w:val="0"/>
               <w:ind w:left="5" w:right="-550"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="18"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="16E940D2" w14:textId="77777777" w:rsidR="009B11D3" w:rsidRPr="00302164" w:rsidRDefault="009B11D3" w:rsidP="000D0C47">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="16E940D2" w14:textId="77777777" w:rsidR="009B11D3" w:rsidRPr="00790129" w:rsidRDefault="009B11D3" w:rsidP="000D0C47">
             <w:pPr>
               <w:pStyle w:val="Zawartotabeli"/>
               <w:snapToGrid w:val="0"/>
               <w:ind w:right="-550"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2626" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0D6869AC" w14:textId="1A442A5B" w:rsidR="009B11D3" w:rsidRPr="00302164" w:rsidRDefault="00610491" w:rsidP="007A3BBD">
+          <w:p w14:paraId="0D6869AC" w14:textId="1A442A5B" w:rsidR="009B11D3" w:rsidRPr="00790129" w:rsidRDefault="00610491" w:rsidP="007A3BBD">
             <w:pPr>
               <w:pStyle w:val="Zawartotabeli"/>
               <w:snapToGrid w:val="0"/>
               <w:ind w:left="5" w:right="-550"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="18"/>
-[...9 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790129">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="0072360C">
-[...5 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidR="0072360C" w:rsidRPr="00790129">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
-            <w:r w:rsidR="009B11D3" w:rsidRPr="00302164">
-[...5 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidR="009B11D3" w:rsidRPr="00790129">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>. Kod pocztowy</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="79AA937E" w14:textId="709BF3E6" w:rsidR="009B11D3" w:rsidRPr="00302164" w:rsidRDefault="009B11D3" w:rsidP="00773673">
+          <w:p w14:paraId="79AA937E" w14:textId="709BF3E6" w:rsidR="009B11D3" w:rsidRPr="00790129" w:rsidRDefault="009B11D3" w:rsidP="00773673">
             <w:pPr>
               <w:pStyle w:val="Zawartotabeli"/>
               <w:snapToGrid w:val="0"/>
               <w:ind w:right="-550"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1FE948D4" w14:textId="25AA09AF" w:rsidR="009B11D3" w:rsidRPr="00302164" w:rsidRDefault="00083916" w:rsidP="007A3BBD">
+          <w:p w14:paraId="1FE948D4" w14:textId="25AA09AF" w:rsidR="009B11D3" w:rsidRPr="00790129" w:rsidRDefault="00083916" w:rsidP="007A3BBD">
             <w:pPr>
               <w:pStyle w:val="Zawartotabeli"/>
               <w:snapToGrid w:val="0"/>
               <w:ind w:left="5" w:right="-550"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="18"/>
-[...9 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790129">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="0072360C">
-[...5 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidR="0072360C" w:rsidRPr="00790129">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
-            <w:r w:rsidR="009B11D3" w:rsidRPr="00302164">
-[...5 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidR="009B11D3" w:rsidRPr="00790129">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>. Nr telefonu</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0081536D" w:rsidRPr="00302164" w14:paraId="7C7AC1F7" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="318"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10494" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
           </w:tcPr>
           <w:p w14:paraId="16DB7741" w14:textId="77777777" w:rsidR="0081536D" w:rsidRPr="00302164" w:rsidRDefault="009B11D3">
             <w:pPr>
@@ -3051,83 +2889,91 @@
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>kosztach upomnienia i kosztach</w:t>
             </w:r>
             <w:r w:rsidR="00D95E4A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> postępowania egzekucyjnego</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> prowadzonego wobec spadkodawcy powstałych do dnia otwarcia spadku.</w:t>
+              <w:t xml:space="preserve"> prowadzonego wobec spadkodawcy powstałych do dnia </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>otwarcia spadku.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5E439892" w14:textId="635CE2EF" w:rsidR="0081536D" w:rsidRPr="00302164" w:rsidRDefault="0081536D" w:rsidP="00F423BD">
             <w:pPr>
               <w:pStyle w:val="Zawartotabeli"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7587"/>
               </w:tabs>
               <w:ind w:right="-550"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00302164">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidR="00610491">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidR="00083916">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="00302164">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>. W zaświadczeniu proszę podać informacje dotyczące</w:t>
             </w:r>
             <w:r w:rsidRPr="00302164">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -3389,253 +3235,258 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>OSOBY UPOWAŻNIONEJ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0081536D" w:rsidRPr="00302164" w14:paraId="761EDBAB" w14:textId="77777777" w:rsidTr="00B52A1D">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4887" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5F380212" w14:textId="054E37C8" w:rsidR="0081536D" w:rsidRPr="00302164" w:rsidRDefault="00E75859">
+          <w:p w14:paraId="5F380212" w14:textId="054E37C8" w:rsidR="0081536D" w:rsidRPr="00790129" w:rsidRDefault="00E75859">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:ind w:left="5" w:right="-550"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="18"/>
-[...8 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790129">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>27</w:t>
             </w:r>
-            <w:r w:rsidR="0081536D" w:rsidRPr="00302164">
-[...5 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidR="0081536D" w:rsidRPr="00790129">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>. Nazwisko</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="02B45C90" w14:textId="77777777" w:rsidR="0081536D" w:rsidRPr="00302164" w:rsidRDefault="0081536D">
+          <w:p w14:paraId="02B45C90" w14:textId="77777777" w:rsidR="0081536D" w:rsidRPr="00790129" w:rsidRDefault="0081536D">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:ind w:left="5" w:right="-550"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="18"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5607" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5C4FA2A1" w14:textId="3DB0E52A" w:rsidR="0081536D" w:rsidRPr="00302164" w:rsidRDefault="00E75859">
+          <w:p w14:paraId="5C4FA2A1" w14:textId="3DB0E52A" w:rsidR="0081536D" w:rsidRPr="00790129" w:rsidRDefault="00E75859">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:ind w:left="5" w:right="-550"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="18"/>
-[...8 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790129">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>28</w:t>
             </w:r>
-            <w:r w:rsidR="0081536D" w:rsidRPr="00302164">
-[...5 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidR="0081536D" w:rsidRPr="00790129">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
-            <w:r>
-[...5 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00790129">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Imię</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0081536D" w:rsidRPr="00302164" w14:paraId="2D8F916B" w14:textId="77777777" w:rsidTr="00BF56D3">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="555"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4887" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="18DE3685" w14:textId="60C454E3" w:rsidR="0081536D" w:rsidRPr="00302164" w:rsidRDefault="00E75859" w:rsidP="00B52A1D">
+          <w:p w14:paraId="18DE3685" w14:textId="60C454E3" w:rsidR="0081536D" w:rsidRPr="00790129" w:rsidRDefault="00E75859" w:rsidP="00B52A1D">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:ind w:left="5" w:right="-550"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="18"/>
-[...8 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790129">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>29</w:t>
             </w:r>
-            <w:r w:rsidR="0081536D" w:rsidRPr="00302164">
-[...5 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidR="0081536D" w:rsidRPr="00790129">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>. Rodzaj dokumentu stwierdzającego  tożsamość</w:t>
             </w:r>
-            <w:r w:rsidR="0081536D" w:rsidRPr="00302164">
-[...5 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidR="0081536D" w:rsidRPr="00790129">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5607" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1FDE487C" w14:textId="0D2263A0" w:rsidR="0081536D" w:rsidRPr="00302164" w:rsidRDefault="00610491" w:rsidP="00A72F50">
+          <w:p w14:paraId="1FDE487C" w14:textId="0D2263A0" w:rsidR="0081536D" w:rsidRPr="00790129" w:rsidRDefault="00610491" w:rsidP="00A72F50">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:ind w:left="5" w:right="-550"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="18"/>
-[...8 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790129">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidR="00E75859">
-[...5 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidR="00E75859" w:rsidRPr="00790129">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
-            <w:r w:rsidR="0081536D" w:rsidRPr="00302164">
-[...5 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidR="0081536D" w:rsidRPr="00790129">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>. Seria i numer dokumentu stwierdzającego tożsamość</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0072360C" w:rsidRPr="00302164" w14:paraId="1E1DAB83" w14:textId="77777777" w:rsidTr="00AB6D5A">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10494" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="05F83533" w14:textId="5F425E36" w:rsidR="0072360C" w:rsidRPr="00302164" w:rsidRDefault="0072360C" w:rsidP="00A72F50">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:ind w:left="5" w:right="-550"/>
@@ -3712,223 +3563,230 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">ODBIORU ZAŚWIADCZENIA </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0081536D" w:rsidRPr="00302164" w14:paraId="3125DFC4" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10494" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="410277F7" w14:textId="77777777" w:rsidR="0072360C" w:rsidRPr="0072360C" w:rsidRDefault="0072360C" w:rsidP="0072360C">
+          <w:p w14:paraId="410277F7" w14:textId="77777777" w:rsidR="0072360C" w:rsidRPr="00790129" w:rsidRDefault="0072360C" w:rsidP="0072360C">
             <w:pPr>
               <w:pStyle w:val="Zawartotabeli"/>
               <w:ind w:right="-550"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0072360C">
+            <w:r w:rsidRPr="00790129">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Sposób odbioru zaświadczenia  (należy zaznaczyć właściwy kwadrat):</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="16C125D6" w14:textId="77777777" w:rsidR="0072360C" w:rsidRPr="0072360C" w:rsidRDefault="0072360C" w:rsidP="0072360C">
+          <w:p w14:paraId="16C125D6" w14:textId="77777777" w:rsidR="0072360C" w:rsidRPr="00790129" w:rsidRDefault="0072360C" w:rsidP="0072360C">
             <w:pPr>
               <w:pStyle w:val="Zawartotabeli"/>
               <w:ind w:right="-550"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="0AD53F4A" w14:textId="77777777" w:rsidR="0072360C" w:rsidRPr="0072360C" w:rsidRDefault="0072360C" w:rsidP="0072360C">
+          <w:p w14:paraId="0AD53F4A" w14:textId="77777777" w:rsidR="0072360C" w:rsidRPr="00790129" w:rsidRDefault="0072360C" w:rsidP="0072360C">
             <w:pPr>
               <w:pStyle w:val="Zawartotabeli"/>
               <w:ind w:right="-550"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0072360C">
+            <w:r w:rsidRPr="00790129">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
-            <w:r w:rsidRPr="0072360C">
+            <w:r w:rsidRPr="00790129">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:tab/>
               <w:t>osobiście ( w Centrum Obsługi Podatnika ul. Kotlarska 41)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="31E9A45E" w14:textId="77777777" w:rsidR="0072360C" w:rsidRPr="0072360C" w:rsidRDefault="0072360C" w:rsidP="0072360C">
+          <w:p w14:paraId="31E9A45E" w14:textId="77777777" w:rsidR="0072360C" w:rsidRPr="00790129" w:rsidRDefault="0072360C" w:rsidP="0072360C">
             <w:pPr>
               <w:pStyle w:val="Zawartotabeli"/>
               <w:ind w:right="-550"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0072360C">
+            <w:r w:rsidRPr="00790129">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
-            <w:r w:rsidRPr="0072360C">
+            <w:r w:rsidRPr="00790129">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:tab/>
               <w:t xml:space="preserve">przez osobę upoważnioną </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6B53839C" w14:textId="77777777" w:rsidR="0072360C" w:rsidRPr="0072360C" w:rsidRDefault="0072360C" w:rsidP="0072360C">
+          <w:p w14:paraId="6B53839C" w14:textId="4382CCED" w:rsidR="0072360C" w:rsidRPr="00790129" w:rsidRDefault="0072360C" w:rsidP="0072360C">
             <w:pPr>
               <w:pStyle w:val="Zawartotabeli"/>
               <w:ind w:right="-550"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0072360C">
+            <w:r w:rsidRPr="00790129">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
-            <w:r w:rsidRPr="0072360C">
+            <w:r w:rsidRPr="00790129">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:tab/>
-              <w:t xml:space="preserve">elektronicznie za pośrednictwem </w:t>
-[...20 lines deleted...]
-          <w:p w14:paraId="7DECF33A" w14:textId="77777777" w:rsidR="0072360C" w:rsidRPr="0072360C" w:rsidRDefault="0072360C" w:rsidP="0072360C">
+              <w:t>elektronicznie za pośrednictwem platformy e- Doręczenia (proszę podać adres skrzynki) ……………………….……………………….……………………….……………………….……………………….………………………</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7DECF33A" w14:textId="52021279" w:rsidR="0072360C" w:rsidRPr="00790129" w:rsidRDefault="0072360C" w:rsidP="0072360C">
             <w:pPr>
               <w:pStyle w:val="Zawartotabeli"/>
               <w:ind w:right="-550"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0072360C">
+            <w:r w:rsidRPr="00790129">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
-            <w:r w:rsidRPr="0072360C">
+            <w:r w:rsidRPr="00790129">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:tab/>
-              <w:t>listownie na adres………………………………………..………………………………………………………………………………….</w:t>
-[...14 lines deleted...]
-              <w:t>…………………………………………..……………………………………………………………………………………………………….</w:t>
+            </w:r>
+            <w:r w:rsidR="00F951EF" w:rsidRPr="00790129">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>listownie na adres (tylko w przypadku gdy nie ma możliwości wysyłki na e-Doręczenia)……….</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00790129">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>…………………………………………….</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1B47EB98" w14:textId="43D117D8" w:rsidR="0081536D" w:rsidRPr="00790129" w:rsidRDefault="0072360C" w:rsidP="0072360C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790129">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>…………………………………………..………………………………………………………………………………………………………</w:t>
+            </w:r>
+            <w:r w:rsidR="00F951EF" w:rsidRPr="00790129">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>……………..</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0081536D" w:rsidRPr="00302164" w14:paraId="285A64C7" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10494" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
           </w:tcPr>
           <w:p w14:paraId="150628DD" w14:textId="77777777" w:rsidR="0081536D" w:rsidRPr="00302164" w:rsidRDefault="00E04FC2">
             <w:pPr>
               <w:pStyle w:val="Zawartotabeli"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -3946,185 +3804,188 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>. DATA I PODPIS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0081536D" w:rsidRPr="00302164" w14:paraId="2B2EADC8" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2ED8EC81" w14:textId="439B3280" w:rsidR="0081536D" w:rsidRPr="00584B5B" w:rsidRDefault="0081536D">
+          <w:p w14:paraId="2ED8EC81" w14:textId="439B3280" w:rsidR="0081536D" w:rsidRPr="00790129" w:rsidRDefault="0081536D">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:ind w:left="5" w:right="-550"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="18"/>
-[...7 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790129">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00E75859">
-[...5 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidR="00E75859" w:rsidRPr="00790129">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>31</w:t>
             </w:r>
-            <w:r w:rsidRPr="00584B5B">
-[...5 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00790129">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>. Data</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="52F5CBE8" w14:textId="77777777" w:rsidR="0081536D" w:rsidRPr="00584B5B" w:rsidRDefault="0081536D">
+          <w:p w14:paraId="52F5CBE8" w14:textId="77777777" w:rsidR="0081536D" w:rsidRPr="00790129" w:rsidRDefault="0081536D">
             <w:pPr>
               <w:pStyle w:val="Zawartotabeli"/>
               <w:ind w:right="-550"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="18"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5249" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3A9C6237" w14:textId="7314BB68" w:rsidR="0081536D" w:rsidRPr="00584B5B" w:rsidRDefault="00E75859">
+          <w:p w14:paraId="3A9C6237" w14:textId="7314BB68" w:rsidR="0081536D" w:rsidRPr="00790129" w:rsidRDefault="00E75859">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:ind w:left="5" w:right="-550"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="18"/>
-[...8 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790129">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>32</w:t>
             </w:r>
-            <w:r w:rsidR="0072360C">
-[...5 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidR="0072360C" w:rsidRPr="00790129">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:bookmarkStart w:id="1" w:name="_Hlk214530937"/>
-            <w:r w:rsidR="0072360C" w:rsidRPr="0072360C">
+            <w:r w:rsidR="0072360C" w:rsidRPr="00790129">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Podpis </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00790129">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Podatnika</w:t>
             </w:r>
-            <w:r w:rsidR="0072360C" w:rsidRPr="0072360C">
+            <w:r w:rsidR="0072360C" w:rsidRPr="00790129">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00790129">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Osoby Reprezentującej Podatnika</w:t>
             </w:r>
             <w:bookmarkEnd w:id="1"/>
           </w:p>
-          <w:p w14:paraId="1C70B724" w14:textId="77777777" w:rsidR="0081536D" w:rsidRPr="00584B5B" w:rsidRDefault="0081536D">
+          <w:p w14:paraId="1C70B724" w14:textId="77777777" w:rsidR="0081536D" w:rsidRPr="00790129" w:rsidRDefault="0081536D">
             <w:pPr>
               <w:pStyle w:val="NormalnyWeb"/>
               <w:spacing w:before="102" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-550"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial Unicode MS" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="18"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0081536D" w:rsidRPr="00302164" w14:paraId="418D0319" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="272"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10494" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
           </w:tcPr>
           <w:p w14:paraId="38CD92FF" w14:textId="77777777" w:rsidR="0081536D" w:rsidRPr="00302164" w:rsidRDefault="00E04FC2">
             <w:pPr>
               <w:pStyle w:val="Zawartotabeli"/>
@@ -4335,58 +4196,58 @@
     </w:tbl>
     <w:p w14:paraId="4B8835D5" w14:textId="1CA36809" w:rsidR="0081536D" w:rsidRPr="00F423BD" w:rsidRDefault="0081536D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="0081536D" w:rsidRPr="00F423BD" w:rsidSect="00E36DD9">
       <w:footerReference w:type="default" r:id="rId7"/>
       <w:headerReference w:type="first" r:id="rId8"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="993" w:right="1134" w:bottom="851" w:left="1276" w:header="284" w:footer="567" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="41B56384" w14:textId="77777777" w:rsidR="00936E65" w:rsidRDefault="00936E65">
+    <w:p w14:paraId="00685F73" w14:textId="77777777" w:rsidR="00F60636" w:rsidRDefault="00F60636">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2A11D094" w14:textId="77777777" w:rsidR="00936E65" w:rsidRDefault="00936E65">
+    <w:p w14:paraId="259A6F67" w14:textId="77777777" w:rsidR="00F60636" w:rsidRDefault="00F60636">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="EE"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
@@ -4462,58 +4323,58 @@
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="32E3E759" w14:textId="77777777" w:rsidR="0081536D" w:rsidRDefault="0081536D">
     <w:pPr>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial Unicode MS"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial Unicode MS" w:cs="Arial Unicode MS"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="614A589D" w14:textId="77777777" w:rsidR="00936E65" w:rsidRDefault="00936E65">
+    <w:p w14:paraId="7A3DC9D7" w14:textId="77777777" w:rsidR="00F60636" w:rsidRDefault="00F60636">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4E693F1D" w14:textId="77777777" w:rsidR="00936E65" w:rsidRDefault="00936E65">
+    <w:p w14:paraId="4098479E" w14:textId="77777777" w:rsidR="00F60636" w:rsidRDefault="00F60636">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p w14:paraId="23AF0AC4" w14:textId="77777777" w:rsidR="00773673" w:rsidRPr="00773673" w:rsidRDefault="00773673" w:rsidP="00773673">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy2"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="8505"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Odwoanieprzypisudolnego"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
@@ -5366,156 +5227,161 @@
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="5"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="120"/>
-  <w:proofState w:spelling="clean"/>
+  <w:zoom w:percent="110"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006B33CC"/>
     <w:rsid w:val="00041B8B"/>
     <w:rsid w:val="00083916"/>
     <w:rsid w:val="000B3497"/>
     <w:rsid w:val="000D0C47"/>
     <w:rsid w:val="000D3577"/>
     <w:rsid w:val="00103676"/>
     <w:rsid w:val="00122DA0"/>
     <w:rsid w:val="0016365E"/>
     <w:rsid w:val="00174CA4"/>
     <w:rsid w:val="00175E2E"/>
     <w:rsid w:val="00191847"/>
     <w:rsid w:val="001C1D6B"/>
     <w:rsid w:val="00203C7E"/>
     <w:rsid w:val="00252254"/>
     <w:rsid w:val="0025738B"/>
     <w:rsid w:val="00302159"/>
     <w:rsid w:val="00302164"/>
     <w:rsid w:val="00322DA2"/>
     <w:rsid w:val="003277A3"/>
     <w:rsid w:val="00364CB1"/>
     <w:rsid w:val="003816BD"/>
     <w:rsid w:val="00385CCD"/>
     <w:rsid w:val="003933A6"/>
+    <w:rsid w:val="003B3EC2"/>
     <w:rsid w:val="003B4D1E"/>
     <w:rsid w:val="003C0404"/>
     <w:rsid w:val="004B3CEA"/>
     <w:rsid w:val="00517642"/>
     <w:rsid w:val="005212DA"/>
     <w:rsid w:val="00584B5B"/>
     <w:rsid w:val="005C2DF0"/>
     <w:rsid w:val="00610491"/>
     <w:rsid w:val="006B33CC"/>
     <w:rsid w:val="0071419B"/>
     <w:rsid w:val="0072360C"/>
     <w:rsid w:val="00773673"/>
+    <w:rsid w:val="00790129"/>
     <w:rsid w:val="007D3797"/>
     <w:rsid w:val="007F629E"/>
     <w:rsid w:val="0081536D"/>
     <w:rsid w:val="008169C2"/>
     <w:rsid w:val="00866C8F"/>
     <w:rsid w:val="0088193A"/>
     <w:rsid w:val="008C6702"/>
     <w:rsid w:val="008F323C"/>
     <w:rsid w:val="00900FF0"/>
     <w:rsid w:val="00930684"/>
     <w:rsid w:val="00936E65"/>
     <w:rsid w:val="009461DE"/>
     <w:rsid w:val="0095603E"/>
     <w:rsid w:val="00985EFA"/>
     <w:rsid w:val="009B11D3"/>
     <w:rsid w:val="009D5974"/>
     <w:rsid w:val="00A050BB"/>
+    <w:rsid w:val="00A41D69"/>
     <w:rsid w:val="00A72F50"/>
     <w:rsid w:val="00B32534"/>
     <w:rsid w:val="00B43397"/>
     <w:rsid w:val="00B4627D"/>
     <w:rsid w:val="00B4751D"/>
     <w:rsid w:val="00B52A1D"/>
     <w:rsid w:val="00B81A7A"/>
     <w:rsid w:val="00BA49EC"/>
     <w:rsid w:val="00BD0FEB"/>
     <w:rsid w:val="00BF56D3"/>
     <w:rsid w:val="00C03A3C"/>
     <w:rsid w:val="00C73E4E"/>
     <w:rsid w:val="00C864E6"/>
     <w:rsid w:val="00CE6DB7"/>
     <w:rsid w:val="00CF09B1"/>
     <w:rsid w:val="00D15364"/>
     <w:rsid w:val="00D95E4A"/>
     <w:rsid w:val="00DA5621"/>
     <w:rsid w:val="00DC5BBE"/>
     <w:rsid w:val="00E02A89"/>
     <w:rsid w:val="00E04FC2"/>
     <w:rsid w:val="00E36DD9"/>
     <w:rsid w:val="00E75859"/>
     <w:rsid w:val="00E902B1"/>
     <w:rsid w:val="00EF3528"/>
     <w:rsid w:val="00EF5CDF"/>
     <w:rsid w:val="00F423BD"/>
+    <w:rsid w:val="00F60636"/>
     <w:rsid w:val="00F75D6C"/>
+    <w:rsid w:val="00F951EF"/>
     <w:rsid w:val="00FA64BE"/>
     <w:rsid w:val="00FB3B07"/>
+    <w:rsid w:val="00FC1499"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pl-PL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
@@ -6410,67 +6276,67 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>495</Words>
-  <Characters>2971</Characters>
+  <Words>500</Words>
+  <Characters>3001</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>24</Lines>
+  <Lines>25</Lines>
   <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>WNIOSEK O  WYDANIE  ZAŚWIADCZENIA</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>UMW</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3460</CharactersWithSpaces>
+  <CharactersWithSpaces>3495</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>WNIOSEK O  WYDANIE  ZAŚWIADCZENIA</dc:title>
   <dc:creator>umjusl01</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>