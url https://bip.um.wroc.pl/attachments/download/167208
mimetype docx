--- v0 (2025-12-31)
+++ v1 (2026-01-31)
@@ -5,89 +5,89 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10494" w:type="dxa"/>
-        <w:tblInd w:w="-579" w:type="dxa"/>
+        <w:tblW w:w="10629" w:type="dxa"/>
+        <w:tblInd w:w="-714" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="55" w:type="dxa"/>
           <w:left w:w="55" w:type="dxa"/>
           <w:bottom w:w="55" w:type="dxa"/>
           <w:right w:w="55" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="709"/>
+        <w:gridCol w:w="844"/>
         <w:gridCol w:w="2976"/>
         <w:gridCol w:w="55"/>
         <w:gridCol w:w="1147"/>
         <w:gridCol w:w="283"/>
         <w:gridCol w:w="75"/>
         <w:gridCol w:w="1275"/>
         <w:gridCol w:w="1060"/>
         <w:gridCol w:w="216"/>
         <w:gridCol w:w="2698"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0081536D" w:rsidRPr="00302164" w14:paraId="6D878EE6" w14:textId="77777777">
+      <w:tr w:rsidR="0081536D" w:rsidRPr="00302164" w14:paraId="6D878EE6" w14:textId="77777777" w:rsidTr="003C307C">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="652"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10494" w:type="dxa"/>
+            <w:tcW w:w="10629" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E6E6FF"/>
           </w:tcPr>
           <w:p w14:paraId="4E729157" w14:textId="77777777" w:rsidR="0081536D" w:rsidRPr="00302164" w:rsidRDefault="0081536D">
             <w:pPr>
               <w:pStyle w:val="Zawartotabeli"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00302164">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
@@ -195,58 +195,58 @@
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="009B11D3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>ZAS-Z</w:t>
             </w:r>
             <w:r w:rsidR="00D15364">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0081536D" w:rsidRPr="00302164" w14:paraId="46CBB797" w14:textId="77777777">
+      <w:tr w:rsidR="0081536D" w:rsidRPr="00302164" w14:paraId="46CBB797" w14:textId="77777777" w:rsidTr="003C307C">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="296"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5245" w:type="dxa"/>
+            <w:tcW w:w="5380" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
           </w:tcPr>
           <w:p w14:paraId="0482031F" w14:textId="77777777" w:rsidR="0081536D" w:rsidRPr="00302164" w:rsidRDefault="0081536D">
             <w:pPr>
               <w:pStyle w:val="Zawartotabeli"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00302164">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>A. SAMORZĄDOWY ORGAN PODATKOWY</w:t>
             </w:r>
@@ -261,57 +261,57 @@
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="0ABE6F97" w14:textId="77777777" w:rsidR="0081536D" w:rsidRPr="00302164" w:rsidRDefault="0081536D">
             <w:pPr>
               <w:pStyle w:val="Zawartotabeli"/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00302164">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>PREZYDENT WROCŁAWIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0081536D" w:rsidRPr="00302164" w14:paraId="415F71E3" w14:textId="77777777">
+      <w:tr w:rsidR="0081536D" w:rsidRPr="00302164" w14:paraId="415F71E3" w14:textId="77777777" w:rsidTr="003C307C">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10494" w:type="dxa"/>
+            <w:tcW w:w="10629" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
           </w:tcPr>
           <w:p w14:paraId="104EFD7E" w14:textId="77777777" w:rsidR="0081536D" w:rsidRPr="00302164" w:rsidRDefault="0081536D" w:rsidP="009B11D3">
             <w:pPr>
               <w:pStyle w:val="Zawartotabeli"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00302164">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">B. DANE </w:t>
             </w:r>
@@ -321,93 +321,93 @@
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">WNIOSKODAWCY </w:t>
             </w:r>
             <w:r w:rsidRPr="00302164">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00FB5E9D" w:rsidRPr="00FB5E9D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">(Jeżeli wnioskodawcą jest nabywca do wniosku należy dołączyć zgodę zbywającego) </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0081536D" w:rsidRPr="00302164" w14:paraId="0861AD2B" w14:textId="77777777">
+      <w:tr w:rsidR="0081536D" w:rsidRPr="00302164" w14:paraId="0861AD2B" w14:textId="77777777" w:rsidTr="003C307C">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10494" w:type="dxa"/>
+            <w:tcW w:w="10629" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
           </w:tcPr>
           <w:p w14:paraId="05A0E444" w14:textId="77777777" w:rsidR="0081536D" w:rsidRPr="00302164" w:rsidRDefault="0081536D">
             <w:pPr>
               <w:pStyle w:val="Zawartotabeli"/>
               <w:snapToGrid w:val="0"/>
               <w:ind w:left="5" w:right="-550"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009B11D3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>B.1. DANE IDENTYFIKACYJNE</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00325CE2" w:rsidRPr="00302164" w14:paraId="6911B6B1" w14:textId="77777777" w:rsidTr="004931FC">
+      <w:tr w:rsidR="00325CE2" w:rsidRPr="00302164" w14:paraId="6911B6B1" w14:textId="77777777" w:rsidTr="003C307C">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10494" w:type="dxa"/>
+            <w:tcW w:w="10629" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
           </w:tcPr>
           <w:p w14:paraId="0D6B5111" w14:textId="2F2B5856" w:rsidR="00325CE2" w:rsidRPr="00302164" w:rsidRDefault="00325CE2" w:rsidP="00302164">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:ind w:left="5" w:right="-550"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00302164">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
@@ -420,1038 +420,1028 @@
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> (identyfikatorem osoby fizycznej nie prowadzącej działalności gospodarczej lub niebędącej </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00302164">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>zarejestrowanym podatnikiem podatku od towarów i usług jest numer PESEL)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0081536D" w:rsidRPr="00302164" w14:paraId="0DFF0E09" w14:textId="77777777">
+      <w:tr w:rsidR="0081536D" w:rsidRPr="00302164" w14:paraId="0DFF0E09" w14:textId="77777777" w:rsidTr="003C307C">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="646"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcW w:w="844" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="679A8302" w14:textId="77777777" w:rsidR="0081536D" w:rsidRPr="00302164" w:rsidRDefault="0081536D">
+          <w:p w14:paraId="679A8302" w14:textId="77777777" w:rsidR="0081536D" w:rsidRPr="003C307C" w:rsidRDefault="0081536D">
             <w:pPr>
               <w:pStyle w:val="Zawartotabeli"/>
               <w:snapToGrid w:val="0"/>
               <w:ind w:left="5" w:right="-550"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9785" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2DA0D458" w14:textId="55809C5D" w:rsidR="0081536D" w:rsidRPr="00302164" w:rsidRDefault="0081536D" w:rsidP="00183F8C">
-[...16 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="2DA0D458" w14:textId="55809C5D" w:rsidR="0081536D" w:rsidRPr="003C307C" w:rsidRDefault="0081536D" w:rsidP="00183F8C">
+            <w:pPr>
+              <w:pStyle w:val="Zawartotabeli"/>
+              <w:snapToGrid w:val="0"/>
+              <w:ind w:left="5" w:right="-550"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C307C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">2. </w:t>
             </w:r>
-            <w:r w:rsidR="00325CE2">
-[...5 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidR="00325CE2" w:rsidRPr="003C307C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>I</w:t>
             </w:r>
-            <w:r w:rsidRPr="00302164">
-[...5 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="003C307C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>mię</w:t>
             </w:r>
-            <w:r w:rsidR="00325CE2">
-[...25 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidR="00325CE2" w:rsidRPr="003C307C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> i nazwisko</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003C307C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> lub pełna nazwa </w:t>
             </w:r>
-            <w:r w:rsidR="00325CE2">
-[...5 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidR="00325CE2" w:rsidRPr="003C307C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>siedziby</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0081536D" w:rsidRPr="00302164" w14:paraId="015B0B17" w14:textId="77777777" w:rsidTr="00A6613A">
+      <w:tr w:rsidR="0081536D" w:rsidRPr="00302164" w14:paraId="015B0B17" w14:textId="77777777" w:rsidTr="003C307C">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcW w:w="844" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0CCA2F7D" w14:textId="77777777" w:rsidR="0081536D" w:rsidRPr="00302164" w:rsidRDefault="0081536D">
-[...8 lines deleted...]
-                <w:szCs w:val="16"/>
+          <w:p w14:paraId="0CCA2F7D" w14:textId="77777777" w:rsidR="0081536D" w:rsidRPr="003C307C" w:rsidRDefault="0081536D">
+            <w:pPr>
+              <w:pStyle w:val="Zawartotabeli"/>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3031" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="438C7513" w14:textId="77777777" w:rsidR="0081536D" w:rsidRPr="00302164" w:rsidRDefault="0081536D">
-[...16 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="438C7513" w14:textId="77777777" w:rsidR="0081536D" w:rsidRPr="003C307C" w:rsidRDefault="0081536D">
+            <w:pPr>
+              <w:pStyle w:val="Zawartotabeli"/>
+              <w:snapToGrid w:val="0"/>
+              <w:ind w:left="5" w:right="-550"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C307C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3. NIP</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3840" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7E74293F" w14:textId="77777777" w:rsidR="0081536D" w:rsidRPr="00302164" w:rsidRDefault="0081536D">
-[...18 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="7E74293F" w14:textId="77777777" w:rsidR="0081536D" w:rsidRPr="003C307C" w:rsidRDefault="0081536D">
+            <w:pPr>
+              <w:pStyle w:val="Zawartotabeli"/>
+              <w:snapToGrid w:val="0"/>
+              <w:ind w:left="5" w:right="-550"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C307C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>4. PESEL (data urodzenia osoby nieposiadającej</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="495F63CD" w14:textId="77777777" w:rsidR="0081536D" w:rsidRPr="00302164" w:rsidRDefault="0081536D">
-[...7 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="495F63CD" w14:textId="77777777" w:rsidR="0081536D" w:rsidRPr="003C307C" w:rsidRDefault="0081536D">
+            <w:pPr>
+              <w:pStyle w:val="Zawartotabeli"/>
+              <w:snapToGrid w:val="0"/>
+              <w:ind w:left="5" w:right="-550"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00302164">
-[...5 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="003C307C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>nr</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00302164">
-[...5 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="003C307C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t xml:space="preserve"> PESEL)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6B848A82" w14:textId="77777777" w:rsidR="0081536D" w:rsidRPr="00302164" w:rsidRDefault="0081536D">
-[...9 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="6B848A82" w14:textId="77777777" w:rsidR="0081536D" w:rsidRPr="003C307C" w:rsidRDefault="0081536D">
+            <w:pPr>
+              <w:pStyle w:val="Zawartotabeli"/>
+              <w:snapToGrid w:val="0"/>
+              <w:ind w:left="5" w:right="-550"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2914" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="56C291AA" w14:textId="77777777" w:rsidR="0081536D" w:rsidRPr="00302164" w:rsidRDefault="0081536D">
+          <w:p w14:paraId="56C291AA" w14:textId="77777777" w:rsidR="0081536D" w:rsidRPr="003C307C" w:rsidRDefault="0081536D">
             <w:pPr>
               <w:pStyle w:val="Zawartotabeli"/>
               <w:snapToGrid w:val="0"/>
               <w:ind w:right="-550"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00302164">
-[...5 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="003C307C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>5. REGON</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0081536D" w:rsidRPr="00302164" w14:paraId="5361E2B2" w14:textId="77777777">
+      <w:tr w:rsidR="0081536D" w:rsidRPr="00302164" w14:paraId="5361E2B2" w14:textId="77777777" w:rsidTr="003C307C">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10494" w:type="dxa"/>
+            <w:tcW w:w="10629" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
           </w:tcPr>
           <w:p w14:paraId="1CC52D27" w14:textId="77777777" w:rsidR="0081536D" w:rsidRPr="00302164" w:rsidRDefault="0081536D">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:ind w:right="-550"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00302164">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">B.2. </w:t>
             </w:r>
             <w:bookmarkStart w:id="0" w:name="DDE_LINK11"/>
             <w:r w:rsidRPr="00302164">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ADRES ZAMIESZKANIA/SIEDZIBY</w:t>
             </w:r>
             <w:bookmarkEnd w:id="0"/>
             <w:r w:rsidRPr="00302164">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0081536D" w:rsidRPr="00302164" w14:paraId="0C64FAF3" w14:textId="77777777">
+      <w:tr w:rsidR="0081536D" w:rsidRPr="00302164" w14:paraId="0C64FAF3" w14:textId="77777777" w:rsidTr="003C307C">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcW w:w="844" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6D42AE7A" w14:textId="77777777" w:rsidR="0081536D" w:rsidRPr="00302164" w:rsidRDefault="0081536D">
+          <w:p w14:paraId="6D42AE7A" w14:textId="77777777" w:rsidR="0081536D" w:rsidRPr="003C307C" w:rsidRDefault="0081536D">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:ind w:left="5" w:right="-550"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="322C5E61" w14:textId="77777777" w:rsidR="0081536D" w:rsidRPr="00302164" w:rsidRDefault="0081536D">
-[...16 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="322C5E61" w14:textId="77777777" w:rsidR="0081536D" w:rsidRPr="003C307C" w:rsidRDefault="0081536D">
+            <w:pPr>
+              <w:pStyle w:val="Zawartotabeli"/>
+              <w:snapToGrid w:val="0"/>
+              <w:ind w:left="5" w:right="-550"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C307C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>6. Kraj</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6B2D83FB" w14:textId="77777777" w:rsidR="0081536D" w:rsidRPr="00302164" w:rsidRDefault="0081536D">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00302164">
+          <w:p w14:paraId="6B2D83FB" w14:textId="77777777" w:rsidR="0081536D" w:rsidRPr="003C307C" w:rsidRDefault="0081536D">
+            <w:pPr>
+              <w:pStyle w:val="Zawartotabeli"/>
+              <w:snapToGrid w:val="0"/>
+              <w:ind w:left="5" w:right="-550"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C307C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4C2D1EBB" w14:textId="77777777" w:rsidR="0081536D" w:rsidRPr="00302164" w:rsidRDefault="0081536D">
-[...16 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="4C2D1EBB" w14:textId="77777777" w:rsidR="0081536D" w:rsidRPr="003C307C" w:rsidRDefault="0081536D">
+            <w:pPr>
+              <w:pStyle w:val="Zawartotabeli"/>
+              <w:snapToGrid w:val="0"/>
+              <w:ind w:left="5" w:right="-550"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C307C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>7. Województwo</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3974" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7A00D129" w14:textId="77777777" w:rsidR="0081536D" w:rsidRPr="00302164" w:rsidRDefault="0081536D">
-[...16 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="7A00D129" w14:textId="77777777" w:rsidR="0081536D" w:rsidRPr="003C307C" w:rsidRDefault="0081536D">
+            <w:pPr>
+              <w:pStyle w:val="Zawartotabeli"/>
+              <w:snapToGrid w:val="0"/>
+              <w:ind w:left="5" w:right="-550"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C307C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>8. Powiat</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0081536D" w:rsidRPr="00302164" w14:paraId="69BFC24B" w14:textId="77777777">
+      <w:tr w:rsidR="0081536D" w:rsidRPr="00302164" w14:paraId="69BFC24B" w14:textId="77777777" w:rsidTr="003C307C">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="579"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcW w:w="844" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="18FBE2DE" w14:textId="77777777" w:rsidR="0081536D" w:rsidRPr="00302164" w:rsidRDefault="0081536D">
-[...7 lines deleted...]
-                <w:szCs w:val="16"/>
+          <w:p w14:paraId="18FBE2DE" w14:textId="77777777" w:rsidR="0081536D" w:rsidRPr="003C307C" w:rsidRDefault="0081536D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="123B2708" w14:textId="77777777" w:rsidR="0081536D" w:rsidRPr="00302164" w:rsidRDefault="0081536D">
-[...16 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="123B2708" w14:textId="77777777" w:rsidR="0081536D" w:rsidRPr="003C307C" w:rsidRDefault="0081536D">
+            <w:pPr>
+              <w:pStyle w:val="Zawartotabeli"/>
+              <w:snapToGrid w:val="0"/>
+              <w:ind w:left="5" w:right="-550"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C307C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>9. Gmina</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="02552338" w14:textId="77777777" w:rsidR="0081536D" w:rsidRPr="00302164" w:rsidRDefault="0081536D">
-[...9 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="02552338" w14:textId="77777777" w:rsidR="0081536D" w:rsidRPr="003C307C" w:rsidRDefault="0081536D">
+            <w:pPr>
+              <w:pStyle w:val="Zawartotabeli"/>
+              <w:snapToGrid w:val="0"/>
+              <w:ind w:left="5" w:right="-550"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1734CF7F" w14:textId="77777777" w:rsidR="0081536D" w:rsidRPr="00302164" w:rsidRDefault="0081536D">
-[...16 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="1734CF7F" w14:textId="77777777" w:rsidR="0081536D" w:rsidRPr="003C307C" w:rsidRDefault="0081536D">
+            <w:pPr>
+              <w:pStyle w:val="Zawartotabeli"/>
+              <w:snapToGrid w:val="0"/>
+              <w:ind w:left="5" w:right="-550"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C307C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>10. Ulica</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6008FECC" w14:textId="77777777" w:rsidR="0081536D" w:rsidRPr="00302164" w:rsidRDefault="0081536D">
-[...9 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="6008FECC" w14:textId="77777777" w:rsidR="0081536D" w:rsidRPr="003C307C" w:rsidRDefault="0081536D">
+            <w:pPr>
+              <w:pStyle w:val="Zawartotabeli"/>
+              <w:snapToGrid w:val="0"/>
+              <w:ind w:left="5" w:right="-550"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5423C9C6" w14:textId="77777777" w:rsidR="0081536D" w:rsidRPr="00302164" w:rsidRDefault="0081536D">
-[...16 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="5423C9C6" w14:textId="77777777" w:rsidR="0081536D" w:rsidRPr="003C307C" w:rsidRDefault="0081536D">
+            <w:pPr>
+              <w:pStyle w:val="Zawartotabeli"/>
+              <w:snapToGrid w:val="0"/>
+              <w:ind w:left="5" w:right="-550"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C307C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>11. Nr domu</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7C009FD2" w14:textId="77777777" w:rsidR="0081536D" w:rsidRPr="00302164" w:rsidRDefault="0081536D">
-[...9 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="7C009FD2" w14:textId="77777777" w:rsidR="0081536D" w:rsidRPr="003C307C" w:rsidRDefault="0081536D">
+            <w:pPr>
+              <w:pStyle w:val="Zawartotabeli"/>
+              <w:snapToGrid w:val="0"/>
+              <w:ind w:left="5" w:right="-550"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3F0034E6" w14:textId="77777777" w:rsidR="0081536D" w:rsidRPr="00302164" w:rsidRDefault="0081536D">
-[...16 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="3F0034E6" w14:textId="77777777" w:rsidR="0081536D" w:rsidRPr="003C307C" w:rsidRDefault="0081536D">
+            <w:pPr>
+              <w:pStyle w:val="Zawartotabeli"/>
+              <w:snapToGrid w:val="0"/>
+              <w:ind w:left="5" w:right="-550"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C307C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>12. Nr lokalu</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="05FA2DE8" w14:textId="77777777" w:rsidR="0081536D" w:rsidRPr="00302164" w:rsidRDefault="0081536D">
-[...9 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="05FA2DE8" w14:textId="77777777" w:rsidR="0081536D" w:rsidRPr="003C307C" w:rsidRDefault="0081536D">
+            <w:pPr>
+              <w:pStyle w:val="Zawartotabeli"/>
+              <w:snapToGrid w:val="0"/>
+              <w:ind w:left="5" w:right="-550"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B52A1D" w:rsidRPr="00302164" w14:paraId="01D21FDC" w14:textId="77777777" w:rsidTr="00B52A1D">
+      <w:tr w:rsidR="00B52A1D" w:rsidRPr="00302164" w14:paraId="01D21FDC" w14:textId="77777777" w:rsidTr="003C307C">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcW w:w="844" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7C8DAD1B" w14:textId="77777777" w:rsidR="00B52A1D" w:rsidRPr="00302164" w:rsidRDefault="00B52A1D">
-[...7 lines deleted...]
-                <w:szCs w:val="16"/>
+          <w:p w14:paraId="7C8DAD1B" w14:textId="77777777" w:rsidR="00B52A1D" w:rsidRPr="003C307C" w:rsidRDefault="00B52A1D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4461" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="59F90D32" w14:textId="77777777" w:rsidR="00B52A1D" w:rsidRDefault="00B52A1D" w:rsidP="00DF60D4">
-[...16 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="59F90D32" w14:textId="77777777" w:rsidR="00B52A1D" w:rsidRPr="003C307C" w:rsidRDefault="00B52A1D" w:rsidP="00DF60D4">
+            <w:pPr>
+              <w:pStyle w:val="Zawartotabeli"/>
+              <w:snapToGrid w:val="0"/>
+              <w:ind w:left="5" w:right="-550"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C307C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>13. Miejscowość</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2D0CA062" w14:textId="77777777" w:rsidR="00DF60D4" w:rsidRDefault="00DF60D4" w:rsidP="00DF60D4">
-[...19 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="2D0CA062" w14:textId="77777777" w:rsidR="00DF60D4" w:rsidRPr="003C307C" w:rsidRDefault="00DF60D4" w:rsidP="00DF60D4">
+            <w:pPr>
+              <w:pStyle w:val="Zawartotabeli"/>
+              <w:snapToGrid w:val="0"/>
+              <w:ind w:left="5" w:right="-550"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4CE96CDD" w14:textId="427C13B3" w:rsidR="00DF60D4" w:rsidRPr="003C307C" w:rsidRDefault="00DF60D4" w:rsidP="00DF60D4">
+            <w:pPr>
+              <w:pStyle w:val="Zawartotabeli"/>
+              <w:snapToGrid w:val="0"/>
+              <w:ind w:left="5" w:right="-550"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2626" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1B56ED20" w14:textId="1EA3FCD2" w:rsidR="00B52A1D" w:rsidRPr="00302164" w:rsidRDefault="00B52A1D" w:rsidP="00DF60D4">
-[...16 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="1B56ED20" w14:textId="1EA3FCD2" w:rsidR="00B52A1D" w:rsidRPr="003C307C" w:rsidRDefault="00B52A1D" w:rsidP="00DF60D4">
+            <w:pPr>
+              <w:pStyle w:val="Zawartotabeli"/>
+              <w:snapToGrid w:val="0"/>
+              <w:ind w:left="5" w:right="-550"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C307C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>14. Kod pocztowy</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="70D3A0F1" w14:textId="77777777" w:rsidR="00B52A1D" w:rsidRPr="00302164" w:rsidRDefault="00B52A1D">
-[...16 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="70D3A0F1" w14:textId="77777777" w:rsidR="00B52A1D" w:rsidRPr="003C307C" w:rsidRDefault="00B52A1D">
+            <w:pPr>
+              <w:pStyle w:val="Zawartotabeli"/>
+              <w:snapToGrid w:val="0"/>
+              <w:ind w:left="5" w:right="-550"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C307C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>15. Nr telefonu</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009B11D3" w:rsidRPr="00302164" w14:paraId="73BE7C09" w14:textId="77777777" w:rsidTr="007A3BBD">
+      <w:tr w:rsidR="009B11D3" w:rsidRPr="00302164" w14:paraId="73BE7C09" w14:textId="77777777" w:rsidTr="003C307C">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10494" w:type="dxa"/>
+            <w:tcW w:w="10629" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
           </w:tcPr>
           <w:p w14:paraId="751CFA62" w14:textId="77777777" w:rsidR="009B11D3" w:rsidRPr="00302164" w:rsidRDefault="009B11D3" w:rsidP="009B11D3">
             <w:pPr>
               <w:pStyle w:val="Zawartotabeli"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>C</w:t>
             </w:r>
             <w:r w:rsidRPr="00302164">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">. DANE </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> ZBYWAJĄCEGO</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009B11D3" w:rsidRPr="00302164" w14:paraId="13370C48" w14:textId="77777777" w:rsidTr="007A3BBD">
+      <w:tr w:rsidR="009B11D3" w:rsidRPr="00302164" w14:paraId="13370C48" w14:textId="77777777" w:rsidTr="003C307C">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10494" w:type="dxa"/>
+            <w:tcW w:w="10629" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
           </w:tcPr>
           <w:p w14:paraId="6DA94E8B" w14:textId="77777777" w:rsidR="009B11D3" w:rsidRPr="00302164" w:rsidRDefault="009B11D3" w:rsidP="007A3BBD">
             <w:pPr>
               <w:pStyle w:val="Zawartotabeli"/>
               <w:snapToGrid w:val="0"/>
               <w:ind w:left="5" w:right="-550"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009B11D3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>C.1. DANE IDENTYFIKACYJNE</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009B11D3" w:rsidRPr="00302164" w14:paraId="186520AB" w14:textId="77777777" w:rsidTr="007A3BBD">
+      <w:tr w:rsidR="009B11D3" w:rsidRPr="00302164" w14:paraId="186520AB" w14:textId="77777777" w:rsidTr="003C307C">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcW w:w="844" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
           </w:tcPr>
           <w:p w14:paraId="41DEDB48" w14:textId="77777777" w:rsidR="009B11D3" w:rsidRPr="00302164" w:rsidRDefault="009B11D3" w:rsidP="007A3BBD">
             <w:pPr>
               <w:pStyle w:val="Zawartotabeli"/>
               <w:snapToGrid w:val="0"/>
               <w:ind w:left="5" w:right="-550"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9785" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
@@ -1508,1100 +1498,1100 @@
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> (identyfikatorem osoby fizycznej nie prowadzącej działalności gospodarczej lub niebędącej </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00302164">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>zarejestrowanym podatnikiem podatku od towarów i usług jest numer PESEL)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009B11D3" w:rsidRPr="00302164" w14:paraId="476427FF" w14:textId="77777777" w:rsidTr="007A3BBD">
+      <w:tr w:rsidR="009B11D3" w:rsidRPr="00302164" w14:paraId="476427FF" w14:textId="77777777" w:rsidTr="003C307C">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="646"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcW w:w="844" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7AA2F039" w14:textId="77777777" w:rsidR="009B11D3" w:rsidRPr="00302164" w:rsidRDefault="009B11D3" w:rsidP="007A3BBD">
+          <w:p w14:paraId="7AA2F039" w14:textId="77777777" w:rsidR="009B11D3" w:rsidRPr="003C307C" w:rsidRDefault="009B11D3" w:rsidP="007A3BBD">
             <w:pPr>
               <w:pStyle w:val="Zawartotabeli"/>
               <w:snapToGrid w:val="0"/>
               <w:ind w:left="5" w:right="-550"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9785" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="57E6AC13" w14:textId="77777777" w:rsidR="009B11D3" w:rsidRPr="00302164" w:rsidRDefault="006F492E" w:rsidP="006F492E">
-[...16 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="57E6AC13" w14:textId="77777777" w:rsidR="009B11D3" w:rsidRPr="003C307C" w:rsidRDefault="006F492E" w:rsidP="006F492E">
+            <w:pPr>
+              <w:pStyle w:val="Zawartotabeli"/>
+              <w:snapToGrid w:val="0"/>
+              <w:ind w:left="5" w:right="-550"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C307C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>17</w:t>
             </w:r>
-            <w:r w:rsidR="009B11D3" w:rsidRPr="00302164">
-[...5 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidR="009B11D3" w:rsidRPr="003C307C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Nazwisko i imię lub pełna nazwa podatnika</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009B11D3" w:rsidRPr="00302164" w14:paraId="0911D9EB" w14:textId="77777777" w:rsidTr="00A6613A">
+      <w:tr w:rsidR="009B11D3" w:rsidRPr="00302164" w14:paraId="0911D9EB" w14:textId="77777777" w:rsidTr="003C307C">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcW w:w="844" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="685F4C55" w14:textId="77777777" w:rsidR="009B11D3" w:rsidRPr="00302164" w:rsidRDefault="009B11D3" w:rsidP="007A3BBD">
-[...8 lines deleted...]
-                <w:szCs w:val="16"/>
+          <w:p w14:paraId="685F4C55" w14:textId="77777777" w:rsidR="009B11D3" w:rsidRPr="003C307C" w:rsidRDefault="009B11D3" w:rsidP="007A3BBD">
+            <w:pPr>
+              <w:pStyle w:val="Zawartotabeli"/>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3031" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2B004BE5" w14:textId="77777777" w:rsidR="009B11D3" w:rsidRPr="00302164" w:rsidRDefault="006F492E" w:rsidP="006F492E">
-[...16 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="2B004BE5" w14:textId="77777777" w:rsidR="009B11D3" w:rsidRPr="003C307C" w:rsidRDefault="006F492E" w:rsidP="006F492E">
+            <w:pPr>
+              <w:pStyle w:val="Zawartotabeli"/>
+              <w:snapToGrid w:val="0"/>
+              <w:ind w:left="5" w:right="-550"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C307C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>18</w:t>
             </w:r>
-            <w:r w:rsidR="009B11D3" w:rsidRPr="00302164">
-[...5 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidR="009B11D3" w:rsidRPr="003C307C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> NIP</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3840" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="456C6310" w14:textId="77777777" w:rsidR="009B11D3" w:rsidRPr="00302164" w:rsidRDefault="006F492E" w:rsidP="007A3BBD">
-[...18 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="456C6310" w14:textId="77777777" w:rsidR="009B11D3" w:rsidRPr="003C307C" w:rsidRDefault="006F492E" w:rsidP="007A3BBD">
+            <w:pPr>
+              <w:pStyle w:val="Zawartotabeli"/>
+              <w:snapToGrid w:val="0"/>
+              <w:ind w:left="5" w:right="-550"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C307C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">19. </w:t>
             </w:r>
-            <w:r w:rsidR="009B11D3" w:rsidRPr="00302164">
-[...5 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidR="009B11D3" w:rsidRPr="003C307C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> PESEL (data urodzenia osoby nieposiadającej</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6A21329A" w14:textId="77777777" w:rsidR="009B11D3" w:rsidRPr="00302164" w:rsidRDefault="009B11D3" w:rsidP="007A3BBD">
-[...7 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="6A21329A" w14:textId="77777777" w:rsidR="009B11D3" w:rsidRPr="003C307C" w:rsidRDefault="009B11D3" w:rsidP="007A3BBD">
+            <w:pPr>
+              <w:pStyle w:val="Zawartotabeli"/>
+              <w:snapToGrid w:val="0"/>
+              <w:ind w:left="5" w:right="-550"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00302164">
-[...5 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="003C307C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>nr</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00302164">
-[...5 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="003C307C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t xml:space="preserve"> PESEL)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="169F3D54" w14:textId="77777777" w:rsidR="009B11D3" w:rsidRPr="00302164" w:rsidRDefault="009B11D3" w:rsidP="007A3BBD">
-[...9 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="169F3D54" w14:textId="77777777" w:rsidR="009B11D3" w:rsidRPr="003C307C" w:rsidRDefault="009B11D3" w:rsidP="007A3BBD">
+            <w:pPr>
+              <w:pStyle w:val="Zawartotabeli"/>
+              <w:snapToGrid w:val="0"/>
+              <w:ind w:left="5" w:right="-550"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2914" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="76006AE5" w14:textId="77777777" w:rsidR="009B11D3" w:rsidRPr="00302164" w:rsidRDefault="006F492E" w:rsidP="007A3BBD">
+          <w:p w14:paraId="76006AE5" w14:textId="77777777" w:rsidR="009B11D3" w:rsidRPr="003C307C" w:rsidRDefault="006F492E" w:rsidP="007A3BBD">
             <w:pPr>
               <w:pStyle w:val="Zawartotabeli"/>
               <w:snapToGrid w:val="0"/>
               <w:ind w:right="-550"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="003C307C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
-            <w:r w:rsidR="009B11D3" w:rsidRPr="00302164">
-[...5 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidR="009B11D3" w:rsidRPr="003C307C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>. REGON</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009B11D3" w:rsidRPr="00302164" w14:paraId="4933D467" w14:textId="77777777" w:rsidTr="007A3BBD">
+      <w:tr w:rsidR="009B11D3" w:rsidRPr="00302164" w14:paraId="4933D467" w14:textId="77777777" w:rsidTr="003C307C">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10494" w:type="dxa"/>
+            <w:tcW w:w="10629" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
           </w:tcPr>
           <w:p w14:paraId="0CE1B044" w14:textId="77777777" w:rsidR="009B11D3" w:rsidRPr="00302164" w:rsidRDefault="009B11D3" w:rsidP="007A3BBD">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:ind w:right="-550"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>C</w:t>
             </w:r>
             <w:r w:rsidRPr="00302164">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">.2. ADRES ZAMIESZKANIA/SIEDZIBY </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009B11D3" w:rsidRPr="00302164" w14:paraId="436C6134" w14:textId="77777777" w:rsidTr="007A3BBD">
+      <w:tr w:rsidR="009B11D3" w:rsidRPr="00302164" w14:paraId="436C6134" w14:textId="77777777" w:rsidTr="003C307C">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcW w:w="844" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="646859FE" w14:textId="77777777" w:rsidR="009B11D3" w:rsidRPr="00302164" w:rsidRDefault="009B11D3" w:rsidP="007A3BBD">
+          <w:p w14:paraId="646859FE" w14:textId="77777777" w:rsidR="009B11D3" w:rsidRPr="003C307C" w:rsidRDefault="009B11D3" w:rsidP="007A3BBD">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:ind w:left="5" w:right="-550"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="125158AB" w14:textId="77777777" w:rsidR="009B11D3" w:rsidRPr="00302164" w:rsidRDefault="006F492E" w:rsidP="006F492E">
+          <w:p w14:paraId="125158AB" w14:textId="77777777" w:rsidR="009B11D3" w:rsidRPr="003C307C" w:rsidRDefault="006F492E" w:rsidP="006F492E">
             <w:pPr>
               <w:pStyle w:val="Zawartotabeli"/>
               <w:snapToGrid w:val="0"/>
               <w:ind w:right="-550"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="18"/>
-[...9 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C307C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>21</w:t>
             </w:r>
-            <w:r w:rsidR="009B11D3" w:rsidRPr="00302164">
-[...5 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidR="009B11D3" w:rsidRPr="003C307C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>. Kraj</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="55C3411B" w14:textId="77777777" w:rsidR="009B11D3" w:rsidRPr="00302164" w:rsidRDefault="009B11D3" w:rsidP="007A3BBD">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00302164">
+          <w:p w14:paraId="55C3411B" w14:textId="77777777" w:rsidR="009B11D3" w:rsidRPr="003C307C" w:rsidRDefault="009B11D3" w:rsidP="007A3BBD">
+            <w:pPr>
+              <w:pStyle w:val="Zawartotabeli"/>
+              <w:snapToGrid w:val="0"/>
+              <w:ind w:left="5" w:right="-550"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C307C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3EA5905C" w14:textId="77777777" w:rsidR="009B11D3" w:rsidRPr="00302164" w:rsidRDefault="006F492E" w:rsidP="006F492E">
-[...16 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="3EA5905C" w14:textId="77777777" w:rsidR="009B11D3" w:rsidRPr="003C307C" w:rsidRDefault="006F492E" w:rsidP="006F492E">
+            <w:pPr>
+              <w:pStyle w:val="Zawartotabeli"/>
+              <w:snapToGrid w:val="0"/>
+              <w:ind w:left="5" w:right="-550"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C307C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>22</w:t>
             </w:r>
-            <w:r w:rsidR="009B11D3" w:rsidRPr="00302164">
-[...5 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidR="009B11D3" w:rsidRPr="003C307C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>. Województwo</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3974" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="709FF44F" w14:textId="77777777" w:rsidR="009B11D3" w:rsidRPr="00302164" w:rsidRDefault="006F492E" w:rsidP="007A3BBD">
-[...16 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="709FF44F" w14:textId="77777777" w:rsidR="009B11D3" w:rsidRPr="003C307C" w:rsidRDefault="006F492E" w:rsidP="007A3BBD">
+            <w:pPr>
+              <w:pStyle w:val="Zawartotabeli"/>
+              <w:snapToGrid w:val="0"/>
+              <w:ind w:left="5" w:right="-550"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C307C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>23</w:t>
             </w:r>
-            <w:r w:rsidR="009B11D3" w:rsidRPr="00302164">
-[...5 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidR="009B11D3" w:rsidRPr="003C307C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>. Powiat</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009B11D3" w:rsidRPr="00302164" w14:paraId="1126B78E" w14:textId="77777777" w:rsidTr="007A3BBD">
+      <w:tr w:rsidR="009B11D3" w:rsidRPr="00302164" w14:paraId="1126B78E" w14:textId="77777777" w:rsidTr="003C307C">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="579"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcW w:w="844" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2FD9CDF3" w14:textId="77777777" w:rsidR="009B11D3" w:rsidRPr="00302164" w:rsidRDefault="009B11D3" w:rsidP="007A3BBD">
-[...7 lines deleted...]
-                <w:szCs w:val="16"/>
+          <w:p w14:paraId="2FD9CDF3" w14:textId="77777777" w:rsidR="009B11D3" w:rsidRPr="003C307C" w:rsidRDefault="009B11D3" w:rsidP="007A3BBD">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="51BEB6BF" w14:textId="77777777" w:rsidR="009B11D3" w:rsidRPr="00302164" w:rsidRDefault="006F492E" w:rsidP="007A3BBD">
-[...16 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="51BEB6BF" w14:textId="77777777" w:rsidR="009B11D3" w:rsidRPr="003C307C" w:rsidRDefault="006F492E" w:rsidP="007A3BBD">
+            <w:pPr>
+              <w:pStyle w:val="Zawartotabeli"/>
+              <w:snapToGrid w:val="0"/>
+              <w:ind w:left="5" w:right="-550"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C307C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>24</w:t>
             </w:r>
-            <w:r w:rsidR="009B11D3" w:rsidRPr="00302164">
-[...5 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidR="009B11D3" w:rsidRPr="003C307C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>. Gmina</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1C75A491" w14:textId="77777777" w:rsidR="009B11D3" w:rsidRPr="00302164" w:rsidRDefault="009B11D3" w:rsidP="007A3BBD">
-[...9 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="1C75A491" w14:textId="77777777" w:rsidR="009B11D3" w:rsidRPr="003C307C" w:rsidRDefault="009B11D3" w:rsidP="007A3BBD">
+            <w:pPr>
+              <w:pStyle w:val="Zawartotabeli"/>
+              <w:snapToGrid w:val="0"/>
+              <w:ind w:left="5" w:right="-550"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="683706B8" w14:textId="77777777" w:rsidR="009B11D3" w:rsidRPr="00302164" w:rsidRDefault="006F492E" w:rsidP="007A3BBD">
-[...16 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="683706B8" w14:textId="77777777" w:rsidR="009B11D3" w:rsidRPr="003C307C" w:rsidRDefault="006F492E" w:rsidP="007A3BBD">
+            <w:pPr>
+              <w:pStyle w:val="Zawartotabeli"/>
+              <w:snapToGrid w:val="0"/>
+              <w:ind w:left="5" w:right="-550"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C307C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>25</w:t>
             </w:r>
-            <w:r w:rsidR="009B11D3" w:rsidRPr="00302164">
-[...5 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidR="009B11D3" w:rsidRPr="003C307C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>. Ulica</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2209BBF4" w14:textId="77777777" w:rsidR="009B11D3" w:rsidRPr="00302164" w:rsidRDefault="009B11D3" w:rsidP="007A3BBD">
-[...9 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="2209BBF4" w14:textId="77777777" w:rsidR="009B11D3" w:rsidRPr="003C307C" w:rsidRDefault="009B11D3" w:rsidP="007A3BBD">
+            <w:pPr>
+              <w:pStyle w:val="Zawartotabeli"/>
+              <w:snapToGrid w:val="0"/>
+              <w:ind w:left="5" w:right="-550"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6A7C43D3" w14:textId="77777777" w:rsidR="009B11D3" w:rsidRPr="00302164" w:rsidRDefault="006F492E" w:rsidP="007A3BBD">
-[...16 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="6A7C43D3" w14:textId="77777777" w:rsidR="009B11D3" w:rsidRPr="003C307C" w:rsidRDefault="006F492E" w:rsidP="007A3BBD">
+            <w:pPr>
+              <w:pStyle w:val="Zawartotabeli"/>
+              <w:snapToGrid w:val="0"/>
+              <w:ind w:left="5" w:right="-550"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C307C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>26</w:t>
             </w:r>
-            <w:r w:rsidR="009B11D3" w:rsidRPr="00302164">
-[...5 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidR="009B11D3" w:rsidRPr="003C307C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>. Nr domu</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3C42DABB" w14:textId="77777777" w:rsidR="009B11D3" w:rsidRPr="00302164" w:rsidRDefault="009B11D3" w:rsidP="007A3BBD">
-[...9 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="3C42DABB" w14:textId="77777777" w:rsidR="009B11D3" w:rsidRPr="003C307C" w:rsidRDefault="009B11D3" w:rsidP="007A3BBD">
+            <w:pPr>
+              <w:pStyle w:val="Zawartotabeli"/>
+              <w:snapToGrid w:val="0"/>
+              <w:ind w:left="5" w:right="-550"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6BCE130B" w14:textId="77777777" w:rsidR="009B11D3" w:rsidRPr="00302164" w:rsidRDefault="009B11D3" w:rsidP="007A3BBD">
-[...16 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="6BCE130B" w14:textId="77777777" w:rsidR="009B11D3" w:rsidRPr="003C307C" w:rsidRDefault="009B11D3" w:rsidP="007A3BBD">
+            <w:pPr>
+              <w:pStyle w:val="Zawartotabeli"/>
+              <w:snapToGrid w:val="0"/>
+              <w:ind w:left="5" w:right="-550"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C307C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="006F492E">
-[...5 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidR="006F492E" w:rsidRPr="003C307C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
-            <w:r w:rsidRPr="00302164">
-[...5 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="003C307C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>. Nr lokalu</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5BBD8867" w14:textId="77777777" w:rsidR="009B11D3" w:rsidRPr="00302164" w:rsidRDefault="009B11D3" w:rsidP="007A3BBD">
-[...9 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="5BBD8867" w14:textId="77777777" w:rsidR="009B11D3" w:rsidRPr="003C307C" w:rsidRDefault="009B11D3" w:rsidP="007A3BBD">
+            <w:pPr>
+              <w:pStyle w:val="Zawartotabeli"/>
+              <w:snapToGrid w:val="0"/>
+              <w:ind w:left="5" w:right="-550"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009B11D3" w:rsidRPr="00302164" w14:paraId="795D55F2" w14:textId="77777777" w:rsidTr="007A3BBD">
+      <w:tr w:rsidR="009B11D3" w:rsidRPr="00302164" w14:paraId="795D55F2" w14:textId="77777777" w:rsidTr="003C307C">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcW w:w="844" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="155C77CA" w14:textId="77777777" w:rsidR="009B11D3" w:rsidRPr="00302164" w:rsidRDefault="009B11D3" w:rsidP="007A3BBD">
-[...7 lines deleted...]
-                <w:szCs w:val="16"/>
+          <w:p w14:paraId="155C77CA" w14:textId="77777777" w:rsidR="009B11D3" w:rsidRPr="003C307C" w:rsidRDefault="009B11D3" w:rsidP="007A3BBD">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4461" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="176C3283" w14:textId="77777777" w:rsidR="009B11D3" w:rsidRPr="00302164" w:rsidRDefault="006F492E" w:rsidP="007A3BBD">
-[...16 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="176C3283" w14:textId="77777777" w:rsidR="009B11D3" w:rsidRPr="003C307C" w:rsidRDefault="006F492E" w:rsidP="007A3BBD">
+            <w:pPr>
+              <w:pStyle w:val="Zawartotabeli"/>
+              <w:snapToGrid w:val="0"/>
+              <w:ind w:left="5" w:right="-550"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C307C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>28</w:t>
             </w:r>
-            <w:r w:rsidR="009B11D3" w:rsidRPr="00302164">
-[...5 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidR="009B11D3" w:rsidRPr="003C307C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>. Miejscowość</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2CDA92EC" w14:textId="77777777" w:rsidR="009B11D3" w:rsidRPr="00302164" w:rsidRDefault="009B11D3" w:rsidP="007A3BBD">
-[...23 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="2CDA92EC" w14:textId="77777777" w:rsidR="009B11D3" w:rsidRPr="003C307C" w:rsidRDefault="009B11D3" w:rsidP="007A3BBD">
+            <w:pPr>
+              <w:pStyle w:val="Zawartotabeli"/>
+              <w:snapToGrid w:val="0"/>
+              <w:ind w:left="5" w:right="-550"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="58433E93" w14:textId="77777777" w:rsidR="009B11D3" w:rsidRPr="003C307C" w:rsidRDefault="009B11D3" w:rsidP="007A3BBD">
+            <w:pPr>
+              <w:pStyle w:val="Zawartotabeli"/>
+              <w:snapToGrid w:val="0"/>
+              <w:ind w:left="5" w:right="-550"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2626" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26C47B40" w14:textId="77777777" w:rsidR="009B11D3" w:rsidRPr="00302164" w:rsidRDefault="006F492E" w:rsidP="007A3BBD">
-[...16 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="26C47B40" w14:textId="77777777" w:rsidR="009B11D3" w:rsidRPr="003C307C" w:rsidRDefault="006F492E" w:rsidP="007A3BBD">
+            <w:pPr>
+              <w:pStyle w:val="Zawartotabeli"/>
+              <w:snapToGrid w:val="0"/>
+              <w:ind w:left="5" w:right="-550"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C307C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>29</w:t>
             </w:r>
-            <w:r w:rsidR="009B11D3" w:rsidRPr="00302164">
-[...5 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidR="009B11D3" w:rsidRPr="003C307C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>. Kod pocztowy</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5AB904AA" w14:textId="77777777" w:rsidR="009B11D3" w:rsidRPr="00302164" w:rsidRDefault="009B11D3" w:rsidP="007A3BBD">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00302164">
+          <w:p w14:paraId="5AB904AA" w14:textId="77777777" w:rsidR="009B11D3" w:rsidRPr="003C307C" w:rsidRDefault="009B11D3" w:rsidP="007A3BBD">
+            <w:pPr>
+              <w:pStyle w:val="Zawartotabeli"/>
+              <w:snapToGrid w:val="0"/>
+              <w:ind w:left="5" w:right="-550"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C307C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">     </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="06F4D35D" w14:textId="77777777" w:rsidR="009B11D3" w:rsidRPr="00302164" w:rsidRDefault="006F492E" w:rsidP="007A3BBD">
-[...16 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="06F4D35D" w14:textId="77777777" w:rsidR="009B11D3" w:rsidRPr="003C307C" w:rsidRDefault="006F492E" w:rsidP="007A3BBD">
+            <w:pPr>
+              <w:pStyle w:val="Zawartotabeli"/>
+              <w:snapToGrid w:val="0"/>
+              <w:ind w:left="5" w:right="-550"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C307C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>30</w:t>
             </w:r>
-            <w:r w:rsidR="009B11D3" w:rsidRPr="00302164">
-[...5 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidR="009B11D3" w:rsidRPr="003C307C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>. Nr telefonu</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0081536D" w:rsidRPr="00302164" w14:paraId="69CCD992" w14:textId="77777777">
+      <w:tr w:rsidR="0081536D" w:rsidRPr="00302164" w14:paraId="69CCD992" w14:textId="77777777" w:rsidTr="003C307C">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="318"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10494" w:type="dxa"/>
+            <w:tcW w:w="10629" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
           </w:tcPr>
           <w:p w14:paraId="0CB729D7" w14:textId="77777777" w:rsidR="0081536D" w:rsidRPr="00302164" w:rsidRDefault="009B11D3">
             <w:pPr>
               <w:pStyle w:val="Zawartotabeli"/>
               <w:snapToGrid w:val="0"/>
               <w:ind w:right="-550"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
             <w:r w:rsidR="0081536D" w:rsidRPr="00302164">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>. WNIOSEK</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0081536D" w:rsidRPr="00302164" w14:paraId="2B84C836" w14:textId="77777777">
-[...2 lines deleted...]
-            <w:tcW w:w="10494" w:type="dxa"/>
+      <w:tr w:rsidR="0081536D" w:rsidRPr="00302164" w14:paraId="2B84C836" w14:textId="77777777" w:rsidTr="003C307C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10629" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="72C3A647" w14:textId="684340BA" w:rsidR="0081536D" w:rsidRPr="00302164" w:rsidRDefault="006F492E">
             <w:pPr>
               <w:pStyle w:val="Tekstkomentarza"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>31</w:t>
             </w:r>
             <w:r w:rsidR="0081536D" w:rsidRPr="00302164">
               <w:rPr>
@@ -2842,50 +2832,51 @@
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>egzemplarzy zaświadczenia.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="503C3EA2" w14:textId="32045648" w:rsidR="00D95E4A" w:rsidRDefault="006F492E" w:rsidP="00DF60D4">
             <w:pPr>
               <w:pStyle w:val="Zawartotabeli"/>
               <w:ind w:right="-550"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>33</w:t>
             </w:r>
             <w:r w:rsidR="0081536D" w:rsidRPr="00302164">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>. Proszę o podanie w zaświadczeniu informacji</w:t>
             </w:r>
             <w:r w:rsidR="00183F8C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> o:</w:t>
             </w:r>
             <w:r w:rsidR="00DF60D4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -2924,51 +2915,50 @@
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>zaległościach  podatkowych</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="323BAC9C" w14:textId="45E3C3A4" w:rsidR="00D95E4A" w:rsidRPr="00D56680" w:rsidRDefault="00183F8C" w:rsidP="00BF56D3">
             <w:pPr>
               <w:pStyle w:val="Zawartotabeli"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:right="-550"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>odsetkach</w:t>
             </w:r>
             <w:r w:rsidR="00D95E4A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> za zwłokę</w:t>
             </w:r>
             <w:r w:rsidR="00D56680">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> od zaległości podatkowych</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="737EC8F5" w14:textId="77777777" w:rsidR="0081536D" w:rsidRPr="00DF60D4" w:rsidRDefault="00183F8C" w:rsidP="00D56680">
             <w:pPr>
               <w:pStyle w:val="Zawartotabeli"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
@@ -2984,57 +2974,57 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>kosztach</w:t>
             </w:r>
             <w:r w:rsidR="00D56680">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> postępowania egzekucyjnego</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3659BBC2" w14:textId="27153429" w:rsidR="00DF60D4" w:rsidRPr="00D56680" w:rsidRDefault="00DF60D4" w:rsidP="00DF60D4">
             <w:pPr>
               <w:pStyle w:val="Zawartotabeli"/>
               <w:ind w:left="720" w:right="-550"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0081536D" w:rsidRPr="00302164" w14:paraId="755B1259" w14:textId="77777777">
+      <w:tr w:rsidR="0081536D" w:rsidRPr="00302164" w14:paraId="755B1259" w14:textId="77777777" w:rsidTr="003C307C">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10494" w:type="dxa"/>
+            <w:tcW w:w="10629" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
           </w:tcPr>
           <w:p w14:paraId="20018514" w14:textId="4C1C8CC2" w:rsidR="0081536D" w:rsidRPr="00302164" w:rsidRDefault="006E0FFC">
             <w:pPr>
               <w:pStyle w:val="Zawartotabeli"/>
               <w:snapToGrid w:val="0"/>
               <w:ind w:left="5" w:right="-550"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
@@ -3049,878 +3039,892 @@
               <w:t>.  WSKAZANIE OSOBY  DO  ODBIORU ZAŚWIADCZENIA</w:t>
             </w:r>
             <w:r w:rsidR="0081536D" w:rsidRPr="00302164">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="0081536D" w:rsidRPr="00302164">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> (WYPEŁNIĆ W PRZYPADKU GDY ZAŚWIADCZENIE MA BYĆ ODEBRANE PRZEZ OSOBĘ INNĄ NIŻ WNIOSKODAWCA)</w:t>
             </w:r>
             <w:r w:rsidR="0081536D" w:rsidRPr="00302164">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0081536D" w:rsidRPr="00302164" w14:paraId="2C726BCF" w14:textId="77777777">
+      <w:tr w:rsidR="0081536D" w:rsidRPr="00302164" w14:paraId="2C726BCF" w14:textId="77777777" w:rsidTr="003C307C">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10494" w:type="dxa"/>
+            <w:tcW w:w="10629" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
           </w:tcPr>
           <w:p w14:paraId="41DBE87A" w14:textId="6D10B75B" w:rsidR="0081536D" w:rsidRPr="00302164" w:rsidRDefault="0081536D">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:ind w:right="-550"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00302164">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D.1. </w:t>
             </w:r>
             <w:r w:rsidR="00DF60D4" w:rsidRPr="00DF60D4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>DANE OSOBY UPOWAŻNIONEJ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0081536D" w:rsidRPr="00302164" w14:paraId="35E5FB4A" w14:textId="77777777" w:rsidTr="00B52A1D">
+      <w:tr w:rsidR="0081536D" w:rsidRPr="00302164" w14:paraId="35E5FB4A" w14:textId="77777777" w:rsidTr="003C307C">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4887" w:type="dxa"/>
+            <w:tcW w:w="5022" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3C9EB5B9" w14:textId="77777777" w:rsidR="0081536D" w:rsidRPr="00302164" w:rsidRDefault="006F492E">
+          <w:p w14:paraId="3C9EB5B9" w14:textId="77777777" w:rsidR="0081536D" w:rsidRPr="003C307C" w:rsidRDefault="006F492E">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:ind w:left="5" w:right="-550"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="18"/>
-[...8 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C307C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>34</w:t>
             </w:r>
-            <w:r w:rsidR="0081536D" w:rsidRPr="00302164">
-[...5 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidR="0081536D" w:rsidRPr="003C307C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>. Nazwisko</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2FAE45A9" w14:textId="77777777" w:rsidR="0081536D" w:rsidRPr="00302164" w:rsidRDefault="0081536D">
+          <w:p w14:paraId="2FAE45A9" w14:textId="77777777" w:rsidR="0081536D" w:rsidRPr="003C307C" w:rsidRDefault="0081536D">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:ind w:left="5" w:right="-550"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="18"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5607" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4BB33ADD" w14:textId="77777777" w:rsidR="0081536D" w:rsidRPr="00302164" w:rsidRDefault="006F492E" w:rsidP="00D56680">
+          <w:p w14:paraId="4BB33ADD" w14:textId="77777777" w:rsidR="0081536D" w:rsidRPr="003C307C" w:rsidRDefault="006F492E" w:rsidP="00D56680">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:ind w:left="5" w:right="-550"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="18"/>
-[...8 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C307C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>35</w:t>
             </w:r>
-            <w:r w:rsidR="0081536D" w:rsidRPr="00302164">
-[...5 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidR="0081536D" w:rsidRPr="003C307C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>. Pierwsze imię, drugie imię</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0081536D" w:rsidRPr="00302164" w14:paraId="66EE6613" w14:textId="77777777" w:rsidTr="00BF56D3">
+      <w:tr w:rsidR="0081536D" w:rsidRPr="00302164" w14:paraId="66EE6613" w14:textId="77777777" w:rsidTr="003C307C">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="555"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4887" w:type="dxa"/>
+            <w:tcW w:w="5022" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="52E618E7" w14:textId="77777777" w:rsidR="0081536D" w:rsidRPr="00302164" w:rsidRDefault="006F492E" w:rsidP="00D56680">
+          <w:p w14:paraId="52E618E7" w14:textId="77777777" w:rsidR="0081536D" w:rsidRPr="003C307C" w:rsidRDefault="006F492E" w:rsidP="00D56680">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:ind w:left="5" w:right="-550"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="18"/>
-[...8 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C307C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>36</w:t>
             </w:r>
-            <w:r w:rsidR="0081536D" w:rsidRPr="00302164">
-[...5 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidR="0081536D" w:rsidRPr="003C307C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>. Rodzaj dokumentu stwierdzającego  tożsamość</w:t>
             </w:r>
-            <w:r w:rsidR="0081536D" w:rsidRPr="00302164">
-[...5 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidR="0081536D" w:rsidRPr="003C307C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5607" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="605639A5" w14:textId="77777777" w:rsidR="0081536D" w:rsidRPr="00302164" w:rsidRDefault="006F492E" w:rsidP="00D56680">
+          <w:p w14:paraId="605639A5" w14:textId="77777777" w:rsidR="0081536D" w:rsidRPr="003C307C" w:rsidRDefault="006F492E" w:rsidP="00D56680">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:ind w:left="5" w:right="-550"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="18"/>
-[...8 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C307C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>37</w:t>
             </w:r>
-            <w:r w:rsidR="0081536D" w:rsidRPr="00302164">
-[...5 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidR="0081536D" w:rsidRPr="003C307C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>. Seria i numer dokumentu stwierdzającego tożsamość</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DF60D4" w:rsidRPr="00302164" w14:paraId="3459AC66" w14:textId="77777777" w:rsidTr="00A04D81">
+      <w:tr w:rsidR="00DF60D4" w:rsidRPr="00302164" w14:paraId="3459AC66" w14:textId="77777777" w:rsidTr="003C307C">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10494" w:type="dxa"/>
+            <w:tcW w:w="10629" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2F2B4445" w14:textId="77777777" w:rsidR="00DF60D4" w:rsidRDefault="00DF60D4" w:rsidP="00D56680">
+          <w:p w14:paraId="2F2B4445" w14:textId="77777777" w:rsidR="00DF60D4" w:rsidRPr="003C307C" w:rsidRDefault="00DF60D4" w:rsidP="00D56680">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:ind w:left="5" w:right="-550"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="18"/>
-[...24 lines deleted...]
-          <w:p w14:paraId="5359BAA2" w14:textId="4058F13B" w:rsidR="00DF60D4" w:rsidRPr="00302164" w:rsidRDefault="00DF60D4" w:rsidP="00D56680">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C307C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>38. Nr telefonu</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5359BAA2" w14:textId="4058F13B" w:rsidR="00DF60D4" w:rsidRPr="003C307C" w:rsidRDefault="00DF60D4" w:rsidP="00D56680">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:ind w:left="5" w:right="-550"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="18"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0081536D" w:rsidRPr="00302164" w14:paraId="4122C808" w14:textId="77777777">
+      <w:tr w:rsidR="0081536D" w:rsidRPr="00302164" w14:paraId="4122C808" w14:textId="77777777" w:rsidTr="003C307C">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10494" w:type="dxa"/>
+            <w:tcW w:w="10629" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
           </w:tcPr>
           <w:p w14:paraId="6F378CD5" w14:textId="77777777" w:rsidR="0081536D" w:rsidRPr="00302164" w:rsidRDefault="006E0FFC">
             <w:pPr>
               <w:pStyle w:val="Zawartotabeli"/>
               <w:autoSpaceDE w:val="0"/>
               <w:ind w:left="5" w:right="-550"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>F</w:t>
             </w:r>
             <w:r w:rsidR="0081536D" w:rsidRPr="00302164">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">. OŚWIADCZENIE O SPOSOBIE </w:t>
             </w:r>
             <w:r w:rsidR="0081536D" w:rsidRPr="00302164">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">ODBIORU ZAŚWIADCZENIA  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0081536D" w:rsidRPr="00302164" w14:paraId="085A10D8" w14:textId="77777777">
+      <w:tr w:rsidR="0081536D" w:rsidRPr="00302164" w14:paraId="085A10D8" w14:textId="77777777" w:rsidTr="003C307C">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10494" w:type="dxa"/>
+            <w:tcW w:w="10629" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="032FC8E0" w14:textId="77777777" w:rsidR="00DF60D4" w:rsidRPr="00DF60D4" w:rsidRDefault="00DF60D4" w:rsidP="00DF60D4">
+          <w:p w14:paraId="032FC8E0" w14:textId="77777777" w:rsidR="00DF60D4" w:rsidRPr="003C307C" w:rsidRDefault="00DF60D4" w:rsidP="00DF60D4">
             <w:pPr>
               <w:pStyle w:val="Zawartotabeli"/>
               <w:ind w:right="-550"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DF60D4">
+            <w:r w:rsidRPr="003C307C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Sposób odbioru zaświadczenia  (należy zaznaczyć właściwy kwadrat):</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5B39F564" w14:textId="77777777" w:rsidR="00DF60D4" w:rsidRPr="00DF60D4" w:rsidRDefault="00DF60D4" w:rsidP="00DF60D4">
+          <w:p w14:paraId="5B39F564" w14:textId="77777777" w:rsidR="00DF60D4" w:rsidRPr="003C307C" w:rsidRDefault="00DF60D4" w:rsidP="00DF60D4">
             <w:pPr>
               <w:pStyle w:val="Zawartotabeli"/>
               <w:ind w:right="-550"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="5987EA20" w14:textId="77777777" w:rsidR="00DF60D4" w:rsidRPr="00DF60D4" w:rsidRDefault="00DF60D4" w:rsidP="00DF60D4">
+          <w:p w14:paraId="5987EA20" w14:textId="77777777" w:rsidR="00DF60D4" w:rsidRPr="003C307C" w:rsidRDefault="00DF60D4" w:rsidP="00DF60D4">
             <w:pPr>
               <w:pStyle w:val="Zawartotabeli"/>
               <w:ind w:right="-550"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DF60D4">
+            <w:r w:rsidRPr="003C307C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
-            <w:r w:rsidRPr="00DF60D4">
+            <w:r w:rsidRPr="003C307C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:tab/>
               <w:t>osobiście ( w Centrum Obsługi Podatnika ul. Kotlarska 41)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4E2DB493" w14:textId="77777777" w:rsidR="00DF60D4" w:rsidRPr="00DF60D4" w:rsidRDefault="00DF60D4" w:rsidP="00DF60D4">
+          <w:p w14:paraId="4E2DB493" w14:textId="77777777" w:rsidR="00DF60D4" w:rsidRPr="003C307C" w:rsidRDefault="00DF60D4" w:rsidP="00DF60D4">
             <w:pPr>
               <w:pStyle w:val="Zawartotabeli"/>
               <w:ind w:right="-550"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DF60D4">
+            <w:r w:rsidRPr="003C307C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
-            <w:r w:rsidRPr="00DF60D4">
+            <w:r w:rsidRPr="003C307C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:tab/>
               <w:t xml:space="preserve">przez osobę upoważnioną </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4A755B45" w14:textId="55783FE3" w:rsidR="00DF60D4" w:rsidRPr="00DF60D4" w:rsidRDefault="00DF60D4" w:rsidP="00DF60D4">
+          <w:p w14:paraId="4A755B45" w14:textId="6BFBC6BD" w:rsidR="00DF60D4" w:rsidRPr="003C307C" w:rsidRDefault="00DF60D4" w:rsidP="00DF60D4">
             <w:pPr>
               <w:pStyle w:val="Zawartotabeli"/>
               <w:ind w:right="-550"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DF60D4">
+            <w:r w:rsidRPr="003C307C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
-            <w:r w:rsidRPr="00DF60D4">
+            <w:r w:rsidRPr="003C307C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:tab/>
-              <w:t xml:space="preserve">elektronicznie za pośrednictwem </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00DF60D4">
+              <w:t>elektronicznie za pośrednictwem e-Doręczenia (proszę podać adres</w:t>
+            </w:r>
+            <w:r w:rsidR="00710E85" w:rsidRPr="003C307C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>ePUAP</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00DF60D4">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003C307C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> lub platformy e- Doręczenia (proszę podać adres skrzynki) ……………………….……………………….……………………….……………………….……………………………………………………………………….………………………</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="133B472D" w14:textId="4906720F" w:rsidR="00DF60D4" w:rsidRPr="00DF60D4" w:rsidRDefault="00DF60D4" w:rsidP="00DF60D4">
+              <w:t>skrzynki) ……………………….……………………….……………………….……………………….……………………………………………………………………….…………………</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="133B472D" w14:textId="73BBD012" w:rsidR="00DF60D4" w:rsidRPr="003C307C" w:rsidRDefault="00DF60D4" w:rsidP="00DF60D4">
             <w:pPr>
               <w:pStyle w:val="Zawartotabeli"/>
               <w:ind w:right="-550"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DF60D4">
+            <w:r w:rsidRPr="003C307C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
-            <w:r w:rsidRPr="00DF60D4">
+            <w:r w:rsidRPr="003C307C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:tab/>
-              <w:t>listownie na adres</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t xml:space="preserve">listownie na adres </w:t>
+            </w:r>
+            <w:r w:rsidR="00710E85" w:rsidRPr="003C307C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(tylko w przypadku gdy nie ma możliwości wysyłki na e-Doręczenia)………….</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003C307C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00DF60D4">
+              <w:t>………………………</w:t>
+            </w:r>
+            <w:r w:rsidR="00910E75" w:rsidRPr="003C307C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>(proszę podać adres) ……..……………………………………………………………………………………………………………….</w:t>
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00DF60D4">
+              <w:t>……</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003C307C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>…………….</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="52545552" w14:textId="5632DA26" w:rsidR="0081536D" w:rsidRPr="00910E75" w:rsidRDefault="00DF60D4" w:rsidP="00DF60D4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C307C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>…………………………………………..………………………………………………………………………………………………………………………………………………………</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0081536D" w:rsidRPr="00302164" w14:paraId="29E17877" w14:textId="77777777">
+      <w:tr w:rsidR="0081536D" w:rsidRPr="00302164" w14:paraId="29E17877" w14:textId="77777777" w:rsidTr="003C307C">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10494" w:type="dxa"/>
+            <w:tcW w:w="10629" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
           </w:tcPr>
           <w:p w14:paraId="0244F116" w14:textId="77777777" w:rsidR="0081536D" w:rsidRPr="00302164" w:rsidRDefault="006E0FFC">
             <w:pPr>
               <w:pStyle w:val="Zawartotabeli"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>F</w:t>
             </w:r>
             <w:r w:rsidR="0081536D" w:rsidRPr="00302164">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>. DATA I PODPIS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0081536D" w:rsidRPr="00302164" w14:paraId="61185CCC" w14:textId="77777777">
+      <w:tr w:rsidR="0081536D" w:rsidRPr="00302164" w14:paraId="61185CCC" w14:textId="77777777" w:rsidTr="003C307C">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5245" w:type="dxa"/>
+            <w:tcW w:w="5380" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="49D72BCC" w14:textId="77777777" w:rsidR="0081536D" w:rsidRPr="00D56680" w:rsidRDefault="0081536D">
+          <w:p w14:paraId="49D72BCC" w14:textId="77777777" w:rsidR="0081536D" w:rsidRPr="003C307C" w:rsidRDefault="0081536D">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:ind w:left="5" w:right="-550"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="18"/>
-[...7 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C307C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="006F492E">
-[...5 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidR="006F492E" w:rsidRPr="003C307C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>44</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D56680">
-[...5 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="003C307C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>. Data</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5EB81549" w14:textId="77777777" w:rsidR="0081536D" w:rsidRPr="00D56680" w:rsidRDefault="0081536D">
+          <w:p w14:paraId="5EB81549" w14:textId="77777777" w:rsidR="0081536D" w:rsidRPr="003C307C" w:rsidRDefault="0081536D">
             <w:pPr>
               <w:pStyle w:val="Zawartotabeli"/>
               <w:ind w:right="-550"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="18"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5249" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="70ACA193" w14:textId="2CF36843" w:rsidR="0081536D" w:rsidRDefault="006F492E" w:rsidP="00DF60D4">
+          <w:p w14:paraId="70ACA193" w14:textId="2CF36843" w:rsidR="0081536D" w:rsidRPr="003C307C" w:rsidRDefault="006F492E" w:rsidP="00DF60D4">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:ind w:left="5" w:right="-550"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial Unicode MS" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="18"/>
-[...8 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C307C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>45</w:t>
             </w:r>
-            <w:r w:rsidR="0081536D" w:rsidRPr="00D56680">
-[...5 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidR="0081536D" w:rsidRPr="003C307C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.  Podpis podatnika</w:t>
             </w:r>
-            <w:r w:rsidR="00DF60D4">
-[...5 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidR="00DF60D4" w:rsidRPr="003C307C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
-            <w:r w:rsidR="0081536D" w:rsidRPr="00D56680">
-[...5 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidR="0081536D" w:rsidRPr="003C307C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>osoby reprezentującej poda</w:t>
             </w:r>
-            <w:r w:rsidR="00DF60D4">
-[...5 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidR="00DF60D4" w:rsidRPr="003C307C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>tnika</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="29BF8654" w14:textId="77777777" w:rsidR="006E0FFC" w:rsidRDefault="006E0FFC">
+          <w:p w14:paraId="29BF8654" w14:textId="77777777" w:rsidR="006E0FFC" w:rsidRPr="003C307C" w:rsidRDefault="006E0FFC">
             <w:pPr>
               <w:pStyle w:val="NormalnyWeb"/>
               <w:spacing w:before="102" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-550"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial Unicode MS" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="18"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="33911D28" w14:textId="77777777" w:rsidR="006E0FFC" w:rsidRPr="00D56680" w:rsidRDefault="006E0FFC">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="33911D28" w14:textId="77777777" w:rsidR="006E0FFC" w:rsidRPr="003C307C" w:rsidRDefault="006E0FFC">
             <w:pPr>
               <w:pStyle w:val="NormalnyWeb"/>
               <w:spacing w:before="102" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-550"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial Unicode MS" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="18"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0081536D" w:rsidRPr="00302164" w14:paraId="4BF5E822" w14:textId="77777777">
+      <w:tr w:rsidR="0081536D" w:rsidRPr="00302164" w14:paraId="4BF5E822" w14:textId="77777777" w:rsidTr="003C307C">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="272"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10494" w:type="dxa"/>
+            <w:tcW w:w="10629" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
           </w:tcPr>
           <w:p w14:paraId="7EACF312" w14:textId="77777777" w:rsidR="0081536D" w:rsidRPr="00302164" w:rsidRDefault="006E0FFC">
             <w:pPr>
               <w:pStyle w:val="Zawartotabeli"/>
               <w:ind w:right="-550"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>H</w:t>
             </w:r>
             <w:r w:rsidR="0081536D" w:rsidRPr="00302164">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>. W ZAŁĄCZENIU:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0081536D" w:rsidRPr="00302164" w14:paraId="6CBAF119" w14:textId="77777777">
+      <w:tr w:rsidR="0081536D" w:rsidRPr="00302164" w14:paraId="6CBAF119" w14:textId="77777777" w:rsidTr="003C307C">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="486"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10494" w:type="dxa"/>
+            <w:tcW w:w="10629" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w14:paraId="33DE13BD" w14:textId="4C1E2549" w:rsidR="00DF60D4" w:rsidRPr="00DF60D4" w:rsidRDefault="00DF60D4" w:rsidP="00DF60D4">
             <w:pPr>
               <w:pStyle w:val="Zawartotabeli"/>
               <w:ind w:left="5" w:right="-550"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF60D4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -3977,58 +3981,58 @@
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="35AEA3D0" w14:textId="77777777" w:rsidR="0081536D" w:rsidRPr="00302164" w:rsidRDefault="0081536D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="0081536D" w:rsidRPr="00302164" w:rsidSect="0028046E">
       <w:footerReference w:type="default" r:id="rId7"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="993" w:right="1134" w:bottom="851" w:left="1276" w:header="284" w:footer="567" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="67163861" w14:textId="77777777" w:rsidR="00213337" w:rsidRDefault="00213337">
+    <w:p w14:paraId="4A9501FC" w14:textId="77777777" w:rsidR="00785B0D" w:rsidRDefault="00785B0D">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="26928804" w14:textId="77777777" w:rsidR="00213337" w:rsidRDefault="00213337">
+    <w:p w14:paraId="507EAE84" w14:textId="77777777" w:rsidR="00785B0D" w:rsidRDefault="00785B0D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="EE"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
@@ -4104,58 +4108,58 @@
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="6B47ACC8" w14:textId="77777777" w:rsidR="0081536D" w:rsidRDefault="0081536D">
     <w:pPr>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial Unicode MS"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial Unicode MS" w:cs="Arial Unicode MS"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7FA93D0A" w14:textId="77777777" w:rsidR="00213337" w:rsidRDefault="00213337">
+    <w:p w14:paraId="4E00AB72" w14:textId="77777777" w:rsidR="00785B0D" w:rsidRDefault="00785B0D">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4876DD01" w14:textId="77777777" w:rsidR="00213337" w:rsidRDefault="00213337">
+    <w:p w14:paraId="397D568B" w14:textId="77777777" w:rsidR="00785B0D" w:rsidRDefault="00785B0D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p w14:paraId="4B668235" w14:textId="77777777" w:rsidR="00DF60D4" w:rsidRPr="00302164" w:rsidRDefault="00DF60D4" w:rsidP="00DF60D4">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:ind w:right="-550"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Odwoanieprzypisudolnego"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
@@ -4645,112 +4649,118 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="120"/>
+  <w:zoom w:percent="110"/>
   <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006B33CC"/>
     <w:rsid w:val="00041B8B"/>
     <w:rsid w:val="000926EC"/>
     <w:rsid w:val="000E4AEB"/>
     <w:rsid w:val="000F282D"/>
     <w:rsid w:val="00122DA0"/>
     <w:rsid w:val="00161081"/>
     <w:rsid w:val="00174CA4"/>
     <w:rsid w:val="00183F8C"/>
     <w:rsid w:val="00213337"/>
     <w:rsid w:val="00215945"/>
     <w:rsid w:val="0028046E"/>
     <w:rsid w:val="002B3BD9"/>
     <w:rsid w:val="00302164"/>
     <w:rsid w:val="00325CE2"/>
     <w:rsid w:val="003277A3"/>
     <w:rsid w:val="003816BD"/>
     <w:rsid w:val="003933A6"/>
     <w:rsid w:val="003C187A"/>
+    <w:rsid w:val="003C307C"/>
     <w:rsid w:val="004B05ED"/>
     <w:rsid w:val="004D05C8"/>
     <w:rsid w:val="004F1F65"/>
     <w:rsid w:val="00612F18"/>
+    <w:rsid w:val="00632CB8"/>
     <w:rsid w:val="006B33CC"/>
     <w:rsid w:val="006E0FFC"/>
     <w:rsid w:val="006F492E"/>
+    <w:rsid w:val="00710E85"/>
     <w:rsid w:val="00756662"/>
     <w:rsid w:val="007669C5"/>
+    <w:rsid w:val="00785B0D"/>
     <w:rsid w:val="007A20BC"/>
     <w:rsid w:val="007D3797"/>
     <w:rsid w:val="0081536D"/>
     <w:rsid w:val="008F323C"/>
+    <w:rsid w:val="00910E75"/>
     <w:rsid w:val="0095603E"/>
     <w:rsid w:val="009B11D3"/>
     <w:rsid w:val="009C7AED"/>
     <w:rsid w:val="009E5A19"/>
     <w:rsid w:val="009F7077"/>
     <w:rsid w:val="00A4178D"/>
     <w:rsid w:val="00A6613A"/>
+    <w:rsid w:val="00A970C2"/>
     <w:rsid w:val="00AF650D"/>
     <w:rsid w:val="00B4627D"/>
     <w:rsid w:val="00B52A1D"/>
     <w:rsid w:val="00B56B2D"/>
     <w:rsid w:val="00B722CF"/>
     <w:rsid w:val="00BD0FEB"/>
     <w:rsid w:val="00BF56D3"/>
     <w:rsid w:val="00D15364"/>
     <w:rsid w:val="00D56680"/>
     <w:rsid w:val="00D95E4A"/>
     <w:rsid w:val="00DA5621"/>
     <w:rsid w:val="00DF60D4"/>
     <w:rsid w:val="00E02A89"/>
     <w:rsid w:val="00E52918"/>
     <w:rsid w:val="00EF21A1"/>
     <w:rsid w:val="00FB3B07"/>
     <w:rsid w:val="00FB5E9D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
@@ -5673,66 +5683,66 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
   <Words>491</Words>
-  <Characters>2950</Characters>
+  <Characters>2946</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>24</Lines>
   <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>WNIOSEK O  WYDANIE  ZAŚWIADCZENIA</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>UMW</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3435</CharactersWithSpaces>
+  <CharactersWithSpaces>3431</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>WNIOSEK O  WYDANIE  ZAŚWIADCZENIA</dc:title>
   <dc:creator>umjusl01</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>