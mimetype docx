--- v0 (2025-10-01)
+++ v1 (2025-10-29)
@@ -67,146 +67,66 @@
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>INFORMACJE DOTYCZĄCE PRZETWARZANIA DANYCH OSOBOWYCH</w:t>
       </w:r>
       <w:r w:rsidR="0017177A">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0017177A" w:rsidRPr="0017177A">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>KANDYDATA PRZYSTĘPUJĄCEGO DO NABORU NA WOLNE STANOWISKO URZĘDNICZE W URZĘDZIE MIEJSKIM WROCŁAWIA</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00346A45" w:rsidRPr="00A745F9" w:rsidRDefault="00346A45" w:rsidP="009A733A">
+    <w:p w:rsidR="00346A45" w:rsidRPr="00891E89" w:rsidRDefault="00054110" w:rsidP="009A733A">
       <w:pPr>
         <w:spacing w:before="120" w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A745F9">
-[...85 lines deleted...]
-        <w:t>maja 2016 r. L 119/1).</w:t>
+      <w:r w:rsidRPr="00054110">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Niniejszą informację otrzymuje Pani/Pan w związku z obowiązkami określonymi w art. 13 Rozporządzenia Parlamentu Europejskiego i Rady (UE) 2016/679 z dnia 27 kwietnia 2016 r. w sprawie ochrony osób fizycznych w związku z przetwarzaniem danych osobowych i w sprawie swobodnego przepływu takich danych oraz uchylenia dyrektywy 95/46/WE (ogólne rozporządzenie o ochronie danych) (Dziennik Urzędowy Unii Europejskiej z dnia 4 maja 2016 r. L 119/1).</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00346A45" w:rsidRPr="00A30C45" w:rsidRDefault="00346A45" w:rsidP="009A733A">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy3"/>
         <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A30C45">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Administrator danych</w:t>
       </w:r>
       <w:r w:rsidR="003E7A68">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
@@ -237,159 +157,172 @@
     </w:p>
     <w:p w:rsidR="00346A45" w:rsidRPr="00A30C45" w:rsidRDefault="00346A45" w:rsidP="00FD164A">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A30C45">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>listownie na adres: Prezydent Wrocławia, Urząd Miejski Wrocławia, pl. Nowy Targ 1-8, 50-141 Wrocław;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00346A45" w:rsidRPr="00325304" w:rsidRDefault="00346A45" w:rsidP="00325304">
+    <w:p w:rsidR="00346A45" w:rsidRPr="006864BD" w:rsidRDefault="00346A45" w:rsidP="00FD164A">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="709"/>
         <w:rPr>
           <w:rStyle w:val="st"/>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006864BD">
         <w:rPr>
           <w:rStyle w:val="st"/>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>za pośrednictwem</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00325304">
+        <w:t xml:space="preserve">za pośrednictwem poczty elektronicznej na adres </w:t>
+      </w:r>
+      <w:r w:rsidR="009D7589" w:rsidRPr="006864BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId5" w:history="1">
+        <w:r w:rsidR="006B31F4" w:rsidRPr="006864BD">
+          <w:rPr>
+            <w:rStyle w:val="Hipercze"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>kum@um.wroc.pl/e-Doręczeń</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="006B31F4" w:rsidRPr="006864BD">
         <w:rPr>
           <w:rStyle w:val="st"/>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> poczty elektronicznej na adres</w:t>
-[...26 lines deleted...]
-      <w:r w:rsidR="006B31F4" w:rsidRPr="00325304">
+        <w:t xml:space="preserve"> :</w:t>
+      </w:r>
+      <w:r w:rsidR="006B31F4" w:rsidRPr="006864BD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:shd w:val="clear" w:color="auto" w:fill="F6F6F6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="006B31F4" w:rsidRPr="00325304">
+      <w:r w:rsidR="006B31F4" w:rsidRPr="006864BD">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>AE:PL-95179-82549-VVTFT-27</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00346A45" w:rsidRPr="006864BD" w:rsidRDefault="00346A45" w:rsidP="00C52DD0">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="240" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="357"/>
         <w:rPr>
           <w:rStyle w:val="st"/>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006864BD">
         <w:rPr>
           <w:rStyle w:val="st"/>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">telefonicznie: </w:t>
       </w:r>
       <w:r w:rsidR="006B31F4" w:rsidRPr="006864BD">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>+48 71 777 77 77.</w:t>
+        <w:t xml:space="preserve">+48 71 777 77 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="006B31F4" w:rsidRPr="006864BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>77</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="006B31F4" w:rsidRPr="006864BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00346A45" w:rsidRPr="00A30C45" w:rsidRDefault="00346A45" w:rsidP="00FD164A">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="st"/>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A30C45">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Cele przetwarzania danych</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="009C6FC7" w:rsidRPr="00A30C45" w:rsidRDefault="009C6FC7" w:rsidP="006B31F4">
       <w:pPr>
         <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
@@ -460,372 +393,341 @@
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D227A2" w:rsidRPr="00A30C45" w:rsidRDefault="00D227A2" w:rsidP="00C52DD0">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy3"/>
         <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A30C45">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Podstawy prawne przetwarzania</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A02492" w:rsidRPr="00A745F9" w:rsidRDefault="00D227A2" w:rsidP="00A745F9">
+    <w:p w:rsidR="00D227A2" w:rsidRPr="00A30C45" w:rsidRDefault="00D227A2" w:rsidP="00FD164A">
       <w:pPr>
         <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A30C45">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Będziemy przetwarzać Pani</w:t>
-[...17 lines deleted...]
-      <w:r w:rsidR="00180D85" w:rsidRPr="000B339D">
+        <w:t>Będziemy przetwarzać Pani/Pana dane osobowe na podstawie:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A02492" w:rsidRPr="00A02492" w:rsidRDefault="00180D85" w:rsidP="00A02492">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="709" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>art. 6 ust. 1 lit. c) RODO</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A30C45">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:t xml:space="preserve">art. 6 ust. 1 lit. c) RODO </w:t>
+      </w:r>
+      <w:r w:rsidR="00A02492">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00A02492" w:rsidRPr="00A02492">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00A02492" w:rsidRPr="00A745F9">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+      <w:r w:rsidR="00A02492" w:rsidRPr="00A02492">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>-</w:t>
-[...15 lines deleted...]
-        </w:rPr>
         <w:t>przepisów ustawy z dnia 21 listopada 2008 r. o pracownikach samorządowych oraz ustawy z dnia 26 czerwca 1974 r. Kodeks pracy.</w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w:rsidR="007C48BD" w:rsidRPr="00A30C45" w:rsidRDefault="007C48BD" w:rsidP="00C52DD0">
       <w:pPr>
         <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="6"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A30C45">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Obligatoryjność/fakultatywność podania danych osobowych</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007C48BD" w:rsidRPr="00A745F9" w:rsidRDefault="007C48BD" w:rsidP="00A745F9">
+    <w:p w:rsidR="007C48BD" w:rsidRPr="00A30C45" w:rsidRDefault="007C48BD" w:rsidP="00FD164A">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A30C45">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Podanie przez P</w:t>
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00A745F9">
+        <w:t>Podanie przez Panią/Pana danych osobowych jest:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007C48BD" w:rsidRPr="00A659C8" w:rsidRDefault="007C48BD" w:rsidP="006864BD">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="709" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A30C45">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>wymogiem ustawowym wynikającym z</w:t>
       </w:r>
-      <w:r w:rsidR="00A659C8" w:rsidRPr="00A745F9">
+      <w:r w:rsidR="00A659C8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00751436">
-[...7 lines deleted...]
-      <w:r w:rsidR="00A659C8" w:rsidRPr="00A745F9">
+      <w:r w:rsidR="00A659C8" w:rsidRPr="00A659C8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>stawy z dnia 21 listopada 2008 r. o pracownikach samorządowych</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="006864BD" w:rsidRPr="00A745F9">
+        <w:t>Ustawy z dnia 21 listopada 2008 r. o pracownikach samorządowych</w:t>
+      </w:r>
+      <w:r w:rsidR="006864BD" w:rsidRPr="00A659C8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00A659C8" w:rsidRPr="00A745F9">
-[...23 lines deleted...]
-      <w:r w:rsidR="00A659C8" w:rsidRPr="00A745F9">
+      <w:r w:rsidR="00A659C8" w:rsidRPr="00A659C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> oraz </w:t>
+      </w:r>
+      <w:r w:rsidR="006864BD" w:rsidRPr="00A659C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Ustawy z dnia 26 czerwca 1974 r</w:t>
+      </w:r>
+      <w:r w:rsidR="00A659C8" w:rsidRPr="00A659C8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00D74600" w:rsidRPr="00A745F9">
+      <w:r w:rsidR="00D74600" w:rsidRPr="00A659C8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00A659C8" w:rsidRPr="00A745F9">
-[...15 lines deleted...]
-      <w:r w:rsidR="006864BD" w:rsidRPr="00A745F9">
+      <w:r w:rsidR="00A659C8" w:rsidRPr="00A659C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Kodeks P</w:t>
+      </w:r>
+      <w:r w:rsidR="006864BD" w:rsidRPr="00A659C8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>racy</w:t>
       </w:r>
-      <w:r w:rsidR="00A659C8" w:rsidRPr="00A745F9">
+      <w:r w:rsidR="00A659C8" w:rsidRPr="00A659C8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E779DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E779DE" w:rsidRPr="00497F3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>W przypadku ich niepodania aplikacja nie spełni wymagań formalnych i nie zostanie Pani/Pan dopuszczona/y do następnego etapu naboru.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="007C48BD" w:rsidRPr="00A30C45" w:rsidRDefault="009657E3" w:rsidP="00C52DD0">
       <w:pPr>
         <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A30C45">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Okres retencji danych</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A02492" w:rsidRPr="00751436" w:rsidRDefault="00751436" w:rsidP="00A02492">
-[...31 lines deleted...]
-    <w:p w:rsidR="00A02492" w:rsidRPr="00A02492" w:rsidRDefault="00A02492" w:rsidP="00A02492">
+    <w:p w:rsidR="00A02492" w:rsidRPr="00A02492" w:rsidRDefault="00E779DE" w:rsidP="00A02492">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="312" w:lineRule="auto"/>
         <w:ind w:left="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A02492">
+      <w:r w:rsidRPr="00803407">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidR="00A02492" w:rsidRPr="00A02492">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Dokumenty aplikacyjne pozostałych kandydatów będą wydane zainteresowanym lub w przypadku, gdyby zainteresowany nie zgłosił się po ich odbiór niszczone przez Wydział Organizacyjny i Kadr w sposób nieodwracalny, uniemożliwiający odczyt zawartych w nich danych, po upływie miesiąca od dnia opublikowania Informacji o wyniku naboru w Biuletynie Informacji Publicznej. </w:t>
+        <w:t xml:space="preserve">okumenty aplikacyjne kandydatów będą wydane zainteresowanym lub w przypadku, gdyby zainteresowany nie zgłosił się po ich odbiór niszczone przez Wydział Organizacyjny i Kadr w sposób nieodwracalny, uniemożliwiający odczyt zawartych w nich danych, po upływie miesiąca od dnia opublikowania Informacji o wyniku naboru w Biuletynie Informacji Publicznej. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00A02492" w:rsidRPr="00A02492" w:rsidRDefault="00A02492" w:rsidP="00A02492">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="312" w:lineRule="auto"/>
         <w:ind w:left="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A02492">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Dokumenty kandydatów, którzy zostali wpisani do Protokołu z przeprowadzonego naboru na wolne stanowisko urzędnicze w Urzędzie Miejskim Wrocławia, zostaną zniszczone przez Wydział Organizacyjny i Kadr w sposób nieodwracalny, uniemożliwiający odczyt zawartych w nich danych, po upływie 3 miesięcy od dnia zatrudnienia kandydata, który wygrał nabór. </w:t>
@@ -848,50 +750,51 @@
       <w:r w:rsidRPr="00A02492">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Jeśli zakwalifikował/a się Pani/Pan do następnego etapu naboru, spełniając wymagania formalne określone w ogłoszeniu o naborze, Pani/Pana dane w zakresie imienia i nazwiska oraz miejsca zamieszkania w myśl Kodeksu cywilnego będą przechowywane w dokumentacji związanej z naborem przez okres nie krótszy niż 5 lat.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00A02492" w:rsidRPr="00A02492" w:rsidRDefault="00A02492" w:rsidP="00A02492">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="312" w:lineRule="auto"/>
         <w:ind w:left="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:r w:rsidRPr="00A02492">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Dokumenty aplikacyjne nie są rozpatrywane, a kandydat nie jest dopuszczony do udziału w naborze w przypadku złożenia dokumentów:</w:t>
       </w:r>
       <w:r w:rsidRPr="00A02492">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00A02492" w:rsidRPr="00A02492" w:rsidRDefault="00A02492" w:rsidP="00A02492">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
@@ -968,50 +871,51 @@
     <w:p w:rsidR="00A02492" w:rsidRPr="00A02492" w:rsidRDefault="00A02492" w:rsidP="00A02492">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:suppressLineNumbers/>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="312" w:lineRule="auto"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A02492">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">bez podania nazwy stanowiska zamieszczonego w ogłoszeniu o naborze. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="0"/>
     <w:p w:rsidR="00A02492" w:rsidRPr="00A02492" w:rsidRDefault="00A02492" w:rsidP="00A02492">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A02492">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Wyżej wymienione dokumenty zostaną zniszczone przez Wydział Organizacyjny i Kadr w sposób nieodwracalny, uniemożliwiający odczyt zawartych w nich danych, najpóźniej po upływie miesiąca od dnia wpływu dokumentów do Urzędu.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="009657E3" w:rsidRPr="00A30C45" w:rsidRDefault="00A02492" w:rsidP="007915FF">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -1065,356 +969,476 @@
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00FD164A" w:rsidRPr="00EB2493" w:rsidRDefault="00FD164A" w:rsidP="00C52DD0">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy3"/>
         <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB2493">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Odbiorcy danych</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003E7A68" w:rsidRPr="00A745F9" w:rsidRDefault="00FD164A" w:rsidP="00A745F9">
+    <w:p w:rsidR="00054110" w:rsidRDefault="00054110" w:rsidP="00054110">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00054110">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Odbiorcami Pani/Pana danych osobowych mogą być: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00054110" w:rsidRPr="00054110" w:rsidRDefault="00054110" w:rsidP="00054110">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00054110">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-      </w:pPr>
-[...16 lines deleted...]
-      <w:r w:rsidR="00A02492" w:rsidRPr="00A745F9">
+        <w:t>podmioty upoważnione na podstawie przepisów prawa</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E7A68" w:rsidRPr="00A02492" w:rsidRDefault="003E7A68" w:rsidP="003E7A68">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>podmioty upoważnione na podstawie przepisów prawa</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="002F5EF5">
+      </w:pPr>
+      <w:r w:rsidRPr="00A02492">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">. </w:t>
-[...33 lines deleted...]
-      <w:r w:rsidR="00A56C3E">
+        <w:t>dostawcy usług IT</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E7A68" w:rsidRPr="00A02492" w:rsidRDefault="003E7A68" w:rsidP="003E7A68">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...8 lines deleted...]
-        <w:t>Takie podmioty przetwarzają dane na podstawie zawartej umowy z administratorem i tylko zgodnie z jego poleceniami.</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="00A02492">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>podmioty przetwarzające dane na zlecenie administratora</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009D4F43" w:rsidRPr="00A02492" w:rsidRDefault="009D4F43" w:rsidP="00FD164A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A02492">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Takie podmioty przetwarzają dane na podstawie zawartej umowy z administratorem i</w:t>
+      </w:r>
+      <w:r w:rsidR="00961097" w:rsidRPr="00A02492">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A02492">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>tylko zgodnie z jego poleceniami.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="0004457C" w:rsidRPr="00EB2493" w:rsidRDefault="0004457C" w:rsidP="00C52DD0">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy3"/>
         <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Przysługujące prawa</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00846131" w:rsidRPr="00846131" w:rsidRDefault="0004457C" w:rsidP="00846131">
-[...1 lines deleted...]
-        <w:spacing w:line="288" w:lineRule="auto"/>
+    <w:p w:rsidR="009613D2" w:rsidRPr="00846131" w:rsidRDefault="009613D2" w:rsidP="009613D2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A30C45">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Przysługuje Pani/Panu:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00846131" w:rsidRPr="00846131" w:rsidRDefault="0004457C" w:rsidP="00846131">
+    <w:p w:rsidR="009613D2" w:rsidRPr="00846131" w:rsidRDefault="009613D2" w:rsidP="009613D2">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
-        <w:ind w:left="709" w:hanging="425"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="284" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00846131">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>prawo dostępu do swoich danych oraz otrzymania ich kopii;</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="0004457C" w:rsidRPr="00846131" w:rsidRDefault="0004457C" w:rsidP="00846131">
+        <w:t>prawo dostępu do swoich d</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>anych oraz otrzymania ich kopii,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009613D2" w:rsidRDefault="009613D2" w:rsidP="009613D2">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
-        <w:ind w:left="709" w:hanging="425"/>
+        <w:spacing w:before="120" w:after="0" w:line="312" w:lineRule="auto"/>
+        <w:ind w:left="284" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00846131">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>prawo do sprostowania (poprawiania) swoich danych;</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="0004457C" w:rsidRPr="00751E20" w:rsidRDefault="0004457C" w:rsidP="00846131">
+        <w:t xml:space="preserve">prawo do sprostowania (poprawiania) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>swoich danych,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009613D2" w:rsidRPr="008C38C1" w:rsidRDefault="009613D2" w:rsidP="009613D2">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
-[...6 lines deleted...]
-      </w:pPr>
+        <w:spacing w:before="120" w:after="0" w:line="312" w:lineRule="auto"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00846131">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>prawo do usunięcia dany</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">prawo do </w:t>
-[...10 lines deleted...]
-    <w:p w:rsidR="0004457C" w:rsidRPr="00846131" w:rsidRDefault="0004457C" w:rsidP="00846131">
+        <w:t>ch (prawo do bycia zapomnianym),</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009613D2" w:rsidRDefault="009613D2" w:rsidP="009613D2">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
-[...16 lines deleted...]
-    <w:p w:rsidR="00846131" w:rsidRPr="00846131" w:rsidRDefault="0004457C" w:rsidP="00846131">
+        <w:spacing w:before="120" w:after="0" w:line="312" w:lineRule="auto"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">prawo do </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00751E20">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>og</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>raniczenia przetwarzania danych,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009613D2" w:rsidRPr="008C38C1" w:rsidRDefault="009613D2" w:rsidP="009613D2">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
-        <w:ind w:left="709" w:hanging="425"/>
+        <w:spacing w:before="120" w:after="0" w:line="312" w:lineRule="auto"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>prawo do przenoszenia danych,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009613D2" w:rsidRPr="00846131" w:rsidRDefault="009613D2" w:rsidP="009613D2">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:spacing w:before="120" w:after="0" w:line="312" w:lineRule="auto"/>
+        <w:ind w:left="284" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00846131">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:t>prawo do wniesienia sprze</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ciwu wobec przetwarzania danych,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009613D2" w:rsidRPr="00846131" w:rsidRDefault="009613D2" w:rsidP="009613D2">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00846131">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t>prawo do wniesienia skargi do organu nadzorczego – tj. Prezesa Urzędu Ochrony Danych Osobowych</w:t>
       </w:r>
-      <w:r w:rsidR="00846131">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="007A2806" w:rsidRPr="00EB2493" w:rsidRDefault="007A2806" w:rsidP="00C52DD0">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy3"/>
         <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB2493">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Inspektor Ochrony Danych</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="007A2806" w:rsidRPr="00EB2493" w:rsidRDefault="007A2806" w:rsidP="007A2806">
       <w:pPr>
         <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB2493">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>W Urzędzie wyznaczony został Inspektor Ochrony Danych</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00EB2493">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Jest to osoba, z którą można się kontaktować w sprawach dotyczących przetwarzania </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Pani/Pana </w:t>
@@ -1594,156 +1618,176 @@
       <w:r w:rsidRPr="00EB2493">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Wrocław</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="007A2806" w:rsidRPr="00EB2493" w:rsidRDefault="007A2806" w:rsidP="007A2806">
       <w:pPr>
         <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="289" w:hanging="289"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB2493">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">- </w:t>
       </w:r>
       <w:r w:rsidRPr="00EB2493">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>przez e-mail: iod@um.wroc.pl</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00871653" w:rsidRPr="00A30C45" w:rsidRDefault="007A2806" w:rsidP="00325304">
+    <w:p w:rsidR="007A2806" w:rsidRPr="00EB2493" w:rsidRDefault="007A2806" w:rsidP="007A2806">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy3"/>
         <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB2493">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>-   telefonicznie: 71 777 77 24.</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00871653" w:rsidRPr="00A30C45" w:rsidSect="00E908E6">
+    <w:p w:rsidR="00C34341" w:rsidRDefault="00C34341" w:rsidP="00C34341">
+      <w:pPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00871653" w:rsidRPr="00A30C45" w:rsidRDefault="00871653" w:rsidP="00FD164A">
+      <w:pPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00871653" w:rsidRPr="00A30C45" w:rsidSect="00244B00">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="20002A87" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="EE"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
-    <w:charset w:val="EE"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
+    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="20002A87" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="08543A5A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8A7C2A3C"/>
     <w:lvl w:ilvl="0" w:tplc="04150001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
@@ -2594,50 +2638,163 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8">
+    <w:nsid w:val="42AA36DA"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="1422CAB4"/>
+    <w:lvl w:ilvl="0" w:tplc="04150001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04150001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04150001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9">
     <w:nsid w:val="445951A5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BC7467C6"/>
     <w:lvl w:ilvl="0" w:tplc="122ED0AA">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2865" w:hanging="705"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Verdana" w:cstheme="minorBidi" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
@@ -2705,51 +2862,51 @@
     <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9">
+  <w:abstractNum w:abstractNumId="10">
     <w:nsid w:val="5A14051D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8EDABC30"/>
     <w:lvl w:ilvl="0" w:tplc="05D05DA6">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1785" w:hanging="705"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Verdana" w:cstheme="minorBidi" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -2818,51 +2975,51 @@
     <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10">
+  <w:abstractNum w:abstractNumId="11">
     <w:nsid w:val="6A5B04F9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DE7E2DC0"/>
     <w:lvl w:ilvl="0" w:tplc="04150001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -2931,51 +3088,51 @@
     <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11">
+  <w:abstractNum w:abstractNumId="12">
     <w:nsid w:val="73EF5658"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="91200C12"/>
     <w:lvl w:ilvl="0" w:tplc="1A661692">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:hint="default"/>
         <w:sz w:val="16"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -3072,51 +3229,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="3240"/>
         </w:tabs>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3960"/>
         </w:tabs>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12">
+  <w:abstractNum w:abstractNumId="13">
     <w:nsid w:val="769632B6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="644AD3EA"/>
     <w:lvl w:ilvl="0" w:tplc="122ED0AA">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2865" w:hanging="705"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Verdana" w:cstheme="minorBidi" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
@@ -3184,51 +3341,51 @@
     <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7560" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13">
+  <w:abstractNum w:abstractNumId="14">
     <w:nsid w:val="7A0E2F64"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BB0C60B6"/>
     <w:lvl w:ilvl="0" w:tplc="122ED0AA">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1785" w:hanging="705"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Verdana" w:cstheme="minorBidi" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
@@ -3306,166 +3463,180 @@
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4">
-    <w:abstractNumId w:val="9"/>
+    <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="5">
-    <w:abstractNumId w:val="13"/>
+    <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="6">
-    <w:abstractNumId w:val="12"/>
+    <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="8">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="9">
-    <w:abstractNumId w:val="10"/>
+    <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="10">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="11">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="12">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="13">
-    <w:abstractNumId w:val="8"/>
+    <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="14">
-    <w:abstractNumId w:val="11"/>
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="15">
+    <w:abstractNumId w:val="8"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="00346A45"/>
     <w:rsid w:val="0004457C"/>
-    <w:rsid w:val="000B339D"/>
+    <w:rsid w:val="00054110"/>
+    <w:rsid w:val="00065C64"/>
     <w:rsid w:val="000C38EE"/>
     <w:rsid w:val="00130518"/>
+    <w:rsid w:val="001345E1"/>
     <w:rsid w:val="00142F3A"/>
     <w:rsid w:val="0017177A"/>
     <w:rsid w:val="00180D85"/>
     <w:rsid w:val="00223852"/>
     <w:rsid w:val="00226774"/>
     <w:rsid w:val="002344FB"/>
-    <w:rsid w:val="002F5EF5"/>
-    <w:rsid w:val="00325304"/>
+    <w:rsid w:val="00244B00"/>
+    <w:rsid w:val="002F11CE"/>
     <w:rsid w:val="003454E5"/>
     <w:rsid w:val="00346A45"/>
     <w:rsid w:val="00355158"/>
+    <w:rsid w:val="003C1824"/>
+    <w:rsid w:val="003C6624"/>
     <w:rsid w:val="003E7A68"/>
     <w:rsid w:val="00411A8C"/>
+    <w:rsid w:val="00484542"/>
     <w:rsid w:val="004E4D10"/>
     <w:rsid w:val="004F237F"/>
     <w:rsid w:val="00566A80"/>
     <w:rsid w:val="005962DF"/>
     <w:rsid w:val="005E24C3"/>
     <w:rsid w:val="006864BD"/>
     <w:rsid w:val="006B31F4"/>
     <w:rsid w:val="006E4407"/>
     <w:rsid w:val="006F4B5B"/>
     <w:rsid w:val="00711359"/>
     <w:rsid w:val="00713668"/>
     <w:rsid w:val="00741341"/>
-    <w:rsid w:val="00751436"/>
     <w:rsid w:val="00751E20"/>
+    <w:rsid w:val="00760955"/>
     <w:rsid w:val="007915FF"/>
     <w:rsid w:val="007A2806"/>
     <w:rsid w:val="007C48BD"/>
     <w:rsid w:val="007E3ABB"/>
+    <w:rsid w:val="00803407"/>
     <w:rsid w:val="00846131"/>
     <w:rsid w:val="00871653"/>
     <w:rsid w:val="00883A0A"/>
+    <w:rsid w:val="00891E89"/>
     <w:rsid w:val="008E4445"/>
     <w:rsid w:val="00961097"/>
+    <w:rsid w:val="009613D2"/>
     <w:rsid w:val="0096434C"/>
     <w:rsid w:val="009657E3"/>
     <w:rsid w:val="009A4803"/>
     <w:rsid w:val="009A733A"/>
     <w:rsid w:val="009C6FC7"/>
     <w:rsid w:val="009D4F43"/>
     <w:rsid w:val="009D5811"/>
     <w:rsid w:val="009D7589"/>
     <w:rsid w:val="009F4FED"/>
     <w:rsid w:val="00A02492"/>
+    <w:rsid w:val="00A04E0A"/>
+    <w:rsid w:val="00A0692D"/>
+    <w:rsid w:val="00A14F1F"/>
     <w:rsid w:val="00A30C45"/>
     <w:rsid w:val="00A43480"/>
     <w:rsid w:val="00A565A6"/>
-    <w:rsid w:val="00A56C3E"/>
     <w:rsid w:val="00A659C8"/>
-    <w:rsid w:val="00A745F9"/>
     <w:rsid w:val="00A75EDC"/>
     <w:rsid w:val="00AE153E"/>
     <w:rsid w:val="00BA380A"/>
     <w:rsid w:val="00BD3776"/>
     <w:rsid w:val="00C02B34"/>
     <w:rsid w:val="00C34341"/>
     <w:rsid w:val="00C52DD0"/>
     <w:rsid w:val="00C957E0"/>
     <w:rsid w:val="00D227A2"/>
+    <w:rsid w:val="00D70A88"/>
     <w:rsid w:val="00D74600"/>
+    <w:rsid w:val="00DF7A4B"/>
     <w:rsid w:val="00E02973"/>
     <w:rsid w:val="00E03239"/>
     <w:rsid w:val="00E501B8"/>
     <w:rsid w:val="00E7521C"/>
-    <w:rsid w:val="00E908E6"/>
+    <w:rsid w:val="00E779DE"/>
     <w:rsid w:val="00F02E57"/>
     <w:rsid w:val="00FD164A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pl-PL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
@@ -3611,51 +3782,51 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normalny">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00E908E6"/>
+    <w:rsid w:val="00244B00"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Nagwek1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normalny"/>
     <w:next w:val="Normalny"/>
     <w:link w:val="Nagwek1Znak"/>
     <w:qFormat/>
     <w:rsid w:val="00346A45"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="pl-PL"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Domylnaczcionkaakapitu">
     <w:name w:val="Default Paragraph Font"/>
@@ -3821,60 +3992,95 @@
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TekstdymkaZnak">
     <w:name w:val="Tekst dymka Znak"/>
     <w:basedOn w:val="Domylnaczcionkaakapitu"/>
     <w:link w:val="Tekstdymka"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00E03239"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hipercze">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Domylnaczcionkaakapitu"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="009D7589"/>
     <w:rPr>
       <w:color w:val="0563C1" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="UyteHipercze">
-    <w:name w:val="FollowedHyperlink"/>
+  <w:style w:type="character" w:styleId="Odwoaniedokomentarza">
+    <w:name w:val="annotation reference"/>
     <w:basedOn w:val="Domylnaczcionkaakapitu"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00325304"/>
+    <w:rsid w:val="002F11CE"/>
     <w:rPr>
-      <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
-      <w:u w:val="single"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Tematkomentarza">
+    <w:name w:val="annotation subject"/>
+    <w:basedOn w:val="Tekstkomentarza"/>
+    <w:next w:val="Tekstkomentarza"/>
+    <w:link w:val="TematkomentarzaZnak"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="002F11CE"/>
+    <w:pPr>
+      <w:spacing w:after="160"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TematkomentarzaZnak">
+    <w:name w:val="Temat komentarza Znak"/>
+    <w:basedOn w:val="TekstkomentarzaZnak1"/>
+    <w:link w:val="Tematkomentarza"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="002F11CE"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="pl-PL"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:divs>
     <w:div w:id="1975910520">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="2094624340">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="15"/>
@@ -3887,51 +4093,51 @@
           </w:divBdr>
           <w:divsChild>
             <w:div w:id="685058561">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kum@um.wroc.pl/e-Dor&#281;cze&#324;" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motyw pakietu Office">
   <a:themeElements>
     <a:clrScheme name="Pakiet Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -4190,70 +4396,70 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>714</Words>
-  <Characters>4286</Characters>
+  <Words>693</Words>
+  <Characters>4162</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>35</Lines>
+  <Lines>34</Lines>
   <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4991</CharactersWithSpaces>
+  <CharactersWithSpaces>4846</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Rzepkowska Agnieszka</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>