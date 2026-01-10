--- v0 (2025-10-11)
+++ v1 (2026-01-10)
@@ -249,112 +249,102 @@
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007A3083">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>listownie na adres: Prezydent Wrocławia, Urząd Miejski Wrocławia, pl. Nowy Ta</w:t>
       </w:r>
       <w:r w:rsidR="007A3083" w:rsidRPr="007A3083">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>rg 1-8, 50-141 Wrocław,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="111A34A1" w14:textId="143CDB13" w:rsidR="00355B4F" w:rsidRPr="00355B4F" w:rsidRDefault="00355B4F" w:rsidP="007A3083">
+    <w:p w14:paraId="7F5922F7" w14:textId="2E054985" w:rsidR="00355B4F" w:rsidRPr="00FA2AC3" w:rsidRDefault="00355B4F" w:rsidP="00FA2AC3">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">za pośrednictwem poczty elektronicznej na adres e-mail: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00355B4F">
+      <w:hyperlink r:id="rId5" w:history="1">
+        <w:r w:rsidR="00FA2AC3" w:rsidRPr="00801124">
+          <w:rPr>
+            <w:rStyle w:val="Hipercze"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>wok@um.wroc.pl</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00FA2AC3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>wok@um.wroc.pl</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA2AC3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
-[...20 lines deleted...]
-        <w:t xml:space="preserve">skrytka na ePUAP-ie: /umwroclaw/SkrytkaESP, adres e-Doręczeń: AE:PL-95179-82549-VVTFT-27; </w:t>
+        <w:t xml:space="preserve">adres e-Doręczeń: AE:PL-95179-82549-VVTFT-27; </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2CBAF163" w14:textId="2C882DFE" w:rsidR="00346A45" w:rsidRPr="007A3083" w:rsidRDefault="00346A45" w:rsidP="007A3083">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:rPr>
           <w:rStyle w:val="st"/>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007A3083">
         <w:rPr>
           <w:rStyle w:val="st"/>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
@@ -1010,96 +1000,88 @@
     </w:p>
     <w:p w14:paraId="338F6B55" w14:textId="77777777" w:rsidR="007D29E8" w:rsidRPr="00B55FAB" w:rsidRDefault="007D29E8" w:rsidP="007A3083">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B55FAB">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">PESEL, </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="201566F6" w14:textId="77777777" w:rsidR="007D29E8" w:rsidRPr="00D0018B" w:rsidRDefault="007D29E8" w:rsidP="007A3083">
+    <w:p w14:paraId="201566F6" w14:textId="3C792F8F" w:rsidR="007D29E8" w:rsidRPr="00D0018B" w:rsidRDefault="007D29E8" w:rsidP="007A3083">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B55FAB">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">adres e-mail, </w:t>
       </w:r>
       <w:r w:rsidRPr="00D0018B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>adres e-doręczeń</w:t>
       </w:r>
-      <w:r w:rsidR="00B55FAB" w:rsidRPr="00D0018B">
+      <w:r w:rsidR="00FA2AC3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>,</w:t>
-      </w:r>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> adres e-PUAP,</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="701B9EFD" w14:textId="77777777" w:rsidR="007D29E8" w:rsidRPr="00B55FAB" w:rsidRDefault="007D29E8" w:rsidP="007A3083">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B55FAB">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>nr telefonu,</w:t>
       </w:r>
@@ -4300,56 +4282,61 @@
   </w:num>
   <w:num w:numId="15">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="16">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="17">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="18">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="19">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="20">
     <w:abstractNumId w:val="11"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00346A45"/>
     <w:rsid w:val="0004457C"/>
     <w:rsid w:val="000C38EE"/>
     <w:rsid w:val="00130518"/>
     <w:rsid w:val="00142F3A"/>
     <w:rsid w:val="00143024"/>
     <w:rsid w:val="00180D85"/>
     <w:rsid w:val="00223852"/>
     <w:rsid w:val="00226774"/>
     <w:rsid w:val="002344FB"/>
     <w:rsid w:val="00304149"/>
     <w:rsid w:val="003454E5"/>
     <w:rsid w:val="00346A45"/>
     <w:rsid w:val="00355158"/>
     <w:rsid w:val="00355B4F"/>
     <w:rsid w:val="003E7A68"/>
     <w:rsid w:val="00411A8C"/>
     <w:rsid w:val="0044063A"/>
     <w:rsid w:val="004E267C"/>
     <w:rsid w:val="004E4D10"/>
     <w:rsid w:val="004F237F"/>
     <w:rsid w:val="004F5EA5"/>
     <w:rsid w:val="00566A80"/>
@@ -4394,50 +4381,51 @@
     <w:rsid w:val="00A565A6"/>
     <w:rsid w:val="00A75EDC"/>
     <w:rsid w:val="00AE153E"/>
     <w:rsid w:val="00AF623B"/>
     <w:rsid w:val="00B55FAB"/>
     <w:rsid w:val="00BA380A"/>
     <w:rsid w:val="00BB51AD"/>
     <w:rsid w:val="00BD3776"/>
     <w:rsid w:val="00C02B34"/>
     <w:rsid w:val="00C12072"/>
     <w:rsid w:val="00C34341"/>
     <w:rsid w:val="00C52DD0"/>
     <w:rsid w:val="00C84A62"/>
     <w:rsid w:val="00C957E0"/>
     <w:rsid w:val="00CD4C14"/>
     <w:rsid w:val="00D0018B"/>
     <w:rsid w:val="00D227A2"/>
     <w:rsid w:val="00D74600"/>
     <w:rsid w:val="00DB40CA"/>
     <w:rsid w:val="00E02973"/>
     <w:rsid w:val="00E03239"/>
     <w:rsid w:val="00E501B8"/>
     <w:rsid w:val="00E63580"/>
     <w:rsid w:val="00E7521C"/>
     <w:rsid w:val="00F02E57"/>
+    <w:rsid w:val="00FA2AC3"/>
     <w:rsid w:val="00FD164A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pl-PL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
@@ -4596,51 +4584,51 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="0" w:qFormat="1"/>
@@ -5145,51 +5133,51 @@
           <w:divsChild>
             <w:div w:id="685058561">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:wok@um.wroc.pl" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motyw pakietu Office">
   <a:themeElements>
     <a:clrScheme name="Pakiet Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -5448,70 +5436,70 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>641</Words>
-  <Characters>3848</Characters>
+  <Words>566</Words>
+  <Characters>3902</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>32</Lines>
-  <Paragraphs>8</Paragraphs>
+  <Lines>79</Lines>
+  <Paragraphs>43</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4481</CharactersWithSpaces>
+  <CharactersWithSpaces>4425</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Rzepkowska Agnieszka</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>