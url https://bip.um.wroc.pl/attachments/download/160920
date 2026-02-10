--- v0 (2025-10-11)
+++ v1 (2026-02-10)
@@ -1,105 +1,105 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w14:paraId="6F58B7BF" w14:textId="77777777" w:rsidR="00346A45" w:rsidRPr="00A30C45" w:rsidRDefault="00346A45" w:rsidP="00B60CD9">
+    <w:p w:rsidR="00346A45" w:rsidRPr="00A30C45" w:rsidRDefault="00346A45" w:rsidP="00B60CD9">
       <w:pPr>
         <w:pStyle w:val="Nagwek1"/>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A30C45">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>KLAUZUL</w:t>
       </w:r>
       <w:r w:rsidR="00AF623B">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">A </w:t>
       </w:r>
       <w:r w:rsidRPr="00A30C45">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>INFORMACYJN</w:t>
       </w:r>
       <w:r w:rsidR="00AF623B">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="398E1319" w14:textId="77777777" w:rsidR="00346A45" w:rsidRPr="00A30C45" w:rsidRDefault="00346A45" w:rsidP="00B60CD9">
+    <w:p w:rsidR="00346A45" w:rsidRPr="00A30C45" w:rsidRDefault="00346A45" w:rsidP="00B60CD9">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy3"/>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A30C45">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>INFORMACJE DOTYCZĄCE PRZETWARZANIA DANYCH OSOBOWYCH</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A7F718A" w14:textId="77777777" w:rsidR="00346A45" w:rsidRPr="00CD4C14" w:rsidRDefault="00346A45" w:rsidP="00B60CD9">
+    <w:p w:rsidR="00346A45" w:rsidRPr="00CD4C14" w:rsidRDefault="00346A45" w:rsidP="00B60CD9">
       <w:pPr>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CD4C14">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Niniejszą informację otrzymuje</w:t>
       </w:r>
       <w:r w:rsidR="009A733A" w:rsidRPr="00CD4C14">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Pani/Pan</w:t>
       </w:r>
       <w:r w:rsidRPr="00CD4C14">
@@ -169,295 +169,294 @@
       <w:r w:rsidRPr="00CD4C14">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>sprawie swobodnego przepływu takich danych oraz uchylenia dyrektywy 95/46/WE (ogólne rozporządzenie o ochronie danych) (Dziennik Urzędowy Unii Europejskiej z dnia 4</w:t>
       </w:r>
       <w:r w:rsidR="00A30C45" w:rsidRPr="00CD4C14">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00CD4C14">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>maja 2016 r. L 119/1).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26336B3D" w14:textId="77777777" w:rsidR="00346A45" w:rsidRPr="00A30C45" w:rsidRDefault="00346A45" w:rsidP="00B60CD9">
+    <w:p w:rsidR="00346A45" w:rsidRPr="00A30C45" w:rsidRDefault="00346A45" w:rsidP="00B60CD9">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy3"/>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A30C45">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Administrator danych</w:t>
       </w:r>
       <w:r w:rsidR="003E7A68">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> osobowych (ADO)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1DA5CE2A" w14:textId="77777777" w:rsidR="00346A45" w:rsidRPr="00A30C45" w:rsidRDefault="00346A45" w:rsidP="00B60CD9">
+    <w:p w:rsidR="00346A45" w:rsidRPr="00A30C45" w:rsidRDefault="00346A45" w:rsidP="00B60CD9">
       <w:pPr>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A30C45">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Administratorem Pani/Pana danych osobowych jest  Prezydent Wrocławia, z którym można się skontaktować w następujący sposób:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CE2F446" w14:textId="77777777" w:rsidR="00346A45" w:rsidRPr="00A30C45" w:rsidRDefault="00346A45" w:rsidP="00B60CD9">
+    <w:p w:rsidR="00346A45" w:rsidRPr="00A30C45" w:rsidRDefault="00346A45" w:rsidP="00B60CD9">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:hanging="218"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A30C45">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>listownie na adres: Prezydent Wrocławia, Urząd Miejski Wrocławia, pl. Nowy Ta</w:t>
       </w:r>
       <w:r w:rsidR="006F5BDA">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>rg 1-8, 50-141 Wrocław,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57469BFE" w14:textId="77777777" w:rsidR="00542137" w:rsidRPr="00542137" w:rsidRDefault="00542137" w:rsidP="00B60CD9">
+    <w:p w:rsidR="00542137" w:rsidRPr="00D82925" w:rsidRDefault="00542137" w:rsidP="00D82925">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:hanging="218"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>za pośrednictwem poczty elektronicznej na adres e-mail: wok@um.wroc.pl,</w:t>
-[...13 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">za pośrednictwem poczty elektronicznej na adres e-mail: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId5" w:history="1">
+        <w:r w:rsidR="00D82925" w:rsidRPr="00801124">
+          <w:rPr>
+            <w:rStyle w:val="Hipercze"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>wok@um.wroc.pl</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00D82925">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">skrytka na ePUAP-ie: /umwroclaw/SkrytkaESP, adres e-Doręczeń: AE:PL-95179-82549-VVTFT-27; </w:t>
+        <w:t xml:space="preserve">, adres e-Doręczeń: AE:PL-95179-82549-VVTFT-27; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="190C8488" w14:textId="4E88F85B" w:rsidR="00346A45" w:rsidRPr="00AF623B" w:rsidRDefault="00346A45" w:rsidP="00B60CD9">
+    <w:p w:rsidR="00346A45" w:rsidRPr="00AF623B" w:rsidRDefault="00346A45" w:rsidP="00B60CD9">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:hanging="218"/>
         <w:rPr>
           <w:rStyle w:val="st"/>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AF623B">
         <w:rPr>
           <w:rStyle w:val="st"/>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">telefonicznie: </w:t>
       </w:r>
       <w:r w:rsidR="00AF623B" w:rsidRPr="00AF623B">
         <w:rPr>
           <w:rStyle w:val="st"/>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>+48 71 777 87 88.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10450883" w14:textId="77777777" w:rsidR="00346A45" w:rsidRPr="00A30C45" w:rsidRDefault="00346A45" w:rsidP="00B60CD9">
+    <w:p w:rsidR="00346A45" w:rsidRPr="00A30C45" w:rsidRDefault="00346A45" w:rsidP="00B60CD9">
       <w:pPr>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="st"/>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A30C45">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Cele przetwarzania danych</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4364386C" w14:textId="77777777" w:rsidR="007D29E8" w:rsidRPr="0016372F" w:rsidRDefault="009C6FC7" w:rsidP="00B60CD9">
+    <w:p w:rsidR="007D29E8" w:rsidRPr="0016372F" w:rsidRDefault="009C6FC7" w:rsidP="00B60CD9">
       <w:pPr>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A30C45">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Pani/Pana dane osobowe będą przetwarzane w celu </w:t>
       </w:r>
       <w:r w:rsidR="002C1B19" w:rsidRPr="009E311A">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>realizacji procesu rekrutacji na staż zawodowy w Urzędzie Miejskim</w:t>
       </w:r>
       <w:r w:rsidR="002C1B19">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Wrocławia</w:t>
       </w:r>
       <w:r w:rsidR="00B60CD9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76D54EDD" w14:textId="77777777" w:rsidR="00D227A2" w:rsidRPr="00A30C45" w:rsidRDefault="00D227A2" w:rsidP="00B60CD9">
+    <w:p w:rsidR="00D227A2" w:rsidRPr="00A30C45" w:rsidRDefault="00D227A2" w:rsidP="00B60CD9">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy3"/>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A30C45">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Podstawy prawne przetwarzania</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="703F66FF" w14:textId="77777777" w:rsidR="003E11A1" w:rsidRDefault="00D227A2" w:rsidP="00B60CD9">
+    <w:p w:rsidR="003E11A1" w:rsidRDefault="00D227A2" w:rsidP="00B60CD9">
       <w:pPr>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A30C45">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Będziemy przetwarzać Pani/Pana dane osobowe na podstawie:</w:t>
       </w:r>
       <w:r w:rsidR="003E11A1">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -503,51 +502,51 @@
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>w zakresie</w:t>
       </w:r>
       <w:r w:rsidR="003E11A1">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> stosowania</w:t>
       </w:r>
       <w:r w:rsidR="007D29E8" w:rsidRPr="003E11A1">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B5F486F" w14:textId="77777777" w:rsidR="003E11A1" w:rsidRPr="003E11A1" w:rsidRDefault="00A358E7" w:rsidP="00B60CD9">
+    <w:p w:rsidR="003E11A1" w:rsidRPr="003E11A1" w:rsidRDefault="00A358E7" w:rsidP="00B60CD9">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:hanging="208"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E11A1">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:iCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">ustawy </w:t>
       </w:r>
       <w:r w:rsidRPr="003E11A1">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
@@ -562,118 +561,148 @@
         </w:rPr>
         <w:t>pracy</w:t>
       </w:r>
       <w:r w:rsidRPr="003E11A1">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> i służbie zatrudnienia</w:t>
       </w:r>
       <w:r w:rsidR="003E11A1">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="003E11A1">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="216AB7A6" w14:textId="77777777" w:rsidR="002C1B19" w:rsidRPr="003E11A1" w:rsidRDefault="003E11A1" w:rsidP="00B60CD9">
+    <w:p w:rsidR="002C1B19" w:rsidRPr="003E11A1" w:rsidRDefault="003E11A1" w:rsidP="00B60CD9">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:hanging="208"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>rozporządzenia</w:t>
       </w:r>
       <w:r w:rsidR="00A358E7" w:rsidRPr="003E11A1">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Ministra Pracy i Polityki Społecznej z dnia 20 sierpnia 2009 r. </w:t>
+        <w:t xml:space="preserve"> Ministra Pracy</w:t>
+      </w:r>
+      <w:r w:rsidR="00A33F90">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> i Polityki Społecznej z dnia 30 października 2025</w:t>
+      </w:r>
+      <w:r w:rsidR="00A358E7" w:rsidRPr="003E11A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> r. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="00A358E7" w:rsidRPr="003E11A1">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>w sprawie szczegółowych warunków odbywania stażu przez bezrobotnych.</w:t>
+        <w:t xml:space="preserve">w sprawie </w:t>
+      </w:r>
+      <w:r w:rsidR="00A33F90" w:rsidRPr="00A33F90">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>szczegółowego sposobu i trybu organizowania stażu dla bezrobotnych</w:t>
+      </w:r>
+      <w:r w:rsidR="00A358E7" w:rsidRPr="003E11A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16140F4F" w14:textId="77777777" w:rsidR="007C48BD" w:rsidRPr="00A30C45" w:rsidRDefault="007C48BD" w:rsidP="00B60CD9">
+    <w:p w:rsidR="007C48BD" w:rsidRPr="00A30C45" w:rsidRDefault="007C48BD" w:rsidP="00B60CD9">
       <w:pPr>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="6"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A30C45">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Obligatoryjność/fakultatywność podania danych osobowych</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A9BFF6D" w14:textId="77777777" w:rsidR="007C48BD" w:rsidRDefault="007C48BD" w:rsidP="00B60CD9">
+    <w:p w:rsidR="007C48BD" w:rsidRDefault="007C48BD" w:rsidP="00B60CD9">
       <w:pPr>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A30C45">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Podanie przez Panią/Pana danych osobowych jest</w:t>
       </w:r>
       <w:r w:rsidR="007D29E8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A30C45">
@@ -703,417 +732,401 @@
       <w:r w:rsidR="009F4FED" w:rsidRPr="00A30C45">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> brak</w:t>
       </w:r>
       <w:r w:rsidR="004E4D10" w:rsidRPr="00A30C45">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>iem</w:t>
       </w:r>
       <w:r w:rsidR="007D29E8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> możliwości zawarcia umowy.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6DA2B523" w14:textId="77777777" w:rsidR="007D29E8" w:rsidRPr="007D29E8" w:rsidRDefault="007D29E8" w:rsidP="00B60CD9">
+    <w:p w:rsidR="007D29E8" w:rsidRPr="007D29E8" w:rsidRDefault="007D29E8" w:rsidP="00B60CD9">
       <w:pPr>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007D29E8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Kategorie przetwarzanych danych</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="160BF6EE" w14:textId="77777777" w:rsidR="007D29E8" w:rsidRDefault="007D29E8" w:rsidP="00B60CD9">
+    <w:p w:rsidR="007D29E8" w:rsidRDefault="007D29E8" w:rsidP="00B60CD9">
       <w:pPr>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007D29E8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Będziemy przetwarzać następujące kategorie Pani/Pana danych osobowych:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="640CBBA3" w14:textId="77777777" w:rsidR="007D29E8" w:rsidRDefault="007D29E8" w:rsidP="00B60CD9">
+    <w:p w:rsidR="007D29E8" w:rsidRDefault="007D29E8" w:rsidP="00B60CD9">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="357" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>imię i</w:t>
       </w:r>
       <w:r w:rsidRPr="007D29E8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> nazwisko, </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57873860" w14:textId="77777777" w:rsidR="007D29E8" w:rsidRPr="005F75C8" w:rsidRDefault="007D29E8" w:rsidP="00B60CD9">
+    <w:p w:rsidR="007D29E8" w:rsidRPr="005F75C8" w:rsidRDefault="007D29E8" w:rsidP="00B60CD9">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="357" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007D29E8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">adres zamieszkania, </w:t>
       </w:r>
       <w:r w:rsidRPr="005F75C8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">adres zameldowania, </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="798AA4BF" w14:textId="77777777" w:rsidR="007D29E8" w:rsidRDefault="007D29E8" w:rsidP="00B60CD9">
+    <w:p w:rsidR="007D29E8" w:rsidRDefault="007D29E8" w:rsidP="00B60CD9">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="357" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007D29E8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">PESEL, </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56DF267A" w14:textId="77777777" w:rsidR="007D29E8" w:rsidRPr="0055231A" w:rsidRDefault="007D29E8" w:rsidP="00B60CD9">
+    <w:p w:rsidR="007D29E8" w:rsidRPr="0055231A" w:rsidRDefault="007D29E8" w:rsidP="00B60CD9">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="357" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007D29E8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">adres e-mail, </w:t>
       </w:r>
       <w:r w:rsidRPr="0055231A">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>adres  e-doręczeń</w:t>
       </w:r>
-      <w:r w:rsidR="002D1E51" w:rsidRPr="0055231A">
+      <w:r w:rsidR="00412AAB">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="0055231A" w:rsidRPr="0055231A">
-[...14 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="49D3F029" w14:textId="77777777" w:rsidR="007D29E8" w:rsidRDefault="007D29E8" w:rsidP="00B60CD9">
+    <w:p w:rsidR="007D29E8" w:rsidRDefault="007D29E8" w:rsidP="00B60CD9">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="357" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007D29E8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>nr telefonu,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62B12691" w14:textId="77777777" w:rsidR="007D29E8" w:rsidRDefault="007D29E8" w:rsidP="00B60CD9">
+    <w:p w:rsidR="007D29E8" w:rsidRDefault="007D29E8" w:rsidP="00B60CD9">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="357" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007D29E8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">dane dot. wykształcenia, </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41216211" w14:textId="77777777" w:rsidR="007D29E8" w:rsidRPr="007D29E8" w:rsidRDefault="007D29E8" w:rsidP="00B60CD9">
+    <w:p w:rsidR="007D29E8" w:rsidRPr="007D29E8" w:rsidRDefault="007D29E8" w:rsidP="00B60CD9">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="357" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007D29E8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ewentualnie dane dotyczące stanu zdrowia (zaświadczenie o niepełnosprawności).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38BBF467" w14:textId="77777777" w:rsidR="007D29E8" w:rsidRPr="00A30C45" w:rsidRDefault="007D29E8" w:rsidP="00B60CD9">
+    <w:p w:rsidR="007D29E8" w:rsidRPr="00A30C45" w:rsidRDefault="007D29E8" w:rsidP="00B60CD9">
       <w:pPr>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Źródło pochodzenia danych</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D9BDF2C" w14:textId="77777777" w:rsidR="002C1B19" w:rsidRDefault="007D29E8" w:rsidP="00B60CD9">
+    <w:p w:rsidR="002C1B19" w:rsidRDefault="007D29E8" w:rsidP="00B60CD9">
       <w:pPr>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana"/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007D29E8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve">Pani/Pana </w:t>
       </w:r>
       <w:r w:rsidRPr="007D29E8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">dane osobowe pozyskane zostały </w:t>
       </w:r>
       <w:r w:rsidR="002C1B19" w:rsidRPr="009E311A">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana"/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve">od Powiatowego Urzędu Pracy we Wrocławiu, Fundacji, Stowarzyszeń i innych </w:t>
       </w:r>
       <w:r w:rsidR="002C1B19">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana"/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>podmiotów kierujących na staż.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7FCD66F5" w14:textId="77777777" w:rsidR="007C48BD" w:rsidRPr="00A30C45" w:rsidRDefault="009657E3" w:rsidP="00B60CD9">
+    <w:p w:rsidR="007C48BD" w:rsidRPr="00A30C45" w:rsidRDefault="009657E3" w:rsidP="00B60CD9">
       <w:pPr>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A30C45">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Okres retencji danych</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05F3CC41" w14:textId="77777777" w:rsidR="00000A83" w:rsidRDefault="009657E3" w:rsidP="00B60CD9">
+    <w:p w:rsidR="00000A83" w:rsidRDefault="009657E3" w:rsidP="00B60CD9">
       <w:pPr>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A30C45">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Pani/Pana dane osobowe będą przechowywane przez </w:t>
       </w:r>
       <w:r w:rsidR="002C1B19" w:rsidRPr="009E311A">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>minimum 10 lat, następnie Archiwum Państwowe po ekspertyzie dokumentów</w:t>
       </w:r>
       <w:r w:rsidR="002C1B19">
@@ -1156,91 +1169,91 @@
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="002C1B19" w:rsidRPr="009E311A">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> od stycznia kolejnego roku po zakończeniu </w:t>
       </w:r>
       <w:r w:rsidR="002C1B19">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Pani/Pana</w:t>
       </w:r>
       <w:r w:rsidR="002C1B19" w:rsidRPr="009E311A">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> stażu a następnie zostaną przekazane do Archiwum </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="002C1B19" w:rsidRPr="009E311A">
+        <w:t xml:space="preserve"> stażu a następnie zostaną przekazane do Archiwum Państwowego, gdzie będą przetwarzane wieczyście.</w:t>
+      </w:r>
+      <w:r w:rsidR="00000A83">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Dane będą przechowywanie również </w:t>
+      </w:r>
+      <w:r w:rsidR="00000A83">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Państwowego, gdzie będą przetwarzane wieczyście.</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> Dane będą przechowywanie również w celach związanych z dochodzeniem lub ochroną przed roszczeniami do czasu przedawnienia tych roszczeń.</w:t>
+        <w:t>w celach związanych z dochodzeniem lub ochroną przed roszczeniami do czasu przedawnienia tych roszczeń.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74EF87D7" w14:textId="77777777" w:rsidR="00FD164A" w:rsidRPr="00EB2493" w:rsidRDefault="00FD164A" w:rsidP="00B60CD9">
+    <w:p w:rsidR="00FD164A" w:rsidRPr="00EB2493" w:rsidRDefault="00FD164A" w:rsidP="00B60CD9">
       <w:pPr>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB2493">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Odbiorcy danych</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="243B4615" w14:textId="77777777" w:rsidR="009D4F43" w:rsidRDefault="00FD164A" w:rsidP="00B60CD9">
+    <w:p w:rsidR="009D4F43" w:rsidRDefault="00FD164A" w:rsidP="00B60CD9">
       <w:pPr>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Odbiorcami Pani/Pana danych osobowych mogą być</w:t>
       </w:r>
       <w:r w:rsidR="007D29E8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007D29E8" w:rsidRPr="0016372F">
@@ -1294,335 +1307,335 @@
       <w:r w:rsidR="009D4F43">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Takie podmioty przetwarzają dane na podstawie zawartej umowy z administratorem i</w:t>
       </w:r>
       <w:r w:rsidR="00961097">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="009D4F43">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>tylko zgodnie z jego poleceniami.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10FC5A97" w14:textId="77777777" w:rsidR="0004457C" w:rsidRPr="00EB2493" w:rsidRDefault="0004457C" w:rsidP="00B60CD9">
+    <w:p w:rsidR="0004457C" w:rsidRPr="00EB2493" w:rsidRDefault="0004457C" w:rsidP="00B60CD9">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy3"/>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Przysługujące prawa</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C2C06DB" w14:textId="77777777" w:rsidR="00846131" w:rsidRPr="00846131" w:rsidRDefault="0004457C" w:rsidP="00B60CD9">
+    <w:p w:rsidR="00846131" w:rsidRPr="00846131" w:rsidRDefault="0004457C" w:rsidP="00B60CD9">
       <w:pPr>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A30C45">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Przysługuje Pani/Panu:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="000FDBA6" w14:textId="77777777" w:rsidR="00846131" w:rsidRPr="00846131" w:rsidRDefault="0004457C" w:rsidP="00B60CD9">
+    <w:p w:rsidR="00846131" w:rsidRPr="00846131" w:rsidRDefault="0004457C" w:rsidP="00B60CD9">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00846131">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>prawo dostępu do swoich d</w:t>
       </w:r>
       <w:r w:rsidR="00F374E5">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>anych oraz otrzymania ich kopii,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B6A2BD8" w14:textId="77777777" w:rsidR="0004457C" w:rsidRDefault="0004457C" w:rsidP="00B60CD9">
+    <w:p w:rsidR="0004457C" w:rsidRDefault="0004457C" w:rsidP="00B60CD9">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00846131">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">prawo do sprostowania (poprawiania) </w:t>
       </w:r>
       <w:r w:rsidR="00F374E5">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>swoich danych,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3320F4AF" w14:textId="77777777" w:rsidR="008C38C1" w:rsidRPr="008C38C1" w:rsidRDefault="008C38C1" w:rsidP="00B60CD9">
+    <w:p w:rsidR="008C38C1" w:rsidRPr="008C38C1" w:rsidRDefault="008C38C1" w:rsidP="00B60CD9">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00846131">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>prawo do usunięcia dany</w:t>
       </w:r>
       <w:r w:rsidR="00F374E5">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ch (prawo do bycia zapomnianym),</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12579E64" w14:textId="77777777" w:rsidR="0004457C" w:rsidRDefault="0004457C" w:rsidP="00B60CD9">
+    <w:p w:rsidR="0004457C" w:rsidRDefault="0004457C" w:rsidP="00B60CD9">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">prawo do </w:t>
       </w:r>
       <w:r w:rsidRPr="00751E20">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>og</w:t>
       </w:r>
       <w:r w:rsidR="00F374E5">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>raniczenia przetwarzania danych,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46641A60" w14:textId="77777777" w:rsidR="008C38C1" w:rsidRPr="008C38C1" w:rsidRDefault="00F374E5" w:rsidP="00B60CD9">
+    <w:p w:rsidR="008C38C1" w:rsidRPr="008C38C1" w:rsidRDefault="00F374E5" w:rsidP="00B60CD9">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>prawo do przenoszenia danych,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0954A99F" w14:textId="77777777" w:rsidR="0004457C" w:rsidRPr="00846131" w:rsidRDefault="0004457C" w:rsidP="00B60CD9">
+    <w:p w:rsidR="0004457C" w:rsidRPr="00846131" w:rsidRDefault="0004457C" w:rsidP="00B60CD9">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00846131">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>prawo do wniesienia sprze</w:t>
       </w:r>
       <w:r w:rsidR="00F374E5">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ciwu wobec przetwarzania danych,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FFBFCF3" w14:textId="77777777" w:rsidR="00846131" w:rsidRPr="00846131" w:rsidRDefault="0004457C" w:rsidP="00B60CD9">
+    <w:p w:rsidR="00846131" w:rsidRPr="00846131" w:rsidRDefault="0004457C" w:rsidP="00B60CD9">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00846131">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>prawo do wniesienia skargi do organu nadzorczego – tj. Prezesa Urzędu Ochrony Danych Osobowych</w:t>
       </w:r>
       <w:r w:rsidR="00846131">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5123B4FE" w14:textId="77777777" w:rsidR="007A2806" w:rsidRPr="00EB2493" w:rsidRDefault="007A2806" w:rsidP="00B60CD9">
+    <w:p w:rsidR="007A2806" w:rsidRPr="00EB2493" w:rsidRDefault="007A2806" w:rsidP="00B60CD9">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy3"/>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB2493">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Inspektor Ochrony Danych</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61E34F62" w14:textId="77777777" w:rsidR="007A2806" w:rsidRPr="00EB2493" w:rsidRDefault="007A2806" w:rsidP="00F374E5">
+    <w:p w:rsidR="007A2806" w:rsidRPr="00EB2493" w:rsidRDefault="007A2806" w:rsidP="00F374E5">
       <w:pPr>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB2493">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>W Urzędzie wyznaczony został Inspektor Ochrony Danych</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00EB2493">
@@ -1668,134 +1681,153 @@
       <w:r w:rsidR="009A733A">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006A2939">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Możliwości kontaktu z Inspektorem</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB2493">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68695E02" w14:textId="77777777" w:rsidR="007A2806" w:rsidRPr="00B60CD9" w:rsidRDefault="007A2806" w:rsidP="00F374E5">
+    <w:p w:rsidR="007A2806" w:rsidRPr="00B60CD9" w:rsidRDefault="007A2806" w:rsidP="00F374E5">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B60CD9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>listownie na adres: al. M. Kromera 44, 51-163 Wrocław</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D4852C9" w14:textId="77777777" w:rsidR="007A2806" w:rsidRPr="00B60CD9" w:rsidRDefault="007A2806" w:rsidP="00F374E5">
+    <w:p w:rsidR="007A2806" w:rsidRPr="00B60CD9" w:rsidRDefault="007A2806" w:rsidP="00F374E5">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B60CD9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>przez e-mail: iod@um.wroc.pl</w:t>
+        <w:t xml:space="preserve">przez e-mail: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId6" w:history="1">
+        <w:r w:rsidR="006204F6" w:rsidRPr="00801124">
+          <w:rPr>
+            <w:rStyle w:val="Hipercze"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>iod@um.wroc.pl</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="006204F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A9CBD9D" w14:textId="77777777" w:rsidR="007A2806" w:rsidRPr="00EB2493" w:rsidRDefault="007A2806" w:rsidP="00B60CD9">
+    <w:p w:rsidR="00A33F90" w:rsidRPr="00A33F90" w:rsidRDefault="007A2806" w:rsidP="00A33F90">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB2493">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>telefonicznie: 71 777 77 24.</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="007A2806" w:rsidRPr="00EB2493" w:rsidSect="000C2C31">
+    <w:sectPr w:rsidR="00A33F90" w:rsidRPr="00A33F90" w:rsidSect="000C2C31">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
@@ -1820,52 +1852,52 @@
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+  <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="06883A11"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A6A0E6B2"/>
     <w:lvl w:ilvl="0" w:tplc="DE20127A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1065" w:hanging="705"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
@@ -1913,51 +1945,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="1">
     <w:nsid w:val="08543A5A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8A7C2A3C"/>
     <w:lvl w:ilvl="0" w:tplc="04150001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="122ED0AA">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1785" w:hanging="705"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Verdana" w:cstheme="minorBidi" w:hint="default"/>
       </w:rPr>
@@ -2025,51 +2057,51 @@
     <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="2">
     <w:nsid w:val="09036668"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F484EB56"/>
     <w:lvl w:ilvl="0" w:tplc="122ED0AA">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2865" w:hanging="705"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Verdana" w:cstheme="minorBidi" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
@@ -2137,51 +2169,51 @@
     <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7560" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3">
     <w:nsid w:val="0EBA2C96"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="86C831DA"/>
     <w:lvl w:ilvl="0" w:tplc="04150001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -2250,51 +2282,51 @@
     <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4">
     <w:nsid w:val="122432EB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4000B302"/>
     <w:lvl w:ilvl="0" w:tplc="04150001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -2363,51 +2395,51 @@
     <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5">
     <w:nsid w:val="16B85608"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="83B2B36E"/>
     <w:lvl w:ilvl="0" w:tplc="04150001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -2476,51 +2508,51 @@
     <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6">
     <w:nsid w:val="16E03D3B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8DE873E0"/>
     <w:lvl w:ilvl="0" w:tplc="122ED0AA">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2865" w:hanging="705"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Verdana" w:cstheme="minorBidi" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
@@ -2588,51 +2620,51 @@
     <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7560" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7">
     <w:nsid w:val="33837847"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1E54D29A"/>
     <w:lvl w:ilvl="0" w:tplc="04150001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -2701,51 +2733,51 @@
     <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8">
     <w:nsid w:val="35540C19"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BCA0D842"/>
     <w:lvl w:ilvl="0" w:tplc="04150001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -2814,51 +2846,51 @@
     <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9">
     <w:nsid w:val="39B17074"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B488664C"/>
     <w:lvl w:ilvl="0" w:tplc="DE20127A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1065" w:hanging="705"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="CB1EE33A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
@@ -2906,51 +2938,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10">
     <w:nsid w:val="402623EB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="369C4598"/>
     <w:lvl w:ilvl="0" w:tplc="04150001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -3019,51 +3051,51 @@
     <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11">
     <w:nsid w:val="445951A5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BC7467C6"/>
     <w:lvl w:ilvl="0" w:tplc="122ED0AA">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2297" w:hanging="705"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Verdana" w:cstheme="minorBidi" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
@@ -3131,51 +3163,51 @@
     <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5192" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5912" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12">
     <w:nsid w:val="46CD6768"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="97BCB066"/>
     <w:lvl w:ilvl="0" w:tplc="1A661692">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -3244,51 +3276,51 @@
     <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13">
     <w:nsid w:val="5A14051D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8EDABC30"/>
     <w:lvl w:ilvl="0" w:tplc="05D05DA6">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1785" w:hanging="705"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Verdana" w:cstheme="minorBidi" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -3357,51 +3389,51 @@
     <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14">
     <w:nsid w:val="6A5B04F9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DE7E2DC0"/>
     <w:lvl w:ilvl="0" w:tplc="04150001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -3470,51 +3502,51 @@
     <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15">
     <w:nsid w:val="73D50E0B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C5668EC2"/>
     <w:lvl w:ilvl="0" w:tplc="04150001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -3583,51 +3615,51 @@
     <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16">
     <w:nsid w:val="769632B6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="644AD3EA"/>
     <w:lvl w:ilvl="0" w:tplc="122ED0AA">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2865" w:hanging="705"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Verdana" w:cstheme="minorBidi" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
@@ -3695,51 +3727,51 @@
     <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7560" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17">
     <w:nsid w:val="7A0E2F64"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BB0C60B6"/>
     <w:lvl w:ilvl="0" w:tplc="122ED0AA">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1785" w:hanging="705"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Verdana" w:cstheme="minorBidi" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
@@ -3865,620 +3897,385 @@
   <w:num w:numId="12">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="13">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="14">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="15">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="16">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="17">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="18">
     <w:abstractNumId w:val="15"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:compat>
-[...2 lines deleted...]
-  </w:compat>
+  <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="00346A45"/>
     <w:rsid w:val="00000A83"/>
     <w:rsid w:val="0004457C"/>
     <w:rsid w:val="000C2C31"/>
     <w:rsid w:val="000C38EE"/>
     <w:rsid w:val="000F50B3"/>
     <w:rsid w:val="00130518"/>
     <w:rsid w:val="0014226B"/>
     <w:rsid w:val="00142F3A"/>
     <w:rsid w:val="00155AC8"/>
     <w:rsid w:val="00180D85"/>
     <w:rsid w:val="001A5C9B"/>
     <w:rsid w:val="00223852"/>
     <w:rsid w:val="00226774"/>
     <w:rsid w:val="002344FB"/>
     <w:rsid w:val="002511BA"/>
     <w:rsid w:val="0028070C"/>
     <w:rsid w:val="002C1B19"/>
     <w:rsid w:val="002D1E51"/>
     <w:rsid w:val="00316784"/>
     <w:rsid w:val="00340108"/>
     <w:rsid w:val="003454E5"/>
     <w:rsid w:val="00346A45"/>
     <w:rsid w:val="00355158"/>
     <w:rsid w:val="003D0A7B"/>
     <w:rsid w:val="003E11A1"/>
     <w:rsid w:val="003E7A68"/>
+    <w:rsid w:val="00403306"/>
     <w:rsid w:val="00411A8C"/>
+    <w:rsid w:val="00412AAB"/>
     <w:rsid w:val="00414096"/>
     <w:rsid w:val="004C2C17"/>
     <w:rsid w:val="004E4D10"/>
     <w:rsid w:val="004F237F"/>
     <w:rsid w:val="00542137"/>
     <w:rsid w:val="0055231A"/>
     <w:rsid w:val="00566A80"/>
     <w:rsid w:val="005962DF"/>
     <w:rsid w:val="005E24C3"/>
     <w:rsid w:val="005F75C8"/>
+    <w:rsid w:val="006204F6"/>
     <w:rsid w:val="00661A45"/>
     <w:rsid w:val="006A2939"/>
     <w:rsid w:val="006C372B"/>
     <w:rsid w:val="006E4407"/>
     <w:rsid w:val="006F4B5B"/>
     <w:rsid w:val="006F5BDA"/>
     <w:rsid w:val="00711359"/>
     <w:rsid w:val="00713668"/>
     <w:rsid w:val="00741341"/>
     <w:rsid w:val="00751E20"/>
     <w:rsid w:val="007915FF"/>
     <w:rsid w:val="007A2806"/>
     <w:rsid w:val="007C48BD"/>
     <w:rsid w:val="007D2222"/>
     <w:rsid w:val="007D29E8"/>
     <w:rsid w:val="007E3ABB"/>
     <w:rsid w:val="00836FD7"/>
     <w:rsid w:val="00846131"/>
     <w:rsid w:val="00871653"/>
     <w:rsid w:val="00883A0A"/>
     <w:rsid w:val="008C38C1"/>
     <w:rsid w:val="008E4445"/>
     <w:rsid w:val="00961097"/>
     <w:rsid w:val="0096434C"/>
     <w:rsid w:val="009657E3"/>
     <w:rsid w:val="009A4803"/>
     <w:rsid w:val="009A733A"/>
     <w:rsid w:val="009C6FC7"/>
     <w:rsid w:val="009D1B60"/>
     <w:rsid w:val="009D4F43"/>
     <w:rsid w:val="009D5811"/>
     <w:rsid w:val="009F4FED"/>
     <w:rsid w:val="00A30C45"/>
+    <w:rsid w:val="00A33F90"/>
     <w:rsid w:val="00A358E7"/>
     <w:rsid w:val="00A43480"/>
     <w:rsid w:val="00A565A6"/>
     <w:rsid w:val="00A75EDC"/>
     <w:rsid w:val="00AE153E"/>
     <w:rsid w:val="00AF623B"/>
     <w:rsid w:val="00B02865"/>
     <w:rsid w:val="00B60CD9"/>
     <w:rsid w:val="00BA380A"/>
     <w:rsid w:val="00BD3776"/>
     <w:rsid w:val="00C02B34"/>
+    <w:rsid w:val="00C306EE"/>
     <w:rsid w:val="00C34341"/>
     <w:rsid w:val="00C34E53"/>
     <w:rsid w:val="00C52DD0"/>
     <w:rsid w:val="00C957E0"/>
     <w:rsid w:val="00CD4C14"/>
     <w:rsid w:val="00D227A2"/>
     <w:rsid w:val="00D74600"/>
+    <w:rsid w:val="00D82925"/>
     <w:rsid w:val="00E02973"/>
     <w:rsid w:val="00E03239"/>
     <w:rsid w:val="00E501B8"/>
     <w:rsid w:val="00E63E74"/>
     <w:rsid w:val="00E7521C"/>
     <w:rsid w:val="00F02E57"/>
     <w:rsid w:val="00F109DF"/>
     <w:rsid w:val="00F374E5"/>
     <w:rsid w:val="00FD164A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="0"/>
+    <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pl-PL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="2DA90343"/>
-  <w15:docId w15:val="{603AAC84-32DD-4BB7-BCA7-704855629552}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="pl-PL" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
-[...375 lines deleted...]
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="annotation text" w:uiPriority="0"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="39" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normalny">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="000C2C31"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Nagwek1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normalny"/>
     <w:next w:val="Normalny"/>
     <w:link w:val="Nagwek1Znak"/>
     <w:qFormat/>
     <w:rsid w:val="00346A45"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="pl-PL"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Domylnaczcionkaakapitu">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Standardowy">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Bezlisty">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Nagwek1Znak">
     <w:name w:val="Nagłówek 1 Znak"/>
     <w:basedOn w:val="Domylnaczcionkaakapitu"/>
     <w:link w:val="Nagwek1"/>
     <w:rsid w:val="00346A45"/>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
@@ -4656,67 +4453,67 @@
     <w:basedOn w:val="TekstkomentarzaZnak1"/>
     <w:link w:val="Tematkomentarza"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="000F50B3"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="pl-PL"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hipercze">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Domylnaczcionkaakapitu"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00542137"/>
     <w:rPr>
       <w:color w:val="0563C1" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Nierozpoznanawzmianka">
+  <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Domylnaczcionkaakapitu"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00542137"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:divs>
     <w:div w:id="1586962238">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1975910520">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -4736,51 +4533,51 @@
           <w:divsChild>
             <w:div w:id="685058561">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:iod@um.wroc.pl" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:wok@um.wroc.pl" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motyw pakietu Office">
   <a:themeElements>
     <a:clrScheme name="Pakiet Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -5028,81 +4825,77 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>580</Words>
-  <Characters>3485</Characters>
+  <Words>584</Words>
+  <Characters>3509</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>29</Lines>
   <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company/>
+  <Company>Centrum Usług Informatycznych we Wrocławiu</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4057</CharactersWithSpaces>
+  <CharactersWithSpaces>4085</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-  <dc:subject/>
   <dc:creator>Rzepkowska Agnieszka</dc:creator>
-  <cp:keywords/>
-  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>