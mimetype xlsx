--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -6,83 +6,86 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="7" rupBuild="4506"/>
   <workbookPr/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" activeTab="2"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720"/>
   </bookViews>
   <sheets>
     <sheet name="Wychowanie przedszkolne" sheetId="2" r:id="rId1"/>
     <sheet name="Niepubl. szkoły dla młodzieży" sheetId="3" r:id="rId2"/>
     <sheet name="Publ. szkoły dla młodzieży" sheetId="4" r:id="rId3"/>
     <sheet name="Szkoły specjalne" sheetId="5" r:id="rId4"/>
     <sheet name="Szkoły dla dorosłych" sheetId="6" r:id="rId5"/>
     <sheet name="Pozostałe placówki" sheetId="7" r:id="rId6"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Wychowanie przedszkolne'!$A$5:$C$62</definedName>
   </definedNames>
-  <calcPr calcId="125725"/>
+  <calcPr calcId="191029" fullPrecision="0"/>
   <extLst xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main">
     <ext uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
+    <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
+      <xlwcv:version setVersion="1"/>
+    </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="387" uniqueCount="181">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="387" uniqueCount="184">
   <si>
     <t>WYCHOWANIE PRZEDSZKOLNE</t>
   </si>
   <si>
     <t>PRZEDSZKOLA, ODDZIAŁY PRZEDSZKOLNE W SZKOŁACH PODSTAWOWYCH ORAZ INNE FORMY WYCHOWANIA PRZEDSZKOLNEGO</t>
   </si>
   <si>
     <t>Lp.</t>
   </si>
   <si>
     <t>NIEPUBLICZNE</t>
   </si>
   <si>
     <t>PUBLICZNE</t>
   </si>
   <si>
     <t xml:space="preserve">niepubliczne przedszkola ogólnodostępne </t>
   </si>
   <si>
     <t>publiczne przedszkola ogólnodostępne</t>
   </si>
   <si>
     <t>niepubliczny punkt przedszkolny lub zespół wychowania przedszkolnego</t>
   </si>
   <si>
@@ -494,65 +497,50 @@
   <si>
     <t>publiczne branżowe I stopnia z uczniami młodocianymi z praktyką u pracodawcy i dokształcaniem teoretycznym na turnusie dokształcania teoretycznego, masowe</t>
   </si>
   <si>
     <t>TECHNIKA</t>
   </si>
   <si>
     <t>SZKOŁY SPECJALNE</t>
   </si>
   <si>
     <t>SZKOŁY PODSTAWOWE SPECJALNE - UCZNIOWIE KLAS I - III</t>
   </si>
   <si>
     <t>szkoły podstawowe specjalne - uczniowie z niepełnosprawnością intelektualną w stopniu lekkim, uczniowie niedostosowani społecznie, uczniowie zagrożeni niedostosowaniem społecznym</t>
   </si>
   <si>
     <t>szkoły podstawowe specjalne -  uczniowie niewidomi i słabowidzący, uczniowie z niepełnosprawnością ruchową, w tym z afazją</t>
   </si>
   <si>
     <t xml:space="preserve">szkoły podstawowe specjalne - uczniowie niesłyszący i słabosłyszący, uczniowie z niepełnosprawnością intelektualną w stopniu umiarkowanym lub znacznym  </t>
   </si>
   <si>
     <t xml:space="preserve">szkoły podstawowe specjalne - uczniowie z niepełnosprawnościami sprzężonymi oraz uczniowie z autyzmem, w tym z zespołem Aspergera </t>
   </si>
   <si>
-    <r>
-[...13 lines deleted...]
-  <si>
     <t>SZKOŁY PODSTAWOWE SPECJALNE - UCZNIOWIE KLAS IV - VIII</t>
   </si>
   <si>
     <t>LICEA OGÓLNOKSZTAŁCĄCE SPECJALNE</t>
   </si>
   <si>
     <t>licea ogólnokształcące specjalne - uczniowie z niepełnosprawnością intelektualną w stopniu lekkim, uczniowie niedostosowani społecznie oraz uczniowie zagrożeni niedostosowaniem społecznym</t>
   </si>
   <si>
     <t>licea ogólnokształcące specjalne -  uczniowie niewidomi i słabowidzący, uczniowie z niepełnosprawnością ruchową, w tym z afazją</t>
   </si>
   <si>
     <t>licea ogólnokształcące specjalne - uczniowie niesłyszący i słabosłyszący, uczniowie z niepełnosprawnością intelektualną w stopniu umiarkowanym lub znacznym</t>
   </si>
   <si>
     <t xml:space="preserve">licea ogólnokształcące specjalne - uczniowie z niepełnosprawnościami sprzężonymi oraz uczniowie z autyzmem, w tym z zespołem Aspergera </t>
   </si>
   <si>
     <t>TECHNIKA SPECJALNE</t>
   </si>
   <si>
     <t>BRANŻOWE SZKOŁY I STOPNIA SPECJALNE</t>
   </si>
   <si>
     <t xml:space="preserve">SZKOŁY SPECJALNE PRZYSPOSABIAJĄCE DO PRACY </t>
@@ -1258,61 +1246,129 @@
         <sz val="22"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t xml:space="preserve"> szkoły policealne kształcące w formie zaocznej - (z wyłączeniem zawodów medycznych i technik administracji, technik bezpieczeństwa i higieny pracy, technik ochrony fizycznej osób i mienia, opiekunka środowiskowa, opiekun osoby starszej, technik archiwista, asystent kierownika produkcji filmowej/telewizyjnej, asystent kierownika produkcji filmowej i telewizyjnej, technik usług pocztowych i finansowych, administrator produkcji filmowej i telewizyjnej oraz animator rynku książki)</t>
     </r>
   </si>
   <si>
     <t>niepubliczne szkoły policealne kształcące w zawodach: technik administracji, technik bezpieczeństwa i higieny pracy, technik ochrony fizycznej osób i mienia, opiekunka środowiskowa, opiekun osoby starszej, technik archiwista, asystent kierownika produkcji filmowej i telewizyjnej, technik usług pocztowych i finansowych, administrator produkcji filmowej i telewizyjnej oraz animator rynku książki - zawody z ust. 20</t>
   </si>
   <si>
     <t>niepubliczne szkoły policealne kształcące w innych zawodach (z wyłączeniem zawodów medycznych i technik administracji, technik bezpieczeństwa i higieny pracy,  technik ochrony fizycznej osób i mienia, opiekunka środowiskowa, opiekun osoby starszej, technik archiwista, asystent kierownika produkcji filmowej i telewizyjnej, technik usług pocztowych i finansowych, administrator produkcji filmowej i telewizyjnej oraz animator rynku książki)</t>
   </si>
   <si>
     <t xml:space="preserve">niepubliczne licea ogólnokształcące dla młodzieży - uczniowie z niepełnosprawnościami sprzężonymi oraz uczniowie z autyzmem, w tym z zespołem Aspergera - liczba godzin wsparcia &gt; 10 </t>
   </si>
   <si>
     <t xml:space="preserve">niepubliczne szkoły podstawowe - uczniowie z niepełnosprawnościami sprzężonymi oraz uczniowie z autyzmem, w tym z zespołem Aspergera - liczba godzin wsparcia &gt; 10 </t>
   </si>
   <si>
     <t>niepubliczne szkoły podstawowe - uczniowie z niepełnosprawnościami sprzężonymi oraz uczniowie z autyzmem, w tym z zespołem Aspergera - liczba godzin wsparcia &gt; 10</t>
   </si>
   <si>
     <t xml:space="preserve">publiczne licea ogólnokształcące dla młodzieży - uczniowie z niepełnosprawnościami sprzężonymi oraz uczniowie z autyzmem, w tym z zespołem Aspergera - liczba godzin wsparcia &gt; 10 </t>
+  </si>
+  <si>
+    <t>-</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">szkoły podstawowe specjalne - uczniowie z niepełnosprawnościami sprzężonymi oraz uczniowie z autyzmem, w tym z zespołem Aspergera </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="22"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+        <charset val="238"/>
+      </rPr>
+      <t xml:space="preserve">w domowym nauczaniu </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="22"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+        <charset val="238"/>
+      </rPr>
+      <t>(wskaźnik 0,8)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">publiczne szkoły podstawowe - uczniowie z niepełnosprawnościami sprzężonymi oraz uczniowie z autyzmem, w tym z zespołem Aspergera </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="22"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+        <charset val="238"/>
+      </rPr>
+      <t xml:space="preserve">- </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="22"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+        <charset val="238"/>
+      </rPr>
+      <t xml:space="preserve">liczba godzin wsparcia &gt; 10 </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>publiczne szkoły podstawowe - uczniowie z niepełnosprawnościami sprzężonymi oraz uczniowie z autyzmem, w tym z zespołem Aspergera -</t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="22"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+        <charset val="238"/>
+      </rPr>
+      <t xml:space="preserve"> liczba godzin wsparcia &gt; 10 </t>
+    </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="#,##0.00\ &quot;zł&quot;"/>
     <numFmt numFmtId="165" formatCode="#,##0.000"/>
   </numFmts>
-  <fonts count="14">
+  <fonts count="17">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <b/>
       <sz val="24"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="14"/>
       <name val="Times New Roman"/>
       <family val="1"/>
@@ -1358,50 +1414,73 @@
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <b/>
       <sz val="18"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="16"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
       <sz val="18"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
       <sz val="22"/>
       <name val="Czcionka tekstu podstawowego"/>
       <charset val="238"/>
     </font>
+    <font>
+      <sz val="18"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="238"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <u/>
+      <sz val="22"/>
+      <name val="Arial"/>
+      <family val="2"/>
+      <charset val="238"/>
+    </font>
+    <font>
+      <u/>
+      <sz val="22"/>
+      <color theme="1"/>
+      <name val="Arial"/>
+      <family val="2"/>
+      <charset val="238"/>
+    </font>
   </fonts>
   <fills count="7">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="7" tint="0.59999389629810485"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="7" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="65"/>
         <bgColor indexed="64"/>
       </patternFill>
@@ -2269,51 +2348,51 @@
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="219">
+  <cellXfs count="221">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="1" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="10" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="10" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="5" fillId="0" borderId="15" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="5" fillId="0" borderId="16" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="3" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="21" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="5" fillId="0" borderId="23" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
@@ -2607,50 +2686,52 @@
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="63" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="6" fillId="0" borderId="52" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="6" fillId="0" borderId="57" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="64" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="27" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="47" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="20" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="5" fillId="0" borderId="26" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="10" fontId="14" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="28" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="29" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="30" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="5" fillId="0" borderId="28" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="5" fillId="0" borderId="30" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="5" fillId="0" borderId="31" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="37" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="38" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
@@ -3232,78 +3313,86 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns="" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
+<file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
+</file>
+
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:O76"/>
   <sheetViews>
-    <sheetView showGridLines="0" topLeftCell="A7" zoomScale="50" zoomScaleNormal="50" zoomScalePageLayoutView="57" workbookViewId="0">
-      <selection activeCell="V4" sqref="V4"/>
+    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A56" zoomScale="50" zoomScaleNormal="50" zoomScalePageLayoutView="57" workbookViewId="0">
+      <selection activeCell="N54" sqref="N54"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="23.25"/>
   <cols>
     <col min="1" max="1" width="9.42578125" style="1" customWidth="1"/>
     <col min="2" max="2" width="125.85546875" style="26" customWidth="1"/>
     <col min="3" max="3" width="32" style="27" customWidth="1"/>
     <col min="4" max="8" width="32" style="1" customWidth="1"/>
     <col min="9" max="12" width="9.140625" style="1" customWidth="1"/>
     <col min="13" max="13" width="14.5703125" style="1" customWidth="1"/>
     <col min="14" max="14" width="9.140625" style="1"/>
     <col min="15" max="15" width="17.28515625" style="1" bestFit="1" customWidth="1"/>
     <col min="16" max="256" width="9.140625" style="1"/>
     <col min="257" max="257" width="9.42578125" style="1" customWidth="1"/>
     <col min="258" max="258" width="125.85546875" style="1" customWidth="1"/>
     <col min="259" max="264" width="32" style="1" customWidth="1"/>
     <col min="265" max="268" width="9.140625" style="1"/>
     <col min="269" max="269" width="14.5703125" style="1" customWidth="1"/>
     <col min="270" max="270" width="9.140625" style="1"/>
     <col min="271" max="271" width="17.28515625" style="1" bestFit="1" customWidth="1"/>
     <col min="272" max="512" width="9.140625" style="1"/>
     <col min="513" max="513" width="9.42578125" style="1" customWidth="1"/>
     <col min="514" max="514" width="125.85546875" style="1" customWidth="1"/>
     <col min="515" max="520" width="32" style="1" customWidth="1"/>
     <col min="521" max="524" width="9.140625" style="1"/>
@@ -3780,1381 +3869,1381 @@
     <col min="15619" max="15624" width="32" style="1" customWidth="1"/>
     <col min="15625" max="15628" width="9.140625" style="1"/>
     <col min="15629" max="15629" width="14.5703125" style="1" customWidth="1"/>
     <col min="15630" max="15630" width="9.140625" style="1"/>
     <col min="15631" max="15631" width="17.28515625" style="1" bestFit="1" customWidth="1"/>
     <col min="15632" max="15872" width="9.140625" style="1"/>
     <col min="15873" max="15873" width="9.42578125" style="1" customWidth="1"/>
     <col min="15874" max="15874" width="125.85546875" style="1" customWidth="1"/>
     <col min="15875" max="15880" width="32" style="1" customWidth="1"/>
     <col min="15881" max="15884" width="9.140625" style="1"/>
     <col min="15885" max="15885" width="14.5703125" style="1" customWidth="1"/>
     <col min="15886" max="15886" width="9.140625" style="1"/>
     <col min="15887" max="15887" width="17.28515625" style="1" bestFit="1" customWidth="1"/>
     <col min="15888" max="16128" width="9.140625" style="1"/>
     <col min="16129" max="16129" width="9.42578125" style="1" customWidth="1"/>
     <col min="16130" max="16130" width="125.85546875" style="1" customWidth="1"/>
     <col min="16131" max="16136" width="32" style="1" customWidth="1"/>
     <col min="16137" max="16140" width="9.140625" style="1"/>
     <col min="16141" max="16141" width="14.5703125" style="1" customWidth="1"/>
     <col min="16142" max="16142" width="9.140625" style="1"/>
     <col min="16143" max="16143" width="17.28515625" style="1" bestFit="1" customWidth="1"/>
     <col min="16144" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15" ht="74.25" customHeight="1">
-      <c r="A1" s="164" t="s">
-[...8 lines deleted...]
-      <c r="H1" s="166"/>
+      <c r="A1" s="166" t="s">
+        <v>136</v>
+      </c>
+      <c r="B1" s="167"/>
+      <c r="C1" s="167"/>
+      <c r="D1" s="167"/>
+      <c r="E1" s="167"/>
+      <c r="F1" s="167"/>
+      <c r="G1" s="167"/>
+      <c r="H1" s="168"/>
     </row>
     <row r="2" spans="1:15" s="2" customFormat="1" ht="74.25" customHeight="1" thickBot="1">
-      <c r="A2" s="167" t="s">
+      <c r="A2" s="169" t="s">
         <v>0</v>
       </c>
-      <c r="B2" s="168"/>
-[...5 lines deleted...]
-      <c r="H2" s="169"/>
+      <c r="B2" s="170"/>
+      <c r="C2" s="170"/>
+      <c r="D2" s="170"/>
+      <c r="E2" s="170"/>
+      <c r="F2" s="170"/>
+      <c r="G2" s="170"/>
+      <c r="H2" s="171"/>
     </row>
     <row r="3" spans="1:15" s="2" customFormat="1" ht="111" customHeight="1">
-      <c r="A3" s="170" t="s">
+      <c r="A3" s="172" t="s">
         <v>1</v>
       </c>
-      <c r="B3" s="171"/>
-[...5 lines deleted...]
-      <c r="H3" s="172"/>
+      <c r="B3" s="173"/>
+      <c r="C3" s="173"/>
+      <c r="D3" s="173"/>
+      <c r="E3" s="173"/>
+      <c r="F3" s="173"/>
+      <c r="G3" s="173"/>
+      <c r="H3" s="174"/>
     </row>
     <row r="4" spans="1:15" s="2" customFormat="1" ht="111" customHeight="1">
       <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
-      <c r="B4" s="173" t="s">
+      <c r="B4" s="175" t="s">
         <v>3</v>
       </c>
-      <c r="C4" s="174"/>
-      <c r="D4" s="175" t="s">
+      <c r="C4" s="176"/>
+      <c r="D4" s="177" t="s">
         <v>4</v>
       </c>
-      <c r="E4" s="176"/>
-[...2 lines deleted...]
-      <c r="H4" s="177"/>
+      <c r="E4" s="178"/>
+      <c r="F4" s="178"/>
+      <c r="G4" s="178"/>
+      <c r="H4" s="179"/>
     </row>
     <row r="5" spans="1:15" s="2" customFormat="1" ht="111" customHeight="1">
       <c r="A5" s="4">
         <v>1</v>
       </c>
       <c r="B5" s="86" t="s">
         <v>5</v>
       </c>
       <c r="C5" s="5">
-        <v>1498.01</v>
-[...1 lines deleted...]
-      <c r="D5" s="161" t="s">
+        <v>1703.45</v>
+      </c>
+      <c r="D5" s="163" t="s">
         <v>6</v>
       </c>
-      <c r="E5" s="162"/>
-[...1 lines deleted...]
-      <c r="G5" s="163"/>
+      <c r="E5" s="164"/>
+      <c r="F5" s="164"/>
+      <c r="G5" s="165"/>
       <c r="H5" s="6">
-        <v>1997.34</v>
+        <v>2271.2600000000002</v>
       </c>
       <c r="M5" s="7"/>
       <c r="O5" s="7"/>
     </row>
     <row r="6" spans="1:15" s="2" customFormat="1" ht="111" customHeight="1">
       <c r="A6" s="4">
         <v>2</v>
       </c>
       <c r="B6" s="86" t="s">
         <v>7</v>
       </c>
       <c r="C6" s="5">
-        <v>798.94</v>
-[...1 lines deleted...]
-      <c r="D6" s="138" t="s">
+        <v>908.5</v>
+      </c>
+      <c r="D6" s="140" t="s">
         <v>8</v>
       </c>
-      <c r="E6" s="139"/>
-[...1 lines deleted...]
-      <c r="G6" s="140"/>
+      <c r="E6" s="141"/>
+      <c r="F6" s="141"/>
+      <c r="G6" s="142"/>
       <c r="H6" s="6">
-        <v>998.67</v>
+        <v>1135.6300000000001</v>
       </c>
     </row>
     <row r="7" spans="1:15" s="2" customFormat="1" ht="111" customHeight="1" thickBot="1">
       <c r="A7" s="14">
         <v>3</v>
       </c>
       <c r="B7" s="92" t="s">
         <v>9</v>
       </c>
       <c r="C7" s="11">
-        <v>1575.82</v>
-[...1 lines deleted...]
-      <c r="D7" s="116" t="s">
+        <v>1716.92</v>
+      </c>
+      <c r="D7" s="118" t="s">
         <v>10</v>
       </c>
-      <c r="E7" s="157"/>
-[...1 lines deleted...]
-      <c r="G7" s="158"/>
+      <c r="E7" s="159"/>
+      <c r="F7" s="159"/>
+      <c r="G7" s="160"/>
       <c r="H7" s="12">
-        <v>2101.09</v>
+        <v>2289.23</v>
       </c>
     </row>
     <row r="8" spans="1:15" s="2" customFormat="1" ht="150" customHeight="1" thickTop="1">
-      <c r="A8" s="151" t="s">
+      <c r="A8" s="153" t="s">
         <v>11</v>
       </c>
-      <c r="B8" s="152"/>
-      <c r="C8" s="144"/>
+      <c r="B8" s="154"/>
+      <c r="C8" s="146"/>
       <c r="D8" s="87" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="87" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="87" t="s">
         <v>14</v>
       </c>
       <c r="G8" s="87" t="s">
         <v>15</v>
       </c>
       <c r="H8" s="8" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="9" spans="1:15" s="2" customFormat="1" ht="111" customHeight="1">
       <c r="A9" s="4">
         <v>1</v>
       </c>
-      <c r="B9" s="159" t="s">
+      <c r="B9" s="161" t="s">
         <v>17</v>
       </c>
-      <c r="C9" s="160"/>
+      <c r="C9" s="162"/>
       <c r="D9" s="5">
-        <v>2997.07</v>
+        <v>2977.46</v>
       </c>
       <c r="E9" s="5">
-        <v>2892.57</v>
+        <v>2873.65</v>
       </c>
       <c r="F9" s="5">
-        <v>2825.94</v>
+        <v>2807.45</v>
       </c>
       <c r="G9" s="5">
-        <v>2791.1</v>
+        <v>2772.84</v>
       </c>
       <c r="H9" s="6">
-        <v>2775.2</v>
+        <v>2757.04</v>
       </c>
     </row>
     <row r="10" spans="1:15" s="2" customFormat="1" ht="111" customHeight="1">
       <c r="A10" s="4">
         <v>2</v>
       </c>
-      <c r="B10" s="153" t="s">
+      <c r="B10" s="155" t="s">
         <v>18</v>
       </c>
-      <c r="C10" s="153"/>
+      <c r="C10" s="155"/>
       <c r="D10" s="5">
-        <v>3527.12</v>
+        <v>3504.04</v>
       </c>
       <c r="E10" s="5">
-        <v>3422.62</v>
+        <v>3400.23</v>
       </c>
       <c r="F10" s="5">
-        <v>3355.99</v>
+        <v>3334.03</v>
       </c>
       <c r="G10" s="5">
-        <v>3321.16</v>
+        <v>3299.43</v>
       </c>
       <c r="H10" s="6">
-        <v>3305.26</v>
+        <v>3283.63</v>
       </c>
     </row>
     <row r="11" spans="1:15" s="2" customFormat="1" ht="111" customHeight="1">
       <c r="A11" s="4">
         <v>3</v>
       </c>
-      <c r="B11" s="153" t="s">
+      <c r="B11" s="155" t="s">
         <v>19</v>
       </c>
-      <c r="C11" s="153"/>
+      <c r="C11" s="155"/>
       <c r="D11" s="5">
-        <v>7994.7</v>
+        <v>7942.4</v>
       </c>
       <c r="E11" s="5">
-        <v>7890.21</v>
+        <v>7838.58</v>
       </c>
       <c r="F11" s="5">
-        <v>7823.57</v>
+        <v>7772.38</v>
       </c>
       <c r="G11" s="5">
-        <v>7788.74</v>
+        <v>7737.78</v>
       </c>
       <c r="H11" s="6">
-        <v>7772.84</v>
+        <v>7721.98</v>
       </c>
     </row>
     <row r="12" spans="1:15" s="2" customFormat="1" ht="111" customHeight="1">
       <c r="A12" s="4">
         <v>4</v>
       </c>
-      <c r="B12" s="153" t="s">
+      <c r="B12" s="155" t="s">
         <v>20</v>
       </c>
-      <c r="C12" s="153"/>
+      <c r="C12" s="155"/>
       <c r="D12" s="5">
-        <v>6177.38</v>
+        <v>6136.96</v>
       </c>
       <c r="E12" s="5">
-        <v>6072.89</v>
+        <v>6033.15</v>
       </c>
       <c r="F12" s="5">
-        <v>6006.25</v>
+        <v>5966.95</v>
       </c>
       <c r="G12" s="5">
-        <v>5971.42</v>
+        <v>5932.35</v>
       </c>
       <c r="H12" s="6">
-        <v>5955.52</v>
+        <v>5916.55</v>
       </c>
     </row>
     <row r="13" spans="1:15" s="2" customFormat="1" ht="111" customHeight="1">
       <c r="A13" s="4">
         <v>5</v>
       </c>
-      <c r="B13" s="153" t="s">
+      <c r="B13" s="155" t="s">
         <v>21</v>
       </c>
-      <c r="C13" s="153"/>
+      <c r="C13" s="155"/>
       <c r="D13" s="5">
-        <v>3527.12</v>
+        <v>3504.04</v>
       </c>
       <c r="E13" s="5">
-        <v>3422.62</v>
+        <v>3400.23</v>
       </c>
       <c r="F13" s="5">
-        <v>3355.99</v>
+        <v>3334.03</v>
       </c>
       <c r="G13" s="5">
-        <v>3321.16</v>
+        <v>3299.43</v>
       </c>
       <c r="H13" s="6">
-        <v>3305.26</v>
+        <v>3283.63</v>
       </c>
     </row>
     <row r="14" spans="1:15" s="2" customFormat="1" ht="111" customHeight="1" thickBot="1">
       <c r="A14" s="14">
         <v>6</v>
       </c>
-      <c r="B14" s="150" t="s">
+      <c r="B14" s="152" t="s">
         <v>44</v>
       </c>
-      <c r="C14" s="150"/>
+      <c r="C14" s="152"/>
       <c r="D14" s="11">
-        <v>1936.96</v>
+        <v>1924.29</v>
       </c>
       <c r="E14" s="11">
-        <v>1832.47</v>
+        <v>1820.48</v>
       </c>
       <c r="F14" s="11">
-        <v>1765.83</v>
+        <v>1754.28</v>
       </c>
       <c r="G14" s="11">
-        <v>1731</v>
+        <v>1719.67</v>
       </c>
       <c r="H14" s="12">
-        <v>1715.1</v>
+        <v>1703.88</v>
       </c>
     </row>
     <row r="15" spans="1:15" s="2" customFormat="1" ht="150" customHeight="1" thickTop="1">
-      <c r="A15" s="151" t="s">
+      <c r="A15" s="153" t="s">
         <v>22</v>
       </c>
-      <c r="B15" s="152"/>
-      <c r="C15" s="144"/>
+      <c r="B15" s="154"/>
+      <c r="C15" s="146"/>
       <c r="D15" s="87" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="87" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="87" t="s">
         <v>14</v>
       </c>
       <c r="G15" s="87" t="s">
         <v>15</v>
       </c>
       <c r="H15" s="8" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="16" spans="1:15" s="2" customFormat="1" ht="111" customHeight="1">
       <c r="A16" s="4">
         <v>1</v>
       </c>
-      <c r="B16" s="138" t="s">
+      <c r="B16" s="140" t="s">
         <v>23</v>
       </c>
-      <c r="C16" s="140"/>
+      <c r="C16" s="142"/>
       <c r="D16" s="5">
-        <v>3050.07</v>
+        <v>3030.12</v>
       </c>
       <c r="E16" s="5">
-        <v>2945.58</v>
+        <v>2926.3</v>
       </c>
       <c r="F16" s="5">
-        <v>2878.94</v>
+        <v>2860.1</v>
       </c>
       <c r="G16" s="5">
-        <v>2844.11</v>
+        <v>2825.5</v>
       </c>
       <c r="H16" s="6">
-        <v>2828.21</v>
+        <v>2809.7</v>
       </c>
     </row>
     <row r="17" spans="1:11" s="2" customFormat="1" ht="111" customHeight="1">
       <c r="A17" s="4">
         <v>2</v>
       </c>
-      <c r="B17" s="138" t="s">
+      <c r="B17" s="140" t="s">
         <v>18</v>
       </c>
-      <c r="C17" s="140"/>
+      <c r="C17" s="142"/>
       <c r="D17" s="5">
-        <v>3580.13</v>
+        <v>3556.7</v>
       </c>
       <c r="E17" s="5">
-        <v>3475.63</v>
+        <v>3452.89</v>
       </c>
       <c r="F17" s="5">
-        <v>3408.99</v>
+        <v>3386.69</v>
       </c>
       <c r="G17" s="5">
-        <v>3374.16</v>
+        <v>3352.09</v>
       </c>
       <c r="H17" s="6">
-        <v>3358.26</v>
+        <v>3336.29</v>
       </c>
     </row>
     <row r="18" spans="1:11" s="2" customFormat="1" ht="111" customHeight="1">
       <c r="A18" s="4">
         <v>3</v>
       </c>
-      <c r="B18" s="153" t="s">
+      <c r="B18" s="155" t="s">
         <v>19</v>
       </c>
-      <c r="C18" s="153"/>
+      <c r="C18" s="155"/>
       <c r="D18" s="5">
-        <v>8047.71</v>
+        <v>7995.05</v>
       </c>
       <c r="E18" s="5">
-        <v>7943.21</v>
+        <v>7891.24</v>
       </c>
       <c r="F18" s="5">
-        <v>7876.58</v>
+        <v>7825.04</v>
       </c>
       <c r="G18" s="5">
-        <v>7841.75</v>
+        <v>7790.44</v>
       </c>
       <c r="H18" s="6">
-        <v>7825.85</v>
+        <v>7774.64</v>
       </c>
     </row>
     <row r="19" spans="1:11" s="2" customFormat="1" ht="111" customHeight="1">
       <c r="A19" s="4">
         <v>4</v>
       </c>
-      <c r="B19" s="153" t="s">
+      <c r="B19" s="155" t="s">
         <v>20</v>
       </c>
-      <c r="C19" s="153"/>
+      <c r="C19" s="155"/>
       <c r="D19" s="5">
-        <v>6230.39</v>
+        <v>6189.62</v>
       </c>
       <c r="E19" s="5">
-        <v>6125.89</v>
+        <v>6085.81</v>
       </c>
       <c r="F19" s="5">
-        <v>6059.26</v>
+        <v>6019.61</v>
       </c>
       <c r="G19" s="5">
-        <v>6024.42</v>
+        <v>5985.01</v>
       </c>
       <c r="H19" s="6">
-        <v>6008.52</v>
+        <v>5969.21</v>
       </c>
     </row>
     <row r="20" spans="1:11" s="2" customFormat="1" ht="111" customHeight="1">
       <c r="A20" s="4">
         <v>5</v>
       </c>
-      <c r="B20" s="153" t="s">
+      <c r="B20" s="155" t="s">
         <v>21</v>
       </c>
-      <c r="C20" s="153"/>
+      <c r="C20" s="155"/>
       <c r="D20" s="5">
-        <v>3580.13</v>
+        <v>3556.7</v>
       </c>
       <c r="E20" s="5">
-        <v>3475.63</v>
+        <v>3452.89</v>
       </c>
       <c r="F20" s="5">
-        <v>3408.99</v>
+        <v>3386.69</v>
       </c>
       <c r="G20" s="5">
-        <v>3374.16</v>
+        <v>3352.09</v>
       </c>
       <c r="H20" s="6">
-        <v>3358.26</v>
+        <v>3336.29</v>
       </c>
     </row>
     <row r="21" spans="1:11" s="2" customFormat="1" ht="111" customHeight="1" thickBot="1">
       <c r="A21" s="14">
         <v>6</v>
       </c>
-      <c r="B21" s="150" t="s">
+      <c r="B21" s="152" t="s">
         <v>44</v>
       </c>
-      <c r="C21" s="150"/>
+      <c r="C21" s="152"/>
       <c r="D21" s="11">
-        <v>1989.97</v>
+        <v>1976.95</v>
       </c>
       <c r="E21" s="11">
-        <v>1885.47</v>
+        <v>1873.14</v>
       </c>
       <c r="F21" s="11">
-        <v>1818.84</v>
+        <v>1806.94</v>
       </c>
       <c r="G21" s="11">
-        <v>1784</v>
+        <v>1772.33</v>
       </c>
       <c r="H21" s="12">
-        <v>1768.1</v>
+        <v>1756.53</v>
       </c>
     </row>
     <row r="22" spans="1:11" s="2" customFormat="1" ht="150" customHeight="1" thickTop="1">
-      <c r="A22" s="151" t="s">
+      <c r="A22" s="153" t="s">
         <v>24</v>
       </c>
-      <c r="B22" s="152"/>
-      <c r="C22" s="144"/>
+      <c r="B22" s="154"/>
+      <c r="C22" s="146"/>
       <c r="D22" s="87" t="s">
         <v>25</v>
       </c>
       <c r="E22" s="87" t="s">
         <v>26</v>
       </c>
       <c r="F22" s="87" t="s">
         <v>14</v>
       </c>
       <c r="G22" s="87" t="s">
         <v>15</v>
       </c>
       <c r="H22" s="8" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="23" spans="1:11" s="2" customFormat="1" ht="111" customHeight="1">
       <c r="A23" s="4">
         <v>1</v>
       </c>
-      <c r="B23" s="138" t="s">
+      <c r="B23" s="140" t="s">
         <v>27</v>
       </c>
-      <c r="C23" s="140"/>
+      <c r="C23" s="142"/>
       <c r="D23" s="5">
-        <v>2988.74</v>
+        <v>2969.18</v>
       </c>
       <c r="E23" s="5">
-        <v>2866.83</v>
+        <v>2848.07</v>
       </c>
       <c r="F23" s="5">
-        <v>2800.19</v>
+        <v>2781.87</v>
       </c>
       <c r="G23" s="5">
-        <v>2768.39</v>
+        <v>2750.27</v>
       </c>
       <c r="H23" s="6">
-        <v>2754</v>
+        <v>2735.98</v>
       </c>
     </row>
     <row r="24" spans="1:11" s="2" customFormat="1" ht="111" customHeight="1">
       <c r="A24" s="4">
         <v>2</v>
       </c>
-      <c r="B24" s="153" t="s">
+      <c r="B24" s="155" t="s">
         <v>18</v>
       </c>
-      <c r="C24" s="153"/>
+      <c r="C24" s="155"/>
       <c r="D24" s="5">
-        <v>3518.79</v>
+        <v>3495.77</v>
       </c>
       <c r="E24" s="5">
-        <v>3396.88</v>
+        <v>3374.65</v>
       </c>
       <c r="F24" s="5">
-        <v>3330.24</v>
+        <v>3308.45</v>
       </c>
       <c r="G24" s="5">
-        <v>3298.44</v>
+        <v>3276.86</v>
       </c>
       <c r="H24" s="6">
-        <v>2223.48</v>
+        <v>3262.57</v>
       </c>
     </row>
     <row r="25" spans="1:11" s="2" customFormat="1" ht="111" customHeight="1">
       <c r="A25" s="4">
         <v>3</v>
       </c>
-      <c r="B25" s="153" t="s">
+      <c r="B25" s="155" t="s">
         <v>28</v>
       </c>
-      <c r="C25" s="153"/>
+      <c r="C25" s="155"/>
       <c r="D25" s="9">
-        <v>7986.38</v>
+        <v>7934.12</v>
       </c>
       <c r="E25" s="9">
-        <v>7864.46</v>
+        <v>7813.01</v>
       </c>
       <c r="F25" s="9">
-        <v>7797.83</v>
+        <v>7746.81</v>
       </c>
       <c r="G25" s="9">
-        <v>7766.02</v>
+        <v>7715.21</v>
       </c>
       <c r="H25" s="10">
-        <v>7734.32</v>
+        <v>7700.92</v>
       </c>
     </row>
     <row r="26" spans="1:11" s="2" customFormat="1" ht="111" customHeight="1">
       <c r="A26" s="4">
         <v>4</v>
       </c>
-      <c r="B26" s="153" t="s">
+      <c r="B26" s="155" t="s">
         <v>20</v>
       </c>
-      <c r="C26" s="153"/>
+      <c r="C26" s="155"/>
       <c r="D26" s="9">
-        <v>6169.05</v>
+        <v>6128.69</v>
       </c>
       <c r="E26" s="9">
-        <v>6047.14</v>
+        <v>6007.57</v>
       </c>
       <c r="F26" s="9">
-        <v>5980.51</v>
+        <v>5941.38</v>
       </c>
       <c r="G26" s="9">
-        <v>5948.7</v>
+        <v>5909.78</v>
       </c>
       <c r="H26" s="10">
-        <v>5916.9</v>
+        <v>5895.49</v>
       </c>
     </row>
     <row r="27" spans="1:11" s="2" customFormat="1" ht="111" customHeight="1">
       <c r="A27" s="4">
         <v>5</v>
       </c>
-      <c r="B27" s="153" t="s">
+      <c r="B27" s="155" t="s">
         <v>21</v>
       </c>
-      <c r="C27" s="153"/>
+      <c r="C27" s="155"/>
       <c r="D27" s="9">
-        <v>3518.79</v>
+        <v>3495.77</v>
       </c>
       <c r="E27" s="9">
-        <v>3396.88</v>
+        <v>3374.65</v>
       </c>
       <c r="F27" s="9">
-        <v>3330.24</v>
+        <v>3308.45</v>
       </c>
       <c r="G27" s="9">
-        <v>3298.44</v>
+        <v>3276.86</v>
       </c>
       <c r="H27" s="10">
-        <v>2223.48</v>
+        <v>3262.57</v>
       </c>
     </row>
     <row r="28" spans="1:11" s="2" customFormat="1" ht="111" customHeight="1" thickBot="1">
       <c r="A28" s="14">
         <v>6</v>
       </c>
-      <c r="B28" s="150" t="s">
+      <c r="B28" s="152" t="s">
         <v>44</v>
       </c>
-      <c r="C28" s="150"/>
+      <c r="C28" s="152"/>
       <c r="D28" s="11">
-        <v>1928.63</v>
+        <v>1916.01</v>
       </c>
       <c r="E28" s="11">
-        <v>1806.72</v>
+        <v>1794.9</v>
       </c>
       <c r="F28" s="11">
-        <v>1740.09</v>
+        <v>1728.7</v>
       </c>
       <c r="G28" s="11">
-        <v>1708.28</v>
+        <v>1697.11</v>
       </c>
       <c r="H28" s="12">
-        <v>1676.48</v>
+        <v>1682.81</v>
       </c>
       <c r="I28" s="13"/>
       <c r="J28" s="13"/>
       <c r="K28" s="13"/>
     </row>
     <row r="29" spans="1:11" s="2" customFormat="1" ht="150" customHeight="1" thickTop="1">
-      <c r="A29" s="151" t="s">
+      <c r="A29" s="153" t="s">
         <v>29</v>
       </c>
-      <c r="B29" s="152"/>
-      <c r="C29" s="144"/>
+      <c r="B29" s="154"/>
+      <c r="C29" s="146"/>
       <c r="D29" s="87" t="s">
         <v>25</v>
       </c>
       <c r="E29" s="87" t="s">
         <v>26</v>
       </c>
       <c r="F29" s="87" t="s">
         <v>14</v>
       </c>
       <c r="G29" s="87" t="s">
         <v>15</v>
       </c>
       <c r="H29" s="8" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="30" spans="1:11" s="2" customFormat="1" ht="111" customHeight="1">
       <c r="A30" s="4">
         <v>1</v>
       </c>
-      <c r="B30" s="138" t="s">
+      <c r="B30" s="140" t="s">
         <v>30</v>
       </c>
-      <c r="C30" s="140"/>
+      <c r="C30" s="142"/>
       <c r="D30" s="5">
-        <v>3041.74</v>
+        <v>3021.84</v>
       </c>
       <c r="E30" s="5">
-        <v>2919.83</v>
+        <v>2900.73</v>
       </c>
       <c r="F30" s="5">
-        <v>2853.2</v>
+        <v>2834.53</v>
       </c>
       <c r="G30" s="5">
-        <v>2821.39</v>
+        <v>2802.93</v>
       </c>
       <c r="H30" s="6">
-        <v>2807.01</v>
+        <v>2788.64</v>
       </c>
     </row>
     <row r="31" spans="1:11" s="2" customFormat="1" ht="111" customHeight="1">
       <c r="A31" s="4">
         <v>2</v>
       </c>
-      <c r="B31" s="153" t="s">
+      <c r="B31" s="155" t="s">
         <v>18</v>
       </c>
-      <c r="C31" s="153"/>
+      <c r="C31" s="155"/>
       <c r="D31" s="5">
-        <v>3571.8</v>
+        <v>3548.43</v>
       </c>
       <c r="E31" s="5">
-        <v>3449.88</v>
+        <v>3427.31</v>
       </c>
       <c r="F31" s="5">
-        <v>3383.25</v>
+        <v>3361.11</v>
       </c>
       <c r="G31" s="5">
-        <v>3351.45</v>
+        <v>3329.52</v>
       </c>
       <c r="H31" s="6">
-        <v>3268.91</v>
+        <v>3315.22</v>
       </c>
     </row>
     <row r="32" spans="1:11" s="2" customFormat="1" ht="111" customHeight="1">
       <c r="A32" s="4">
         <v>3</v>
       </c>
-      <c r="B32" s="153" t="s">
+      <c r="B32" s="155" t="s">
         <v>28</v>
       </c>
-      <c r="C32" s="153"/>
+      <c r="C32" s="155"/>
       <c r="D32" s="9">
-        <v>8039.38</v>
+        <v>7986.78</v>
       </c>
       <c r="E32" s="9">
-        <v>7917.47</v>
+        <v>7865.66</v>
       </c>
       <c r="F32" s="9">
-        <v>7850.83</v>
+        <v>7799.47</v>
       </c>
       <c r="G32" s="9">
-        <v>7819.03</v>
+        <v>7767.87</v>
       </c>
       <c r="H32" s="10">
-        <v>7787.23</v>
+        <v>7753.58</v>
       </c>
     </row>
     <row r="33" spans="1:8" s="2" customFormat="1" ht="111" customHeight="1">
       <c r="A33" s="4">
         <v>4</v>
       </c>
-      <c r="B33" s="153" t="s">
+      <c r="B33" s="155" t="s">
         <v>20</v>
       </c>
-      <c r="C33" s="153"/>
+      <c r="C33" s="155"/>
       <c r="D33" s="9">
-        <v>6222.06</v>
+        <v>6181.35</v>
       </c>
       <c r="E33" s="9">
-        <v>6100.15</v>
+        <v>6060.23</v>
       </c>
       <c r="F33" s="9">
-        <v>6033.51</v>
+        <v>5994.03</v>
       </c>
       <c r="G33" s="9">
-        <v>6001.71</v>
+        <v>5962.44</v>
       </c>
       <c r="H33" s="10">
-        <v>5969.9</v>
+        <v>5948.15</v>
       </c>
     </row>
     <row r="34" spans="1:8" s="2" customFormat="1" ht="111" customHeight="1">
       <c r="A34" s="4">
         <v>5</v>
       </c>
-      <c r="B34" s="153" t="s">
+      <c r="B34" s="155" t="s">
         <v>21</v>
       </c>
-      <c r="C34" s="153"/>
+      <c r="C34" s="155"/>
       <c r="D34" s="9">
-        <v>3571.8</v>
+        <v>3548.43</v>
       </c>
       <c r="E34" s="9">
-        <v>3449.88</v>
+        <v>3427.31</v>
       </c>
       <c r="F34" s="9">
-        <v>3383.25</v>
+        <v>3361.11</v>
       </c>
       <c r="G34" s="9">
-        <v>3351.45</v>
+        <v>3329.52</v>
       </c>
       <c r="H34" s="10">
-        <v>3268.91</v>
+        <v>3315.22</v>
       </c>
     </row>
     <row r="35" spans="1:8" s="2" customFormat="1" ht="111" customHeight="1" thickBot="1">
       <c r="A35" s="14">
         <v>6</v>
       </c>
-      <c r="B35" s="150" t="s">
+      <c r="B35" s="152" t="s">
         <v>44</v>
       </c>
-      <c r="C35" s="150"/>
+      <c r="C35" s="152"/>
       <c r="D35" s="11">
-        <v>1981.64</v>
+        <v>1968.67</v>
       </c>
       <c r="E35" s="11">
-        <v>1859.73</v>
+        <v>1847.56</v>
       </c>
       <c r="F35" s="11">
-        <v>1793.09</v>
+        <v>1781.36</v>
       </c>
       <c r="G35" s="11">
-        <v>1761.29</v>
+        <v>1749.76</v>
       </c>
       <c r="H35" s="12">
-        <v>1729.49</v>
+        <v>1735.47</v>
       </c>
     </row>
     <row r="36" spans="1:8" s="2" customFormat="1" ht="150" customHeight="1" thickTop="1">
-      <c r="A36" s="151" t="s">
+      <c r="A36" s="153" t="s">
         <v>31</v>
       </c>
-      <c r="B36" s="152"/>
-      <c r="C36" s="144"/>
+      <c r="B36" s="154"/>
+      <c r="C36" s="146"/>
       <c r="D36" s="87" t="s">
         <v>25</v>
       </c>
       <c r="E36" s="87" t="s">
         <v>26</v>
       </c>
       <c r="F36" s="87" t="s">
         <v>14</v>
       </c>
       <c r="G36" s="87" t="s">
         <v>15</v>
       </c>
       <c r="H36" s="8" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="37" spans="1:8" s="2" customFormat="1" ht="111" customHeight="1">
       <c r="A37" s="4">
         <v>1</v>
       </c>
-      <c r="B37" s="138" t="s">
+      <c r="B37" s="140" t="s">
         <v>27</v>
       </c>
-      <c r="C37" s="140"/>
+      <c r="C37" s="142"/>
       <c r="D37" s="5">
-        <v>2928.16</v>
+        <v>2909</v>
       </c>
       <c r="E37" s="5">
-        <v>2806.25</v>
+        <v>2787.89</v>
       </c>
       <c r="F37" s="5">
-        <v>2739.61</v>
+        <v>2721.69</v>
       </c>
       <c r="G37" s="5">
-        <v>2707.81</v>
+        <v>2690.09</v>
       </c>
       <c r="H37" s="6">
-        <v>2693.42</v>
+        <v>2675.8</v>
       </c>
     </row>
     <row r="38" spans="1:8" s="2" customFormat="1" ht="111" customHeight="1">
       <c r="A38" s="4">
         <v>2</v>
       </c>
-      <c r="B38" s="138" t="s">
+      <c r="B38" s="140" t="s">
         <v>18</v>
       </c>
-      <c r="C38" s="140"/>
+      <c r="C38" s="142"/>
       <c r="D38" s="5">
-        <v>3458.21</v>
+        <v>3435.59</v>
       </c>
       <c r="E38" s="5">
-        <v>3336.3</v>
+        <v>3314.47</v>
       </c>
       <c r="F38" s="5">
-        <v>3269.67</v>
+        <v>3248.27</v>
       </c>
       <c r="G38" s="5">
-        <v>3237.86</v>
+        <v>3216.68</v>
       </c>
       <c r="H38" s="6">
-        <v>3223.48</v>
+        <v>3202.38</v>
       </c>
     </row>
     <row r="39" spans="1:8" s="2" customFormat="1" ht="111" customHeight="1">
       <c r="A39" s="4">
         <v>3</v>
       </c>
-      <c r="B39" s="153" t="s">
+      <c r="B39" s="155" t="s">
         <v>32</v>
       </c>
-      <c r="C39" s="153"/>
+      <c r="C39" s="155"/>
       <c r="D39" s="9">
-        <v>7925.8</v>
+        <v>7873.94</v>
       </c>
       <c r="E39" s="9">
-        <v>7803.89</v>
+        <v>7752.83</v>
       </c>
       <c r="F39" s="9">
-        <v>7737.25</v>
+        <v>7686.63</v>
       </c>
       <c r="G39" s="9">
-        <v>7705.45</v>
+        <v>7655.03</v>
       </c>
       <c r="H39" s="10">
-        <v>7691.06</v>
+        <v>7640.74</v>
       </c>
     </row>
     <row r="40" spans="1:8" s="2" customFormat="1" ht="111" customHeight="1">
       <c r="A40" s="4">
         <v>4</v>
       </c>
-      <c r="B40" s="153" t="s">
+      <c r="B40" s="155" t="s">
         <v>20</v>
       </c>
-      <c r="C40" s="153"/>
+      <c r="C40" s="155"/>
       <c r="D40" s="9">
-        <v>6108.48</v>
+        <v>6068.51</v>
       </c>
       <c r="E40" s="9">
-        <v>5986.56</v>
+        <v>5947.39</v>
       </c>
       <c r="F40" s="9">
-        <v>5919.93</v>
+        <v>5881.19</v>
       </c>
       <c r="G40" s="9">
-        <v>5888.12</v>
+        <v>5849.6</v>
       </c>
       <c r="H40" s="10">
-        <v>5873.74</v>
+        <v>5835.31</v>
       </c>
     </row>
     <row r="41" spans="1:8" s="2" customFormat="1" ht="111" customHeight="1">
       <c r="A41" s="4">
         <v>5</v>
       </c>
-      <c r="B41" s="153" t="s">
+      <c r="B41" s="155" t="s">
         <v>21</v>
       </c>
-      <c r="C41" s="153"/>
+      <c r="C41" s="155"/>
       <c r="D41" s="9">
-        <v>3458.21</v>
+        <v>3435.59</v>
       </c>
       <c r="E41" s="9">
-        <v>3336.3</v>
+        <v>3314.47</v>
       </c>
       <c r="F41" s="9">
-        <v>3269.67</v>
+        <v>3248.27</v>
       </c>
       <c r="G41" s="9">
-        <v>3237.86</v>
+        <v>3216.68</v>
       </c>
       <c r="H41" s="10">
-        <v>3223.48</v>
+        <v>3202.38</v>
       </c>
     </row>
     <row r="42" spans="1:8" s="2" customFormat="1" ht="111" customHeight="1" thickBot="1">
       <c r="A42" s="14">
         <v>6</v>
       </c>
-      <c r="B42" s="150" t="s">
+      <c r="B42" s="152" t="s">
         <v>44</v>
       </c>
-      <c r="C42" s="150"/>
+      <c r="C42" s="152"/>
       <c r="D42" s="11">
-        <v>1868.06</v>
+        <v>1855.83</v>
       </c>
       <c r="E42" s="11">
-        <v>1746.14</v>
+        <v>1734.72</v>
       </c>
       <c r="F42" s="11">
-        <v>1679.51</v>
+        <v>1668.52</v>
       </c>
       <c r="G42" s="11">
-        <v>1647.71</v>
+        <v>1636.92</v>
       </c>
       <c r="H42" s="12">
-        <v>1633.32</v>
+        <v>1622.63</v>
       </c>
     </row>
     <row r="43" spans="1:8" s="2" customFormat="1" ht="150" customHeight="1" thickTop="1">
-      <c r="A43" s="151" t="s">
+      <c r="A43" s="153" t="s">
         <v>33</v>
       </c>
-      <c r="B43" s="152"/>
-      <c r="C43" s="144"/>
+      <c r="B43" s="154"/>
+      <c r="C43" s="146"/>
       <c r="D43" s="87" t="s">
         <v>25</v>
       </c>
       <c r="E43" s="87" t="s">
         <v>26</v>
       </c>
       <c r="F43" s="87" t="s">
         <v>14</v>
       </c>
       <c r="G43" s="87" t="s">
         <v>15</v>
       </c>
       <c r="H43" s="8" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="44" spans="1:8" s="2" customFormat="1" ht="111" customHeight="1">
       <c r="A44" s="4">
         <v>1</v>
       </c>
-      <c r="B44" s="138" t="s">
+      <c r="B44" s="140" t="s">
         <v>27</v>
       </c>
-      <c r="C44" s="140"/>
+      <c r="C44" s="142"/>
       <c r="D44" s="5">
-        <v>2973.59</v>
+        <v>2954.14</v>
       </c>
       <c r="E44" s="5">
-        <v>2851.68</v>
+        <v>2833.02</v>
       </c>
       <c r="F44" s="5">
-        <v>2785.05</v>
+        <v>2766.82</v>
       </c>
       <c r="G44" s="5">
-        <v>2753.24</v>
+        <v>2735.23</v>
       </c>
       <c r="H44" s="6">
-        <v>2738.86</v>
+        <v>2720.94</v>
       </c>
     </row>
     <row r="45" spans="1:8" s="2" customFormat="1" ht="111" customHeight="1">
       <c r="A45" s="4">
         <v>2</v>
       </c>
-      <c r="B45" s="153" t="s">
+      <c r="B45" s="155" t="s">
         <v>18</v>
       </c>
-      <c r="C45" s="153"/>
+      <c r="C45" s="155"/>
       <c r="D45" s="5">
-        <v>3503.65</v>
+        <v>3480.72</v>
       </c>
       <c r="E45" s="5">
-        <v>3381.73</v>
+        <v>3359.61</v>
       </c>
       <c r="F45" s="5">
-        <v>3315.1</v>
+        <v>3293.41</v>
       </c>
       <c r="G45" s="5">
-        <v>3283.3</v>
+        <v>3261.81</v>
       </c>
       <c r="H45" s="6">
-        <v>3268.91</v>
+        <v>3247.52</v>
       </c>
     </row>
     <row r="46" spans="1:8" s="2" customFormat="1" ht="111" customHeight="1">
       <c r="A46" s="4">
         <v>3</v>
       </c>
-      <c r="B46" s="153" t="s">
+      <c r="B46" s="155" t="s">
         <v>34</v>
       </c>
-      <c r="C46" s="153"/>
+      <c r="C46" s="155"/>
       <c r="D46" s="9">
-        <v>7971.23</v>
+        <v>7919.08</v>
       </c>
       <c r="E46" s="9">
-        <v>7849.32</v>
+        <v>7797.96</v>
       </c>
       <c r="F46" s="9">
-        <v>7782.68</v>
+        <v>7731.76</v>
       </c>
       <c r="G46" s="9">
-        <v>7750.88</v>
+        <v>7700.17</v>
       </c>
       <c r="H46" s="10">
-        <v>7736.49</v>
+        <v>7685.87</v>
       </c>
     </row>
     <row r="47" spans="1:8" s="2" customFormat="1" ht="111" customHeight="1">
       <c r="A47" s="4">
         <v>4</v>
       </c>
-      <c r="B47" s="153" t="s">
+      <c r="B47" s="155" t="s">
         <v>20</v>
       </c>
-      <c r="C47" s="153"/>
+      <c r="C47" s="155"/>
       <c r="D47" s="9">
-        <v>6153.91</v>
+        <v>6113.64</v>
       </c>
       <c r="E47" s="9">
-        <v>6032</v>
+        <v>5992.53</v>
       </c>
       <c r="F47" s="9">
-        <v>5965.36</v>
+        <v>5926.33</v>
       </c>
       <c r="G47" s="9">
-        <v>5933.56</v>
+        <v>5894.73</v>
       </c>
       <c r="H47" s="10">
-        <v>5919.17</v>
+        <v>5880.44</v>
       </c>
     </row>
     <row r="48" spans="1:8" s="2" customFormat="1" ht="111" customHeight="1">
       <c r="A48" s="4">
         <v>5</v>
       </c>
-      <c r="B48" s="153" t="s">
+      <c r="B48" s="155" t="s">
         <v>21</v>
       </c>
-      <c r="C48" s="153"/>
+      <c r="C48" s="155"/>
       <c r="D48" s="9">
-        <v>3503.65</v>
+        <v>3480.72</v>
       </c>
       <c r="E48" s="9">
-        <v>3381.73</v>
+        <v>3359.61</v>
       </c>
       <c r="F48" s="9">
-        <v>3315.1</v>
+        <v>3293.41</v>
       </c>
       <c r="G48" s="9">
-        <v>3283.3</v>
+        <v>3261.81</v>
       </c>
       <c r="H48" s="10">
-        <v>3268.91</v>
+        <v>3247.52</v>
       </c>
     </row>
     <row r="49" spans="1:8" s="2" customFormat="1" ht="111" customHeight="1" thickBot="1">
       <c r="A49" s="14">
         <v>6</v>
       </c>
-      <c r="B49" s="150" t="s">
+      <c r="B49" s="152" t="s">
         <v>44</v>
       </c>
-      <c r="C49" s="150"/>
+      <c r="C49" s="152"/>
       <c r="D49" s="11">
-        <v>1913.49</v>
+        <v>1900.97</v>
       </c>
       <c r="E49" s="11">
-        <v>1791.58</v>
+        <v>1779.85</v>
       </c>
       <c r="F49" s="11">
-        <v>1724.94</v>
+        <v>1713.66</v>
       </c>
       <c r="G49" s="11">
-        <v>1693.14</v>
+        <v>1682.06</v>
       </c>
       <c r="H49" s="12">
-        <v>1678.75</v>
+        <v>1667.77</v>
       </c>
     </row>
     <row r="50" spans="1:8" s="2" customFormat="1" ht="150" customHeight="1" thickTop="1">
-      <c r="A50" s="151" t="s">
+      <c r="A50" s="153" t="s">
         <v>35</v>
       </c>
-      <c r="B50" s="152"/>
-[...2 lines deleted...]
-      <c r="E50" s="155" t="s">
+      <c r="B50" s="154"/>
+      <c r="C50" s="154"/>
+      <c r="D50" s="156"/>
+      <c r="E50" s="157" t="s">
         <v>36</v>
       </c>
-      <c r="F50" s="154"/>
-      <c r="G50" s="155" t="s">
+      <c r="F50" s="156"/>
+      <c r="G50" s="157" t="s">
         <v>37</v>
       </c>
-      <c r="H50" s="156"/>
+      <c r="H50" s="158"/>
     </row>
     <row r="51" spans="1:8" s="2" customFormat="1" ht="111" customHeight="1">
       <c r="A51" s="4">
         <v>1</v>
       </c>
-      <c r="B51" s="138" t="s">
+      <c r="B51" s="140" t="s">
         <v>38</v>
       </c>
-      <c r="C51" s="139"/>
-[...8 lines deleted...]
-      <c r="H51" s="147"/>
+      <c r="C51" s="141"/>
+      <c r="D51" s="142"/>
+      <c r="E51" s="137">
+        <v>3534.28</v>
+      </c>
+      <c r="F51" s="138"/>
+      <c r="G51" s="148">
+        <v>3602.74</v>
+      </c>
+      <c r="H51" s="149"/>
     </row>
     <row r="52" spans="1:8" s="2" customFormat="1" ht="111" customHeight="1">
       <c r="A52" s="4">
         <v>2</v>
       </c>
-      <c r="B52" s="138" t="s">
+      <c r="B52" s="140" t="s">
         <v>18</v>
       </c>
-      <c r="C52" s="139"/>
-[...8 lines deleted...]
-      <c r="H52" s="147"/>
+      <c r="C52" s="141"/>
+      <c r="D52" s="142"/>
+      <c r="E52" s="137">
+        <v>4218.84</v>
+      </c>
+      <c r="F52" s="138"/>
+      <c r="G52" s="148">
+        <v>4287.3</v>
+      </c>
+      <c r="H52" s="149"/>
     </row>
     <row r="53" spans="1:8" s="2" customFormat="1" ht="111" customHeight="1" thickBot="1">
       <c r="A53" s="14">
         <v>3</v>
       </c>
-      <c r="B53" s="116" t="s">
+      <c r="B53" s="118" t="s">
         <v>39</v>
       </c>
-      <c r="C53" s="117"/>
-[...8 lines deleted...]
-      <c r="H53" s="149"/>
+      <c r="C53" s="119"/>
+      <c r="D53" s="120"/>
+      <c r="E53" s="121">
+        <v>10477.67</v>
+      </c>
+      <c r="F53" s="122"/>
+      <c r="G53" s="150">
+        <v>10546.13</v>
+      </c>
+      <c r="H53" s="151"/>
     </row>
     <row r="54" spans="1:8" s="2" customFormat="1" ht="150" customHeight="1" thickTop="1">
-      <c r="A54" s="141" t="s">
+      <c r="A54" s="143" t="s">
         <v>40</v>
       </c>
-      <c r="B54" s="142"/>
-[...2 lines deleted...]
-      <c r="E54" s="143" t="s">
+      <c r="B54" s="144"/>
+      <c r="C54" s="144"/>
+      <c r="D54" s="144"/>
+      <c r="E54" s="145" t="s">
         <v>36</v>
       </c>
-      <c r="F54" s="144"/>
-      <c r="G54" s="143" t="s">
+      <c r="F54" s="146"/>
+      <c r="G54" s="145" t="s">
         <v>37</v>
       </c>
-      <c r="H54" s="145"/>
+      <c r="H54" s="147"/>
     </row>
     <row r="55" spans="1:8" s="2" customFormat="1" ht="111" customHeight="1">
       <c r="A55" s="4">
         <v>1</v>
       </c>
-      <c r="B55" s="138" t="s">
+      <c r="B55" s="140" t="s">
         <v>38</v>
       </c>
-      <c r="C55" s="139"/>
-[...8 lines deleted...]
-      <c r="H55" s="137"/>
+      <c r="C55" s="141"/>
+      <c r="D55" s="142"/>
+      <c r="E55" s="137">
+        <v>2658.5</v>
+      </c>
+      <c r="F55" s="138"/>
+      <c r="G55" s="137">
+        <v>2703.63</v>
+      </c>
+      <c r="H55" s="139"/>
     </row>
     <row r="56" spans="1:8" s="2" customFormat="1" ht="111" customHeight="1">
       <c r="A56" s="4">
         <v>2</v>
       </c>
-      <c r="B56" s="138" t="s">
+      <c r="B56" s="140" t="s">
         <v>18</v>
       </c>
-      <c r="C56" s="139"/>
-[...8 lines deleted...]
-      <c r="H56" s="137"/>
+      <c r="C56" s="141"/>
+      <c r="D56" s="142"/>
+      <c r="E56" s="137">
+        <v>3185.08</v>
+      </c>
+      <c r="F56" s="138"/>
+      <c r="G56" s="137">
+        <v>3230.22</v>
+      </c>
+      <c r="H56" s="139"/>
     </row>
     <row r="57" spans="1:8" s="2" customFormat="1" ht="111" customHeight="1">
       <c r="A57" s="15">
         <v>3</v>
       </c>
-      <c r="B57" s="138" t="s">
+      <c r="B57" s="140" t="s">
         <v>41</v>
       </c>
-      <c r="C57" s="139"/>
-[...8 lines deleted...]
-      <c r="H57" s="137"/>
+      <c r="C57" s="141"/>
+      <c r="D57" s="142"/>
+      <c r="E57" s="137">
+        <v>7623.44</v>
+      </c>
+      <c r="F57" s="138"/>
+      <c r="G57" s="137">
+        <v>7668.57</v>
+      </c>
+      <c r="H57" s="139"/>
     </row>
     <row r="58" spans="1:8" s="2" customFormat="1" ht="111" customHeight="1">
       <c r="A58" s="15"/>
-      <c r="B58" s="132" t="s">
+      <c r="B58" s="134" t="s">
         <v>20</v>
       </c>
-      <c r="C58" s="133"/>
-[...8 lines deleted...]
-      <c r="H58" s="137"/>
+      <c r="C58" s="135"/>
+      <c r="D58" s="136"/>
+      <c r="E58" s="137">
+        <v>5818</v>
+      </c>
+      <c r="F58" s="138"/>
+      <c r="G58" s="137">
+        <v>5863.14</v>
+      </c>
+      <c r="H58" s="139"/>
     </row>
     <row r="59" spans="1:8" s="2" customFormat="1" ht="111" customHeight="1" thickBot="1">
       <c r="A59" s="15">
         <v>4</v>
       </c>
-      <c r="B59" s="116" t="s">
+      <c r="B59" s="118" t="s">
         <v>21</v>
       </c>
-      <c r="C59" s="117"/>
-[...8 lines deleted...]
-      <c r="H59" s="137"/>
+      <c r="C59" s="119"/>
+      <c r="D59" s="120"/>
+      <c r="E59" s="137">
+        <v>3185.08</v>
+      </c>
+      <c r="F59" s="138"/>
+      <c r="G59" s="137">
+        <v>3230.22</v>
+      </c>
+      <c r="H59" s="139"/>
     </row>
     <row r="60" spans="1:8" s="2" customFormat="1" ht="111" customHeight="1" thickTop="1" thickBot="1">
       <c r="A60" s="14">
         <v>5</v>
       </c>
-      <c r="B60" s="116" t="s">
+      <c r="B60" s="118" t="s">
         <v>44</v>
       </c>
-      <c r="C60" s="117"/>
-[...8 lines deleted...]
-      <c r="H60" s="121"/>
+      <c r="C60" s="119"/>
+      <c r="D60" s="120"/>
+      <c r="E60" s="121">
+        <v>1605.33</v>
+      </c>
+      <c r="F60" s="122"/>
+      <c r="G60" s="121">
+        <v>1650.47</v>
+      </c>
+      <c r="H60" s="123"/>
     </row>
     <row r="61" spans="1:8" s="2" customFormat="1" ht="90" customHeight="1" thickTop="1">
-      <c r="A61" s="122" t="s">
+      <c r="A61" s="124" t="s">
         <v>42</v>
       </c>
-      <c r="B61" s="123"/>
-[...5 lines deleted...]
-      <c r="H61" s="126"/>
+      <c r="B61" s="125"/>
+      <c r="C61" s="125"/>
+      <c r="D61" s="125"/>
+      <c r="E61" s="126"/>
+      <c r="F61" s="127"/>
+      <c r="G61" s="127"/>
+      <c r="H61" s="128"/>
     </row>
     <row r="62" spans="1:8" s="2" customFormat="1" ht="111" customHeight="1" thickBot="1">
       <c r="A62" s="16">
         <v>1</v>
       </c>
-      <c r="B62" s="130" t="s">
+      <c r="B62" s="132" t="s">
         <v>43</v>
       </c>
-      <c r="C62" s="131"/>
+      <c r="C62" s="133"/>
       <c r="D62" s="17">
-        <v>636.05999999999995</v>
-[...4 lines deleted...]
-      <c r="H62" s="129"/>
+        <v>631.9</v>
+      </c>
+      <c r="E62" s="129"/>
+      <c r="F62" s="130"/>
+      <c r="G62" s="130"/>
+      <c r="H62" s="131"/>
     </row>
     <row r="63" spans="1:8" s="2" customFormat="1" ht="50.1" customHeight="1">
       <c r="A63" s="18"/>
       <c r="B63" s="18"/>
       <c r="C63" s="18"/>
       <c r="D63" s="18"/>
       <c r="E63" s="18"/>
       <c r="F63" s="18"/>
       <c r="G63" s="18"/>
       <c r="H63" s="18"/>
     </row>
     <row r="64" spans="1:8" s="2" customFormat="1" ht="24.95" customHeight="1">
       <c r="A64" s="19"/>
       <c r="B64" s="19"/>
       <c r="C64" s="19"/>
       <c r="D64" s="19"/>
       <c r="E64" s="19"/>
       <c r="F64" s="19"/>
       <c r="G64" s="19"/>
       <c r="H64" s="19"/>
     </row>
     <row r="65" spans="1:8" s="2" customFormat="1" ht="52.5" customHeight="1">
       <c r="A65" s="20"/>
       <c r="B65" s="20"/>
       <c r="C65" s="20"/>
@@ -5203,52 +5292,52 @@
       <c r="F69" s="22"/>
       <c r="G69" s="22"/>
       <c r="H69" s="22"/>
     </row>
     <row r="70" spans="1:8" s="23" customFormat="1" ht="57" customHeight="1">
       <c r="A70" s="22"/>
       <c r="B70" s="22"/>
       <c r="C70" s="22"/>
       <c r="D70" s="22"/>
       <c r="E70" s="22"/>
       <c r="F70" s="22"/>
       <c r="G70" s="22"/>
       <c r="H70" s="22"/>
     </row>
     <row r="71" spans="1:8" s="23" customFormat="1" ht="44.25" customHeight="1">
       <c r="A71" s="22"/>
       <c r="B71" s="22"/>
       <c r="C71" s="22"/>
       <c r="D71" s="22"/>
       <c r="E71" s="22"/>
       <c r="F71" s="22"/>
       <c r="G71" s="22"/>
       <c r="H71" s="22"/>
     </row>
     <row r="72" spans="1:8" s="2" customFormat="1" ht="141" customHeight="1">
-      <c r="A72" s="115"/>
-      <c r="B72" s="115"/>
+      <c r="A72" s="117"/>
+      <c r="B72" s="117"/>
       <c r="C72" s="24"/>
     </row>
     <row r="73" spans="1:8" s="2" customFormat="1" ht="214.5" customHeight="1">
       <c r="B73" s="25"/>
       <c r="C73" s="24"/>
     </row>
     <row r="74" spans="1:8" s="2" customFormat="1" ht="214.5" customHeight="1">
       <c r="B74" s="25"/>
       <c r="C74" s="24"/>
     </row>
     <row r="75" spans="1:8" s="2" customFormat="1">
       <c r="B75" s="25"/>
       <c r="C75" s="24"/>
     </row>
     <row r="76" spans="1:8" s="2" customFormat="1">
       <c r="B76" s="25"/>
       <c r="C76" s="24"/>
     </row>
   </sheetData>
   <mergeCells count="87">
     <mergeCell ref="D5:G5"/>
     <mergeCell ref="A1:H1"/>
     <mergeCell ref="A2:H2"/>
     <mergeCell ref="A3:H3"/>
     <mergeCell ref="B4:C4"/>
@@ -5313,3700 +5402,4044 @@
     <mergeCell ref="E54:F54"/>
     <mergeCell ref="G54:H54"/>
     <mergeCell ref="B55:D55"/>
     <mergeCell ref="E55:F55"/>
     <mergeCell ref="G55:H55"/>
     <mergeCell ref="B56:D56"/>
     <mergeCell ref="E56:F56"/>
     <mergeCell ref="G56:H56"/>
     <mergeCell ref="B57:D57"/>
     <mergeCell ref="E57:F57"/>
     <mergeCell ref="G57:H57"/>
     <mergeCell ref="B58:D58"/>
     <mergeCell ref="E58:F58"/>
     <mergeCell ref="G58:H58"/>
     <mergeCell ref="B59:D59"/>
     <mergeCell ref="E59:F59"/>
     <mergeCell ref="G59:H59"/>
     <mergeCell ref="A72:B72"/>
     <mergeCell ref="B60:D60"/>
     <mergeCell ref="E60:F60"/>
     <mergeCell ref="G60:H60"/>
     <mergeCell ref="A61:D61"/>
     <mergeCell ref="E61:H62"/>
     <mergeCell ref="B62:C62"/>
   </mergeCells>
-  <pageMargins left="0.39370078740157483" right="0.39370078740157483" top="0.15748031496062992" bottom="0.39370078740157483" header="0.15748031496062992" footer="0.23622047244094491"/>
+  <pageMargins left="0.39370078740157483" right="0.17" top="0.15748031496062992" bottom="0.39370078740157483" header="0.15748031496062992" footer="0.23622047244094491"/>
   <pageSetup paperSize="9" scale="30" fitToWidth="2" fitToHeight="2" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>Strona &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:G69"/>
+  <dimension ref="A1:S69"/>
   <sheetViews>
-    <sheetView topLeftCell="A10" zoomScale="50" zoomScaleNormal="50" workbookViewId="0">
-      <selection activeCell="P17" sqref="P17"/>
+    <sheetView showGridLines="0" topLeftCell="A22" zoomScale="50" zoomScaleNormal="50" workbookViewId="0">
+      <selection activeCell="B28" sqref="B28"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="7.85546875" customWidth="1"/>
     <col min="2" max="2" width="128.7109375" customWidth="1"/>
     <col min="3" max="7" width="41.85546875" customWidth="1"/>
+    <col min="11" max="11" width="11.28515625" bestFit="1" customWidth="1"/>
+    <col min="13" max="17" width="14.28515625" customWidth="1"/>
+    <col min="19" max="19" width="11.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7" ht="74.25" customHeight="1">
-[...11 lines deleted...]
-      <c r="A2" s="167" t="s">
+    <row r="1" spans="1:17" ht="74.25" customHeight="1">
+      <c r="A1" s="166" t="s">
+        <v>136</v>
+      </c>
+      <c r="B1" s="183"/>
+      <c r="C1" s="183"/>
+      <c r="D1" s="183"/>
+      <c r="E1" s="183"/>
+      <c r="F1" s="183"/>
+      <c r="G1" s="184"/>
+    </row>
+    <row r="2" spans="1:17" ht="74.25" customHeight="1" thickBot="1">
+      <c r="A2" s="169" t="s">
         <v>45</v>
       </c>
-      <c r="B2" s="168"/>
-[...7 lines deleted...]
-      <c r="A3" s="183" t="s">
+      <c r="B2" s="170"/>
+      <c r="C2" s="170"/>
+      <c r="D2" s="170"/>
+      <c r="E2" s="170"/>
+      <c r="F2" s="170"/>
+      <c r="G2" s="171"/>
+    </row>
+    <row r="3" spans="1:17" ht="99.95" customHeight="1">
+      <c r="A3" s="185" t="s">
         <v>46</v>
       </c>
-      <c r="B3" s="184"/>
+      <c r="B3" s="186"/>
       <c r="C3" s="87" t="s">
         <v>25</v>
       </c>
       <c r="D3" s="87" t="s">
         <v>26</v>
       </c>
       <c r="E3" s="87" t="s">
         <v>14</v>
       </c>
       <c r="F3" s="87" t="s">
         <v>15</v>
       </c>
       <c r="G3" s="8" t="s">
         <v>16</v>
       </c>
-    </row>
-    <row r="4" spans="1:7" ht="112.5" customHeight="1">
+      <c r="M3" s="115"/>
+    </row>
+    <row r="4" spans="1:17" ht="112.5" customHeight="1">
       <c r="A4" s="28">
         <v>1</v>
       </c>
       <c r="B4" s="29" t="s">
         <v>47</v>
       </c>
       <c r="C4" s="30">
-        <v>1098.72</v>
+        <v>1091.53</v>
       </c>
       <c r="D4" s="30">
-        <v>976.81</v>
+        <v>970.42</v>
       </c>
       <c r="E4" s="30">
-        <v>910.18</v>
+        <v>904.22</v>
       </c>
       <c r="F4" s="30">
-        <v>878.37</v>
+        <v>872.63</v>
       </c>
       <c r="G4" s="31">
-        <v>863.99</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:7" ht="112.5" customHeight="1">
+        <v>858.33</v>
+      </c>
+      <c r="M4" s="116"/>
+      <c r="N4" s="116"/>
+      <c r="O4" s="116"/>
+      <c r="P4" s="116"/>
+      <c r="Q4" s="116"/>
+    </row>
+    <row r="5" spans="1:17" ht="112.5" customHeight="1">
       <c r="A5" s="28">
         <v>2</v>
       </c>
       <c r="B5" s="29" t="s">
         <v>48</v>
       </c>
       <c r="C5" s="30">
-        <v>947.28</v>
+        <v>941.08</v>
       </c>
       <c r="D5" s="30">
-        <v>825.37</v>
+        <v>819.97</v>
       </c>
       <c r="E5" s="30">
-        <v>758.73</v>
+        <v>753.77</v>
       </c>
       <c r="F5" s="30">
-        <v>726.93</v>
+        <v>722.17</v>
       </c>
       <c r="G5" s="31">
-        <v>712.54</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:7" ht="112.5" customHeight="1">
+        <v>707.88</v>
+      </c>
+      <c r="M5" s="116"/>
+      <c r="N5" s="116"/>
+      <c r="O5" s="116"/>
+      <c r="P5" s="116"/>
+      <c r="Q5" s="116"/>
+    </row>
+    <row r="6" spans="1:17" ht="112.5" customHeight="1">
       <c r="A6" s="28">
         <v>3</v>
       </c>
       <c r="B6" s="29" t="s">
         <v>49</v>
       </c>
       <c r="C6" s="30" t="s">
-        <v>151</v>
+        <v>180</v>
       </c>
       <c r="D6" s="30" t="s">
-        <v>151</v>
+        <v>180</v>
       </c>
       <c r="E6" s="30">
-        <v>304.39999999999998</v>
+        <v>302.41000000000003</v>
       </c>
       <c r="F6" s="30">
-        <v>272.60000000000002</v>
+        <v>270.81</v>
       </c>
       <c r="G6" s="31">
-        <v>258.20999999999998</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:7" ht="112.5" customHeight="1">
+        <v>256.52</v>
+      </c>
+      <c r="M6" s="116"/>
+      <c r="N6" s="116"/>
+      <c r="O6" s="116"/>
+      <c r="P6" s="116"/>
+      <c r="Q6" s="116"/>
+    </row>
+    <row r="7" spans="1:17" ht="112.5" customHeight="1">
       <c r="A7" s="28">
         <v>4</v>
       </c>
       <c r="B7" s="29" t="s">
         <v>50</v>
       </c>
       <c r="C7" s="30">
-        <v>1855.94</v>
+        <v>1843.8</v>
       </c>
       <c r="D7" s="30">
-        <v>1734.03</v>
+        <v>1722.68</v>
       </c>
       <c r="E7" s="30">
-        <v>1667.39</v>
+        <v>1656.48</v>
       </c>
       <c r="F7" s="30">
-        <v>1635.59</v>
+        <v>1624.89</v>
       </c>
       <c r="G7" s="31">
-        <v>1621.2</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:7" ht="112.5" customHeight="1">
+        <v>1610.6</v>
+      </c>
+      <c r="M7" s="116"/>
+      <c r="N7" s="116"/>
+      <c r="O7" s="116"/>
+      <c r="P7" s="116"/>
+      <c r="Q7" s="116"/>
+    </row>
+    <row r="8" spans="1:17" ht="112.5" customHeight="1">
       <c r="A8" s="28">
         <v>5</v>
       </c>
       <c r="B8" s="29" t="s">
         <v>51</v>
       </c>
       <c r="C8" s="30">
-        <v>2158.83</v>
+        <v>2144.6999999999998</v>
       </c>
       <c r="D8" s="30">
-        <v>2036.92</v>
+        <v>2023.59</v>
       </c>
       <c r="E8" s="30">
-        <v>1970.28</v>
+        <v>1957.39</v>
       </c>
       <c r="F8" s="30">
-        <v>1938.48</v>
+        <v>1925.79</v>
       </c>
       <c r="G8" s="31">
-        <v>1924.09</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:7" ht="112.5" customHeight="1">
+        <v>1911.5</v>
+      </c>
+      <c r="M8" s="116"/>
+      <c r="N8" s="116"/>
+      <c r="O8" s="116"/>
+      <c r="P8" s="116"/>
+      <c r="Q8" s="116"/>
+    </row>
+    <row r="9" spans="1:17" ht="112.5" customHeight="1">
       <c r="A9" s="28">
         <v>6</v>
       </c>
       <c r="B9" s="29" t="s">
         <v>52</v>
       </c>
       <c r="C9" s="30">
-        <v>3294.65</v>
+        <v>3273.1</v>
       </c>
       <c r="D9" s="30">
-        <v>3172.74</v>
+        <v>3151.98</v>
       </c>
       <c r="E9" s="30">
-        <v>3106.11</v>
+        <v>3085.78</v>
       </c>
       <c r="F9" s="30">
-        <v>3074.3</v>
+        <v>3054.19</v>
       </c>
       <c r="G9" s="31">
-        <v>3059.92</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:7" ht="112.5" customHeight="1">
+        <v>3039.9</v>
+      </c>
+      <c r="M9" s="116"/>
+      <c r="N9" s="116"/>
+      <c r="O9" s="116"/>
+      <c r="P9" s="116"/>
+      <c r="Q9" s="116"/>
+    </row>
+    <row r="10" spans="1:17" ht="112.5" customHeight="1">
       <c r="A10" s="28">
         <v>7</v>
       </c>
       <c r="B10" s="29" t="s">
         <v>53</v>
       </c>
       <c r="C10" s="30">
-        <v>3824.71</v>
+        <v>3799.68</v>
       </c>
       <c r="D10" s="30">
-        <v>3702.79</v>
+        <v>3678.57</v>
       </c>
       <c r="E10" s="30">
-        <v>3636.16</v>
+        <v>3612.37</v>
       </c>
       <c r="F10" s="30">
-        <v>3604.36</v>
+        <v>3580.77</v>
       </c>
       <c r="G10" s="31">
-        <v>3589.97</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:7" ht="112.5" customHeight="1" thickBot="1">
+        <v>3566.48</v>
+      </c>
+      <c r="M10" s="116"/>
+      <c r="N10" s="116"/>
+      <c r="O10" s="116"/>
+      <c r="P10" s="116"/>
+      <c r="Q10" s="116"/>
+    </row>
+    <row r="11" spans="1:17" ht="112.5" customHeight="1" thickBot="1">
       <c r="A11" s="32">
         <v>8</v>
       </c>
       <c r="B11" s="33" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="C11" s="34">
-        <v>8292.2900000000009</v>
+        <v>8238.0400000000009</v>
       </c>
       <c r="D11" s="34">
-        <v>8170.38</v>
+        <v>8116.92</v>
       </c>
       <c r="E11" s="34">
-        <v>8103.74</v>
+        <v>8050.72</v>
       </c>
       <c r="F11" s="34">
-        <v>8071.94</v>
+        <v>8019.13</v>
       </c>
       <c r="G11" s="35">
-        <v>8057.55</v>
-[...3 lines deleted...]
-      <c r="A12" s="151" t="s">
+        <v>8004.83</v>
+      </c>
+      <c r="M11" s="116"/>
+      <c r="N11" s="116"/>
+      <c r="O11" s="116"/>
+      <c r="P11" s="116"/>
+      <c r="Q11" s="116"/>
+    </row>
+    <row r="12" spans="1:17" ht="99.95" customHeight="1" thickTop="1">
+      <c r="A12" s="153" t="s">
         <v>54</v>
       </c>
-      <c r="B12" s="152"/>
+      <c r="B12" s="154"/>
       <c r="C12" s="87" t="s">
         <v>25</v>
       </c>
       <c r="D12" s="87" t="s">
         <v>26</v>
       </c>
       <c r="E12" s="87" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="87" t="s">
         <v>15</v>
       </c>
       <c r="G12" s="8" t="s">
         <v>16</v>
       </c>
     </row>
-    <row r="13" spans="1:7" ht="112.5" customHeight="1">
+    <row r="13" spans="1:17" ht="112.5" customHeight="1">
       <c r="A13" s="28">
         <v>1</v>
       </c>
       <c r="B13" s="29" t="s">
         <v>47</v>
       </c>
       <c r="C13" s="30">
-        <v>1049.5</v>
+        <v>1042.6400000000001</v>
       </c>
       <c r="D13" s="30">
-        <v>927.59</v>
+        <v>921.52</v>
       </c>
       <c r="E13" s="30">
-        <v>860.96</v>
+        <v>855.32</v>
       </c>
       <c r="F13" s="30">
-        <v>829.15</v>
+        <v>823.73</v>
       </c>
       <c r="G13" s="31">
-        <v>814.77</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:7" ht="112.5" customHeight="1">
+        <v>809.44</v>
+      </c>
+      <c r="K13" s="116"/>
+      <c r="L13" s="116"/>
+      <c r="M13" s="116"/>
+      <c r="N13" s="116"/>
+      <c r="O13" s="116"/>
+    </row>
+    <row r="14" spans="1:17" ht="112.5" customHeight="1">
       <c r="A14" s="28">
         <v>2</v>
       </c>
       <c r="B14" s="29" t="s">
         <v>48</v>
       </c>
       <c r="C14" s="30">
-        <v>898.06</v>
+        <v>892.18</v>
       </c>
       <c r="D14" s="30">
-        <v>776.15</v>
+        <v>771.07</v>
       </c>
       <c r="E14" s="30">
-        <v>709.51</v>
+        <v>704.87</v>
       </c>
       <c r="F14" s="30">
-        <v>677.71</v>
+        <v>673.28</v>
       </c>
       <c r="G14" s="31">
-        <v>663.32</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:7" ht="112.5" customHeight="1">
+        <v>658.98</v>
+      </c>
+      <c r="K14" s="116"/>
+      <c r="L14" s="116"/>
+      <c r="M14" s="116"/>
+      <c r="N14" s="116"/>
+      <c r="O14" s="116"/>
+    </row>
+    <row r="15" spans="1:17" ht="112.5" customHeight="1">
       <c r="A15" s="28">
         <v>3</v>
       </c>
       <c r="B15" s="29" t="s">
         <v>49</v>
       </c>
       <c r="C15" s="30" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="D15" s="30" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="E15" s="30">
-        <v>255.18</v>
+        <v>253.51</v>
       </c>
       <c r="F15" s="30">
-        <v>223.38</v>
+        <v>221.92</v>
       </c>
       <c r="G15" s="31">
-        <v>208.99</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:7" ht="112.5" customHeight="1">
+        <v>207.62</v>
+      </c>
+      <c r="K15" s="116"/>
+      <c r="L15" s="116"/>
+      <c r="M15" s="116"/>
+      <c r="N15" s="116"/>
+      <c r="O15" s="116"/>
+    </row>
+    <row r="16" spans="1:17" ht="112.5" customHeight="1">
       <c r="A16" s="28">
         <v>4</v>
       </c>
       <c r="B16" s="29" t="s">
         <v>50</v>
       </c>
       <c r="C16" s="30">
-        <v>1806.72</v>
+        <v>1794.9</v>
       </c>
       <c r="D16" s="30">
-        <v>1684.81</v>
+        <v>1673.79</v>
       </c>
       <c r="E16" s="30">
-        <v>1618.17</v>
+        <v>1607.59</v>
       </c>
       <c r="F16" s="30">
-        <v>1586.37</v>
+        <v>1575.99</v>
       </c>
       <c r="G16" s="31">
-        <v>1571.98</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:7" ht="112.5" customHeight="1">
+        <v>1561.7</v>
+      </c>
+      <c r="K16" s="116"/>
+      <c r="L16" s="116"/>
+      <c r="M16" s="116"/>
+      <c r="N16" s="116"/>
+      <c r="O16" s="116"/>
+    </row>
+    <row r="17" spans="1:15" ht="112.5" customHeight="1">
       <c r="A17" s="28">
         <v>5</v>
       </c>
       <c r="B17" s="29" t="s">
         <v>55</v>
       </c>
       <c r="C17" s="30">
-        <v>1178.23</v>
+        <v>1170.52</v>
       </c>
       <c r="D17" s="30">
-        <v>1056.32</v>
+        <v>1049.4100000000001</v>
       </c>
       <c r="E17" s="30">
-        <v>989.68</v>
+        <v>983.21</v>
       </c>
       <c r="F17" s="30">
-        <v>957.88</v>
+        <v>951.61</v>
       </c>
       <c r="G17" s="31">
-        <v>943.49</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:7" ht="112.5" customHeight="1">
+        <v>937.32</v>
+      </c>
+      <c r="K17" s="116"/>
+      <c r="L17" s="116"/>
+      <c r="M17" s="116"/>
+      <c r="N17" s="116"/>
+      <c r="O17" s="116"/>
+    </row>
+    <row r="18" spans="1:15" ht="112.5" customHeight="1">
       <c r="A18" s="28">
         <v>6</v>
       </c>
       <c r="B18" s="29" t="s">
         <v>51</v>
       </c>
       <c r="C18" s="30">
-        <v>2109.61</v>
+        <v>2095.81</v>
       </c>
       <c r="D18" s="30">
-        <v>1987.7</v>
+        <v>1974.69</v>
       </c>
       <c r="E18" s="30">
-        <v>1921.06</v>
+        <v>1908.49</v>
       </c>
       <c r="F18" s="30">
-        <v>1889.26</v>
+        <v>1876.9</v>
       </c>
       <c r="G18" s="31">
-        <v>1874.87</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:7" ht="112.5" customHeight="1">
+        <v>1862.6</v>
+      </c>
+      <c r="K18" s="116"/>
+      <c r="L18" s="116"/>
+      <c r="M18" s="116"/>
+      <c r="N18" s="116"/>
+      <c r="O18" s="116"/>
+    </row>
+    <row r="19" spans="1:15" ht="112.5" customHeight="1">
       <c r="A19" s="28">
         <v>7</v>
       </c>
       <c r="B19" s="29" t="s">
         <v>52</v>
       </c>
       <c r="C19" s="30">
-        <v>3245.44</v>
+        <v>3224.2</v>
       </c>
       <c r="D19" s="30">
-        <v>3123.52</v>
+        <v>3103.09</v>
       </c>
       <c r="E19" s="30">
-        <v>3056.89</v>
+        <v>3036.89</v>
       </c>
       <c r="F19" s="30">
-        <v>3025.08</v>
+        <v>3005.29</v>
       </c>
       <c r="G19" s="31">
-        <v>3010.7</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:7" ht="112.5" customHeight="1">
+        <v>2991</v>
+      </c>
+      <c r="K19" s="116"/>
+      <c r="L19" s="116"/>
+      <c r="M19" s="116"/>
+      <c r="N19" s="116"/>
+      <c r="O19" s="116"/>
+    </row>
+    <row r="20" spans="1:15" ht="112.5" customHeight="1">
       <c r="A20" s="28">
         <v>8</v>
       </c>
       <c r="B20" s="29" t="s">
         <v>53</v>
       </c>
       <c r="C20" s="30">
-        <v>3775.49</v>
+        <v>3750.79</v>
       </c>
       <c r="D20" s="30">
-        <v>3653.58</v>
+        <v>3629.67</v>
       </c>
       <c r="E20" s="30">
-        <v>3586.94</v>
+        <v>3563.47</v>
       </c>
       <c r="F20" s="30">
-        <v>3555.14</v>
+        <v>3531.88</v>
       </c>
       <c r="G20" s="31">
-        <v>3540.75</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:7" ht="112.5" customHeight="1" thickBot="1">
+        <v>3517.58</v>
+      </c>
+      <c r="K20" s="116"/>
+      <c r="L20" s="116"/>
+      <c r="M20" s="116"/>
+      <c r="N20" s="116"/>
+      <c r="O20" s="116"/>
+    </row>
+    <row r="21" spans="1:15" ht="112.5" customHeight="1" thickBot="1">
       <c r="A21" s="28">
         <v>9</v>
       </c>
       <c r="B21" s="33" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="C21" s="34">
-        <v>8243.07</v>
+        <v>8189.14</v>
       </c>
       <c r="D21" s="34">
-        <v>8121.16</v>
+        <v>8068.02</v>
       </c>
       <c r="E21" s="34">
-        <v>8054.52</v>
+        <v>8001.83</v>
       </c>
       <c r="F21" s="34">
-        <v>8022.72</v>
+        <v>7970.23</v>
       </c>
       <c r="G21" s="35">
-        <v>8008.33</v>
-[...3 lines deleted...]
-      <c r="A22" s="151" t="s">
+        <v>7955.94</v>
+      </c>
+      <c r="K21" s="116"/>
+      <c r="L21" s="116"/>
+      <c r="M21" s="116"/>
+      <c r="N21" s="116"/>
+      <c r="O21" s="116"/>
+    </row>
+    <row r="22" spans="1:15" ht="99.95" customHeight="1" thickTop="1">
+      <c r="A22" s="153" t="s">
         <v>56</v>
       </c>
-      <c r="B22" s="152"/>
+      <c r="B22" s="154"/>
       <c r="C22" s="87" t="s">
         <v>25</v>
       </c>
       <c r="D22" s="87" t="s">
         <v>26</v>
       </c>
       <c r="E22" s="87" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="87" t="s">
         <v>15</v>
       </c>
       <c r="G22" s="8" t="s">
         <v>16</v>
       </c>
-    </row>
-    <row r="23" spans="1:7" ht="112.5" customHeight="1">
+      <c r="K22" s="116"/>
+      <c r="L22" s="116"/>
+      <c r="M22" s="116"/>
+      <c r="N22" s="116"/>
+      <c r="O22" s="116"/>
+    </row>
+    <row r="23" spans="1:15" ht="112.5" customHeight="1">
       <c r="A23" s="28">
         <v>1</v>
       </c>
       <c r="B23" s="29" t="s">
         <v>47</v>
       </c>
       <c r="C23" s="30">
-        <v>1250.17</v>
+        <v>1241.99</v>
       </c>
       <c r="D23" s="30">
-        <v>1128.25</v>
+        <v>1120.8699999999999</v>
       </c>
       <c r="E23" s="30">
-        <v>1061.6199999999999</v>
+        <v>1054.67</v>
       </c>
       <c r="F23" s="30">
-        <v>1029.82</v>
+        <v>1023.08</v>
       </c>
       <c r="G23" s="31">
-        <v>1015.43</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:7" ht="112.5" customHeight="1">
+        <v>1008.79</v>
+      </c>
+      <c r="K23" s="116"/>
+      <c r="L23" s="116"/>
+      <c r="M23" s="116"/>
+      <c r="N23" s="116"/>
+      <c r="O23" s="116"/>
+    </row>
+    <row r="24" spans="1:15" ht="112.5" customHeight="1">
       <c r="A24" s="28">
         <v>2</v>
       </c>
       <c r="B24" s="29" t="s">
         <v>48</v>
       </c>
       <c r="C24" s="30">
-        <v>1098.72</v>
+        <v>1091.53</v>
       </c>
       <c r="D24" s="30">
-        <v>976.81</v>
+        <v>970.42</v>
       </c>
       <c r="E24" s="30">
-        <v>910.18</v>
+        <v>904.22</v>
       </c>
       <c r="F24" s="30">
-        <v>878.37</v>
+        <v>872.63</v>
       </c>
       <c r="G24" s="31">
-        <v>863.99</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:7" ht="112.5" customHeight="1">
+        <v>858.33</v>
+      </c>
+      <c r="K24" s="116"/>
+      <c r="L24" s="116"/>
+      <c r="M24" s="116"/>
+      <c r="N24" s="116"/>
+      <c r="O24" s="116"/>
+    </row>
+    <row r="25" spans="1:15" ht="112.5" customHeight="1">
       <c r="A25" s="28">
         <v>3</v>
       </c>
       <c r="B25" s="29" t="s">
         <v>51</v>
       </c>
       <c r="C25" s="30">
-        <v>2310.27</v>
+        <v>2295.16</v>
       </c>
       <c r="D25" s="30">
-        <v>2188.36</v>
+        <v>2174.04</v>
       </c>
       <c r="E25" s="30">
-        <v>2121.7199999999998</v>
+        <v>2107.84</v>
       </c>
       <c r="F25" s="30">
-        <v>2089.92</v>
+        <v>2076.25</v>
       </c>
       <c r="G25" s="31">
-        <v>2075.5300000000002</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:7" ht="112.5" customHeight="1">
+        <v>2061.9499999999998</v>
+      </c>
+      <c r="K25" s="116"/>
+      <c r="L25" s="116"/>
+      <c r="M25" s="116"/>
+      <c r="N25" s="116"/>
+      <c r="O25" s="116"/>
+    </row>
+    <row r="26" spans="1:15" ht="112.5" customHeight="1">
       <c r="A26" s="28">
         <v>4</v>
       </c>
       <c r="B26" s="29" t="s">
         <v>52</v>
       </c>
       <c r="C26" s="30">
-        <v>3446.1</v>
+        <v>3423.55</v>
       </c>
       <c r="D26" s="30">
-        <v>3324.19</v>
+        <v>3302.44</v>
       </c>
       <c r="E26" s="30">
-        <v>3257.55</v>
+        <v>3236.24</v>
       </c>
       <c r="F26" s="30">
-        <v>3225.75</v>
+        <v>3204.64</v>
       </c>
       <c r="G26" s="31">
-        <v>3211.36</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:7" ht="112.5" customHeight="1">
+        <v>3190.35</v>
+      </c>
+      <c r="K26" s="116"/>
+      <c r="L26" s="116"/>
+      <c r="M26" s="116"/>
+      <c r="N26" s="116"/>
+      <c r="O26" s="116"/>
+    </row>
+    <row r="27" spans="1:15" ht="112.5" customHeight="1">
       <c r="A27" s="28">
         <v>5</v>
       </c>
       <c r="B27" s="29" t="s">
         <v>53</v>
       </c>
       <c r="C27" s="30">
-        <v>3976.15</v>
+        <v>3950.13</v>
       </c>
       <c r="D27" s="30">
-        <v>3854.24</v>
+        <v>3829.02</v>
       </c>
       <c r="E27" s="30">
-        <v>3787.6</v>
+        <v>3762.82</v>
       </c>
       <c r="F27" s="30">
-        <v>3755.8</v>
+        <v>3731.23</v>
       </c>
       <c r="G27" s="31">
-        <v>3741.41</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:7" ht="112.5" customHeight="1" thickBot="1">
+        <v>3176.93</v>
+      </c>
+      <c r="K27" s="116"/>
+      <c r="L27" s="116"/>
+      <c r="M27" s="116"/>
+      <c r="N27" s="116"/>
+      <c r="O27" s="116"/>
+    </row>
+    <row r="28" spans="1:15" ht="112.5" customHeight="1" thickBot="1">
       <c r="A28" s="32">
         <v>6</v>
       </c>
       <c r="B28" s="33" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="C28" s="34">
-        <v>8443.73</v>
+        <v>8388.49</v>
       </c>
       <c r="D28" s="34">
-        <v>8321.82</v>
+        <v>8267.3700000000008</v>
       </c>
       <c r="E28" s="34">
-        <v>8255.19</v>
+        <v>8201.17</v>
       </c>
       <c r="F28" s="34">
-        <v>8223.3799999999992</v>
+        <v>8169.58</v>
       </c>
       <c r="G28" s="35">
-        <v>8209</v>
-[...3 lines deleted...]
-      <c r="A29" s="151" t="s">
+        <v>8155.29</v>
+      </c>
+      <c r="K28" s="116"/>
+      <c r="L28" s="116"/>
+      <c r="M28" s="116"/>
+      <c r="N28" s="116"/>
+      <c r="O28" s="116"/>
+    </row>
+    <row r="29" spans="1:15" ht="99.95" customHeight="1" thickTop="1">
+      <c r="A29" s="153" t="s">
         <v>57</v>
       </c>
-      <c r="B29" s="152"/>
+      <c r="B29" s="154"/>
       <c r="C29" s="87" t="s">
         <v>25</v>
       </c>
       <c r="D29" s="87" t="s">
         <v>26</v>
       </c>
       <c r="E29" s="87" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="87" t="s">
         <v>15</v>
       </c>
       <c r="G29" s="8" t="s">
         <v>16</v>
       </c>
-    </row>
-    <row r="30" spans="1:7" ht="112.5" customHeight="1">
+      <c r="K29" s="116"/>
+      <c r="L29" s="116"/>
+      <c r="M29" s="116"/>
+      <c r="N29" s="116"/>
+      <c r="O29" s="116"/>
+    </row>
+    <row r="30" spans="1:15" ht="112.5" customHeight="1">
       <c r="A30" s="28">
         <v>1</v>
       </c>
       <c r="B30" s="29" t="s">
         <v>47</v>
       </c>
       <c r="C30" s="30">
-        <v>1200.95</v>
+        <v>1193.0899999999999</v>
       </c>
       <c r="D30" s="30">
-        <v>1079.04</v>
+        <v>1071.98</v>
       </c>
       <c r="E30" s="30">
-        <v>1012.4</v>
+        <v>1005.78</v>
       </c>
       <c r="F30" s="30">
-        <v>980.6</v>
+        <v>974.18</v>
       </c>
       <c r="G30" s="31">
-        <v>966.21</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:7" ht="112.5" customHeight="1">
+        <v>959.89</v>
+      </c>
+      <c r="K30" s="116"/>
+      <c r="L30" s="116"/>
+      <c r="M30" s="116"/>
+      <c r="N30" s="116"/>
+      <c r="O30" s="116"/>
+    </row>
+    <row r="31" spans="1:15" ht="112.5" customHeight="1">
       <c r="A31" s="28">
         <v>2</v>
       </c>
       <c r="B31" s="29" t="s">
         <v>48</v>
       </c>
       <c r="C31" s="30">
-        <v>1049.5</v>
+        <v>1042.6400000000001</v>
       </c>
       <c r="D31" s="30">
-        <v>927.59</v>
+        <v>921.52</v>
       </c>
       <c r="E31" s="30">
-        <v>860.96</v>
+        <v>855.32</v>
       </c>
       <c r="F31" s="30">
-        <v>829.15</v>
+        <v>823.73</v>
       </c>
       <c r="G31" s="31">
-        <v>814.77</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:7" ht="112.5" customHeight="1">
+        <v>809.44</v>
+      </c>
+      <c r="K31" s="116"/>
+      <c r="L31" s="116"/>
+      <c r="M31" s="116"/>
+      <c r="N31" s="116"/>
+      <c r="O31" s="116"/>
+    </row>
+    <row r="32" spans="1:15" ht="112.5" customHeight="1">
       <c r="A32" s="28">
         <v>3</v>
       </c>
       <c r="B32" s="29" t="s">
         <v>55</v>
       </c>
       <c r="C32" s="30">
-        <v>1329.67</v>
+        <v>1320.97</v>
       </c>
       <c r="D32" s="30">
-        <v>1207.76</v>
+        <v>1199.8599999999999</v>
       </c>
       <c r="E32" s="30">
-        <v>1141.1300000000001</v>
+        <v>1133.6600000000001</v>
       </c>
       <c r="F32" s="30">
-        <v>1109.32</v>
+        <v>1102.07</v>
       </c>
       <c r="G32" s="31">
-        <v>1094.94</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:7" ht="112.5" customHeight="1">
+        <v>1087.77</v>
+      </c>
+      <c r="K32" s="116"/>
+      <c r="L32" s="116"/>
+      <c r="M32" s="116"/>
+      <c r="N32" s="116"/>
+      <c r="O32" s="116"/>
+    </row>
+    <row r="33" spans="1:15" ht="112.5" customHeight="1">
       <c r="A33" s="28">
         <v>4</v>
       </c>
       <c r="B33" s="29" t="s">
         <v>51</v>
       </c>
       <c r="C33" s="30">
-        <v>2261.0500000000002</v>
+        <v>2246.2600000000002</v>
       </c>
       <c r="D33" s="30">
-        <v>2139.14</v>
+        <v>2125.14</v>
       </c>
       <c r="E33" s="30">
-        <v>2072.5</v>
+        <v>2058.94</v>
       </c>
       <c r="F33" s="30">
-        <v>2040.7</v>
+        <v>2027.35</v>
       </c>
       <c r="G33" s="31">
-        <v>2026.31</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:7" ht="112.5" customHeight="1">
+        <v>2013.06</v>
+      </c>
+      <c r="K33" s="116"/>
+      <c r="L33" s="116"/>
+      <c r="M33" s="116"/>
+      <c r="N33" s="116"/>
+      <c r="O33" s="116"/>
+    </row>
+    <row r="34" spans="1:15" ht="112.5" customHeight="1">
       <c r="A34" s="28">
         <v>5</v>
       </c>
       <c r="B34" s="29" t="s">
         <v>52</v>
       </c>
       <c r="C34" s="30">
-        <v>3396.88</v>
+        <v>3374.65</v>
       </c>
       <c r="D34" s="30">
-        <v>3274.97</v>
+        <v>3253.54</v>
       </c>
       <c r="E34" s="30">
-        <v>3208.33</v>
+        <v>3187.34</v>
       </c>
       <c r="F34" s="30">
-        <v>3176.53</v>
+        <v>3155.74</v>
       </c>
       <c r="G34" s="31">
-        <v>3162.14</v>
-[...2 lines deleted...]
-    <row r="35" spans="1:7" ht="112.5" customHeight="1">
+        <v>3141.45</v>
+      </c>
+      <c r="K34" s="116"/>
+      <c r="L34" s="116"/>
+      <c r="M34" s="116"/>
+      <c r="N34" s="116"/>
+      <c r="O34" s="116"/>
+    </row>
+    <row r="35" spans="1:15" ht="112.5" customHeight="1">
       <c r="A35" s="28">
         <v>6</v>
       </c>
       <c r="B35" s="29" t="s">
         <v>53</v>
       </c>
       <c r="C35" s="30">
-        <v>3926.93</v>
+        <v>3901.24</v>
       </c>
       <c r="D35" s="30">
-        <v>3805.02</v>
+        <v>3780.12</v>
       </c>
       <c r="E35" s="30">
-        <v>3738.38</v>
+        <v>3713.92</v>
       </c>
       <c r="F35" s="30">
-        <v>3706.58</v>
+        <v>3682.33</v>
       </c>
       <c r="G35" s="31">
-        <v>3692.19</v>
-[...2 lines deleted...]
-    <row r="36" spans="1:7" ht="112.5" customHeight="1" thickBot="1">
+        <v>3668.04</v>
+      </c>
+      <c r="K35" s="116"/>
+      <c r="L35" s="116"/>
+      <c r="M35" s="116"/>
+      <c r="N35" s="116"/>
+      <c r="O35" s="116"/>
+    </row>
+    <row r="36" spans="1:15" ht="112.5" customHeight="1" thickBot="1">
       <c r="A36" s="32">
         <v>7</v>
       </c>
       <c r="B36" s="33" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="C36" s="34">
-        <v>8394.52</v>
+        <v>8339.59</v>
       </c>
       <c r="D36" s="34">
-        <v>8272.6</v>
+        <v>8218.48</v>
       </c>
       <c r="E36" s="34">
-        <v>8205.9699999999993</v>
+        <v>8152.28</v>
       </c>
       <c r="F36" s="34">
-        <v>8174.17</v>
+        <v>8120.68</v>
       </c>
       <c r="G36" s="35">
-        <v>8159.78</v>
-[...6 lines deleted...]
-      <c r="B37" s="193"/>
+        <v>8016.39</v>
+      </c>
+      <c r="K36" s="116"/>
+      <c r="L36" s="116"/>
+      <c r="M36" s="116"/>
+      <c r="N36" s="116"/>
+      <c r="O36" s="116"/>
+    </row>
+    <row r="37" spans="1:15" ht="99.95" customHeight="1" thickTop="1">
+      <c r="A37" s="153" t="s">
+        <v>157</v>
+      </c>
+      <c r="B37" s="195"/>
       <c r="C37" s="87" t="s">
         <v>25</v>
       </c>
       <c r="D37" s="87" t="s">
         <v>26</v>
       </c>
       <c r="E37" s="87" t="s">
         <v>14</v>
       </c>
       <c r="F37" s="87" t="s">
         <v>15</v>
       </c>
       <c r="G37" s="8" t="s">
         <v>16</v>
       </c>
-    </row>
-    <row r="38" spans="1:7" ht="112.5" customHeight="1">
+      <c r="K37" s="116"/>
+      <c r="L37" s="116"/>
+      <c r="M37" s="116"/>
+      <c r="N37" s="116"/>
+      <c r="O37" s="116"/>
+    </row>
+    <row r="38" spans="1:15" ht="112.5" customHeight="1">
       <c r="A38" s="69">
         <v>1</v>
       </c>
       <c r="B38" s="90" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="C38" s="89">
-        <v>2083.11</v>
+        <v>2069.48</v>
       </c>
       <c r="D38" s="30">
-        <v>1961.19</v>
+        <v>1948.36</v>
       </c>
       <c r="E38" s="30">
-        <v>1894.56</v>
+        <v>1882.16</v>
       </c>
       <c r="F38" s="30">
-        <v>1862.76</v>
+        <v>1850.57</v>
       </c>
       <c r="G38" s="31">
-        <v>1848.37</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:7" ht="112.5" customHeight="1">
+        <v>1836.27</v>
+      </c>
+      <c r="K38" s="116"/>
+      <c r="L38" s="116"/>
+      <c r="M38" s="116"/>
+      <c r="N38" s="116"/>
+      <c r="O38" s="116"/>
+    </row>
+    <row r="39" spans="1:15" ht="112.5" customHeight="1">
       <c r="A39" s="69">
         <v>2</v>
       </c>
       <c r="B39" s="90" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="C39" s="89">
-        <v>2033.89</v>
+        <v>2020.58</v>
       </c>
       <c r="D39" s="30">
-        <v>1911.97</v>
+        <v>1899.46</v>
       </c>
       <c r="E39" s="30">
-        <v>1845.34</v>
+        <v>1833.27</v>
       </c>
       <c r="F39" s="30">
-        <v>1813.54</v>
+        <v>1801.67</v>
       </c>
       <c r="G39" s="31">
-        <v>1799.15</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:7" ht="112.5" customHeight="1">
+        <v>1787.38</v>
+      </c>
+      <c r="K39" s="116"/>
+      <c r="L39" s="116"/>
+      <c r="M39" s="116"/>
+      <c r="N39" s="116"/>
+      <c r="O39" s="116"/>
+    </row>
+    <row r="40" spans="1:15" ht="112.5" customHeight="1">
       <c r="A40" s="69">
         <v>3</v>
       </c>
       <c r="B40" s="90" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="C40" s="89">
-        <v>1855.94</v>
+        <v>1843.8</v>
       </c>
       <c r="D40" s="30">
-        <v>1734.03</v>
+        <v>1722.68</v>
       </c>
       <c r="E40" s="30">
-        <v>1667.39</v>
+        <v>1656.48</v>
       </c>
       <c r="F40" s="30">
-        <v>1635.59</v>
+        <v>1624.89</v>
       </c>
       <c r="G40" s="31">
-        <v>1621.2</v>
-[...2 lines deleted...]
-    <row r="41" spans="1:7" ht="112.5" customHeight="1">
+        <v>1610.6</v>
+      </c>
+      <c r="K40" s="116"/>
+      <c r="L40" s="116"/>
+      <c r="M40" s="116"/>
+      <c r="N40" s="116"/>
+      <c r="O40" s="116"/>
+    </row>
+    <row r="41" spans="1:15" ht="112.5" customHeight="1">
       <c r="A41" s="69">
         <v>4</v>
       </c>
       <c r="B41" s="90" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="C41" s="89">
-        <v>1806.72</v>
+        <v>1794.9</v>
       </c>
       <c r="D41" s="30">
-        <v>1684.81</v>
+        <v>167.79</v>
       </c>
       <c r="E41" s="30">
-        <v>1618.17</v>
+        <v>1607.59</v>
       </c>
       <c r="F41" s="30">
-        <v>1586.37</v>
+        <v>1575.99</v>
       </c>
       <c r="G41" s="31">
-        <v>1571.98</v>
-[...2 lines deleted...]
-    <row r="42" spans="1:7" ht="112.5" customHeight="1">
+        <v>1561.7</v>
+      </c>
+      <c r="K41" s="116"/>
+      <c r="L41" s="116"/>
+      <c r="M41" s="116"/>
+      <c r="N41" s="116"/>
+      <c r="O41" s="116"/>
+    </row>
+    <row r="42" spans="1:15" ht="112.5" customHeight="1">
       <c r="A42" s="91">
         <v>5</v>
       </c>
       <c r="B42" s="90" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="C42" s="89">
-        <v>1250.17</v>
+        <v>1241.99</v>
       </c>
       <c r="D42" s="30">
-        <v>1128.25</v>
+        <v>1120.8699999999999</v>
       </c>
       <c r="E42" s="30">
-        <v>1061.6199999999999</v>
+        <v>1054.67</v>
       </c>
       <c r="F42" s="30">
-        <v>1029.82</v>
+        <v>1023.08</v>
       </c>
       <c r="G42" s="31">
-        <v>1015.43</v>
-[...2 lines deleted...]
-    <row r="43" spans="1:7" ht="112.5" customHeight="1" thickBot="1">
+        <v>1008.79</v>
+      </c>
+      <c r="K42" s="116"/>
+      <c r="L42" s="116"/>
+      <c r="M42" s="116"/>
+      <c r="N42" s="116"/>
+      <c r="O42" s="116"/>
+    </row>
+    <row r="43" spans="1:15" ht="112.5" customHeight="1" thickBot="1">
       <c r="A43" s="32">
         <v>6</v>
       </c>
       <c r="B43" s="100" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="C43" s="101">
-        <v>1200.95</v>
+        <v>1193.0899999999999</v>
       </c>
       <c r="D43" s="34">
-        <v>1079.04</v>
+        <v>1071.98</v>
       </c>
       <c r="E43" s="34">
-        <v>1012.4</v>
+        <v>1005.78</v>
       </c>
       <c r="F43" s="34">
-        <v>980.6</v>
+        <v>974.18</v>
       </c>
       <c r="G43" s="35">
-        <v>966.21</v>
-[...3 lines deleted...]
-      <c r="A44" s="151" t="s">
+        <v>959.89</v>
+      </c>
+      <c r="K43" s="116"/>
+      <c r="L43" s="116"/>
+      <c r="M43" s="116"/>
+      <c r="N43" s="116"/>
+      <c r="O43" s="116"/>
+    </row>
+    <row r="44" spans="1:15" ht="99.95" customHeight="1" thickTop="1">
+      <c r="A44" s="153" t="s">
         <v>58</v>
       </c>
-      <c r="B44" s="144"/>
+      <c r="B44" s="146"/>
       <c r="C44" s="87" t="s">
         <v>25</v>
       </c>
       <c r="D44" s="87" t="s">
         <v>26</v>
       </c>
       <c r="E44" s="87" t="s">
         <v>14</v>
       </c>
       <c r="F44" s="87" t="s">
         <v>15</v>
       </c>
       <c r="G44" s="8" t="s">
         <v>16</v>
       </c>
-    </row>
-    <row r="45" spans="1:7" ht="99.75" customHeight="1" thickBot="1">
+      <c r="K44" s="116"/>
+      <c r="L44" s="116"/>
+      <c r="M44" s="116"/>
+      <c r="N44" s="116"/>
+      <c r="O44" s="116"/>
+    </row>
+    <row r="45" spans="1:15" ht="99.75" customHeight="1" thickBot="1">
       <c r="A45" s="36">
         <v>1</v>
       </c>
       <c r="B45" s="37" t="s">
         <v>59</v>
       </c>
       <c r="C45" s="93">
-        <v>1312.26</v>
+        <v>1303.67</v>
       </c>
       <c r="D45" s="93">
-        <v>1190.3499999999999</v>
+        <v>1182.56</v>
       </c>
       <c r="E45" s="95">
-        <v>1123.71</v>
+        <v>1116.3599999999999</v>
       </c>
       <c r="F45" s="95">
-        <v>1091.9100000000001</v>
+        <v>1084.76</v>
       </c>
       <c r="G45" s="96">
-        <v>1077.52</v>
-[...3 lines deleted...]
-      <c r="A46" s="185" t="s">
+        <v>1070.47</v>
+      </c>
+      <c r="K45" s="116"/>
+      <c r="L45" s="116"/>
+      <c r="M45" s="116"/>
+      <c r="N45" s="116"/>
+      <c r="O45" s="116"/>
+    </row>
+    <row r="46" spans="1:15" ht="99.95" customHeight="1">
+      <c r="A46" s="187" t="s">
         <v>60</v>
       </c>
-      <c r="B46" s="186"/>
+      <c r="B46" s="188"/>
       <c r="C46" s="94" t="s">
         <v>25</v>
       </c>
       <c r="D46" s="94" t="s">
         <v>26</v>
       </c>
       <c r="E46" s="87" t="s">
         <v>14</v>
       </c>
       <c r="F46" s="87" t="s">
         <v>15</v>
       </c>
       <c r="G46" s="97" t="s">
         <v>16</v>
       </c>
-    </row>
-    <row r="47" spans="1:7" ht="112.5" customHeight="1">
+      <c r="K46" s="116"/>
+      <c r="L46" s="116"/>
+      <c r="M46" s="116"/>
+      <c r="N46" s="116"/>
+      <c r="O46" s="116"/>
+    </row>
+    <row r="47" spans="1:15" ht="112.5" customHeight="1">
       <c r="A47" s="28">
         <v>1</v>
       </c>
       <c r="B47" s="29" t="s">
         <v>61</v>
       </c>
       <c r="C47" s="30">
-        <v>1171.3729495503228</v>
+        <v>1163.71</v>
       </c>
       <c r="D47" s="30">
-        <v>1042.6418608966696</v>
+        <v>1035.82</v>
       </c>
       <c r="E47" s="30">
-        <v>972.27952672572883</v>
+        <v>965.92</v>
       </c>
       <c r="F47" s="30">
-        <v>938.69750359868874</v>
+        <v>932.56</v>
       </c>
       <c r="G47" s="31">
-        <v>923.50563599359918</v>
-[...2 lines deleted...]
-    <row r="48" spans="1:7" ht="112.5" customHeight="1">
+        <v>917.46</v>
+      </c>
+      <c r="K47" s="116"/>
+      <c r="L47" s="116"/>
+      <c r="M47" s="116"/>
+      <c r="N47" s="116"/>
+      <c r="O47" s="116"/>
+    </row>
+    <row r="48" spans="1:15" ht="112.5" customHeight="1">
       <c r="A48" s="28">
         <v>2</v>
       </c>
       <c r="B48" s="29" t="s">
         <v>62</v>
       </c>
       <c r="C48" s="30">
-        <v>1011.4585537072754</v>
+        <v>1004.84</v>
       </c>
       <c r="D48" s="30">
-        <v>882.72746505362215</v>
+        <v>876.95</v>
       </c>
       <c r="E48" s="30">
-        <v>812.36513088268123</v>
+        <v>807.05</v>
       </c>
       <c r="F48" s="30">
-        <v>778.78310775564137</v>
+        <v>773.69</v>
       </c>
       <c r="G48" s="31">
-        <v>763.5912401505517</v>
-[...2 lines deleted...]
-    <row r="49" spans="1:7" ht="112.5" customHeight="1">
+        <v>758.6</v>
+      </c>
+      <c r="K48" s="116"/>
+      <c r="L48" s="116"/>
+      <c r="M48" s="116"/>
+      <c r="N48" s="116"/>
+      <c r="O48" s="116"/>
+    </row>
+    <row r="49" spans="1:15" ht="112.5" customHeight="1">
       <c r="A49" s="28">
         <v>3</v>
       </c>
       <c r="B49" s="29" t="s">
         <v>63</v>
       </c>
       <c r="C49" s="30" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="D49" s="30" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="E49" s="30">
-        <v>332.62194335353877</v>
+        <v>330.45</v>
       </c>
       <c r="F49" s="30">
-        <v>299.03992022649879</v>
+        <v>297.08</v>
       </c>
       <c r="G49" s="31">
-        <v>283.84805262140929</v>
-[...2 lines deleted...]
-    <row r="50" spans="1:7" ht="112.5" customHeight="1">
+        <v>281.99</v>
+      </c>
+      <c r="K49" s="116"/>
+      <c r="L49" s="116"/>
+      <c r="M49" s="116"/>
+      <c r="N49" s="116"/>
+      <c r="O49" s="116"/>
+    </row>
+    <row r="50" spans="1:15" ht="112.5" customHeight="1">
       <c r="A50" s="28">
         <v>4</v>
       </c>
       <c r="B50" s="29" t="s">
         <v>64</v>
       </c>
       <c r="C50" s="30">
-        <v>1481.6068774858352</v>
+        <v>1471.91</v>
       </c>
       <c r="D50" s="30">
-        <v>1352.8757888321818</v>
+        <v>1344.02</v>
       </c>
       <c r="E50" s="30">
-        <v>1282.5134546612408</v>
+        <v>1274.1199999999999</v>
       </c>
       <c r="F50" s="30">
-        <v>1248.931431534201</v>
+        <v>1240.76</v>
       </c>
       <c r="G50" s="31">
-        <v>1233.7395639291112</v>
-[...2 lines deleted...]
-    <row r="51" spans="1:7" ht="112.5" customHeight="1">
+        <v>1225.67</v>
+      </c>
+      <c r="K50" s="116"/>
+      <c r="L50" s="116"/>
+      <c r="M50" s="116"/>
+      <c r="N50" s="116"/>
+      <c r="O50" s="116"/>
+    </row>
+    <row r="51" spans="1:15" ht="112.5" customHeight="1">
       <c r="A51" s="28">
         <v>5</v>
       </c>
       <c r="B51" s="29" t="s">
         <v>65</v>
       </c>
       <c r="C51" s="30">
-        <v>1970.94492876556</v>
+        <v>1958.05</v>
       </c>
       <c r="D51" s="30">
-        <v>1842.2138401119068</v>
+        <v>1830.16</v>
       </c>
       <c r="E51" s="30">
-        <v>1771.8515059409663</v>
+        <v>1760.26</v>
       </c>
       <c r="F51" s="30">
-        <v>1738.2694828139261</v>
+        <v>1726.9</v>
       </c>
       <c r="G51" s="31">
-        <v>1723.0776152088365</v>
-[...2 lines deleted...]
-    <row r="52" spans="1:7" ht="112.5" customHeight="1">
+        <v>1711.8</v>
+      </c>
+      <c r="K51" s="116"/>
+      <c r="L51" s="116"/>
+      <c r="M51" s="116"/>
+      <c r="N51" s="116"/>
+      <c r="O51" s="116"/>
+    </row>
+    <row r="52" spans="1:15" ht="112.5" customHeight="1">
       <c r="A52" s="28">
         <v>6</v>
       </c>
       <c r="B52" s="29" t="s">
         <v>66</v>
       </c>
       <c r="C52" s="30">
-        <v>1811.0305329225125</v>
+        <v>1799.18</v>
       </c>
       <c r="D52" s="30">
-        <v>1682.2994442688596</v>
+        <v>1671.29</v>
       </c>
       <c r="E52" s="30">
-        <v>1611.9371100979185</v>
+        <v>1601.39</v>
       </c>
       <c r="F52" s="30">
-        <v>1578.3550869708786</v>
+        <v>1568.03</v>
       </c>
       <c r="G52" s="31">
-        <v>1563.1632193657892</v>
-[...2 lines deleted...]
-    <row r="53" spans="1:7" ht="112.5" customHeight="1">
+        <v>1552.94</v>
+      </c>
+      <c r="K52" s="116"/>
+      <c r="L52" s="116"/>
+      <c r="M52" s="116"/>
+      <c r="N52" s="116"/>
+      <c r="O52" s="116"/>
+    </row>
+    <row r="53" spans="1:15" ht="112.5" customHeight="1">
       <c r="A53" s="28">
         <v>7</v>
       </c>
       <c r="B53" s="38" t="s">
         <v>67</v>
       </c>
       <c r="C53" s="30">
-        <v>1307.3001860169131</v>
+        <v>1298.75</v>
       </c>
       <c r="D53" s="30">
-        <v>1178.5690973632597</v>
+        <v>1170.8599999999999</v>
       </c>
       <c r="E53" s="30">
-        <v>1108.2067631923189</v>
+        <v>1100.96</v>
       </c>
       <c r="F53" s="30">
-        <v>1074.624740065279</v>
+        <v>1067.5899999999999</v>
       </c>
       <c r="G53" s="31">
-        <v>1059.4328724601896</v>
-[...2 lines deleted...]
-    <row r="54" spans="1:7" ht="112.5" customHeight="1">
+        <v>1052.5</v>
+      </c>
+      <c r="K53" s="116"/>
+      <c r="L53" s="116"/>
+      <c r="M53" s="116"/>
+      <c r="N53" s="116"/>
+      <c r="O53" s="116"/>
+    </row>
+    <row r="54" spans="1:15" ht="112.5" customHeight="1">
       <c r="A54" s="28">
         <v>8</v>
       </c>
       <c r="B54" s="38" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="C54" s="30">
-        <v>1970.94492876556</v>
+        <v>1958.05</v>
       </c>
       <c r="D54" s="30">
-        <v>1842.2138401119068</v>
+        <v>1830.16</v>
       </c>
       <c r="E54" s="30">
-        <v>1771.8515059409663</v>
+        <v>1760.26</v>
       </c>
       <c r="F54" s="30">
-        <v>1738.2694828139261</v>
+        <v>1726.9</v>
       </c>
       <c r="G54" s="31">
-        <v>1723.0776152088365</v>
-[...2 lines deleted...]
-    <row r="55" spans="1:7" ht="112.5" customHeight="1">
+        <v>1711.8</v>
+      </c>
+      <c r="K54" s="116"/>
+      <c r="L54" s="116"/>
+      <c r="M54" s="116"/>
+      <c r="N54" s="116"/>
+      <c r="O54" s="116"/>
+    </row>
+    <row r="55" spans="1:15" ht="112.5" customHeight="1">
       <c r="A55" s="28">
         <v>9</v>
       </c>
       <c r="B55" s="29" t="s">
         <v>68</v>
       </c>
       <c r="C55" s="30">
-        <v>2290.7737204516552</v>
+        <v>2275.79</v>
       </c>
       <c r="D55" s="30">
-        <v>2162.0426317980023</v>
+        <v>2147.9</v>
       </c>
       <c r="E55" s="30">
-        <v>2091.680297627061</v>
+        <v>2077.9899999999998</v>
       </c>
       <c r="F55" s="30">
-        <v>2058.0982745000206</v>
+        <v>2044.63</v>
       </c>
       <c r="G55" s="31">
-        <v>2042.9064068949317</v>
-[...2 lines deleted...]
-    <row r="56" spans="1:7" ht="112.5" customHeight="1">
+        <v>2029.54</v>
+      </c>
+      <c r="K55" s="116"/>
+      <c r="L55" s="116"/>
+      <c r="M55" s="116"/>
+      <c r="N55" s="116"/>
+      <c r="O55" s="116"/>
+    </row>
+    <row r="56" spans="1:15" ht="112.5" customHeight="1">
       <c r="A56" s="28">
         <v>10</v>
       </c>
       <c r="B56" s="29" t="s">
         <v>69</v>
       </c>
       <c r="C56" s="30">
-        <v>3490.1316892745103</v>
+        <v>3467.3</v>
       </c>
       <c r="D56" s="30">
-        <v>3361.4006006208569</v>
+        <v>3339.41</v>
       </c>
       <c r="E56" s="30">
-        <v>3291.0382664499161</v>
+        <v>3269.51</v>
       </c>
       <c r="F56" s="30">
-        <v>3257.4562433228762</v>
+        <v>3236.14</v>
       </c>
       <c r="G56" s="31">
-        <v>3242.2643757177862</v>
-[...2 lines deleted...]
-    <row r="57" spans="1:7" ht="112.5" customHeight="1">
+        <v>3221.05</v>
+      </c>
+      <c r="K56" s="116"/>
+      <c r="L56" s="116"/>
+      <c r="M56" s="116"/>
+      <c r="N56" s="116"/>
+      <c r="O56" s="116"/>
+    </row>
+    <row r="57" spans="1:15" ht="112.5" customHeight="1">
       <c r="A57" s="28">
         <v>11</v>
       </c>
       <c r="B57" s="29" t="s">
         <v>70</v>
       </c>
       <c r="C57" s="39">
-        <v>4049.8320747251773</v>
+        <v>4023.33</v>
       </c>
       <c r="D57" s="30">
-        <v>3921.1009860715239</v>
+        <v>3895.45</v>
       </c>
       <c r="E57" s="30">
-        <v>3850.7386519005827</v>
+        <v>3825.54</v>
       </c>
       <c r="F57" s="30">
-        <v>3817.1566287735427</v>
+        <v>3792.18</v>
       </c>
       <c r="G57" s="31">
-        <v>3801.9647611684536</v>
-[...2 lines deleted...]
-    <row r="58" spans="1:7" ht="112.5" customHeight="1" thickBot="1">
+        <v>3777.09</v>
+      </c>
+      <c r="K57" s="116"/>
+      <c r="L57" s="116"/>
+      <c r="M57" s="116"/>
+      <c r="N57" s="116"/>
+      <c r="O57" s="116"/>
+    </row>
+    <row r="58" spans="1:15" ht="112.5" customHeight="1" thickBot="1">
       <c r="A58" s="28">
         <v>12</v>
       </c>
       <c r="B58" s="38" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="C58" s="40">
-        <v>8767.306752095079</v>
+        <v>8709.94</v>
       </c>
       <c r="D58" s="40">
-        <v>8638.5756634414265</v>
+        <v>8582.0499999999993</v>
       </c>
       <c r="E58" s="40">
-        <v>8568.2133292704839</v>
+        <v>8512.15</v>
       </c>
       <c r="F58" s="40">
-        <v>8534.631306143443</v>
+        <v>8478.7900000000009</v>
       </c>
       <c r="G58" s="41">
-        <v>8519.4394385383548</v>
-[...3 lines deleted...]
-      <c r="A59" s="185" t="s">
+        <v>8463.7000000000007</v>
+      </c>
+      <c r="K58" s="116"/>
+      <c r="L58" s="116"/>
+      <c r="M58" s="116"/>
+      <c r="N58" s="116"/>
+      <c r="O58" s="116"/>
+    </row>
+    <row r="59" spans="1:15" ht="99.95" customHeight="1">
+      <c r="A59" s="187" t="s">
         <v>71</v>
       </c>
-      <c r="B59" s="186"/>
+      <c r="B59" s="188"/>
       <c r="C59" s="87" t="s">
         <v>25</v>
       </c>
       <c r="D59" s="87" t="s">
         <v>26</v>
       </c>
       <c r="E59" s="87" t="s">
         <v>14</v>
       </c>
       <c r="F59" s="87" t="s">
         <v>15</v>
       </c>
       <c r="G59" s="8" t="s">
         <v>16</v>
       </c>
-    </row>
-    <row r="60" spans="1:7" ht="112.5" customHeight="1">
+      <c r="K59" s="116"/>
+      <c r="L59" s="116"/>
+      <c r="M59" s="116"/>
+      <c r="N59" s="116"/>
+      <c r="O59" s="116"/>
+    </row>
+    <row r="60" spans="1:15" ht="112.5" customHeight="1">
       <c r="A60" s="28">
         <v>1</v>
       </c>
       <c r="B60" s="29" t="s">
         <v>72</v>
       </c>
       <c r="C60" s="30">
-        <v>1212.9506924695152</v>
+        <v>1205.01</v>
       </c>
       <c r="D60" s="30">
-        <v>1084.219603815862</v>
+        <v>1077.1300000000001</v>
       </c>
       <c r="E60" s="30">
-        <v>1013.8572696449212</v>
+        <v>1007.22</v>
       </c>
       <c r="F60" s="30">
-        <v>980.2752465178811</v>
+        <v>973.86</v>
       </c>
       <c r="G60" s="31">
-        <v>965.08337891279155</v>
-[...2 lines deleted...]
-    <row r="61" spans="1:7" ht="112.5" customHeight="1">
+        <v>958.77</v>
+      </c>
+      <c r="K60" s="116"/>
+      <c r="L60" s="116"/>
+      <c r="M60" s="116"/>
+      <c r="N60" s="116"/>
+      <c r="O60" s="116"/>
+    </row>
+    <row r="61" spans="1:15" ht="112.5" customHeight="1">
       <c r="A61" s="28">
         <v>2</v>
       </c>
       <c r="B61" s="29" t="s">
         <v>73</v>
       </c>
       <c r="C61" s="30">
-        <v>1204.9549726773628</v>
+        <v>1197.07</v>
       </c>
       <c r="D61" s="30">
-        <v>1076.2238840237096</v>
+        <v>1069.18</v>
       </c>
       <c r="E61" s="30">
-        <v>1005.8615498527687</v>
+        <v>999.28</v>
       </c>
       <c r="F61" s="30">
-        <v>972.27952672572883</v>
+        <v>965.92</v>
       </c>
       <c r="G61" s="31">
-        <v>957.08765912063905</v>
-[...2 lines deleted...]
-    <row r="62" spans="1:7" ht="112.5" customHeight="1">
+        <v>950.83</v>
+      </c>
+      <c r="K61" s="116"/>
+      <c r="L61" s="116"/>
+      <c r="M61" s="116"/>
+      <c r="N61" s="116"/>
+      <c r="O61" s="116"/>
+    </row>
+    <row r="62" spans="1:15" ht="112.5" customHeight="1">
       <c r="A62" s="28">
         <v>3</v>
       </c>
       <c r="B62" s="29" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="C62" s="30">
-        <v>1460.8180060262387</v>
+        <v>1451.26</v>
       </c>
       <c r="D62" s="30">
-        <v>1332.0869173725855</v>
+        <v>1323.37</v>
       </c>
       <c r="E62" s="30">
-        <v>1261.7245832016449</v>
+        <v>1253.47</v>
       </c>
       <c r="F62" s="30">
-        <v>1228.1425600746049</v>
+        <v>1220.1099999999999</v>
       </c>
       <c r="G62" s="31">
-        <v>1212.9506924695152</v>
-[...2 lines deleted...]
-    <row r="63" spans="1:7" ht="112.5" customHeight="1">
+        <v>1205.01</v>
+      </c>
+      <c r="K62" s="116"/>
+      <c r="L62" s="116"/>
+      <c r="M62" s="116"/>
+      <c r="N62" s="116"/>
+      <c r="O62" s="116"/>
+    </row>
+    <row r="63" spans="1:15" ht="112.5" customHeight="1">
       <c r="A63" s="28">
         <v>4</v>
       </c>
       <c r="B63" s="29" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="C63" s="30">
-        <v>1420.8394070654767</v>
+        <v>1411.54</v>
       </c>
       <c r="D63" s="30">
-        <v>1292.1083184118233</v>
+        <v>1283.6500000000001</v>
       </c>
       <c r="E63" s="30">
-        <v>1221.7459842408828</v>
+        <v>1213.75</v>
       </c>
       <c r="F63" s="30">
-        <v>1188.1639611138428</v>
+        <v>1180.3900000000001</v>
       </c>
       <c r="G63" s="31">
-        <v>1172.9720935087532</v>
-[...2 lines deleted...]
-    <row r="64" spans="1:7" ht="112.5" customHeight="1">
+        <v>1165.3</v>
+      </c>
+      <c r="K63" s="116"/>
+      <c r="L63" s="116"/>
+      <c r="M63" s="116"/>
+      <c r="N63" s="116"/>
+      <c r="O63" s="116"/>
+    </row>
+    <row r="64" spans="1:15" ht="112.5" customHeight="1">
       <c r="A64" s="28">
         <v>5</v>
       </c>
       <c r="B64" s="29" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="C64" s="30">
-        <v>1372.8650883125626</v>
+        <v>1363.88</v>
       </c>
       <c r="D64" s="30">
-        <v>1244.1339996589093</v>
+        <v>1235.99</v>
       </c>
       <c r="E64" s="30">
-        <v>1173.7716654879687</v>
+        <v>1166.0899999999999</v>
       </c>
       <c r="F64" s="30">
-        <v>1140.1896423609285</v>
+        <v>1132.73</v>
       </c>
       <c r="G64" s="31">
-        <v>1124.9977747558389</v>
-[...2 lines deleted...]
-    <row r="65" spans="1:7" ht="112.5" customHeight="1">
+        <v>1117.6400000000001</v>
+      </c>
+      <c r="K64" s="116"/>
+      <c r="L64" s="116"/>
+      <c r="M64" s="116"/>
+      <c r="N64" s="116"/>
+      <c r="O64" s="116"/>
+    </row>
+    <row r="65" spans="1:19" ht="112.5" customHeight="1">
       <c r="A65" s="28">
         <v>6</v>
       </c>
       <c r="B65" s="29" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="C65" s="30">
-        <v>1324.8907695596483</v>
+        <v>1316.22</v>
       </c>
       <c r="D65" s="30">
-        <v>1196.1596809059952</v>
+        <v>1188.33</v>
       </c>
       <c r="E65" s="30">
-        <v>1125.7973467350544</v>
+        <v>1118.43</v>
       </c>
       <c r="F65" s="30">
-        <v>1092.2153236080144</v>
+        <v>1085.07</v>
       </c>
       <c r="G65" s="31">
-        <v>1077.0234560029246</v>
-[...2 lines deleted...]
-    <row r="66" spans="1:7" ht="112.5" customHeight="1" thickBot="1">
+        <v>1069.98</v>
+      </c>
+      <c r="K65" s="116"/>
+      <c r="L65" s="116"/>
+      <c r="M65" s="116"/>
+      <c r="N65" s="116"/>
+      <c r="O65" s="116"/>
+    </row>
+    <row r="66" spans="1:19" ht="112.5" customHeight="1" thickBot="1">
       <c r="A66" s="83">
         <v>7</v>
       </c>
       <c r="B66" s="38" t="s">
         <v>74</v>
       </c>
       <c r="C66" s="98">
-        <v>1451.2231422756558</v>
+        <v>1441.73</v>
       </c>
       <c r="D66" s="98">
-        <v>1322.4920536220025</v>
+        <v>1313.84</v>
       </c>
       <c r="E66" s="98">
-        <v>1252.1297194510619</v>
+        <v>1243.94</v>
       </c>
       <c r="F66" s="98">
-        <v>1218.5476963240217</v>
+        <v>1210.57</v>
       </c>
       <c r="G66" s="99">
-        <v>1203.3558287189321</v>
-[...3 lines deleted...]
-      <c r="A67" s="187" t="s">
+        <v>1195.48</v>
+      </c>
+      <c r="K66" s="116"/>
+      <c r="L66" s="116"/>
+      <c r="M66" s="116"/>
+      <c r="N66" s="116"/>
+      <c r="O66" s="116"/>
+    </row>
+    <row r="67" spans="1:19" ht="99.95" customHeight="1">
+      <c r="A67" s="189" t="s">
         <v>75</v>
       </c>
-      <c r="B67" s="188"/>
-[...6 lines deleted...]
-    <row r="68" spans="1:7" ht="66.75" customHeight="1">
+      <c r="B67" s="190"/>
+      <c r="C67" s="190"/>
+      <c r="D67" s="190"/>
+      <c r="E67" s="190"/>
+      <c r="F67" s="190"/>
+      <c r="G67" s="191"/>
+      <c r="K67" s="116"/>
+      <c r="L67" s="116"/>
+      <c r="M67" s="116"/>
+      <c r="N67" s="116"/>
+      <c r="O67" s="116"/>
+      <c r="S67" s="116"/>
+    </row>
+    <row r="68" spans="1:19" ht="66.75" customHeight="1">
       <c r="A68" s="28">
         <v>1</v>
       </c>
-      <c r="B68" s="190" t="s">
+      <c r="B68" s="192" t="s">
         <v>76</v>
       </c>
-      <c r="C68" s="191"/>
-[...2 lines deleted...]
-      <c r="F68" s="192"/>
+      <c r="C68" s="193"/>
+      <c r="D68" s="193"/>
+      <c r="E68" s="193"/>
+      <c r="F68" s="194"/>
       <c r="G68" s="31">
         <v>6659.23</v>
       </c>
-    </row>
-    <row r="69" spans="1:7" ht="66.75" customHeight="1" thickBot="1">
+      <c r="K68" s="116"/>
+      <c r="L68" s="116"/>
+      <c r="M68" s="116"/>
+      <c r="N68" s="116"/>
+      <c r="O68" s="116"/>
+    </row>
+    <row r="69" spans="1:19" ht="66.75" customHeight="1" thickBot="1">
       <c r="A69" s="43">
         <v>2</v>
       </c>
-      <c r="B69" s="178" t="s">
-[...5 lines deleted...]
-      <c r="F69" s="180"/>
+      <c r="B69" s="180" t="s">
+        <v>131</v>
+      </c>
+      <c r="C69" s="181"/>
+      <c r="D69" s="181"/>
+      <c r="E69" s="181"/>
+      <c r="F69" s="182"/>
       <c r="G69" s="42">
-        <v>7084.41</v>
-      </c>
+        <v>7038.06</v>
+      </c>
+      <c r="K69" s="116"/>
+      <c r="L69" s="116"/>
+      <c r="M69" s="116"/>
+      <c r="N69" s="116"/>
+      <c r="O69" s="116"/>
+      <c r="Q69" s="116"/>
     </row>
   </sheetData>
   <mergeCells count="13">
     <mergeCell ref="B69:F69"/>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A3:B3"/>
     <mergeCell ref="A12:B12"/>
     <mergeCell ref="A22:B22"/>
     <mergeCell ref="A29:B29"/>
     <mergeCell ref="A44:B44"/>
     <mergeCell ref="A46:B46"/>
     <mergeCell ref="A59:B59"/>
     <mergeCell ref="A67:G67"/>
     <mergeCell ref="B68:F68"/>
     <mergeCell ref="A37:B37"/>
   </mergeCells>
   <pageMargins left="0" right="0" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
-  <pageSetup paperSize="9" scale="29" fitToHeight="12" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
+  <pageSetup paperSize="9" scale="42" fitToHeight="12" orientation="landscape" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:G53"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A49" zoomScale="50" zoomScaleNormal="50" workbookViewId="0">
-      <selection activeCell="C20" sqref="C20"/>
+    <sheetView showGridLines="0" topLeftCell="A28" zoomScale="50" zoomScaleNormal="50" workbookViewId="0">
+      <selection activeCell="C34" sqref="C34"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="7.85546875" customWidth="1"/>
     <col min="2" max="2" width="128.7109375" customWidth="1"/>
     <col min="3" max="3" width="43.28515625" customWidth="1"/>
     <col min="4" max="7" width="41.85546875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" ht="74.45" customHeight="1">
-      <c r="A1" s="196" t="s">
-[...7 lines deleted...]
-      <c r="G1" s="198"/>
+      <c r="A1" s="198" t="s">
+        <v>136</v>
+      </c>
+      <c r="B1" s="199"/>
+      <c r="C1" s="199"/>
+      <c r="D1" s="199"/>
+      <c r="E1" s="199"/>
+      <c r="F1" s="199"/>
+      <c r="G1" s="200"/>
     </row>
     <row r="2" spans="1:7" ht="74.45" customHeight="1" thickBot="1">
-      <c r="A2" s="199" t="s">
+      <c r="A2" s="201" t="s">
         <v>77</v>
       </c>
-      <c r="B2" s="200"/>
-[...4 lines deleted...]
-      <c r="G2" s="201"/>
+      <c r="B2" s="202"/>
+      <c r="C2" s="202"/>
+      <c r="D2" s="202"/>
+      <c r="E2" s="202"/>
+      <c r="F2" s="202"/>
+      <c r="G2" s="203"/>
     </row>
     <row r="3" spans="1:7" ht="99.95" customHeight="1">
-      <c r="A3" s="202" t="s">
+      <c r="A3" s="204" t="s">
         <v>46</v>
       </c>
-      <c r="B3" s="203"/>
+      <c r="B3" s="205"/>
       <c r="C3" s="88" t="s">
         <v>25</v>
       </c>
       <c r="D3" s="88" t="s">
         <v>26</v>
       </c>
       <c r="E3" s="88" t="s">
         <v>14</v>
       </c>
       <c r="F3" s="88" t="s">
         <v>15</v>
       </c>
       <c r="G3" s="44" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="4" spans="1:7" ht="112.5" customHeight="1">
       <c r="A4" s="45">
         <v>1</v>
       </c>
       <c r="B4" s="46" t="s">
         <v>78</v>
       </c>
       <c r="C4" s="47">
-        <v>2048.02</v>
+        <v>2034.62</v>
       </c>
       <c r="D4" s="48">
-        <v>1820.78</v>
+        <v>1808.86</v>
       </c>
       <c r="E4" s="48">
-        <v>1696.57</v>
+        <v>1685.47</v>
       </c>
       <c r="F4" s="48">
-        <v>1637.29</v>
+        <v>1626.57</v>
       </c>
       <c r="G4" s="49">
-        <v>1610.47</v>
+        <v>1599.93</v>
       </c>
     </row>
     <row r="5" spans="1:7" ht="112.5" customHeight="1">
       <c r="A5" s="45">
         <v>2</v>
       </c>
       <c r="B5" s="46" t="s">
         <v>79</v>
       </c>
       <c r="C5" s="50">
-        <v>1765.73</v>
+        <v>1754.18</v>
       </c>
       <c r="D5" s="48">
-        <v>1538.48</v>
+        <v>1528.42</v>
       </c>
       <c r="E5" s="48">
-        <v>1414.28</v>
+        <v>1405.02</v>
       </c>
       <c r="F5" s="48">
-        <v>1355</v>
+        <v>1346.13</v>
       </c>
       <c r="G5" s="49">
-        <v>1328.18</v>
+        <v>1319.49</v>
       </c>
     </row>
     <row r="6" spans="1:7" ht="112.5" customHeight="1">
       <c r="A6" s="45">
         <v>3</v>
       </c>
       <c r="B6" s="46" t="s">
         <v>80</v>
       </c>
       <c r="C6" s="48">
-        <v>4024.05</v>
+        <v>3997.73</v>
       </c>
       <c r="D6" s="48">
-        <v>3796.81</v>
+        <v>3771.97</v>
       </c>
       <c r="E6" s="48">
-        <v>3672.6</v>
+        <v>3648.57</v>
       </c>
       <c r="F6" s="48">
-        <v>3613.32</v>
+        <v>3589.68</v>
       </c>
       <c r="G6" s="49">
-        <v>3586.5</v>
+        <v>3563.04</v>
       </c>
     </row>
     <row r="7" spans="1:7" ht="112.5" customHeight="1">
       <c r="A7" s="45">
         <v>4</v>
       </c>
       <c r="B7" s="46" t="s">
         <v>81</v>
       </c>
       <c r="C7" s="48">
-        <v>6141.24</v>
+        <v>6101.05</v>
       </c>
       <c r="D7" s="48">
-        <v>5913.99</v>
+        <v>5875.3</v>
       </c>
       <c r="E7" s="48">
-        <v>5789.78</v>
+        <v>5751.9</v>
       </c>
       <c r="F7" s="48">
-        <v>5730.5</v>
+        <v>5693.01</v>
       </c>
       <c r="G7" s="49">
-        <v>5703.68</v>
+        <v>5666.37</v>
       </c>
     </row>
     <row r="8" spans="1:7" ht="112.5" customHeight="1">
       <c r="A8" s="45">
         <v>5</v>
       </c>
       <c r="B8" s="46" t="s">
         <v>82</v>
       </c>
       <c r="C8" s="51">
-        <v>7129.35</v>
+        <v>7082.61</v>
       </c>
       <c r="D8" s="48">
-        <v>6902.01</v>
+        <v>6856.85</v>
       </c>
       <c r="E8" s="48">
-        <v>6777.8</v>
+        <v>6733.46</v>
       </c>
       <c r="F8" s="48">
-        <v>6718.52</v>
+        <v>6674.56</v>
       </c>
       <c r="G8" s="49">
-        <v>6691.7</v>
+        <v>6647.92</v>
       </c>
     </row>
     <row r="9" spans="1:7" ht="112.5" customHeight="1" thickBot="1">
       <c r="A9" s="45">
         <v>6</v>
       </c>
       <c r="B9" s="52" t="s">
-        <v>83</v>
+        <v>182</v>
       </c>
       <c r="C9" s="53">
-        <v>15456.83</v>
+        <v>15355.7</v>
       </c>
       <c r="D9" s="53">
-        <v>15229.59</v>
+        <v>15129.94</v>
       </c>
       <c r="E9" s="53">
-        <v>15105.38</v>
+        <v>15006.55</v>
       </c>
       <c r="F9" s="54">
-        <v>15046.1</v>
+        <v>14947.65</v>
       </c>
       <c r="G9" s="55">
-        <v>15019.28</v>
+        <v>14921.01</v>
       </c>
     </row>
     <row r="10" spans="1:7" ht="99.95" customHeight="1" thickTop="1">
-      <c r="A10" s="194" t="s">
+      <c r="A10" s="196" t="s">
         <v>54</v>
       </c>
-      <c r="B10" s="195"/>
+      <c r="B10" s="197"/>
       <c r="C10" s="88" t="s">
         <v>25</v>
       </c>
       <c r="D10" s="88" t="s">
         <v>26</v>
       </c>
       <c r="E10" s="88" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="88" t="s">
         <v>15</v>
       </c>
       <c r="G10" s="44" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="11" spans="1:7" ht="112.5" customHeight="1">
       <c r="A11" s="45">
         <v>1</v>
       </c>
       <c r="B11" s="46" t="s">
         <v>78</v>
       </c>
       <c r="C11" s="48">
-        <v>1956.27</v>
+        <v>1943.48</v>
       </c>
       <c r="D11" s="48">
-        <v>1729.03</v>
+        <v>1717.72</v>
       </c>
       <c r="E11" s="48">
-        <v>1604.82</v>
+        <v>1594.32</v>
       </c>
       <c r="F11" s="48">
-        <v>1545.54</v>
+        <v>1535.43</v>
       </c>
       <c r="G11" s="49">
-        <v>1518.72</v>
+        <v>1508.79</v>
       </c>
     </row>
     <row r="12" spans="1:7" ht="112.5" customHeight="1">
       <c r="A12" s="45">
         <v>2</v>
       </c>
       <c r="B12" s="46" t="s">
         <v>79</v>
       </c>
       <c r="C12" s="48">
-        <v>1673.98</v>
+        <v>1663.03</v>
       </c>
       <c r="D12" s="48">
-        <v>1446.74</v>
+        <v>1437.27</v>
       </c>
       <c r="E12" s="48">
-        <v>1322.53</v>
+        <v>1313.88</v>
       </c>
       <c r="F12" s="48">
-        <v>1263.25</v>
+        <v>1254.99</v>
       </c>
       <c r="G12" s="49">
-        <v>1236.43</v>
+        <v>1228.3399999999999</v>
       </c>
     </row>
     <row r="13" spans="1:7" ht="112.5" customHeight="1">
       <c r="A13" s="45">
         <v>3</v>
       </c>
       <c r="B13" s="46" t="s">
         <v>51</v>
       </c>
       <c r="C13" s="48">
-        <v>3932.31</v>
+        <v>3906.58</v>
       </c>
       <c r="D13" s="48">
-        <v>3705.07</v>
+        <v>3680.82</v>
       </c>
       <c r="E13" s="48">
-        <v>3580.86</v>
+        <v>3557.43</v>
       </c>
       <c r="F13" s="48">
-        <v>3521.58</v>
+        <v>3498.54</v>
       </c>
       <c r="G13" s="49">
-        <v>3494.76</v>
+        <v>3471.89</v>
       </c>
     </row>
     <row r="14" spans="1:7" ht="112.5" customHeight="1">
       <c r="A14" s="45">
         <v>4</v>
       </c>
       <c r="B14" s="46" t="s">
         <v>81</v>
       </c>
       <c r="C14" s="48">
-        <v>6049.49</v>
+        <v>6009.91</v>
       </c>
       <c r="D14" s="48">
-        <v>5822.25</v>
+        <v>5784.15</v>
       </c>
       <c r="E14" s="48">
-        <v>5698.04</v>
+        <v>5660.76</v>
       </c>
       <c r="F14" s="48">
-        <v>5638.76</v>
+        <v>5601.86</v>
       </c>
       <c r="G14" s="49">
-        <v>5611.94</v>
+        <v>5575.22</v>
       </c>
     </row>
     <row r="15" spans="1:7" ht="112.5" customHeight="1">
       <c r="A15" s="45">
         <v>5</v>
       </c>
       <c r="B15" s="46" t="s">
         <v>82</v>
       </c>
       <c r="C15" s="48">
-        <v>7037.51</v>
+        <v>6991.46</v>
       </c>
       <c r="D15" s="48">
-        <v>6810.26</v>
+        <v>6765.71</v>
       </c>
       <c r="E15" s="48">
-        <v>6686.06</v>
+        <v>6642.31</v>
       </c>
       <c r="F15" s="48">
-        <v>6626.78</v>
+        <v>6583.42</v>
       </c>
       <c r="G15" s="49">
-        <v>6599.96</v>
+        <v>6556.78</v>
       </c>
     </row>
     <row r="16" spans="1:7" ht="112.5" customHeight="1" thickBot="1">
       <c r="A16" s="45">
         <v>6</v>
       </c>
       <c r="B16" s="52" t="s">
         <v>83</v>
       </c>
       <c r="C16" s="53">
-        <v>15365.09</v>
+        <v>15264.55</v>
       </c>
       <c r="D16" s="53">
-        <v>15137.84</v>
+        <v>15038.8</v>
       </c>
       <c r="E16" s="53">
-        <v>15013.63</v>
+        <v>14915.4</v>
       </c>
       <c r="F16" s="53">
-        <v>14954.35</v>
+        <v>14856.51</v>
       </c>
       <c r="G16" s="55">
-        <v>14927.54</v>
+        <v>14829.87</v>
       </c>
     </row>
     <row r="17" spans="1:7" ht="99.95" customHeight="1" thickTop="1">
-      <c r="A17" s="194" t="s">
+      <c r="A17" s="196" t="s">
         <v>56</v>
       </c>
-      <c r="B17" s="195"/>
+      <c r="B17" s="197"/>
       <c r="C17" s="88" t="s">
         <v>25</v>
       </c>
       <c r="D17" s="88" t="s">
         <v>26</v>
       </c>
       <c r="E17" s="88" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="88" t="s">
         <v>15</v>
       </c>
       <c r="G17" s="44" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="18" spans="1:7" ht="112.5" customHeight="1">
       <c r="A18" s="45">
         <v>1</v>
       </c>
       <c r="B18" s="46" t="s">
         <v>78</v>
       </c>
       <c r="C18" s="48">
-        <v>2330.31</v>
+        <v>2315.06</v>
       </c>
       <c r="D18" s="48">
-        <v>2103.0700000000002</v>
+        <v>2089.31</v>
       </c>
       <c r="E18" s="48">
-        <v>1978.86</v>
+        <v>1965.91</v>
       </c>
       <c r="F18" s="48">
-        <v>1919.58</v>
+        <v>1907.02</v>
       </c>
       <c r="G18" s="49">
-        <v>1892.76</v>
+        <v>1880.38</v>
       </c>
     </row>
     <row r="19" spans="1:7" ht="112.5" customHeight="1">
       <c r="A19" s="45">
         <v>2</v>
       </c>
       <c r="B19" s="46" t="s">
         <v>79</v>
       </c>
       <c r="C19" s="48">
-        <v>2048.02</v>
+        <v>2034.62</v>
       </c>
       <c r="D19" s="48">
-        <v>1820.78</v>
+        <v>1808.86</v>
       </c>
       <c r="E19" s="48">
-        <v>1696.57</v>
+        <v>1685.47</v>
       </c>
       <c r="F19" s="48">
-        <v>1637.29</v>
+        <v>1626.57</v>
       </c>
       <c r="G19" s="49">
-        <v>1610.47</v>
+        <v>1599.93</v>
       </c>
     </row>
     <row r="20" spans="1:7" ht="112.5" customHeight="1">
       <c r="A20" s="45">
         <v>3</v>
       </c>
       <c r="B20" s="46" t="s">
         <v>80</v>
       </c>
       <c r="C20" s="48">
-        <v>4306.3500000000004</v>
+        <v>4278.17</v>
       </c>
       <c r="D20" s="48">
-        <v>4079.1</v>
+        <v>4052.41</v>
       </c>
       <c r="E20" s="48">
-        <v>3954.89</v>
+        <v>3929.02</v>
       </c>
       <c r="F20" s="48">
-        <v>3895.61</v>
+        <v>3870.12</v>
       </c>
       <c r="G20" s="49">
-        <v>3868.79</v>
+        <v>3843.48</v>
       </c>
     </row>
     <row r="21" spans="1:7" ht="112.5" customHeight="1">
       <c r="A21" s="45">
         <v>4</v>
       </c>
       <c r="B21" s="46" t="s">
         <v>81</v>
       </c>
       <c r="C21" s="48">
-        <v>6423.53</v>
+        <v>6381.5</v>
       </c>
       <c r="D21" s="48">
-        <v>6196.28</v>
+        <v>6155.74</v>
       </c>
       <c r="E21" s="48">
-        <v>6072.07</v>
+        <v>6032.35</v>
       </c>
       <c r="F21" s="48">
-        <v>6012.79</v>
+        <v>5973.45</v>
       </c>
       <c r="G21" s="49">
-        <v>5985.98</v>
+        <v>5946.81</v>
       </c>
     </row>
     <row r="22" spans="1:7" ht="112.5" customHeight="1">
       <c r="A22" s="45">
         <v>5</v>
       </c>
       <c r="B22" s="46" t="s">
         <v>82</v>
       </c>
       <c r="C22" s="51">
-        <v>7411.54</v>
+        <v>7363.05</v>
       </c>
       <c r="D22" s="48">
-        <v>7184.3</v>
+        <v>7137.29</v>
       </c>
       <c r="E22" s="48">
-        <v>7060.09</v>
+        <v>7013.9</v>
       </c>
       <c r="F22" s="48">
-        <v>7000.81</v>
+        <v>6955.01</v>
       </c>
       <c r="G22" s="49">
-        <v>6973.99</v>
+        <v>6928.36</v>
       </c>
     </row>
     <row r="23" spans="1:7" ht="112.5" customHeight="1" thickBot="1">
       <c r="A23" s="45">
         <v>6</v>
       </c>
       <c r="B23" s="52" t="s">
         <v>83</v>
       </c>
       <c r="C23" s="53">
-        <v>15739.12</v>
+        <v>15636.14</v>
       </c>
       <c r="D23" s="53">
-        <v>15511.88</v>
+        <v>15410.39</v>
       </c>
       <c r="E23" s="53">
-        <v>15387.67</v>
+        <v>15286.99</v>
       </c>
       <c r="F23" s="53">
-        <v>15328.39</v>
+        <v>15228.1</v>
       </c>
       <c r="G23" s="55">
-        <v>15301.57</v>
+        <v>15201.45</v>
       </c>
     </row>
     <row r="24" spans="1:7" ht="99.95" customHeight="1" thickTop="1">
-      <c r="A24" s="194" t="s">
+      <c r="A24" s="196" t="s">
         <v>57</v>
       </c>
-      <c r="B24" s="195"/>
+      <c r="B24" s="197"/>
       <c r="C24" s="88" t="s">
         <v>25</v>
       </c>
       <c r="D24" s="88" t="s">
         <v>26</v>
       </c>
       <c r="E24" s="88" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="88" t="s">
         <v>15</v>
       </c>
       <c r="G24" s="44" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="25" spans="1:7" ht="112.5" customHeight="1">
       <c r="A25" s="45">
         <v>1</v>
       </c>
       <c r="B25" s="46" t="s">
         <v>78</v>
       </c>
       <c r="C25" s="48">
-        <v>2238.5700000000002</v>
+        <v>2223.92</v>
       </c>
       <c r="D25" s="48">
-        <v>2011.32</v>
+        <v>1998.16</v>
       </c>
       <c r="E25" s="48">
-        <v>1887.11</v>
+        <v>1874.77</v>
       </c>
       <c r="F25" s="48">
-        <v>1827.83</v>
+        <v>1815.87</v>
       </c>
       <c r="G25" s="49">
-        <v>1801.02</v>
+        <v>1789.23</v>
       </c>
     </row>
     <row r="26" spans="1:7" ht="112.5" customHeight="1">
       <c r="A26" s="45">
         <v>2</v>
       </c>
       <c r="B26" s="46" t="s">
         <v>79</v>
       </c>
       <c r="C26" s="48">
-        <v>1956.27</v>
+        <v>1943.48</v>
       </c>
       <c r="D26" s="48">
-        <v>1729.03</v>
+        <v>1717.72</v>
       </c>
       <c r="E26" s="48">
-        <v>1604.82</v>
+        <v>1594.32</v>
       </c>
       <c r="F26" s="48">
-        <v>1545.54</v>
+        <v>1535.43</v>
       </c>
       <c r="G26" s="49">
-        <v>1518.72</v>
+        <v>1508.79</v>
       </c>
     </row>
     <row r="27" spans="1:7" ht="112.5" customHeight="1">
       <c r="A27" s="45">
         <v>3</v>
       </c>
       <c r="B27" s="46" t="s">
         <v>80</v>
       </c>
       <c r="C27" s="48">
-        <v>4214.6000000000004</v>
+        <v>4187.03</v>
       </c>
       <c r="D27" s="48">
-        <v>3987.36</v>
+        <v>3961.27</v>
       </c>
       <c r="E27" s="48">
-        <v>3863.15</v>
+        <v>3837.87</v>
       </c>
       <c r="F27" s="48">
-        <v>3803.87</v>
+        <v>3778.98</v>
       </c>
       <c r="G27" s="49">
-        <v>3777.05</v>
+        <v>3752.34</v>
       </c>
     </row>
     <row r="28" spans="1:7" ht="112.5" customHeight="1">
       <c r="A28" s="45">
         <v>4</v>
       </c>
       <c r="B28" s="46" t="s">
         <v>81</v>
       </c>
       <c r="C28" s="48">
-        <v>6331.78</v>
+        <v>6290.35</v>
       </c>
       <c r="D28" s="48">
-        <v>6104.54</v>
+        <v>6064.6</v>
       </c>
       <c r="E28" s="48">
-        <v>5980.33</v>
+        <v>5941.2</v>
       </c>
       <c r="F28" s="48">
-        <v>5921.05</v>
+        <v>5882.31</v>
       </c>
       <c r="G28" s="49">
-        <v>5894.23</v>
+        <v>5855.67</v>
       </c>
     </row>
     <row r="29" spans="1:7" ht="112.5" customHeight="1">
       <c r="A29" s="45">
         <v>5</v>
       </c>
       <c r="B29" s="46" t="s">
         <v>82</v>
       </c>
       <c r="C29" s="48">
-        <v>7319.8</v>
+        <v>7271.91</v>
       </c>
       <c r="D29" s="48">
-        <v>7092.56</v>
+        <v>7046.15</v>
       </c>
       <c r="E29" s="48">
-        <v>6968.35</v>
+        <v>6922.75</v>
       </c>
       <c r="F29" s="48">
-        <v>6909.07</v>
+        <v>6863.86</v>
       </c>
       <c r="G29" s="49">
-        <v>6882.25</v>
+        <v>6837.22</v>
       </c>
     </row>
     <row r="30" spans="1:7" ht="112.5" customHeight="1" thickBot="1">
       <c r="A30" s="45">
         <v>6</v>
       </c>
       <c r="B30" s="52" t="s">
-        <v>83</v>
+        <v>183</v>
       </c>
       <c r="C30" s="53">
-        <v>15647.38</v>
+        <v>15545</v>
       </c>
       <c r="D30" s="53">
-        <v>15420.13</v>
+        <v>15319.24</v>
       </c>
       <c r="E30" s="53">
-        <v>15295.93</v>
+        <v>15195.85</v>
       </c>
       <c r="F30" s="53">
-        <v>15236.64</v>
+        <v>15136.95</v>
       </c>
       <c r="G30" s="55">
-        <v>15209.83</v>
+        <v>15110.31</v>
       </c>
     </row>
     <row r="31" spans="1:7" ht="99.95" customHeight="1" thickTop="1">
-      <c r="A31" s="204" t="s">
-[...2 lines deleted...]
-      <c r="B31" s="205"/>
+      <c r="A31" s="206" t="s">
+        <v>158</v>
+      </c>
+      <c r="B31" s="207"/>
       <c r="C31" s="88" t="s">
         <v>25</v>
       </c>
       <c r="D31" s="88" t="s">
         <v>26</v>
       </c>
       <c r="E31" s="88" t="s">
         <v>14</v>
       </c>
       <c r="F31" s="88" t="s">
         <v>15</v>
       </c>
       <c r="G31" s="44" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="32" spans="1:7" ht="112.5" customHeight="1" thickBot="1">
       <c r="A32" s="56">
         <v>1</v>
       </c>
       <c r="B32" s="57" t="s">
         <v>84</v>
       </c>
       <c r="C32" s="106">
-        <v>2446.0500000000002</v>
+        <v>2430.0500000000002</v>
       </c>
       <c r="D32" s="106">
-        <v>2218.81</v>
+        <v>2204.29</v>
       </c>
       <c r="E32" s="108">
-        <v>2094.6</v>
+        <v>2080.89</v>
       </c>
       <c r="F32" s="108">
-        <v>2035.32</v>
+        <v>2022</v>
       </c>
       <c r="G32" s="109">
-        <v>2008.5</v>
+        <v>1995.36</v>
       </c>
     </row>
     <row r="33" spans="1:7" ht="99.95" customHeight="1">
-      <c r="A33" s="206" t="s">
+      <c r="A33" s="208" t="s">
         <v>60</v>
       </c>
-      <c r="B33" s="207"/>
+      <c r="B33" s="209"/>
       <c r="C33" s="107" t="s">
         <v>25</v>
       </c>
       <c r="D33" s="107" t="s">
         <v>26</v>
       </c>
       <c r="E33" s="88" t="s">
         <v>14</v>
       </c>
       <c r="F33" s="88" t="s">
         <v>15</v>
       </c>
       <c r="G33" s="110" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="34" spans="1:7" ht="112.5" customHeight="1">
       <c r="A34" s="45">
         <v>1</v>
       </c>
       <c r="B34" s="46" t="s">
         <v>85</v>
       </c>
       <c r="C34" s="48">
-        <v>1547.3836663559764</v>
+        <v>1537.26</v>
       </c>
       <c r="D34" s="48">
-        <v>1377.3298982445006</v>
+        <v>1368.32</v>
       </c>
       <c r="E34" s="48">
-        <v>1284.3812548046878</v>
+        <v>1275.98</v>
       </c>
       <c r="F34" s="48">
-        <v>1240.0194022538678</v>
+        <v>1231.9100000000001</v>
       </c>
       <c r="G34" s="49">
-        <v>1219.9509451475444</v>
+        <v>1211.97</v>
       </c>
     </row>
     <row r="35" spans="1:7" ht="112.5" customHeight="1">
       <c r="A35" s="45">
         <v>2</v>
       </c>
       <c r="B35" s="46" t="s">
         <v>86</v>
       </c>
       <c r="C35" s="48">
-        <v>1336.1367494473109</v>
+        <v>1327.39</v>
       </c>
       <c r="D35" s="48">
-        <v>1166.0829813358348</v>
+        <v>1158.45</v>
       </c>
       <c r="E35" s="48">
-        <v>1073.1343378960219</v>
+        <v>1066.1099999999999</v>
       </c>
       <c r="F35" s="48">
-        <v>1028.7724853452023</v>
+        <v>1022.04</v>
       </c>
       <c r="G35" s="49">
-        <v>1008.7040282388788</v>
+        <v>1002.1</v>
       </c>
     </row>
     <row r="36" spans="1:7" ht="112.5" customHeight="1">
       <c r="A36" s="45">
         <v>3</v>
       </c>
       <c r="B36" s="58" t="s">
         <v>87</v>
       </c>
       <c r="C36" s="48">
-        <v>1957.2026851587882</v>
+        <v>1944.4</v>
       </c>
       <c r="D36" s="59">
-        <v>1787.1489170473121</v>
+        <v>1775.46</v>
       </c>
       <c r="E36" s="48">
-        <v>1694.200273607499</v>
+        <v>1683.12</v>
       </c>
       <c r="F36" s="48">
-        <v>1649.8384210566794</v>
+        <v>1639.04</v>
       </c>
       <c r="G36" s="49">
-        <v>1629.7699639503558</v>
+        <v>1619.11</v>
       </c>
     </row>
     <row r="37" spans="1:7" ht="112.5" customHeight="1">
       <c r="A37" s="45">
         <v>4</v>
       </c>
       <c r="B37" s="46" t="s">
         <v>88</v>
       </c>
       <c r="C37" s="48">
-        <v>3026.1120847166362</v>
+        <v>3006.31</v>
       </c>
       <c r="D37" s="48">
-        <v>2856.0583166051611</v>
+        <v>2837.37</v>
       </c>
       <c r="E37" s="48">
-        <v>2763.1096731653474</v>
+        <v>2745.03</v>
       </c>
       <c r="F37" s="48">
-        <v>2718.747820614527</v>
+        <v>2700.96</v>
       </c>
       <c r="G37" s="49">
-        <v>2042.9064068949317</v>
+        <v>2681.02</v>
       </c>
     </row>
     <row r="38" spans="1:7" ht="112.5" customHeight="1">
       <c r="A38" s="45">
         <v>5</v>
       </c>
       <c r="B38" s="46" t="s">
         <v>89</v>
       </c>
       <c r="C38" s="48">
-        <v>4610.4639615316282</v>
+        <v>4580.3</v>
       </c>
       <c r="D38" s="48">
-        <v>4440.4101934201517</v>
+        <v>4411.3599999999997</v>
       </c>
       <c r="E38" s="48">
-        <v>4347.4615499803394</v>
+        <v>4319.0200000000004</v>
       </c>
       <c r="F38" s="48">
-        <v>4303.0996974295194</v>
+        <v>4274.95</v>
       </c>
       <c r="G38" s="49">
-        <v>4283.0312403231956</v>
+        <v>4255.01</v>
       </c>
     </row>
     <row r="39" spans="1:7" ht="112.5" customHeight="1">
       <c r="A39" s="45">
         <v>6</v>
       </c>
       <c r="B39" s="46" t="s">
         <v>90</v>
       </c>
       <c r="C39" s="60">
-        <v>5349.8281707119595</v>
+        <v>5314.83</v>
       </c>
       <c r="D39" s="48">
-        <v>5179.774402600483</v>
+        <v>5145.88</v>
       </c>
       <c r="E39" s="48">
-        <v>5086.8257591606698</v>
+        <v>5053.54</v>
       </c>
       <c r="F39" s="48">
-        <v>5042.4639066098498</v>
+        <v>5009.47</v>
       </c>
       <c r="G39" s="49">
-        <v>5022.3954495035268</v>
+        <v>4989.53</v>
       </c>
     </row>
     <row r="40" spans="1:7" ht="112.5" customHeight="1" thickBot="1">
       <c r="A40" s="61">
         <v>7</v>
       </c>
       <c r="B40" s="62" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="C40" s="63">
-        <v>11581.612219517599</v>
+        <v>11505.84</v>
       </c>
       <c r="D40" s="63">
-        <v>11411.558451406125</v>
+        <v>11336.89</v>
       </c>
       <c r="E40" s="63">
-        <v>11318.609807966308</v>
+        <v>11244.55</v>
       </c>
       <c r="F40" s="63">
-        <v>11274.247955415487</v>
+        <v>11200.48</v>
       </c>
       <c r="G40" s="64">
-        <v>11254.179498309166</v>
+        <v>11180.55</v>
       </c>
     </row>
     <row r="41" spans="1:7" ht="99.95" customHeight="1">
-      <c r="A41" s="206" t="s">
+      <c r="A41" s="208" t="s">
         <v>71</v>
       </c>
-      <c r="B41" s="207"/>
+      <c r="B41" s="209"/>
       <c r="C41" s="88" t="s">
         <v>25</v>
       </c>
       <c r="D41" s="88" t="s">
         <v>26</v>
       </c>
       <c r="E41" s="88" t="s">
         <v>14</v>
       </c>
       <c r="F41" s="88" t="s">
         <v>15</v>
       </c>
       <c r="G41" s="44" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="42" spans="1:7" ht="48.75" customHeight="1">
-      <c r="A42" s="208" t="s">
+      <c r="A42" s="210" t="s">
         <v>91</v>
       </c>
-      <c r="B42" s="209"/>
-[...4 lines deleted...]
-      <c r="G42" s="210"/>
+      <c r="B42" s="211"/>
+      <c r="C42" s="211"/>
+      <c r="D42" s="211"/>
+      <c r="E42" s="211"/>
+      <c r="F42" s="211"/>
+      <c r="G42" s="212"/>
     </row>
     <row r="43" spans="1:7" ht="112.5" customHeight="1">
       <c r="A43" s="45">
         <v>1</v>
       </c>
       <c r="B43" s="46" t="s">
         <v>92</v>
       </c>
       <c r="C43" s="48">
-        <v>1240.8485583963138</v>
+        <v>1232.73</v>
       </c>
       <c r="D43" s="48">
-        <v>1109.1566547036268</v>
+        <v>1101.9000000000001</v>
       </c>
       <c r="E43" s="48">
-        <v>1037.1759868467543</v>
+        <v>1030.3900000000001</v>
       </c>
       <c r="F43" s="48">
-        <v>1002.8215771877923</v>
+        <v>996.26</v>
       </c>
       <c r="G43" s="49">
-        <v>987.28029662778567</v>
+        <v>980.82</v>
       </c>
     </row>
     <row r="44" spans="1:7" ht="112.5" customHeight="1">
       <c r="A44" s="45">
         <v>2</v>
       </c>
       <c r="B44" s="46" t="s">
         <v>93</v>
       </c>
       <c r="C44" s="48">
-        <v>1232.6689370489421</v>
+        <v>1224.5999999999999</v>
       </c>
       <c r="D44" s="48">
-        <v>1100.9770333562549</v>
+        <v>1093.77</v>
       </c>
       <c r="E44" s="48">
-        <v>1028.9963654993824</v>
+        <v>1022.26</v>
       </c>
       <c r="F44" s="48">
-        <v>994.64195584042045</v>
+        <v>988.13</v>
       </c>
       <c r="G44" s="49">
-        <v>979.10067528041361</v>
+        <v>972.69</v>
       </c>
     </row>
     <row r="45" spans="1:7" ht="112.5" customHeight="1">
       <c r="A45" s="45">
         <v>3</v>
       </c>
       <c r="B45" s="46" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="C45" s="48">
-        <v>1494.416820164842</v>
+        <v>1484.64</v>
       </c>
       <c r="D45" s="48">
-        <v>1362.7249164721547</v>
+        <v>1353.81</v>
       </c>
       <c r="E45" s="48">
-        <v>1290.7442486152827</v>
+        <v>1282.3</v>
       </c>
       <c r="F45" s="48">
-        <v>1256.3898389563208</v>
+        <v>1248.17</v>
       </c>
       <c r="G45" s="49">
-        <v>1240.8485583963138</v>
+        <v>1232.73</v>
       </c>
     </row>
     <row r="46" spans="1:7" ht="112.5" customHeight="1">
       <c r="A46" s="45">
         <v>4</v>
       </c>
       <c r="B46" s="46" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="C46" s="48">
-        <v>1453.7641020684034</v>
+        <v>1444.01</v>
       </c>
       <c r="D46" s="48">
-        <v>1321.8268097352952</v>
+        <v>1313.18</v>
       </c>
       <c r="E46" s="48">
-        <v>1249.8461418784229</v>
+        <v>1241.67</v>
       </c>
       <c r="F46" s="48">
-        <v>1215.491732219461</v>
+        <v>1207.54</v>
       </c>
       <c r="G46" s="49">
-        <v>1199.9504516594545</v>
+        <v>1192.0999999999999</v>
       </c>
     </row>
     <row r="47" spans="1:7" ht="112.5" customHeight="1">
       <c r="A47" s="45">
         <v>5</v>
       </c>
       <c r="B47" s="46" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="C47" s="48">
-        <v>1404.4409853437514</v>
+        <v>1395.25</v>
       </c>
       <c r="D47" s="48">
-        <v>1272.749081651064</v>
+        <v>1264.42</v>
       </c>
       <c r="E47" s="48">
-        <v>1200.7684137941919</v>
+        <v>1192.9100000000001</v>
       </c>
       <c r="F47" s="48">
-        <v>1166.4140041352298</v>
+        <v>1158.78</v>
       </c>
       <c r="G47" s="49">
-        <v>1150.8727235752231</v>
+        <v>1143.3399999999999</v>
       </c>
     </row>
     <row r="48" spans="1:7" ht="112.5" customHeight="1" thickBot="1">
       <c r="A48" s="111">
         <v>6</v>
       </c>
       <c r="B48" s="52" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="C48" s="53">
-        <v>1355.3632572595202</v>
+        <v>1346.5</v>
       </c>
       <c r="D48" s="53">
-        <v>1223.671353566833</v>
+        <v>1215.67</v>
       </c>
       <c r="E48" s="53">
-        <v>1151.6906857099605</v>
+        <v>1144.1600000000001</v>
       </c>
       <c r="F48" s="53">
-        <v>1117.3362760509985</v>
+        <v>1110.03</v>
       </c>
       <c r="G48" s="55">
-        <v>1101.7949954909918</v>
+        <v>1094.5899999999999</v>
       </c>
     </row>
     <row r="49" spans="1:7" ht="48.75" customHeight="1" thickTop="1">
-      <c r="A49" s="194" t="s">
+      <c r="A49" s="196" t="s">
         <v>94</v>
       </c>
-      <c r="B49" s="195"/>
-[...4 lines deleted...]
-      <c r="G49" s="211"/>
+      <c r="B49" s="197"/>
+      <c r="C49" s="197"/>
+      <c r="D49" s="197"/>
+      <c r="E49" s="197"/>
+      <c r="F49" s="197"/>
+      <c r="G49" s="213"/>
     </row>
     <row r="50" spans="1:7" ht="150" customHeight="1">
       <c r="A50" s="45">
         <v>1</v>
       </c>
       <c r="B50" s="46" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="C50" s="48">
-        <v>1748.5991532134078</v>
+        <v>1737.16</v>
       </c>
       <c r="D50" s="48">
-        <v>1594.5080400949848</v>
+        <v>1584.08</v>
       </c>
       <c r="E50" s="48">
-        <v>1510.2843260923692</v>
+        <v>1500.4</v>
       </c>
       <c r="F50" s="48">
-        <v>1470.0866444093022</v>
+        <v>1460.47</v>
       </c>
       <c r="G50" s="49">
-        <v>1451.9019788860098</v>
+        <v>1442.4</v>
       </c>
     </row>
     <row r="51" spans="1:7" ht="150" customHeight="1">
       <c r="A51" s="45">
         <v>2</v>
       </c>
       <c r="B51" s="46" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="C51" s="65">
-        <v>1700.7447702573756</v>
+        <v>1689.62</v>
       </c>
       <c r="D51" s="65">
-        <v>1546.6536571389527</v>
+        <v>1536.53</v>
       </c>
       <c r="E51" s="65">
-        <v>1462.4299431363368</v>
+        <v>1452.86</v>
       </c>
       <c r="F51" s="65">
-        <v>1422.23226145327</v>
+        <v>1412.93</v>
       </c>
       <c r="G51" s="66">
-        <v>1404.0475959299777</v>
+        <v>1394.86</v>
       </c>
     </row>
     <row r="52" spans="1:7" ht="150" customHeight="1">
       <c r="A52" s="45">
         <v>3</v>
       </c>
       <c r="B52" s="46" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="C52" s="48">
-        <v>1643.3195107101376</v>
+        <v>1632.57</v>
       </c>
       <c r="D52" s="48">
-        <v>1489.2283975917144</v>
+        <v>1479.48</v>
       </c>
       <c r="E52" s="48">
-        <v>1405.0046835890985</v>
+        <v>1395.81</v>
       </c>
       <c r="F52" s="48">
-        <v>1364.8070019060315</v>
+        <v>1355.88</v>
       </c>
       <c r="G52" s="66">
-        <v>1346.6223363827391</v>
+        <v>1337.81</v>
       </c>
     </row>
     <row r="53" spans="1:7" ht="150" customHeight="1" thickBot="1">
       <c r="A53" s="102">
         <v>4</v>
       </c>
       <c r="B53" s="103" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="C53" s="104">
-        <v>1585.8942511628991</v>
+        <v>1575.52</v>
       </c>
       <c r="D53" s="104">
-        <v>1431.8031380444763</v>
+        <v>1422.44</v>
       </c>
       <c r="E53" s="104">
-        <v>1347.5794240418602</v>
+        <v>1338.76</v>
       </c>
       <c r="F53" s="104">
-        <v>1307.3817423587932</v>
+        <v>1298.83</v>
       </c>
       <c r="G53" s="105">
-        <v>1289.1970768355009</v>
+        <v>1280.76</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="11">
     <mergeCell ref="A31:B31"/>
     <mergeCell ref="A33:B33"/>
     <mergeCell ref="A41:B41"/>
     <mergeCell ref="A42:G42"/>
     <mergeCell ref="A49:G49"/>
     <mergeCell ref="A24:B24"/>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A3:B3"/>
     <mergeCell ref="A10:B10"/>
     <mergeCell ref="A17:B17"/>
   </mergeCells>
   <pageMargins left="0" right="0" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
-  <pageSetup paperSize="9" scale="29" fitToHeight="12" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
+  <pageSetup paperSize="9" scale="42" fitToHeight="12" orientation="landscape" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+  <sheetPr>
+    <pageSetUpPr fitToPage="1"/>
+  </sheetPr>
   <dimension ref="A1:D32"/>
   <sheetViews>
-    <sheetView topLeftCell="A13" zoomScale="50" zoomScaleNormal="50" workbookViewId="0">
-      <selection activeCell="D40" sqref="D40"/>
+    <sheetView showGridLines="0" topLeftCell="A10" zoomScale="50" zoomScaleNormal="50" workbookViewId="0">
+      <selection activeCell="J8" sqref="J8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6.5703125" customWidth="1"/>
-    <col min="2" max="2" width="169.7109375" customWidth="1"/>
-    <col min="3" max="4" width="54.5703125" customWidth="1"/>
+    <col min="2" max="2" width="140.85546875" customWidth="1"/>
+    <col min="3" max="4" width="34.28515625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" ht="74.45" customHeight="1">
-      <c r="A1" s="164" t="s">
-[...4 lines deleted...]
-      <c r="D1" s="182"/>
+      <c r="A1" s="166" t="s">
+        <v>136</v>
+      </c>
+      <c r="B1" s="183"/>
+      <c r="C1" s="183"/>
+      <c r="D1" s="184"/>
     </row>
     <row r="2" spans="1:4" ht="74.45" customHeight="1" thickBot="1">
-      <c r="A2" s="212" t="s">
+      <c r="A2" s="214" t="s">
         <v>95</v>
       </c>
-      <c r="B2" s="213"/>
-[...1 lines deleted...]
-      <c r="D2" s="214"/>
+      <c r="B2" s="215"/>
+      <c r="C2" s="215"/>
+      <c r="D2" s="216"/>
     </row>
     <row r="3" spans="1:4" ht="99.95" customHeight="1">
-      <c r="A3" s="141" t="s">
+      <c r="A3" s="143" t="s">
         <v>96</v>
       </c>
-      <c r="B3" s="142"/>
+      <c r="B3" s="144"/>
       <c r="C3" s="67" t="s">
         <v>3</v>
       </c>
       <c r="D3" s="68" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="4" spans="1:4" ht="112.5" customHeight="1">
       <c r="A4" s="28">
         <v>1</v>
       </c>
       <c r="B4" s="29" t="s">
         <v>97</v>
       </c>
       <c r="C4" s="30">
-        <v>1970.9449287655598</v>
+        <v>1958.05</v>
       </c>
       <c r="D4" s="31">
-        <v>3742.8244197257982</v>
+        <v>3718.34</v>
       </c>
     </row>
     <row r="5" spans="1:4" ht="112.5" customHeight="1">
       <c r="A5" s="28">
         <v>2</v>
       </c>
       <c r="B5" s="29" t="s">
         <v>98</v>
       </c>
       <c r="C5" s="30">
-        <v>3170.3028975884163</v>
+        <v>3149.56</v>
       </c>
       <c r="D5" s="31">
-        <v>6020.4052025204028</v>
+        <v>5981.01</v>
       </c>
     </row>
     <row r="6" spans="1:4" ht="112.5" customHeight="1">
       <c r="A6" s="28">
         <v>3</v>
       </c>
       <c r="B6" s="29" t="s">
         <v>99</v>
       </c>
       <c r="C6" s="30">
-        <v>3730.0032830390828</v>
+        <v>3705.6</v>
       </c>
       <c r="D6" s="31">
-        <v>7083.276234491218</v>
+        <v>7036.93</v>
       </c>
     </row>
     <row r="7" spans="1:4" ht="112.5" customHeight="1">
       <c r="A7" s="28">
         <v>4</v>
       </c>
       <c r="B7" s="29" t="s">
         <v>100</v>
       </c>
       <c r="C7" s="30">
-        <v>8847.2639500166006</v>
+        <v>8789.3799999999992</v>
       </c>
       <c r="D7" s="31">
-        <v>16800.954241081523</v>
+        <v>16691.03</v>
       </c>
     </row>
     <row r="8" spans="1:4" ht="112.5" customHeight="1" thickBot="1">
       <c r="A8" s="32">
         <v>5</v>
       </c>
       <c r="B8" s="33" t="s">
+        <v>181</v>
+      </c>
+      <c r="C8" s="34">
+        <v>8630.51</v>
+      </c>
+      <c r="D8" s="35">
+        <v>16389.34</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" ht="99.95" customHeight="1" thickTop="1">
+      <c r="A9" s="143" t="s">
         <v>101</v>
       </c>
-      <c r="C8" s="34">
-[...10 lines deleted...]
-      <c r="B9" s="142"/>
+      <c r="B9" s="144"/>
       <c r="C9" s="67" t="s">
         <v>3</v>
       </c>
       <c r="D9" s="68" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="10" spans="1:4" ht="112.5" customHeight="1">
       <c r="A10" s="28">
         <v>1</v>
       </c>
       <c r="B10" s="29" t="s">
         <v>97</v>
       </c>
       <c r="C10" s="30">
-        <v>1918.9727501165696</v>
+        <v>1906.42</v>
       </c>
       <c r="D10" s="31">
-        <v>3644.1292524713658</v>
+        <v>3620.29</v>
       </c>
     </row>
     <row r="11" spans="1:4" ht="112.5" customHeight="1">
       <c r="A11" s="28">
         <v>2</v>
       </c>
       <c r="B11" s="29" t="s">
         <v>98</v>
       </c>
       <c r="C11" s="30">
-        <v>3118.3307189394254</v>
+        <v>3097.93</v>
       </c>
       <c r="D11" s="31">
-        <v>5921.7100352659691</v>
+        <v>5882.97</v>
       </c>
     </row>
     <row r="12" spans="1:4" ht="112.5" customHeight="1">
       <c r="A12" s="28">
         <v>3</v>
       </c>
       <c r="B12" s="29" t="s">
         <v>99</v>
       </c>
       <c r="C12" s="30">
-        <v>3678.031104390092</v>
+        <v>3653.97</v>
       </c>
       <c r="D12" s="31">
-        <v>6984.5810672367843</v>
+        <v>6938.88</v>
       </c>
     </row>
     <row r="13" spans="1:4" ht="112.5" customHeight="1">
       <c r="A13" s="28">
         <v>4</v>
       </c>
       <c r="B13" s="29" t="s">
         <v>100</v>
       </c>
       <c r="C13" s="30">
-        <v>8795.2917713676125</v>
+        <v>8737.75</v>
       </c>
       <c r="D13" s="31">
-        <v>16702.259073827096</v>
+        <v>16592.98</v>
       </c>
     </row>
     <row r="14" spans="1:4" ht="112.5" customHeight="1" thickBot="1">
       <c r="A14" s="75">
         <v>5</v>
       </c>
       <c r="B14" s="33" t="s">
-        <v>101</v>
+        <v>181</v>
       </c>
       <c r="C14" s="34">
-        <v>8635.3773755245638</v>
+        <v>8578.8799999999992</v>
       </c>
       <c r="D14" s="35">
-        <v>16398.581636121147</v>
+        <v>16291.29</v>
       </c>
     </row>
     <row r="15" spans="1:4" ht="99.95" customHeight="1" thickTop="1">
-      <c r="A15" s="141" t="s">
-[...2 lines deleted...]
-      <c r="B15" s="142"/>
+      <c r="A15" s="143" t="s">
+        <v>102</v>
+      </c>
+      <c r="B15" s="144"/>
       <c r="C15" s="67" t="s">
         <v>3</v>
       </c>
       <c r="D15" s="68" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="16" spans="1:4" ht="112.5" customHeight="1">
       <c r="A16" s="28">
         <v>1</v>
       </c>
       <c r="B16" s="29" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="C16" s="30">
-        <v>2014.921387622398</v>
+        <v>2001.74</v>
       </c>
       <c r="D16" s="31">
-        <v>6028.6447917662144</v>
+        <v>5989.2</v>
       </c>
     </row>
     <row r="17" spans="1:4" ht="112.5" customHeight="1">
       <c r="A17" s="28">
         <v>2</v>
       </c>
       <c r="B17" s="29" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="C17" s="30">
-        <v>3214.2793564452536</v>
+        <v>3193.25</v>
       </c>
       <c r="D17" s="31">
-        <v>9617.1238344841986</v>
+        <v>9554.2000000000007</v>
       </c>
     </row>
     <row r="18" spans="1:4" ht="112.5" customHeight="1">
       <c r="A18" s="28">
         <v>3</v>
       </c>
       <c r="B18" s="29" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="C18" s="30">
-        <v>3773.9797418959211</v>
+        <v>3749.29</v>
       </c>
       <c r="D18" s="31">
-        <v>11291.747387752595</v>
+        <v>11217.87</v>
       </c>
     </row>
     <row r="19" spans="1:4" ht="112.5" customHeight="1" thickBot="1">
       <c r="A19" s="32">
         <v>4</v>
       </c>
       <c r="B19" s="33" t="s">
+        <v>106</v>
+      </c>
+      <c r="C19" s="34">
+        <v>8833.07</v>
+      </c>
+      <c r="D19" s="35">
+        <v>26428.53</v>
+      </c>
+    </row>
+    <row r="20" spans="1:4" ht="99.95" customHeight="1" thickTop="1">
+      <c r="A20" s="153" t="s">
         <v>107</v>
       </c>
-      <c r="C19" s="34">
-[...10 lines deleted...]
-      <c r="B20" s="144"/>
+      <c r="B20" s="146"/>
       <c r="C20" s="67" t="s">
         <v>3</v>
       </c>
       <c r="D20" s="68" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="21" spans="1:4" ht="112.5" customHeight="1">
       <c r="A21" s="28">
         <v>1</v>
       </c>
       <c r="B21" s="70" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="C21" s="71">
-        <v>3367.7971764545791</v>
+        <v>3345.76</v>
       </c>
       <c r="D21" s="72">
-        <v>5455.8314258564187</v>
+        <v>5420.13</v>
       </c>
     </row>
     <row r="22" spans="1:4" ht="112.5" customHeight="1" thickBot="1">
       <c r="A22" s="32">
         <v>2</v>
       </c>
       <c r="B22" s="73" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="C22" s="74">
-        <v>9044.7582288827653</v>
+        <v>8985.58</v>
       </c>
       <c r="D22" s="35">
-        <v>14652.50833079008</v>
+        <v>14556.64</v>
       </c>
     </row>
     <row r="23" spans="1:4" ht="99.95" customHeight="1" thickTop="1">
-      <c r="A23" s="151" t="s">
-[...2 lines deleted...]
-      <c r="B23" s="144"/>
+      <c r="A23" s="153" t="s">
+        <v>108</v>
+      </c>
+      <c r="B23" s="146"/>
       <c r="C23" s="67" t="s">
         <v>3</v>
       </c>
       <c r="D23" s="68" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="24" spans="1:4" ht="112.5" customHeight="1">
       <c r="A24" s="28">
         <v>1</v>
       </c>
       <c r="B24" s="29" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="C24" s="30">
-        <v>2216.4135263846379</v>
+        <v>2201.91</v>
       </c>
       <c r="D24" s="31">
-        <v>3005.4567417775693</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:4" ht="112.5" customHeight="1">
+        <v>2985.79</v>
+      </c>
+    </row>
+    <row r="25" spans="1:4" ht="154.5" customHeight="1">
       <c r="A25" s="69">
         <v>2</v>
       </c>
       <c r="B25" s="29" t="s">
-        <v>166</v>
+        <v>165</v>
       </c>
       <c r="C25" s="30">
-        <v>2168.4392076317235</v>
+        <v>2154.25</v>
       </c>
       <c r="D25" s="31">
-        <v>2940.4035655486173</v>
+        <v>2921.16</v>
       </c>
     </row>
     <row r="26" spans="1:4" ht="112.5" customHeight="1">
       <c r="A26" s="28">
         <v>3</v>
       </c>
       <c r="B26" s="29" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
       <c r="C26" s="30">
-        <v>3415.7714952074944</v>
+        <v>3393.42</v>
       </c>
       <c r="D26" s="31">
-        <v>4631.7861475013624</v>
+        <v>4601.4799999999996</v>
       </c>
     </row>
     <row r="27" spans="1:4" ht="112.5" customHeight="1">
       <c r="A27" s="69">
         <v>4</v>
       </c>
       <c r="B27" s="29" t="s">
-        <v>167</v>
+        <v>166</v>
       </c>
       <c r="C27" s="30">
-        <v>3367.7971764545791</v>
+        <v>3345.76</v>
       </c>
       <c r="D27" s="31">
-        <v>4566.7329712724095</v>
+        <v>4536.8500000000004</v>
       </c>
     </row>
     <row r="28" spans="1:4" ht="112.5" customHeight="1">
       <c r="A28" s="28">
         <v>5</v>
       </c>
       <c r="B28" s="29" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="C28" s="30">
-        <v>9092.7325476356782</v>
+        <v>9033.24</v>
       </c>
       <c r="D28" s="31">
-        <v>12329.745334593981</v>
+        <v>12249.07</v>
       </c>
     </row>
     <row r="29" spans="1:4" ht="112.5" customHeight="1" thickBot="1">
       <c r="A29" s="75">
         <v>6</v>
       </c>
       <c r="B29" s="33" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="C29" s="34">
-        <v>9044.7582288827653</v>
+        <v>8985.58</v>
       </c>
       <c r="D29" s="35">
-        <v>12264.692158365031</v>
+        <v>12184.45</v>
       </c>
     </row>
     <row r="30" spans="1:4" ht="99.95" customHeight="1" thickTop="1">
-      <c r="A30" s="141" t="s">
-[...2 lines deleted...]
-      <c r="B30" s="142"/>
+      <c r="A30" s="143" t="s">
+        <v>109</v>
+      </c>
+      <c r="B30" s="144"/>
       <c r="C30" s="67" t="s">
         <v>3</v>
       </c>
       <c r="D30" s="68" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="31" spans="1:4" ht="112.5" customHeight="1">
       <c r="A31" s="28">
         <v>1</v>
       </c>
       <c r="B31" s="29" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="C31" s="30">
-        <v>3927.4975619052461</v>
+        <v>3901.8</v>
       </c>
       <c r="D31" s="31">
-        <v>5306.0492061339874</v>
+        <v>5271.33</v>
       </c>
     </row>
     <row r="32" spans="1:4" ht="112.5" customHeight="1" thickBot="1">
       <c r="A32" s="76">
         <v>2</v>
       </c>
       <c r="B32" s="77" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="C32" s="78">
-        <v>9044.7582288827653</v>
+        <v>8985.58</v>
       </c>
       <c r="D32" s="79">
-        <v>12219.468367220616</v>
+        <v>12139.52</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="8">
     <mergeCell ref="A15:B15"/>
     <mergeCell ref="A20:B20"/>
     <mergeCell ref="A23:B23"/>
     <mergeCell ref="A30:B30"/>
     <mergeCell ref="A1:D1"/>
     <mergeCell ref="A2:D2"/>
     <mergeCell ref="A3:B3"/>
     <mergeCell ref="A9:B9"/>
   </mergeCells>
-  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageMargins left="0.35433070866141736" right="0.15748031496062992" top="0.42" bottom="0.27" header="0.31496062992125984" footer="0.31496062992125984"/>
+  <pageSetup paperSize="9" scale="45" fitToHeight="4" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+  <sheetPr>
+    <pageSetUpPr fitToPage="1"/>
+  </sheetPr>
   <dimension ref="A1:C29"/>
   <sheetViews>
-    <sheetView topLeftCell="A7" zoomScale="50" zoomScaleNormal="50" workbookViewId="0">
-      <selection activeCell="B13" sqref="B13"/>
+    <sheetView showGridLines="0" zoomScale="50" zoomScaleNormal="50" workbookViewId="0">
+      <selection activeCell="C50" sqref="C50"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6.5703125" customWidth="1"/>
-    <col min="2" max="2" width="208.28515625" customWidth="1"/>
+    <col min="2" max="2" width="175.85546875" customWidth="1"/>
     <col min="3" max="3" width="56" customWidth="1"/>
+    <col min="7" max="7" width="27.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" ht="74.45" customHeight="1">
-      <c r="A1" s="164" t="s">
-[...3 lines deleted...]
-      <c r="C1" s="182"/>
+      <c r="A1" s="166" t="s">
+        <v>136</v>
+      </c>
+      <c r="B1" s="183"/>
+      <c r="C1" s="184"/>
     </row>
     <row r="2" spans="1:3" ht="74.45" customHeight="1" thickBot="1">
-      <c r="A2" s="212" t="s">
+      <c r="A2" s="214" t="s">
+        <v>112</v>
+      </c>
+      <c r="B2" s="215"/>
+      <c r="C2" s="216"/>
+    </row>
+    <row r="3" spans="1:3" ht="99.95" customHeight="1">
+      <c r="A3" s="153" t="s">
         <v>113</v>
       </c>
-      <c r="B2" s="213"/>
-[...7 lines deleted...]
-      <c r="C3" s="145"/>
+      <c r="B3" s="154"/>
+      <c r="C3" s="147"/>
     </row>
     <row r="4" spans="1:3" ht="155.1" customHeight="1" thickBot="1">
       <c r="A4" s="32">
         <v>1</v>
       </c>
       <c r="B4" s="80" t="s">
+        <v>114</v>
+      </c>
+      <c r="C4" s="35">
+        <v>3.97</v>
+      </c>
+    </row>
+    <row r="5" spans="1:3" ht="99.95" customHeight="1" thickTop="1">
+      <c r="A5" s="143" t="s">
         <v>115</v>
       </c>
-      <c r="C4" s="35">
-[...4 lines deleted...]
-      <c r="A5" s="141" t="s">
+      <c r="B5" s="144"/>
+      <c r="C5" s="220"/>
+    </row>
+    <row r="6" spans="1:3" ht="60" customHeight="1">
+      <c r="A6" s="217" t="s">
         <v>116</v>
       </c>
-      <c r="B5" s="142"/>
-[...7 lines deleted...]
-      <c r="C6" s="217"/>
+      <c r="B6" s="218"/>
+      <c r="C6" s="219"/>
     </row>
     <row r="7" spans="1:3" ht="155.1" customHeight="1">
       <c r="A7" s="28">
         <v>1</v>
       </c>
       <c r="B7" s="29" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
       <c r="C7" s="31">
-        <v>211.89</v>
+        <v>210.5</v>
       </c>
     </row>
     <row r="8" spans="1:3" ht="155.1" customHeight="1">
       <c r="A8" s="28">
         <v>2</v>
       </c>
       <c r="B8" s="29" t="s">
-        <v>169</v>
+        <v>168</v>
       </c>
       <c r="C8" s="31">
-        <v>315.83</v>
+        <v>313.76</v>
       </c>
     </row>
     <row r="9" spans="1:3" ht="155.1" customHeight="1">
       <c r="A9" s="28">
         <v>3</v>
       </c>
       <c r="B9" s="29" t="s">
+        <v>117</v>
+      </c>
+      <c r="C9" s="31">
+        <v>806.26</v>
+      </c>
+    </row>
+    <row r="10" spans="1:3" ht="60" customHeight="1">
+      <c r="A10" s="217" t="s">
         <v>118</v>
       </c>
-      <c r="C9" s="31">
-[...8 lines deleted...]
-      <c r="C10" s="217"/>
+      <c r="B10" s="218"/>
+      <c r="C10" s="219"/>
     </row>
     <row r="11" spans="1:3" ht="155.1" customHeight="1">
       <c r="A11" s="28">
         <v>1</v>
       </c>
       <c r="B11" s="29" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="C11" s="31">
-        <v>1111.4100000000001</v>
+        <v>1104.1300000000001</v>
       </c>
     </row>
     <row r="12" spans="1:3" ht="155.1" customHeight="1">
       <c r="A12" s="28">
         <v>2</v>
       </c>
       <c r="B12" s="29" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="C12" s="31">
-        <v>83.96</v>
+        <v>83.41</v>
       </c>
     </row>
     <row r="13" spans="1:3" ht="155.1" customHeight="1">
       <c r="A13" s="28">
         <v>3</v>
       </c>
       <c r="B13" s="29" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="C13" s="31">
-        <v>187.9</v>
+        <v>186.67</v>
       </c>
     </row>
     <row r="14" spans="1:3" ht="155.1" customHeight="1">
       <c r="A14" s="28">
         <v>4</v>
       </c>
       <c r="B14" s="29" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="C14" s="81">
-        <v>683.63</v>
+        <v>679.16</v>
       </c>
     </row>
     <row r="15" spans="1:3" ht="60" customHeight="1">
-      <c r="A15" s="215" t="s">
-[...5 lines deleted...]
-    <row r="16" spans="1:3" ht="155.1" customHeight="1">
+      <c r="A15" s="217" t="s">
+        <v>120</v>
+      </c>
+      <c r="B15" s="218"/>
+      <c r="C15" s="219"/>
+    </row>
+    <row r="16" spans="1:3" ht="177" customHeight="1">
       <c r="A16" s="28">
         <v>1</v>
       </c>
       <c r="B16" s="82" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="C16" s="31">
-        <v>423.77</v>
+        <v>421</v>
       </c>
     </row>
     <row r="17" spans="1:3" ht="155.1" customHeight="1">
       <c r="A17" s="83">
         <v>2</v>
       </c>
       <c r="B17" s="82" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="C17" s="31">
-        <v>82.36</v>
+        <v>81.819999999999993</v>
       </c>
     </row>
     <row r="18" spans="1:3" ht="155.1" customHeight="1">
       <c r="A18" s="83">
         <v>3</v>
       </c>
       <c r="B18" s="38" t="s">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="C18" s="31">
-        <v>186.3</v>
+        <v>185.08</v>
       </c>
     </row>
     <row r="19" spans="1:3" ht="155.1" customHeight="1" thickBot="1">
       <c r="A19" s="32">
         <v>4</v>
       </c>
       <c r="B19" s="33" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="C19" s="114">
-        <v>682.03</v>
+        <v>677.57</v>
       </c>
     </row>
     <row r="20" spans="1:3" ht="99.95" customHeight="1" thickTop="1">
-      <c r="A20" s="141" t="s">
-[...3 lines deleted...]
-      <c r="C20" s="218"/>
+      <c r="A20" s="143" t="s">
+        <v>121</v>
+      </c>
+      <c r="B20" s="144"/>
+      <c r="C20" s="220"/>
     </row>
     <row r="21" spans="1:3" ht="112.5" customHeight="1">
       <c r="A21" s="28">
         <v>1</v>
       </c>
       <c r="B21" s="84" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="C21" s="31">
         <v>8491.6299999999992</v>
       </c>
     </row>
     <row r="22" spans="1:3" ht="112.5" customHeight="1">
       <c r="A22" s="28">
         <v>2</v>
       </c>
       <c r="B22" s="84" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="C22" s="31">
         <v>7597.78</v>
       </c>
     </row>
     <row r="23" spans="1:3" ht="112.5" customHeight="1">
       <c r="A23" s="28">
         <v>3</v>
       </c>
       <c r="B23" s="84" t="s">
-        <v>160</v>
+        <v>159</v>
       </c>
       <c r="C23" s="31">
-        <v>3575.4250631441741</v>
+        <v>3575.43</v>
       </c>
     </row>
     <row r="24" spans="1:3" ht="112.5" customHeight="1">
       <c r="A24" s="28">
         <v>4</v>
       </c>
       <c r="B24" s="84" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="C24" s="31">
-        <v>9033.82</v>
+        <v>8974.7099999999991</v>
       </c>
     </row>
     <row r="25" spans="1:3" ht="112.5" customHeight="1">
       <c r="A25" s="28">
         <v>5</v>
       </c>
       <c r="B25" s="84" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="C25" s="31">
-        <v>8082.89</v>
+        <v>8030</v>
       </c>
     </row>
     <row r="26" spans="1:3" ht="112.5" customHeight="1" thickBot="1">
       <c r="A26" s="32">
         <v>6</v>
       </c>
       <c r="B26" s="80" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="C26" s="35">
-        <v>3803.71</v>
+        <v>3778.82</v>
       </c>
     </row>
     <row r="27" spans="1:3" ht="99.95" customHeight="1" thickTop="1">
-      <c r="A27" s="141" t="s">
+      <c r="A27" s="143" t="s">
         <v>75</v>
       </c>
-      <c r="B27" s="142"/>
-      <c r="C27" s="218"/>
+      <c r="B27" s="144"/>
+      <c r="C27" s="220"/>
     </row>
     <row r="28" spans="1:3" ht="112.5" customHeight="1">
       <c r="A28" s="28">
         <v>1</v>
       </c>
       <c r="B28" s="84" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="C28" s="31">
         <v>6659.23</v>
       </c>
     </row>
     <row r="29" spans="1:3" ht="112.5" customHeight="1" thickBot="1">
       <c r="A29" s="43">
         <v>2</v>
       </c>
       <c r="B29" s="85" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="C29" s="42">
-        <v>7084.41</v>
+        <v>7038.06</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="9">
     <mergeCell ref="A15:C15"/>
     <mergeCell ref="A20:C20"/>
     <mergeCell ref="A27:C27"/>
     <mergeCell ref="A1:C1"/>
     <mergeCell ref="A2:C2"/>
     <mergeCell ref="A3:C3"/>
     <mergeCell ref="A5:C5"/>
     <mergeCell ref="A6:C6"/>
     <mergeCell ref="A10:C10"/>
   </mergeCells>
-  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+  <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.32" bottom="0.34" header="0.31496062992125984" footer="0.31496062992125984"/>
+  <pageSetup paperSize="9" scale="23" orientation="portrait" r:id="rId1"/>
+  <rowBreaks count="2" manualBreakCount="2">
+    <brk id="9" max="16383" man="1"/>
+    <brk id="26" max="16383" man="1"/>
+  </rowBreaks>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:C10"/>
   <sheetViews>
-    <sheetView zoomScale="50" zoomScaleNormal="50" workbookViewId="0">
-      <selection activeCell="L10" sqref="L10"/>
+    <sheetView showGridLines="0" topLeftCell="A10" zoomScale="50" zoomScaleNormal="50" workbookViewId="0">
+      <selection activeCell="I11" sqref="I11"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="10.28515625" customWidth="1"/>
-    <col min="2" max="2" width="138.85546875" customWidth="1"/>
-    <col min="3" max="3" width="114.28515625" customWidth="1"/>
+    <col min="2" max="2" width="129.140625" customWidth="1"/>
+    <col min="3" max="3" width="66.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" ht="74.45" customHeight="1">
-      <c r="A1" s="164" t="s">
-[...3 lines deleted...]
-      <c r="C1" s="182"/>
+      <c r="A1" s="166" t="s">
+        <v>136</v>
+      </c>
+      <c r="B1" s="183"/>
+      <c r="C1" s="184"/>
     </row>
     <row r="2" spans="1:3" ht="74.45" customHeight="1" thickBot="1">
-      <c r="A2" s="212" t="s">
-[...3 lines deleted...]
-      <c r="C2" s="214"/>
+      <c r="A2" s="214" t="s">
+        <v>125</v>
+      </c>
+      <c r="B2" s="215"/>
+      <c r="C2" s="216"/>
     </row>
     <row r="3" spans="1:3" ht="99.95" customHeight="1">
       <c r="A3" s="112">
         <v>1</v>
       </c>
       <c r="B3" s="113" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C3" s="72">
-        <v>1199.357968822856</v>
+        <v>1191.51</v>
       </c>
     </row>
     <row r="4" spans="1:3" ht="99.95" customHeight="1">
       <c r="A4" s="28">
         <v>2</v>
       </c>
       <c r="B4" s="29" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="C4" s="31">
-        <v>1321.17</v>
+        <v>1426.45</v>
       </c>
     </row>
     <row r="5" spans="1:3" ht="99.95" customHeight="1">
       <c r="A5" s="28">
         <v>3</v>
       </c>
       <c r="B5" s="29" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="C5" s="31">
-        <v>5197.217864899043</v>
+        <v>5163.21</v>
       </c>
     </row>
     <row r="6" spans="1:3" ht="99.95" customHeight="1">
       <c r="A6" s="28">
         <v>4</v>
       </c>
       <c r="B6" s="29" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="C6" s="31">
-        <v>8395.5057817599918</v>
+        <v>8340.58</v>
       </c>
     </row>
     <row r="7" spans="1:3" ht="99.95" customHeight="1">
       <c r="A7" s="28">
         <v>5</v>
       </c>
       <c r="B7" s="29" t="s">
-        <v>171</v>
+        <v>170</v>
       </c>
       <c r="C7" s="31">
-        <v>7995.719792152373</v>
+        <v>7943.4</v>
       </c>
     </row>
     <row r="8" spans="1:3" ht="99.95" customHeight="1" thickBot="1">
       <c r="A8" s="32">
         <v>6</v>
       </c>
       <c r="B8" s="33" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="C8" s="35">
-        <v>3997.8598960761865</v>
+        <v>3971.7</v>
       </c>
     </row>
     <row r="9" spans="1:3" ht="60" customHeight="1" thickTop="1">
-      <c r="A9" s="141" t="s">
+      <c r="A9" s="143" t="s">
         <v>42</v>
       </c>
-      <c r="B9" s="142"/>
-      <c r="C9" s="218"/>
+      <c r="B9" s="144"/>
+      <c r="C9" s="220"/>
     </row>
     <row r="10" spans="1:3" ht="123.75" customHeight="1" thickBot="1">
       <c r="A10" s="76">
         <v>1</v>
       </c>
       <c r="B10" s="77" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="C10" s="79">
-        <v>671.64046254079938</v>
+        <v>667.25</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A1:C1"/>
     <mergeCell ref="A2:C2"/>
     <mergeCell ref="A9:C9"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" scale="33" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Arkusze</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="6" baseType="lpstr">
       <vt:lpstr>Wychowanie przedszkolne</vt:lpstr>
       <vt:lpstr>Niepubl. szkoły dla młodzieży</vt:lpstr>
       <vt:lpstr>Publ. szkoły dla młodzieży</vt:lpstr>
       <vt:lpstr>Szkoły specjalne</vt:lpstr>
       <vt:lpstr>Szkoły dla dorosłych</vt:lpstr>