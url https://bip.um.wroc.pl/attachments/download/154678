--- v0 (2025-10-11)
+++ v1 (2025-11-23)
@@ -1,1542 +1,1826 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="0822E365" w14:textId="77777777" w:rsidR="00D709F0" w:rsidRPr="00AB6BEF" w:rsidRDefault="001650F5" w:rsidP="005A2A73">
+    <w:p w14:paraId="05F9D6D0" w14:textId="77777777" w:rsidR="00D709F0" w:rsidRPr="00CD7BCC" w:rsidRDefault="001650F5" w:rsidP="00970A33">
       <w:pPr>
         <w:pStyle w:val="Tytu"/>
-        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AB6BEF">
+      <w:r w:rsidRPr="00CD7BCC">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>O Ś W I A D C Z E N I E</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5639205C" w14:textId="29E459B9" w:rsidR="00C938CB" w:rsidRPr="00AB6BEF" w:rsidRDefault="001B2D45" w:rsidP="005A2A73">
+    <w:p w14:paraId="0792FA8B" w14:textId="4F206580" w:rsidR="00C938CB" w:rsidRPr="00CD7BCC" w:rsidRDefault="001B2D45" w:rsidP="00970A33">
       <w:pPr>
         <w:spacing w:before="360" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AB6BEF">
+      <w:r w:rsidRPr="00CD7BCC">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve">Na podstawie </w:t>
       </w:r>
-      <w:r w:rsidR="006E23E3" w:rsidRPr="00AB6BEF">
+      <w:r w:rsidR="006E23E3" w:rsidRPr="00CD7BCC">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve">art. </w:t>
       </w:r>
-      <w:r w:rsidR="00162F4B" w:rsidRPr="00AB6BEF">
-[...17 lines deleted...]
-      <w:r w:rsidR="006E23E3" w:rsidRPr="00AB6BEF">
+      <w:r w:rsidR="00DE0704" w:rsidRPr="00CD7BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">168 ust. </w:t>
+      </w:r>
+      <w:r w:rsidR="00910143" w:rsidRPr="00CD7BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>13</w:t>
+      </w:r>
+      <w:r w:rsidR="00970A33" w:rsidRPr="00CD7BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> i ust. 14</w:t>
+      </w:r>
+      <w:r w:rsidR="006E23E3" w:rsidRPr="00CD7BCC">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> ustawy z dnia 14 grudnia 2</w:t>
       </w:r>
-      <w:r w:rsidR="00FA3924" w:rsidRPr="00AB6BEF">
+      <w:r w:rsidR="00DE0704" w:rsidRPr="00CD7BCC">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t>016 r. Prawo oświatowe (</w:t>
       </w:r>
-      <w:r w:rsidR="00AB6BEF">
+      <w:r w:rsidR="00CD7BCC">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve">tekst jedn.: </w:t>
       </w:r>
-      <w:r w:rsidR="00FA3924" w:rsidRPr="00AB6BEF">
+      <w:r w:rsidR="00DE0704" w:rsidRPr="00CD7BCC">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t>Dz.</w:t>
       </w:r>
-      <w:r w:rsidR="001D14E9" w:rsidRPr="00AB6BEF">
+      <w:r w:rsidR="00053B78" w:rsidRPr="00CD7BCC">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00FA3924" w:rsidRPr="00AB6BEF">
+      <w:r w:rsidR="00DE0704" w:rsidRPr="00CD7BCC">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t>U. z </w:t>
       </w:r>
-      <w:r w:rsidR="00E96077" w:rsidRPr="00AB6BEF">
-[...11 lines deleted...]
-      <w:r w:rsidR="00E96077" w:rsidRPr="00AB6BEF">
+      <w:r w:rsidR="00AC0E60">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>2025</w:t>
+      </w:r>
+      <w:r w:rsidR="00F86A1A" w:rsidRPr="00CD7BCC">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> r., poz. </w:t>
       </w:r>
-      <w:r w:rsidR="00B232DE" w:rsidRPr="00AB6BEF">
-[...5 lines deleted...]
-      <w:r w:rsidR="00E96077" w:rsidRPr="00AB6BEF">
+      <w:r w:rsidR="00AC0E60">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>1043</w:t>
+      </w:r>
+      <w:r w:rsidR="00F86A1A" w:rsidRPr="00CD7BCC">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> ze zm</w:t>
       </w:r>
-      <w:r w:rsidR="006E23E3" w:rsidRPr="00AB6BEF">
+      <w:r w:rsidR="006E23E3" w:rsidRPr="00CD7BCC">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t>.)</w:t>
       </w:r>
-      <w:r w:rsidR="00310EBD" w:rsidRPr="00AB6BEF">
+      <w:r w:rsidR="000401B3" w:rsidRPr="00CD7BCC">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> oraz Rozporządzenia Ministra Edukacji Narodowej z dnia </w:t>
       </w:r>
-      <w:r w:rsidR="0023060B" w:rsidRPr="00AB6BEF">
+      <w:r w:rsidR="009B293A" w:rsidRPr="00CD7BCC">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t>28</w:t>
       </w:r>
-      <w:r w:rsidR="00310EBD" w:rsidRPr="00AB6BEF">
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+      <w:r w:rsidR="000401B3" w:rsidRPr="00CD7BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sierpnia 2017 r. w sprawie</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD7BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000401B3" w:rsidRPr="00CD7BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>rodzajów innych form wychowania przedszkolnego, warunków tworzenia i organizowania tych form oraz sposobu ich działania (</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD7BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tekst jedn.: </w:t>
+      </w:r>
+      <w:r w:rsidR="000401B3" w:rsidRPr="00CD7BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>Dz.</w:t>
+      </w:r>
+      <w:r w:rsidR="000C54A5" w:rsidRPr="00CD7BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000401B3" w:rsidRPr="00CD7BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>U. z</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD7BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000C54A5" w:rsidRPr="00CD7BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>2020 r., poz. 1520</w:t>
+      </w:r>
+      <w:r w:rsidR="000401B3" w:rsidRPr="00CD7BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00916DD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CA26DD4" w14:textId="17FD7CE6" w:rsidR="00D709F0" w:rsidRPr="00CD7BCC" w:rsidRDefault="00EB4682" w:rsidP="00970A33">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD7BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>.....................................................................................................................................................................................................................................................................................................................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E5C34DB" w14:textId="40D75572" w:rsidR="00D709F0" w:rsidRPr="00CD7BCC" w:rsidRDefault="00F50225" w:rsidP="00AC0E60">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD7BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>(nazwa</w:t>
+      </w:r>
+      <w:r w:rsidR="003020CE" w:rsidRPr="00CD7BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> i adres</w:t>
+      </w:r>
+      <w:r w:rsidR="00B45F83" w:rsidRPr="00CD7BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B45F83" w:rsidRPr="00CD7BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t>dotychczasowe</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE0704" w:rsidRPr="00CD7BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t>j</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD7BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DE0704" w:rsidRPr="00CD7BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>osoby</w:t>
+      </w:r>
+      <w:r w:rsidR="001650F5" w:rsidRPr="00CD7BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> prowadzące</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE0704" w:rsidRPr="00CD7BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>j</w:t>
+      </w:r>
+      <w:r w:rsidR="00D709F0" w:rsidRPr="00CD7BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5337A282" w14:textId="77777777" w:rsidR="00D709F0" w:rsidRPr="00CD7BCC" w:rsidRDefault="00BD7F60" w:rsidP="00970A33">
+      <w:pPr>
+        <w:spacing w:before="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD7BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">jako </w:t>
+      </w:r>
+      <w:r w:rsidR="00DE0704" w:rsidRPr="00CD7BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">osoba prowadząca </w:t>
+      </w:r>
+      <w:r w:rsidR="001650F5" w:rsidRPr="00CD7BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>placówkę</w:t>
+      </w:r>
+      <w:r w:rsidR="00D709F0" w:rsidRPr="00CD7BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> o nazwie:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18623284" w14:textId="77777777" w:rsidR="00D709F0" w:rsidRPr="00CD7BCC" w:rsidRDefault="00D709F0" w:rsidP="00970A33">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0A38AAE7" w14:textId="72AD5227" w:rsidR="003020CE" w:rsidRPr="00CD7BCC" w:rsidRDefault="003020CE" w:rsidP="00970A33">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD7BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>.......................................................................................................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B011531" w14:textId="7E3590C2" w:rsidR="00D709F0" w:rsidRPr="00CD7BCC" w:rsidRDefault="00EB4682" w:rsidP="00970A33">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD7BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>..............................................................................................................................................................................................................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3396D843" w14:textId="77777777" w:rsidR="00D709F0" w:rsidRPr="00CD7BCC" w:rsidRDefault="00D709F0" w:rsidP="00AC0E60">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD7BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">(nazwa </w:t>
+      </w:r>
+      <w:r w:rsidR="001650F5" w:rsidRPr="00CD7BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">i adres </w:t>
+      </w:r>
+      <w:r w:rsidR="00C938CB" w:rsidRPr="00CD7BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>placówki</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD7BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BC00970" w14:textId="77777777" w:rsidR="00C938CB" w:rsidRPr="00CD7BCC" w:rsidRDefault="006E23E3" w:rsidP="00970A33">
+      <w:pPr>
+        <w:pStyle w:val="Tekstpodstawowy"/>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD7BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>oświadczam,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64D55B43" w14:textId="1211890B" w:rsidR="006E23E3" w:rsidRPr="00CD7BCC" w:rsidRDefault="00B45F83" w:rsidP="00970A33">
+      <w:pPr>
+        <w:pStyle w:val="Tekstpodstawowy"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD7BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>że zrzekam się wszelkich praw i obowiązków wynikających z</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD7BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00310EBD" w:rsidRPr="00AB6BEF">
-[...19 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+      <w:r w:rsidRPr="00CD7BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>prowadzenia ww. placówki na rzecz nowe</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE0704" w:rsidRPr="00CD7BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>j</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD7BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DE0704" w:rsidRPr="00CD7BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">osoby </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD7BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>prowadzące</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE0704" w:rsidRPr="00CD7BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>j</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD7BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>, któr</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE0704" w:rsidRPr="00CD7BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD7BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> te prawa i obowiązki do prowadzenia placówki przejmuje z dniem</w:t>
+      </w:r>
+      <w:r w:rsidR="007157C9" w:rsidRPr="00CD7BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>*</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD7BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD7BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>……………………………………… :</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="681B00F7" w14:textId="77777777" w:rsidR="00C938CB" w:rsidRPr="00CD7BCC" w:rsidRDefault="00C938CB" w:rsidP="00970A33">
+      <w:pPr>
+        <w:pStyle w:val="Tekstpodstawowy"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6F00E596" w14:textId="047634F3" w:rsidR="003020CE" w:rsidRPr="00CD7BCC" w:rsidRDefault="003020CE" w:rsidP="00970A33">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD7BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>........................................................................................................................................................................................................................................................................................................................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10748DE0" w14:textId="77777777" w:rsidR="006E23E3" w:rsidRPr="00CD7BCC" w:rsidRDefault="003020CE" w:rsidP="00AC0E60">
+      <w:pPr>
+        <w:pStyle w:val="Tekstpodstawowy"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD7BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">(nazwa i adres </w:t>
+      </w:r>
+      <w:r w:rsidR="00B45F83" w:rsidRPr="00CD7BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t>nowe</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE0704" w:rsidRPr="00CD7BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t>j</w:t>
+      </w:r>
+      <w:r w:rsidR="00B45F83" w:rsidRPr="00CD7BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DE0704" w:rsidRPr="00CD7BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>osoby</w:t>
+      </w:r>
+      <w:r w:rsidR="00B45F83" w:rsidRPr="00CD7BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> prowadzące</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE0704" w:rsidRPr="00CD7BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>j</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD7BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="005A2A73">
-[...489 lines deleted...]
-      <w:r w:rsidRPr="00AB6BEF">
+    </w:p>
+    <w:p w14:paraId="068A0506" w14:textId="45D9FA69" w:rsidR="00F50225" w:rsidRPr="00CD7BCC" w:rsidRDefault="00F50225" w:rsidP="00970A33">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD7BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidRPr="00CD7BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidRPr="00CD7BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidRPr="00CD7BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidRPr="00CD7BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidRPr="00CD7BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidRPr="00CD7BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidRPr="00CD7BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidRPr="00CD7BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidRPr="00CD7BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidRPr="00CD7BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidRPr="00CD7BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidRPr="00CD7BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidRPr="00CD7BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidRPr="00CD7BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidRPr="00CD7BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidRPr="00CD7BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidRPr="00CD7BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidRPr="00CD7BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidRPr="00CD7BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidRPr="00CD7BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidRPr="00CD7BCC">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:softHyphen/>
         <w:t>___________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5ED3A799" w14:textId="77777777" w:rsidR="00B232DE" w:rsidRPr="00AB6BEF" w:rsidRDefault="00B232DE" w:rsidP="005A2A73">
-[...12 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
+    <w:p w14:paraId="3CE7E4C4" w14:textId="77777777" w:rsidR="00AC0E60" w:rsidRDefault="00AC0E60" w:rsidP="00AC0E60">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>INFORMACJE DOTYCZĄCE PRZETWARZANIA PANI/PANA DANYCH OSOBOWYCH</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27400C12" w14:textId="77777777" w:rsidR="00AC0E60" w:rsidRDefault="00AC0E60" w:rsidP="00AC0E60">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:b/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AB6BEF">
-[...3 lines deleted...]
-          <w:lang w:eastAsia="en-US"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Niniejszą informację otrzymuje Pani/Pan w związku z obowiązkami określonymi w art. 13 rozporządzenia Parlamentu Europejskiego i Rady (UE) 2016/679 z dnia 27 kwietnia 2016 r. w sprawie ochrony osób fizycznych w związku z przetwarzaniem danych osobowych i w sprawie swobodnego przepływu takich danych oraz uchylenia dyrektywy 95/46/WE </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>INFORMACJE DOTYCZĄCE PRZETWARZANIA PANI/PANA DANYCH OSOBOWYCH</w:t>
-[...125 lines deleted...]
-          <w:lang w:eastAsia="en-US"/>
+        <w:t xml:space="preserve">(ogólne rozporządzenie o ochronie danych) (Dziennik Urzędowy Unii Europejskiej z dnia 4 maja 2016 r. L 119/1). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F1BD259" w14:textId="77777777" w:rsidR="00AC0E60" w:rsidRDefault="00AC0E60" w:rsidP="00AC0E60">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Administrator danych osobowych (ADO)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="496188EF" w14:textId="77777777" w:rsidR="00AC0E60" w:rsidRDefault="00AC0E60" w:rsidP="00AC0E60">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Administratorem Pani/Pana danych osobowych jest Prezydent Wrocławia, z którym można się skontaktować w następujący sposób:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3DCF022E" w14:textId="77777777" w:rsidR="00AC0E60" w:rsidRDefault="00AC0E60" w:rsidP="00AC0E60">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>- listownie na adres: Prezydent Wrocławia, Urząd Miejski Wrocławia, pl. Nowy Targ 1-8, 50-141 Wrocław,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="499371E2" w14:textId="77777777" w:rsidR="00AC0E60" w:rsidRDefault="00AC0E60" w:rsidP="00AC0E60">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>- za pośrednictwem poczty elektronicznej na adres: wfi@um.wroc.pl,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3884B668" w14:textId="77777777" w:rsidR="00AC0E60" w:rsidRDefault="00AC0E60" w:rsidP="00AC0E60">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
         </w:rPr>
         <w:t>- telefonicznie: +48 71 777 77 06.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22F7EC6A" w14:textId="77777777" w:rsidR="00B232DE" w:rsidRPr="00AB6BEF" w:rsidRDefault="00B232DE" w:rsidP="005A2A73">
-[...11 lines deleted...]
-          <w:lang w:eastAsia="en-US"/>
+    <w:p w14:paraId="56567C50" w14:textId="77777777" w:rsidR="00AC0E60" w:rsidRDefault="00AC0E60" w:rsidP="00AC0E60">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:b/>
         </w:rPr>
         <w:t>Cele przetwarzania danych</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C355D26" w14:textId="77777777" w:rsidR="00B232DE" w:rsidRPr="00AB6BEF" w:rsidRDefault="00B232DE" w:rsidP="005A2A73">
-[...28 lines deleted...]
-          <w:lang w:eastAsia="en-US"/>
+    <w:p w14:paraId="4EEBDC4F" w14:textId="77777777" w:rsidR="00AC0E60" w:rsidRDefault="00AC0E60" w:rsidP="00AC0E60">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Pani/Pana dane osobowe będą przetwarzane w celu prowadzenia spraw związanych z wpisem/zmianą we wpisie szkoły lub placówki oświatowej do ewidencji szkół i placówek niepublicznych prowadzonej przez Gminę Wrocław.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="496F94F8" w14:textId="77777777" w:rsidR="00AC0E60" w:rsidRDefault="00AC0E60" w:rsidP="00AC0E60">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:b/>
         </w:rPr>
         <w:t>Podstawy prawne przetwarzania</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F389972" w14:textId="33AFBBA8" w:rsidR="00B232DE" w:rsidRPr="00AB6BEF" w:rsidRDefault="00B232DE" w:rsidP="005A2A73">
-[...81 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Tahoma"/>
+    <w:p w14:paraId="58B2D8DE" w14:textId="77777777" w:rsidR="00AC0E60" w:rsidRDefault="00AC0E60" w:rsidP="00AC0E60">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Będziemy przetwarzać Pani/Pana dane osobowe na podstawie art. 6 ust. 1 lit. c) RODO, ustawy z dnia 14 grudnia 2016 r. – Prawo oświatowe oraz ustawy z dnia 14 czerwca 1960 r. Kodeks postępowania administracyjnego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60369044" w14:textId="77777777" w:rsidR="00AC0E60" w:rsidRDefault="00AC0E60" w:rsidP="00AC0E60">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">Obligatoryjność/fakultatywność podania danych osobowych </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="284975D1" w14:textId="77777777" w:rsidR="00AC0E60" w:rsidRDefault="00AC0E60" w:rsidP="00AC0E60">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:bCs/>
-          <w:lang w:eastAsia="en-US"/>
-[...40 lines deleted...]
-          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Podanie przez Panią/Pana danych osobowych jest wymogiem ustawowym wynikającym z </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ustawy z dnia 14 grudnia 2016 r. – Prawo oświatowe oraz ustawy z dnia 14 czerwca 1960 r. Kodeks postępowania administracyjnego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2539A918" w14:textId="77777777" w:rsidR="00AC0E60" w:rsidRDefault="00AC0E60" w:rsidP="00AC0E60">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Okres retencji danych</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3018D337" w14:textId="77777777" w:rsidR="00AC0E60" w:rsidRDefault="00AC0E60" w:rsidP="00AC0E60">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Pani/Pana dane osobowe będą przetwarzane przez Urząd Miejski Wrocławia przez 25 lat od stycznia kolejnego roku po zakończeniu Twojej sprawy, następnie zostaną przekazane do Archiwum Państwowego we Wrocławiu, gdzie będą przechowywane wieczyście.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="436BA21F" w14:textId="77777777" w:rsidR="00AC0E60" w:rsidRDefault="00AC0E60" w:rsidP="00AC0E60">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Odbiorcy danych</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1337617F" w14:textId="77777777" w:rsidR="00AC0E60" w:rsidRDefault="00AC0E60" w:rsidP="00AC0E60">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Odbiorcami Pani/Pana danych osobowych mogą być:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4EA3FDA2" w14:textId="77777777" w:rsidR="00AC0E60" w:rsidRDefault="00AC0E60" w:rsidP="00AC0E60">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>- dostawcy usług IT,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0446080C" w14:textId="77777777" w:rsidR="00AC0E60" w:rsidRDefault="00AC0E60" w:rsidP="00AC0E60">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>- podmioty przetwarzające dane na zlecenie administratora,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DAF5FD2" w14:textId="77777777" w:rsidR="00AC0E60" w:rsidRDefault="00AC0E60" w:rsidP="00AC0E60">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Twoje dane osobowe będą przetwarzane przez Urząd Miejski Wrocławia przez 25 lat od stycznia kolejnego roku po zakończeniu Twojej sprawy, następnie zostaną przekazane do Archiwum Państwowego we Wrocławiu, gdzie będą przechowywane wieczyście.</w:t>
-[...40 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        <w:t>- podmioty upoważnione na podstawie przepisów prawa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BFBBC41" w14:textId="77777777" w:rsidR="00AC0E60" w:rsidRDefault="00AC0E60" w:rsidP="00AC0E60">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- podmioty prowadzące działalność pocztową lub kurierską </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-      </w:pPr>
-[...112 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
+        <w:t>(jeżeli odpowiedź jest wysyłana pocztą, E-doręczenia, kurierem).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2371CF99" w14:textId="77777777" w:rsidR="00AC0E60" w:rsidRDefault="00AC0E60" w:rsidP="00AC0E60">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Takie podmioty przetwarzają dane na podstawie zawartej umowy z administratorem i tylko zgodnie z jego poleceniami.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6035ED15" w14:textId="77777777" w:rsidR="00AC0E60" w:rsidRDefault="00AC0E60" w:rsidP="00AC0E60">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:i/>
           <w:iCs/>
-          <w:lang w:eastAsia="en-US"/>
-[...24 lines deleted...]
-          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Przysługujące prawa</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FD529EE" w14:textId="77777777" w:rsidR="00AC0E60" w:rsidRDefault="00AC0E60" w:rsidP="00AC0E60">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Przysługuje Pani/Panu:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7FB64721" w14:textId="77777777" w:rsidR="00AC0E60" w:rsidRDefault="00AC0E60" w:rsidP="00AC0E60">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>- prawo dostępu do swoich danych oraz otrzymania ich kopii,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0ED3BB9F" w14:textId="77777777" w:rsidR="00AC0E60" w:rsidRDefault="00AC0E60" w:rsidP="00AC0E60">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>- prawo do sprostowania (poprawiania) swoich danych,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BD17556" w14:textId="77777777" w:rsidR="00AC0E60" w:rsidRDefault="00AC0E60" w:rsidP="00AC0E60">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>- prawo do ograniczenia przetwarzania danych,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D8F5562" w14:textId="77777777" w:rsidR="00AC0E60" w:rsidRDefault="00AC0E60" w:rsidP="00AC0E60">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>- prawo do wniesienia skargi do organu nadzorczego – tj. Prezesa Urzędu Ochrony Danych Osobowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5ECB753B" w14:textId="77777777" w:rsidR="00AC0E60" w:rsidRDefault="00AC0E60" w:rsidP="00AC0E60">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:b/>
         </w:rPr>
         <w:t>Inspektor Ochrony Danych</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1098BD5A" w14:textId="77777777" w:rsidR="00AB6BEF" w:rsidRPr="00F862E0" w:rsidRDefault="00AB6BEF" w:rsidP="005A2A73">
-[...126 lines deleted...]
-          <w:lang w:eastAsia="en-US"/>
+    <w:p w14:paraId="3E5D301A" w14:textId="77777777" w:rsidR="00AC0E60" w:rsidRDefault="00AC0E60" w:rsidP="00AC0E60">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>W Urzędzie wyznaczony został Inspektor Ochrony Danych. Jest to osoba, z którą można się kontaktować w sprawach dotyczących przetwarzania Pani/Pana danych osobowych oraz korzystania z przysługujących Pani/Panu praw związanych z przetwarzaniem danych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="180B1CDB" w14:textId="77777777" w:rsidR="00AC0E60" w:rsidRDefault="00AC0E60" w:rsidP="00AC0E60">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Z Inspektorem można skontaktować się w następujący sposób:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D5EB501" w14:textId="77777777" w:rsidR="00AC0E60" w:rsidRDefault="00AC0E60" w:rsidP="00AC0E60">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>- listownie na adres: al. M. Kromera 44, 51-163 Wrocław</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3552D117" w14:textId="77777777" w:rsidR="00AC0E60" w:rsidRDefault="00AC0E60" w:rsidP="00AC0E60">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>- przez e-mail: iod@um.wroc.pl</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="452C1E38" w14:textId="77777777" w:rsidR="00AC0E60" w:rsidRDefault="00AC0E60" w:rsidP="00AC0E60">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>- telefonicznie: 71 777 77 24.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48903365" w14:textId="77777777" w:rsidR="00AC0E60" w:rsidRDefault="00AC0E60" w:rsidP="00AC0E60">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Prawo wniesienia skargi do organu</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F10767E" w14:textId="77777777" w:rsidR="00AC0E60" w:rsidRDefault="00AC0E60" w:rsidP="00AC0E60">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Przysługuje Pani/Panu także prawo wniesienia skargi do organu nadzorczego zajmującego się ochroną danych osobowych, tj. Prezesa Urzędu Ochrony Danych Osobowych, ul. Stawki 2, 00-193 Warszawa</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E3B2092" w14:textId="343A5E2E" w:rsidR="00B232DE" w:rsidRPr="00AB6BEF" w:rsidRDefault="00B232DE" w:rsidP="005A2A73">
-[...55 lines deleted...]
-        <w:spacing w:line="360" w:lineRule="auto"/>
+    <w:p w14:paraId="03C8AEE7" w14:textId="499F362A" w:rsidR="00191CA6" w:rsidRDefault="00191CA6" w:rsidP="00970A33">
+      <w:pPr>
         <w:ind w:left="4248"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AB6BEF">
+    </w:p>
+    <w:p w14:paraId="7BEDBA2D" w14:textId="77777777" w:rsidR="00AC0E60" w:rsidRPr="00CD7BCC" w:rsidRDefault="00AC0E60" w:rsidP="00970A33">
+      <w:pPr>
+        <w:ind w:left="4248"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2B6FC751" w14:textId="38AF23E5" w:rsidR="00D709F0" w:rsidRPr="00CD7BCC" w:rsidRDefault="00D709F0" w:rsidP="00970A33">
+      <w:pPr>
+        <w:ind w:left="4248"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD7BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>...................</w:t>
+      </w:r>
+      <w:r w:rsidR="00B45F83" w:rsidRPr="00CD7BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>....</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD7BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>................................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36B2A7FA" w14:textId="4EE2EA86" w:rsidR="00B45F83" w:rsidRDefault="00D709F0" w:rsidP="00970A33">
+      <w:pPr>
+        <w:ind w:left="4248"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD7BCC">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="00C938CB" w:rsidRPr="00AB6BEF">
+      <w:r w:rsidR="00C938CB" w:rsidRPr="00CD7BCC">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve">data i </w:t>
       </w:r>
-      <w:r w:rsidR="003836E3">
+      <w:r w:rsidR="00342537">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve">czytelny </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AB6BEF">
-[...5 lines deleted...]
-      <w:r w:rsidR="00FA3924" w:rsidRPr="00AB6BEF">
+      <w:r w:rsidRPr="00CD7BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>podpis</w:t>
+      </w:r>
+      <w:r w:rsidR="00B45F83" w:rsidRPr="00CD7BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dotychczasowe</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE0704" w:rsidRPr="00CD7BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>j</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD7BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DE0704" w:rsidRPr="00CD7BCC">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t>osoby</w:t>
       </w:r>
-      <w:r w:rsidR="003020CE" w:rsidRPr="00AB6BEF">
+      <w:r w:rsidR="003020CE" w:rsidRPr="00CD7BCC">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> prowadzące</w:t>
       </w:r>
-      <w:r w:rsidR="00FA3924" w:rsidRPr="00AB6BEF">
+      <w:r w:rsidR="00DE0704" w:rsidRPr="00CD7BCC">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t>j</w:t>
       </w:r>
-      <w:r w:rsidR="00C938CB" w:rsidRPr="00AB6BEF">
+      <w:r w:rsidR="00C938CB" w:rsidRPr="00CD7BCC">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2ED7BC30" w14:textId="5A2A20D4" w:rsidR="003A1670" w:rsidRPr="00AB6BEF" w:rsidRDefault="003A1670" w:rsidP="005A2A73">
-[...16 lines deleted...]
-        <w:spacing w:line="360" w:lineRule="auto"/>
+    <w:p w14:paraId="724BF3F6" w14:textId="7AC5805F" w:rsidR="00AC0E60" w:rsidRDefault="00AC0E60" w:rsidP="00970A33">
+      <w:pPr>
         <w:ind w:left="4248"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AB6BEF">
-[...5 lines deleted...]
-      <w:r w:rsidR="003836E3">
+    </w:p>
+    <w:p w14:paraId="05DAC256" w14:textId="345E209B" w:rsidR="00AC0E60" w:rsidRDefault="00AC0E60" w:rsidP="00970A33">
+      <w:pPr>
+        <w:ind w:left="4248"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1A15991A" w14:textId="77777777" w:rsidR="00AC0E60" w:rsidRPr="00CD7BCC" w:rsidRDefault="00AC0E60" w:rsidP="00970A33">
+      <w:pPr>
+        <w:ind w:left="4248"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5EFF50A2" w14:textId="1D88348E" w:rsidR="007157C9" w:rsidRPr="00CD7BCC" w:rsidRDefault="00B45F83" w:rsidP="00970A33">
+      <w:pPr>
+        <w:ind w:left="4248"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD7BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">....................................................... (data i </w:t>
+      </w:r>
+      <w:r w:rsidR="00342537">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve">czytelny </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AB6BEF">
-[...14 lines deleted...]
-    <w:sectPr w:rsidR="003A1670" w:rsidRPr="00AB6BEF" w:rsidSect="004862A0">
+      <w:r w:rsidRPr="00CD7BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>podpis nowe</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE0704" w:rsidRPr="00CD7BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>j</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD7BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> o</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE0704" w:rsidRPr="00CD7BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>soby</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD7BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> prowadzące</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE0704" w:rsidRPr="00CD7BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>j</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD7BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="007157C9" w:rsidRPr="00CD7BCC" w:rsidSect="00AC0E60">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="993" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
@@ -1549,96 +1833,89 @@
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Comic Sans MS">
     <w:panose1 w:val="030F0702030302020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="script"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000287" w:usb1="00000013" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:sig w:usb0="00000687" w:usb1="00000013" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Liberation Mono">
     <w:altName w:val="Courier New"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:notTrueType/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="NSimSun">
     <w:panose1 w:val="02010609030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0D577BF9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="88EA0766"/>
     <w:lvl w:ilvl="0" w:tplc="CB1EE33A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150003">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
@@ -2188,148 +2465,158 @@
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00D709F0"/>
-    <w:rsid w:val="00043AED"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00162F4B"/>
+    <w:rsid w:val="00016877"/>
+    <w:rsid w:val="000401B3"/>
+    <w:rsid w:val="00053B78"/>
+    <w:rsid w:val="00064F91"/>
+    <w:rsid w:val="000923F6"/>
+    <w:rsid w:val="000C54A5"/>
+    <w:rsid w:val="000D243E"/>
+    <w:rsid w:val="001175FB"/>
     <w:rsid w:val="001650F5"/>
-    <w:rsid w:val="00192101"/>
+    <w:rsid w:val="00191CA6"/>
     <w:rsid w:val="00195BEB"/>
     <w:rsid w:val="001B2D45"/>
-    <w:rsid w:val="001D14E9"/>
     <w:rsid w:val="00230217"/>
-    <w:rsid w:val="0023060B"/>
+    <w:rsid w:val="002A23B6"/>
     <w:rsid w:val="003020CE"/>
-    <w:rsid w:val="00310EBD"/>
     <w:rsid w:val="00327B70"/>
-    <w:rsid w:val="003836E3"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00475871"/>
+    <w:rsid w:val="00342537"/>
     <w:rsid w:val="004862A0"/>
-    <w:rsid w:val="004A59B4"/>
-    <w:rsid w:val="005452BA"/>
+    <w:rsid w:val="004A2FFB"/>
+    <w:rsid w:val="00524C37"/>
+    <w:rsid w:val="00526722"/>
     <w:rsid w:val="00561672"/>
-    <w:rsid w:val="0058081A"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00612D48"/>
+    <w:rsid w:val="00605D37"/>
     <w:rsid w:val="00621063"/>
     <w:rsid w:val="0063669D"/>
+    <w:rsid w:val="006A14F1"/>
     <w:rsid w:val="006E23E3"/>
-    <w:rsid w:val="00706060"/>
+    <w:rsid w:val="007157C9"/>
+    <w:rsid w:val="00754F7A"/>
     <w:rsid w:val="00764FE1"/>
-    <w:rsid w:val="00767B3E"/>
     <w:rsid w:val="00793F89"/>
     <w:rsid w:val="007B0AF6"/>
     <w:rsid w:val="007C48D1"/>
     <w:rsid w:val="008055B2"/>
+    <w:rsid w:val="0080618D"/>
     <w:rsid w:val="0083516F"/>
+    <w:rsid w:val="00910143"/>
+    <w:rsid w:val="00916DD5"/>
     <w:rsid w:val="00936A9A"/>
+    <w:rsid w:val="00970A33"/>
     <w:rsid w:val="00981158"/>
-    <w:rsid w:val="009D607D"/>
+    <w:rsid w:val="009B293A"/>
+    <w:rsid w:val="009E05B6"/>
+    <w:rsid w:val="009E6D78"/>
+    <w:rsid w:val="009F4410"/>
     <w:rsid w:val="00A12323"/>
-    <w:rsid w:val="00A474B8"/>
+    <w:rsid w:val="00A41D3E"/>
     <w:rsid w:val="00A73164"/>
+    <w:rsid w:val="00A84161"/>
     <w:rsid w:val="00AB68A7"/>
-    <w:rsid w:val="00AB6BEF"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00AC5115"/>
+    <w:rsid w:val="00AC0E60"/>
     <w:rsid w:val="00AD682B"/>
-    <w:rsid w:val="00AE6AF0"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00B61FC4"/>
+    <w:rsid w:val="00B45F83"/>
     <w:rsid w:val="00B92E24"/>
     <w:rsid w:val="00B9329D"/>
+    <w:rsid w:val="00BD0B98"/>
+    <w:rsid w:val="00BD1D9A"/>
     <w:rsid w:val="00BD7F60"/>
+    <w:rsid w:val="00C150FF"/>
     <w:rsid w:val="00C45ED7"/>
-    <w:rsid w:val="00C9357E"/>
+    <w:rsid w:val="00C50FE3"/>
     <w:rsid w:val="00C938CB"/>
+    <w:rsid w:val="00CD7BCC"/>
+    <w:rsid w:val="00D654CA"/>
     <w:rsid w:val="00D709F0"/>
     <w:rsid w:val="00D96896"/>
-    <w:rsid w:val="00E06606"/>
+    <w:rsid w:val="00DB0CFA"/>
+    <w:rsid w:val="00DE0704"/>
     <w:rsid w:val="00E36621"/>
     <w:rsid w:val="00E7611A"/>
-    <w:rsid w:val="00E96077"/>
+    <w:rsid w:val="00E868FD"/>
     <w:rsid w:val="00EB4682"/>
-    <w:rsid w:val="00ED598C"/>
     <w:rsid w:val="00EF040F"/>
+    <w:rsid w:val="00F20A28"/>
     <w:rsid w:val="00F50225"/>
-    <w:rsid w:val="00F655BC"/>
-    <w:rsid w:val="00FA3924"/>
+    <w:rsid w:val="00F56177"/>
+    <w:rsid w:val="00F86A1A"/>
+    <w:rsid w:val="00FC4ED8"/>
     <w:rsid w:val="00FD2277"/>
     <w:rsid w:val="00FE4636"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pl-PL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="19EAA7E6"/>
-  <w15:docId w15:val="{9A690302-6659-43D0-B413-CB2D4337174D}"/>
+  <w14:docId w14:val="3FB5DECA"/>
+  <w15:docId w15:val="{936CA7AC-25F8-43A8-B7EC-7FFAE2BCEA12}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="pl-PL" w:eastAsia="pl-PL" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -2894,100 +3181,113 @@
     <w:qFormat/>
     <w:rsid w:val="00A73164"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:ind w:left="708"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="st">
     <w:name w:val="st"/>
     <w:basedOn w:val="Domylnaczcionkaakapitu"/>
     <w:rsid w:val="00A73164"/>
   </w:style>
   <w:style w:type="character" w:styleId="Hipercze">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Domylnaczcionkaakapitu"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00473E77"/>
+    <w:rsid w:val="00A84161"/>
     <w:rPr>
       <w:color w:val="22395E"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="PreformattedText">
     <w:name w:val="Preformatted Text"/>
     <w:basedOn w:val="Normalny"/>
     <w:qFormat/>
-    <w:rsid w:val="00473E77"/>
+    <w:rsid w:val="00A84161"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Liberation Mono" w:eastAsia="NSimSun" w:hAnsi="Liberation Mono" w:cs="Liberation Mono"/>
       <w:color w:val="000000"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Akapitzlist1">
     <w:name w:val="Akapit z listą1"/>
     <w:basedOn w:val="Normalny"/>
-    <w:rsid w:val="00473E77"/>
+    <w:rsid w:val="00A84161"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:ind w:left="708"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="1078288529">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1983075973">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motyw pakietu Office">
@@ -3254,68 +3554,68 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>4</Pages>
-[...1 lines deleted...]
-  <Characters>4584</Characters>
+  <Pages>3</Pages>
+  <Words>766</Words>
+  <Characters>4599</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>38</Lines>
   <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Z O B O W I Ą Z A N I E</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Starostwo Powiatowe w Iławie</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5337</CharactersWithSpaces>
+  <CharactersWithSpaces>5355</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Z O B O W I Ą Z A N I E</dc:title>
   <dc:creator>Starostwo Powiatowe w Iławie</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>