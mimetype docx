--- v0 (2025-10-11)
+++ v1 (2025-11-23)
@@ -16,51 +16,51 @@
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:p w14:paraId="696C7DCF" w14:textId="77777777" w:rsidR="006B21CC" w:rsidRPr="008D6BF2" w:rsidRDefault="006B21CC" w:rsidP="00E67FC1">
       <w:pPr>
         <w:pStyle w:val="Tytu"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D6BF2">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>INFORMACJA O WARUNKACH LOKALOWYCH</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="436C434A" w14:textId="3BD8F7E0" w:rsidR="006B21CC" w:rsidRPr="008D6BF2" w:rsidRDefault="006B21CC" w:rsidP="008D6BF2">
+    <w:p w14:paraId="436C434A" w14:textId="0C0B0572" w:rsidR="006B21CC" w:rsidRPr="008D6BF2" w:rsidRDefault="006B21CC" w:rsidP="008D6BF2">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowywcity"/>
         <w:spacing w:before="360" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D6BF2">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve">Zgodnie z art. </w:t>
       </w:r>
       <w:r w:rsidR="00E90200" w:rsidRPr="008D6BF2">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t>168</w:t>
       </w:r>
       <w:r w:rsidRPr="008D6BF2">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
@@ -90,51 +90,89 @@
         </w:rPr>
         <w:t xml:space="preserve"> r. </w:t>
       </w:r>
       <w:r w:rsidR="00E90200" w:rsidRPr="008D6BF2">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t>Prawo oświatowe</w:t>
       </w:r>
       <w:r w:rsidR="00E67FC1" w:rsidRPr="008D6BF2">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00156F96" w:rsidRPr="008D6BF2">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="004723BB" w:rsidRPr="008D6BF2">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
-        <w:t>tekst jedn.: Dz. U. z 2024 r., poz. 737 z późn. zm</w:t>
+        <w:t xml:space="preserve">tekst jedn.: Dz. U. z </w:t>
+      </w:r>
+      <w:r w:rsidR="00497D67">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>2025</w:t>
+      </w:r>
+      <w:r w:rsidR="004723BB" w:rsidRPr="008D6BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> r., poz. </w:t>
+      </w:r>
+      <w:r w:rsidR="00497D67">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>1043</w:t>
+      </w:r>
+      <w:r w:rsidR="004723BB" w:rsidRPr="008D6BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> z </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004723BB" w:rsidRPr="008D6BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>późn</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004723BB" w:rsidRPr="008D6BF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>. zm</w:t>
       </w:r>
       <w:r w:rsidR="00DB5ECD" w:rsidRPr="008D6BF2">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="008D6BF2">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00156F96" w:rsidRPr="008D6BF2">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> oraz Rozporządzeniem Ministra Edukacji Narodowej z dnia </w:t>
       </w:r>
       <w:r w:rsidR="00EB6EF9" w:rsidRPr="008D6BF2">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t>28</w:t>
       </w:r>
@@ -227,58 +265,63 @@
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00E67FC1" w:rsidRPr="008D6BF2">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B5E47A6" w14:textId="2C033141" w:rsidR="006B21CC" w:rsidRPr="008D6BF2" w:rsidRDefault="006B21CC" w:rsidP="00E67FC1">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D6BF2">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.....................................................................................................................................................................................................................................................................................................................</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5AEF7602" w14:textId="77777777" w:rsidR="006B21CC" w:rsidRPr="008D6BF2" w:rsidRDefault="006B21CC" w:rsidP="00E67FC1">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="5AEF7602" w14:textId="77777777" w:rsidR="006B21CC" w:rsidRPr="00497D67" w:rsidRDefault="006B21CC" w:rsidP="00497D67">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00497D67">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(nazwa i adres osoby prowadzącej)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F8F083D" w14:textId="77777777" w:rsidR="006B21CC" w:rsidRPr="008D6BF2" w:rsidRDefault="006B21CC" w:rsidP="00E67FC1">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1D3BDA03" w14:textId="77777777" w:rsidR="006B21CC" w:rsidRPr="008D6BF2" w:rsidRDefault="006B21CC" w:rsidP="00E67FC1">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D6BF2">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">jako osoba prowadząca </w:t>
@@ -301,76 +344,87 @@
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="30A7F45E" w14:textId="1185571E" w:rsidR="006B21CC" w:rsidRPr="008D6BF2" w:rsidRDefault="006B21CC" w:rsidP="00E67FC1">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D6BF2">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>..............................................................................................................................................................................................................................................................................................................</w:t>
       </w:r>
       <w:r w:rsidR="00152346" w:rsidRPr="008D6BF2">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.......</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36569929" w14:textId="77777777" w:rsidR="006B21CC" w:rsidRPr="008D6BF2" w:rsidRDefault="006B21CC" w:rsidP="00E67FC1">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="36569929" w14:textId="77777777" w:rsidR="006B21CC" w:rsidRPr="00497D67" w:rsidRDefault="006B21CC" w:rsidP="00497D67">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00497D67">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(nazwa </w:t>
       </w:r>
-      <w:r w:rsidR="00F332C1" w:rsidRPr="008D6BF2">
-        <w:rPr>
+      <w:r w:rsidR="00F332C1" w:rsidRPr="00497D67">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">i adres </w:t>
       </w:r>
-      <w:r w:rsidR="00156F96" w:rsidRPr="008D6BF2">
-        <w:rPr>
+      <w:r w:rsidR="00156F96" w:rsidRPr="00497D67">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>placówki</w:t>
       </w:r>
-      <w:r w:rsidRPr="008D6BF2">
-        <w:rPr>
+      <w:r w:rsidRPr="00497D67">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="333E79A9" w14:textId="77777777" w:rsidR="006B21CC" w:rsidRPr="008D6BF2" w:rsidRDefault="006B21CC" w:rsidP="00671677">
       <w:pPr>
         <w:pStyle w:val="NormalnyWeb"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D6BF2">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>informuję, iż dysponuję lokalem, w którym zapewniam:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7ECE11F8" w14:textId="77777777" w:rsidR="006B21CC" w:rsidRPr="008D6BF2" w:rsidRDefault="0003445F" w:rsidP="00671677">
@@ -851,961 +905,1126 @@
       <w:r w:rsidRPr="008D6BF2">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:softHyphen/>
       </w:r>
       <w:r w:rsidRPr="008D6BF2">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:softHyphen/>
       </w:r>
       <w:r w:rsidRPr="008D6BF2">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:softHyphen/>
       </w:r>
       <w:r w:rsidR="00671677" w:rsidRPr="008D6BF2">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t>__________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="620EDC30" w14:textId="2547DB98" w:rsidR="00E67FC1" w:rsidRPr="008D6BF2" w:rsidRDefault="00E67FC1" w:rsidP="00671677">
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
+    <w:p w14:paraId="495A150C" w14:textId="77777777" w:rsidR="00497D67" w:rsidRPr="00497D67" w:rsidRDefault="00497D67" w:rsidP="00497D67">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00497D67">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidRPr="00497D67">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidRPr="00497D67">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidRPr="00497D67">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidRPr="00497D67">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidRPr="00497D67">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidRPr="00497D67">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidRPr="00497D67">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidRPr="00497D67">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidRPr="00497D67">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidRPr="00497D67">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidRPr="00497D67">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidRPr="00497D67">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidRPr="00497D67">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidRPr="00497D67">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidRPr="00497D67">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidRPr="00497D67">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidRPr="00497D67">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidRPr="00497D67">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidRPr="00497D67">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidRPr="00497D67">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidRPr="00497D67">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidRPr="00497D67">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidRPr="00497D67">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidRPr="00497D67">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidRPr="00497D67">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidRPr="00497D67">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidRPr="00497D67">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidRPr="00497D67">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidRPr="00497D67">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidRPr="00497D67">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidRPr="00497D67">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidRPr="00497D67">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidRPr="00497D67">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidRPr="00497D67">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidRPr="00497D67">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidRPr="00497D67">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidRPr="00497D67">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidRPr="00497D67">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidRPr="00497D67">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidRPr="00497D67">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidRPr="00497D67">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidRPr="00497D67">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>INFORMACJE DOTYCZĄCE PRZETWARZANIA PANI/PANA DANYCH OSOBOWYCH</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FE647A7" w14:textId="77777777" w:rsidR="00497D67" w:rsidRPr="00497D67" w:rsidRDefault="00497D67" w:rsidP="00497D67">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008D6BF2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
+      <w:r w:rsidRPr="00497D67">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Niniejszą informację otrzymuje Pani/Pan w związku z obowiązkami określonymi w art. 13 rozporządzenia Parlamentu Europejskiego i Rady (UE) 2016/679 z dnia 27 kwietnia 2016 r. w sprawie ochrony osób </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00497D67">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">fizycznych w związku z przetwarzaniem danych osobowych i w sprawie swobodnego przepływu takich danych oraz uchylenia dyrektywy 95/46/WE (ogólne rozporządzenie o ochronie danych) (Dziennik Urzędowy Unii Europejskiej z dnia 4 maja 2016 r. L 119/1). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60578BE3" w14:textId="77777777" w:rsidR="00497D67" w:rsidRPr="00497D67" w:rsidRDefault="00497D67" w:rsidP="00497D67">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
-          <w:lang w:eastAsia="en-US"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00497D67">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
-          <w:lang w:eastAsia="en-US"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Administrator danych osobowych (ADO)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="199E627A" w14:textId="77777777" w:rsidR="00497D67" w:rsidRPr="00497D67" w:rsidRDefault="00497D67" w:rsidP="00497D67">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00497D67">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Administratorem Pani/Pana danych osobowych jest Prezydent Wrocławia, z którym można się skontaktować w następujący sposób:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C34A215" w14:textId="77777777" w:rsidR="00497D67" w:rsidRPr="00497D67" w:rsidRDefault="00497D67" w:rsidP="00497D67">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00497D67">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>- listownie na adres: Prezydent Wrocławia, Urząd Miejski Wrocławia, pl. Nowy Targ 1-8, 50-141 Wrocław,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A3AEF93" w14:textId="77777777" w:rsidR="00497D67" w:rsidRPr="00497D67" w:rsidRDefault="00497D67" w:rsidP="00497D67">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00497D67">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>- za pośrednictwem poczty elektronicznej na adres: wfi@um.wroc.pl,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02059C45" w14:textId="77777777" w:rsidR="00497D67" w:rsidRPr="00497D67" w:rsidRDefault="00497D67" w:rsidP="00497D67">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00497D67">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>- telefonicznie: +48 71 777 77 06.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C48A995" w14:textId="77777777" w:rsidR="00497D67" w:rsidRPr="00497D67" w:rsidRDefault="00497D67" w:rsidP="00497D67">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
-          <w:lang w:eastAsia="en-US"/>
-[...41 lines deleted...]
-          <w:lang w:eastAsia="en-US"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00497D67">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Cele przetwarzania danych</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A9E7A8A" w14:textId="77777777" w:rsidR="00497D67" w:rsidRPr="00497D67" w:rsidRDefault="00497D67" w:rsidP="00497D67">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00497D67">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Pani/Pana dane osobowe będą przetwarzane w celu prowadzenia spraw związanych z wpisem/zmianą we wpisie szkoły lub placówki oświatowej do ewidencji szkół i placówek niepublicznych prowadzonej przez Gminę Wrocław.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CD006EE" w14:textId="77777777" w:rsidR="00497D67" w:rsidRPr="00497D67" w:rsidRDefault="00497D67" w:rsidP="00497D67">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00497D67">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Podstawy prawne przetwarzania</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43A6A99C" w14:textId="77777777" w:rsidR="00497D67" w:rsidRPr="00497D67" w:rsidRDefault="00497D67" w:rsidP="00497D67">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00497D67">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Będziemy przetwarzać Pani/Pana dane osobowe na podstawie art. 6 ust. 1 lit. c) RODO, ustawy z dnia 14 grudnia 2016 r. – Prawo oświatowe oraz ustawy z dnia 14 czerwca 1960 r. Kodeks postępowania administracyjnego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BC594A5" w14:textId="77777777" w:rsidR="00497D67" w:rsidRPr="00497D67" w:rsidRDefault="00497D67" w:rsidP="00497D67">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00497D67">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Obligatoryjność/fakultatywność podania danych osobowych </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15E46904" w14:textId="77777777" w:rsidR="00497D67" w:rsidRPr="00497D67" w:rsidRDefault="00497D67" w:rsidP="00497D67">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00497D67">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Podanie przez Panią/Pana danych osobowych jest wymogiem ustawowym wynikającym z </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00497D67">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ustawy z dnia 14 grudnia 2016 r. – Prawo oświatowe oraz ustawy z dnia 14 czerwca 1960 r. Kodeks postępowania administracyjnego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="769D87A8" w14:textId="77777777" w:rsidR="00497D67" w:rsidRPr="00497D67" w:rsidRDefault="00497D67" w:rsidP="00497D67">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00497D67">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Okres retencji danych</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="146A23A2" w14:textId="77777777" w:rsidR="00497D67" w:rsidRPr="00497D67" w:rsidRDefault="00497D67" w:rsidP="00497D67">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00497D67">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Pani/Pana dane osobowe będą przetwarzane przez Urząd Miejski Wrocławia przez 25 lat od stycznia kolejnego roku po zakończeniu Twojej sprawy, następnie zostaną przekazane do Archiwum Państwowego we Wrocławiu, gdzie będą przechowywane wieczyście.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46E5AB09" w14:textId="77777777" w:rsidR="00497D67" w:rsidRPr="00497D67" w:rsidRDefault="00497D67" w:rsidP="00497D67">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00497D67">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Odbiorcy danych</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73DF400C" w14:textId="77777777" w:rsidR="00497D67" w:rsidRPr="00497D67" w:rsidRDefault="00497D67" w:rsidP="00497D67">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00497D67">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">z przetwarzaniem danych osobowych i w sprawie swobodnego przepływu takich danych oraz uchylenia dyrektywy 95/46/WE (ogólne rozporządzenie o ochronie danych) (Dziennik Urzędowy Unii Europejskiej z dnia 4 maja 2016 r. L 119/1). </w:t>
-[...357 lines deleted...]
-        <w:rPr>
+        <w:t>Odbiorcami Pani/Pana danych osobowych mogą być:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56A90D03" w14:textId="77777777" w:rsidR="00497D67" w:rsidRPr="00497D67" w:rsidRDefault="00497D67" w:rsidP="00497D67">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00497D67">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>- dostawcy usług IT,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E650149" w14:textId="77777777" w:rsidR="00497D67" w:rsidRPr="00497D67" w:rsidRDefault="00497D67" w:rsidP="00497D67">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00497D67">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>- podmioty przetwarzające dane na zlecenie administratora,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73EF1526" w14:textId="77777777" w:rsidR="00497D67" w:rsidRPr="00497D67" w:rsidRDefault="00497D67" w:rsidP="00497D67">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00497D67">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>- podmioty upoważnione na podstawie przepisów prawa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="360B4585" w14:textId="77777777" w:rsidR="00497D67" w:rsidRPr="00497D67" w:rsidRDefault="00497D67" w:rsidP="00497D67">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00497D67">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- podmioty prowadzące działalność pocztową lub kurierską </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00497D67">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rPr>
+        <w:t>(jeżeli odpowiedź jest wysyłana pocztą, E-doręczenia, kurierem).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6976DCC0" w14:textId="77777777" w:rsidR="00497D67" w:rsidRPr="00497D67" w:rsidRDefault="00497D67" w:rsidP="00497D67">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00497D67">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Takie podmioty przetwarzają dane na podstawie zawartej umowy z administratorem i tylko zgodnie z jego poleceniami.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FFF9F00" w14:textId="77777777" w:rsidR="00497D67" w:rsidRPr="00497D67" w:rsidRDefault="00497D67" w:rsidP="00497D67">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00497D67">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Prawa związane z przetwarzaniem danych osobowych</w:t>
-[...137 lines deleted...]
-          <w:rFonts w:eastAsia="Calibri" w:cs="Tahoma"/>
+        <w:t>Przysługujące prawa</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C837008" w14:textId="77777777" w:rsidR="00497D67" w:rsidRPr="00497D67" w:rsidRDefault="00497D67" w:rsidP="00497D67">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00497D67">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Przysługuje Pani/Panu:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="396DC31D" w14:textId="77777777" w:rsidR="00497D67" w:rsidRPr="00497D67" w:rsidRDefault="00497D67" w:rsidP="00497D67">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00497D67">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>- prawo dostępu do swoich danych oraz otrzymania ich kopii,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42E31211" w14:textId="77777777" w:rsidR="00497D67" w:rsidRPr="00497D67" w:rsidRDefault="00497D67" w:rsidP="00497D67">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00497D67">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>- prawo do sprostowania (poprawiania) swoich danych,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C38EA8C" w14:textId="77777777" w:rsidR="00497D67" w:rsidRPr="00497D67" w:rsidRDefault="00497D67" w:rsidP="00497D67">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00497D67">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>- prawo do ograniczenia przetwarzania danych,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E8AC491" w14:textId="77777777" w:rsidR="00497D67" w:rsidRPr="00497D67" w:rsidRDefault="00497D67" w:rsidP="00497D67">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00497D67">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>- prawo do wniesienia skargi do organu nadzorczego – tj. Prezesa Urzędu Ochrony Danych Osobowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CA3C1FF" w14:textId="77777777" w:rsidR="00497D67" w:rsidRPr="00497D67" w:rsidRDefault="00497D67" w:rsidP="00497D67">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="en-US"/>
-[...4 lines deleted...]
-          <w:rFonts w:eastAsia="Calibri" w:cs="Tahoma"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00497D67">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Inspektor Ochrony Danych</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07946EC6" w14:textId="77777777" w:rsidR="00E67FC1" w:rsidRPr="008D6BF2" w:rsidRDefault="00E67FC1" w:rsidP="00E67FC1">
-[...113 lines deleted...]
-          <w:rFonts w:eastAsia="Calibri" w:cs="Tahoma"/>
+    <w:p w14:paraId="71562CE0" w14:textId="77777777" w:rsidR="00497D67" w:rsidRPr="00497D67" w:rsidRDefault="00497D67" w:rsidP="00497D67">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00497D67">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>W Urzędzie wyznaczony został Inspektor Ochrony Danych. Jest to osoba, z którą można się kontaktować w sprawach dotyczących przetwarzania Pani/Pana danych osobowych oraz korzystania z przysługujących Pani/Panu praw związanych z przetwarzaniem danych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12047408" w14:textId="77777777" w:rsidR="00497D67" w:rsidRPr="00497D67" w:rsidRDefault="00497D67" w:rsidP="00497D67">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00497D67">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Z Inspektorem można skontaktować się w następujący sposób:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FE404B0" w14:textId="77777777" w:rsidR="00497D67" w:rsidRPr="00497D67" w:rsidRDefault="00497D67" w:rsidP="00497D67">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00497D67">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>- listownie na adres: al. M. Kromera 44, 51-163 Wrocław</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7994AD19" w14:textId="77777777" w:rsidR="00497D67" w:rsidRPr="00497D67" w:rsidRDefault="00497D67" w:rsidP="00497D67">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00497D67">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>- przez e-mail: iod@um.wroc.pl</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57C19E21" w14:textId="77777777" w:rsidR="00497D67" w:rsidRPr="00497D67" w:rsidRDefault="00497D67" w:rsidP="00497D67">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00497D67">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>- telefonicznie: 71 777 77 24.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39DC302E" w14:textId="77777777" w:rsidR="00497D67" w:rsidRPr="00497D67" w:rsidRDefault="00497D67" w:rsidP="00497D67">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="en-US"/>
-[...4 lines deleted...]
-          <w:rFonts w:eastAsia="Calibri" w:cs="Tahoma"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00497D67">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Prawo wniesienia skargi do organu</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C5A2EDA" w14:textId="08658323" w:rsidR="004723BB" w:rsidRPr="008D6BF2" w:rsidRDefault="00E67FC1" w:rsidP="00E67FC1">
+    <w:p w14:paraId="4F312688" w14:textId="77777777" w:rsidR="00497D67" w:rsidRPr="00497D67" w:rsidRDefault="00497D67" w:rsidP="00497D67">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00497D67">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Przysługuje Pani/Panu także prawo wniesienia skargi do organu nadzorczego zajmującego się ochroną danych osobowych, tj. Prezesa Urzędu Ochrony Danych Osobowych, ul. Stawki 2, 00-193 Warszawa</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00497D67">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C5A2EDA" w14:textId="0072A615" w:rsidR="004723BB" w:rsidRPr="008D6BF2" w:rsidRDefault="004723BB" w:rsidP="00E67FC1">
       <w:pPr>
         <w:spacing w:line="312" w:lineRule="auto"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008D6BF2">
-[...13 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w14:paraId="3AC45137" w14:textId="25094F55" w:rsidR="004723BB" w:rsidRPr="008D6BF2" w:rsidRDefault="004723BB" w:rsidP="004723BB">
       <w:pPr>
         <w:spacing w:before="600" w:line="312" w:lineRule="auto"/>
         <w:ind w:left="357"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D6BF2">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>………………………………………………………………</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="186C73AA" w14:textId="0FFC1918" w:rsidR="004723BB" w:rsidRPr="008D6BF2" w:rsidRDefault="004723BB" w:rsidP="004723BB">
+    <w:p w14:paraId="1DB696A4" w14:textId="09B90B6A" w:rsidR="006B21CC" w:rsidRPr="008D6BF2" w:rsidRDefault="004723BB" w:rsidP="00497D67">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="8335"/>
         </w:tabs>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D6BF2">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">  (</w:t>
       </w:r>
       <w:r w:rsidR="008D6BF2">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">czytelny </w:t>
       </w:r>
       <w:r w:rsidRPr="008D6BF2">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>podpis osoby prowadzącej)</w:t>
       </w:r>
-    </w:p>
-[...7 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="006B21CC" w:rsidRPr="008D6BF2" w:rsidSect="00C75FF3">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="EE"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Comic Sans MS">
     <w:panose1 w:val="030F0702030302020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="script"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000287" w:usb1="00000013" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:sig w:usb0="00000687" w:usb1="00000013" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+    <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Liberation Mono">
     <w:altName w:val="Courier New"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:notTrueType/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="NSimSun">
     <w:panose1 w:val="02010609030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
-    <w:charset w:val="00"/>
-[...5 lines deleted...]
-    <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0D577BF9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="88EA0766"/>
     <w:lvl w:ilvl="0" w:tplc="CB1EE33A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150003">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
@@ -2483,84 +2702,86 @@
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006B21CC"/>
     <w:rsid w:val="00023639"/>
     <w:rsid w:val="0003445F"/>
     <w:rsid w:val="00152346"/>
     <w:rsid w:val="00156F96"/>
     <w:rsid w:val="00157102"/>
     <w:rsid w:val="00184E6D"/>
     <w:rsid w:val="001A5BE2"/>
     <w:rsid w:val="001E6109"/>
     <w:rsid w:val="00201723"/>
     <w:rsid w:val="002102F0"/>
     <w:rsid w:val="00241B03"/>
     <w:rsid w:val="002D0BFB"/>
     <w:rsid w:val="002D26C8"/>
     <w:rsid w:val="002D282B"/>
     <w:rsid w:val="003064FD"/>
     <w:rsid w:val="003A7E67"/>
     <w:rsid w:val="003B432A"/>
     <w:rsid w:val="003B7D8D"/>
     <w:rsid w:val="003D1CE1"/>
     <w:rsid w:val="00434370"/>
     <w:rsid w:val="00442F18"/>
     <w:rsid w:val="00445972"/>
     <w:rsid w:val="004723BB"/>
+    <w:rsid w:val="00497D67"/>
     <w:rsid w:val="004D6DDA"/>
     <w:rsid w:val="004E55C0"/>
     <w:rsid w:val="00512DC6"/>
     <w:rsid w:val="0053062C"/>
     <w:rsid w:val="00564CE9"/>
     <w:rsid w:val="005A68A8"/>
     <w:rsid w:val="005C2914"/>
     <w:rsid w:val="005F6F2A"/>
     <w:rsid w:val="0066798D"/>
     <w:rsid w:val="00671677"/>
     <w:rsid w:val="00673637"/>
     <w:rsid w:val="006B21CC"/>
     <w:rsid w:val="00714EAD"/>
     <w:rsid w:val="00776FCB"/>
     <w:rsid w:val="007848F5"/>
     <w:rsid w:val="008170AF"/>
     <w:rsid w:val="00867831"/>
     <w:rsid w:val="008B286B"/>
     <w:rsid w:val="008B6D70"/>
     <w:rsid w:val="008D5FCA"/>
     <w:rsid w:val="008D6BF2"/>
     <w:rsid w:val="0090309E"/>
     <w:rsid w:val="00996A40"/>
     <w:rsid w:val="009C17E0"/>
     <w:rsid w:val="009C46D3"/>
@@ -3540,67 +3761,67 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>728</Words>
-  <Characters>4370</Characters>
+  <Words>720</Words>
+  <Characters>4325</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>36</Lines>
   <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>INFORMACJA O WARUNKACH LOKALOWYCH</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Urząd Miejski Wrocławia</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5088</CharactersWithSpaces>
+  <CharactersWithSpaces>5035</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>INFORMACJA O WARUNKACH LOKALOWYCH</dc:title>
   <dc:creator>umw</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>