--- v0 (2025-10-11)
+++ v1 (2025-11-23)
@@ -1,1758 +1,2108 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
-[...5 lines deleted...]
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w:rsidR="009159ED" w:rsidRPr="00943A91" w:rsidRDefault="00425268" w:rsidP="00943A91">
+    <w:p w14:paraId="368EB043" w14:textId="77777777" w:rsidR="009159ED" w:rsidRPr="00943A91" w:rsidRDefault="00425268" w:rsidP="00943A91">
       <w:pPr>
         <w:pStyle w:val="Nagwek2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="5387"/>
         </w:tabs>
         <w:spacing w:line="26" w:lineRule="atLeast"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00943A91">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Wrocław, dnia </w:t>
       </w:r>
       <w:r w:rsidR="009159ED" w:rsidRPr="00943A91">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>...</w:t>
       </w:r>
       <w:r w:rsidRPr="00943A91">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.........................</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009159ED" w:rsidRPr="00943A91" w:rsidRDefault="009159ED" w:rsidP="00943A91">
+    <w:p w14:paraId="1B0CCE56" w14:textId="77777777" w:rsidR="009159ED" w:rsidRPr="00943A91" w:rsidRDefault="009159ED" w:rsidP="00943A91">
       <w:pPr>
         <w:spacing w:line="26" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009159ED" w:rsidRPr="00943A91" w:rsidRDefault="009159ED" w:rsidP="00943A91">
+    <w:p w14:paraId="55548478" w14:textId="77777777" w:rsidR="009159ED" w:rsidRPr="00943A91" w:rsidRDefault="009159ED" w:rsidP="00943A91">
       <w:pPr>
         <w:pStyle w:val="Nagwek1"/>
         <w:spacing w:line="26" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00943A91">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Zgłoszenie do ewidencji szkół i placówek niepublicznych </w:t>
       </w:r>
       <w:r w:rsidRPr="00943A91">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">prowadzonej przez </w:t>
       </w:r>
       <w:r w:rsidR="00A36110" w:rsidRPr="00943A91">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>M</w:t>
       </w:r>
       <w:r w:rsidRPr="00943A91">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>iasto Wrocław</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009159ED" w:rsidRPr="00943A91" w:rsidRDefault="009159ED" w:rsidP="00943A91">
+    <w:p w14:paraId="266AD785" w14:textId="77777777" w:rsidR="009159ED" w:rsidRPr="00943A91" w:rsidRDefault="009159ED" w:rsidP="00943A91">
       <w:pPr>
         <w:spacing w:line="26" w:lineRule="atLeast"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00943A91">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>innej formy wychowania przedszkolnego</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009159ED" w:rsidRPr="00943A91" w:rsidRDefault="009159ED" w:rsidP="00943A91">
+    <w:p w14:paraId="6BDAE0AE" w14:textId="77777777" w:rsidR="009159ED" w:rsidRPr="00943A91" w:rsidRDefault="009159ED" w:rsidP="00943A91">
       <w:pPr>
         <w:spacing w:line="26" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="FF6600"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009159ED" w:rsidRPr="00943A91" w:rsidRDefault="00943A91" w:rsidP="00943A91">
+    <w:p w14:paraId="46EA6B79" w14:textId="7A81D8FB" w:rsidR="009159ED" w:rsidRPr="00943A91" w:rsidRDefault="00943A91" w:rsidP="00943A91">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy2"/>
         <w:spacing w:line="26" w:lineRule="atLeast"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00943A91">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Na podstawie art. 168 ust. 13 i ust. 14 ustawy z dnia 14 grudnia 2016 r. Prawo oświatowe (tekst jedn.: Dz. U. z 2024 r., poz. 737 ze zm.) oraz Rozporządzenia Ministra Edukacji Narodowej z dnia 28 sierpnia 2017 r. w sprawie rodzajów innych form wychowania przedszkolnego, warunków tworzenia i organizowania tych form oraz sposobu ich działania (tekst jedn.: Dz. U. z 2020 r., poz. 1520)</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="009159ED" w:rsidRPr="00943A91" w:rsidRDefault="009159ED" w:rsidP="00943A91">
+        <w:t>Na podstawie art. 168 ust. 13 i ust. 14 ustawy z dnia 14 grudnia 2016 r. Prawo oświatowe (tekst jedn.: Dz. U. z </w:t>
+      </w:r>
+      <w:r w:rsidR="00347965">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2025</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00943A91">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> r., poz. </w:t>
+      </w:r>
+      <w:r w:rsidR="00347965">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1043</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00943A91">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ze zm.) oraz Rozporządzenia Ministra Edukacji Narodowej z dnia 28 sierpnia 2017 r. w sprawie rodzajów innych form wychowania przedszkolnego, warunków tworzenia i organizowania tych form oraz sposobu ich działania (tekst jedn.: Dz. U. z 2020 r., poz. 1520)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A29C8F7" w14:textId="77777777" w:rsidR="009159ED" w:rsidRPr="00943A91" w:rsidRDefault="009159ED" w:rsidP="006A79C6">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="120" w:line="26" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00943A91">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>1.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E1293C" w:rsidRPr="00943A91">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00943A91">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>Nazwa</w:t>
+      </w:r>
+      <w:r w:rsidR="00943A91" w:rsidRPr="00943A91">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00820D01" w:rsidRPr="00943A91">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>placówki</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00943A91">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>....</w:t>
+      </w:r>
+      <w:r w:rsidR="00820D01" w:rsidRPr="00943A91">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>........</w:t>
+      </w:r>
+      <w:r w:rsidR="00E1293C" w:rsidRPr="00943A91">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>...............</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00943A91">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>...</w:t>
+      </w:r>
+      <w:r w:rsidR="00943A91" w:rsidRPr="00943A91">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00943A91">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>..</w:t>
+      </w:r>
+      <w:r w:rsidR="00943A91">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00943A91">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>............................................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="200F7490" w14:textId="77777777" w:rsidR="00820D01" w:rsidRPr="00943A91" w:rsidRDefault="00820D01" w:rsidP="00943A91">
+      <w:pPr>
+        <w:spacing w:line="26" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00943A91">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>...............................................</w:t>
+      </w:r>
+      <w:r w:rsidR="00E1293C" w:rsidRPr="00943A91">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>................................</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00943A91">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>........................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7772F401" w14:textId="2E709292" w:rsidR="006A79C6" w:rsidRDefault="009159ED" w:rsidP="00943A91">
+      <w:pPr>
+        <w:spacing w:before="120" w:line="26" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00943A91">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:r w:rsidR="000064D2" w:rsidRPr="00943A91">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>Adres</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00943A91">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00820D01" w:rsidRPr="00943A91">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>placówki</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00943A91">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="00820D01" w:rsidRPr="00943A91">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">dokładny </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00943A91">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">adres </w:t>
+      </w:r>
+      <w:r w:rsidR="00975F5F" w:rsidRPr="00943A91">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">wraz </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00943A91">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>z kodem pocztowym, telefon, e-mail</w:t>
+      </w:r>
+      <w:r w:rsidR="00975F5F" w:rsidRPr="00943A91">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>, strona internetowa</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00943A91">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="006A79C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00975F5F" w:rsidRPr="00943A91">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>..</w:t>
+      </w:r>
+      <w:r w:rsidR="00820D01" w:rsidRPr="00943A91">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>.................................................</w:t>
+      </w:r>
+      <w:r w:rsidR="006A79C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7051BC63" w14:textId="77777777" w:rsidR="006A79C6" w:rsidRDefault="00820D01" w:rsidP="00943A91">
+      <w:pPr>
+        <w:spacing w:before="120" w:line="26" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00943A91">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>................................................................................</w:t>
+      </w:r>
+      <w:r w:rsidR="00425268" w:rsidRPr="00943A91">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>.......</w:t>
+      </w:r>
+      <w:r w:rsidR="000064D2" w:rsidRPr="00943A91">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0BF78112" w14:textId="3BDB8A34" w:rsidR="00425268" w:rsidRPr="00943A91" w:rsidRDefault="000064D2" w:rsidP="00943A91">
+      <w:pPr>
+        <w:spacing w:before="120" w:line="26" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00943A91">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>..............................</w:t>
+      </w:r>
+      <w:r w:rsidR="00425268" w:rsidRPr="00943A91">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>......................</w:t>
+      </w:r>
+      <w:r w:rsidR="006A79C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>...................................................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1650B10B" w14:textId="11109E30" w:rsidR="006A79C6" w:rsidRPr="00943A91" w:rsidRDefault="009159ED" w:rsidP="006A79C6">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120" w:line="26" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00943A91">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>3. Osoba prowadząca (fizyczna lub</w:t>
+      </w:r>
+      <w:r w:rsidR="00943A91">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00943A91">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>prawna)</w:t>
+      </w:r>
+      <w:r w:rsidR="00943A91">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>..</w:t>
+      </w:r>
+      <w:r w:rsidR="00425268" w:rsidRPr="00943A91">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>..........................</w:t>
+      </w:r>
+      <w:r w:rsidR="00943A91" w:rsidRPr="00943A91">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>...............</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="197FC96D" w14:textId="77777777" w:rsidR="009159ED" w:rsidRPr="00943A91" w:rsidRDefault="009159ED" w:rsidP="00943A91">
+      <w:pPr>
+        <w:spacing w:line="26" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00943A91">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>.......................................................................................................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="267EABDE" w14:textId="42F65AF7" w:rsidR="006A79C6" w:rsidRDefault="00820D01" w:rsidP="00943A91">
+      <w:pPr>
+        <w:spacing w:before="120" w:line="26" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00943A91">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. </w:t>
+      </w:r>
+      <w:r w:rsidR="00A36110" w:rsidRPr="00943A91">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Adres </w:t>
+      </w:r>
+      <w:r w:rsidR="00A36110" w:rsidRPr="00943A91">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>miejsca</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00943A91">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> zamieszkania</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00943A91">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A36110" w:rsidRPr="00943A91">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">w przypadku </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00943A91">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">fizycznej </w:t>
+      </w:r>
+      <w:r w:rsidR="00A36110" w:rsidRPr="00943A91">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">osoby prowadzącej </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00943A91">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>lu</w:t>
+      </w:r>
+      <w:r w:rsidR="009159ED" w:rsidRPr="00943A91">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>b</w:t>
+      </w:r>
+      <w:r w:rsidR="009159ED" w:rsidRPr="00943A91">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> siedzib</w:t>
+      </w:r>
+      <w:r w:rsidR="00A36110" w:rsidRPr="00943A91">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">y w przypadku </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00943A91">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>prawnej</w:t>
+      </w:r>
+      <w:r w:rsidR="00A36110" w:rsidRPr="00943A91">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> osoby prowadzącej</w:t>
+      </w:r>
+      <w:r w:rsidR="009159ED" w:rsidRPr="00943A91">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00943A91">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">dokładny </w:t>
+      </w:r>
+      <w:r w:rsidR="009159ED" w:rsidRPr="00943A91">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>adres z</w:t>
+      </w:r>
+      <w:r w:rsidR="00943A91">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="009159ED" w:rsidRPr="00943A91">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>kodem pocztowym, telefon</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED7C6E" w:rsidRPr="00943A91">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>*</w:t>
+      </w:r>
+      <w:r w:rsidR="009159ED" w:rsidRPr="00943A91">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00943A91">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>e-mail</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED7C6E" w:rsidRPr="00943A91">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>*</w:t>
+      </w:r>
+      <w:r w:rsidR="00A36110" w:rsidRPr="00943A91">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>, strona</w:t>
+      </w:r>
+      <w:r w:rsidR="006A79C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00975F5F" w:rsidRPr="00943A91">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>internetowa</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00943A91">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="006A79C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00943A91">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>................</w:t>
+      </w:r>
+      <w:r w:rsidR="006A79C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>...</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="168DD234" w14:textId="77777777" w:rsidR="006A79C6" w:rsidRDefault="00820D01" w:rsidP="00943A91">
+      <w:pPr>
+        <w:spacing w:before="120" w:line="26" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00943A91">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>........................................................</w:t>
+      </w:r>
+      <w:r w:rsidR="00975F5F" w:rsidRPr="00943A91">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>...............................................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="565F2021" w14:textId="47B5F52A" w:rsidR="00820D01" w:rsidRDefault="00975F5F" w:rsidP="00943A91">
+      <w:pPr>
+        <w:spacing w:before="120" w:line="26" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00943A91">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>...........................................................</w:t>
+      </w:r>
+      <w:r w:rsidR="006A79C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>............................................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A8B366F" w14:textId="7F056B85" w:rsidR="006A79C6" w:rsidRPr="00943A91" w:rsidRDefault="006A79C6" w:rsidP="00943A91">
+      <w:pPr>
+        <w:spacing w:before="120" w:line="26" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5. Adres do e-Doręczeń*: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00943A91">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>.......................</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>...........................................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A608169" w14:textId="6BB38194" w:rsidR="009159ED" w:rsidRPr="00943A91" w:rsidRDefault="006A79C6" w:rsidP="00943A91">
+      <w:pPr>
+        <w:spacing w:before="120" w:line="26" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="009159ED" w:rsidRPr="00943A91">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Adres właściwego urzędu skarbowego </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB7345" w:rsidRPr="00943A91">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>(osoby prowadzącej).</w:t>
+      </w:r>
+      <w:r w:rsidR="00425268" w:rsidRPr="00943A91">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>.........</w:t>
+      </w:r>
+      <w:r w:rsidR="00943A91">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00425268" w:rsidRPr="00943A91">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>.......</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03515072" w14:textId="77777777" w:rsidR="009159ED" w:rsidRPr="00943A91" w:rsidRDefault="009159ED" w:rsidP="00943A91">
+      <w:pPr>
+        <w:spacing w:line="26" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00943A91">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>.......................................................................................................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="130779D9" w14:textId="77777777" w:rsidR="006A79C6" w:rsidRDefault="006A79C6" w:rsidP="006A79C6">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120" w:line="26" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="009159ED" w:rsidRPr="00943A91">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>. Forma wychowania pr</w:t>
+      </w:r>
+      <w:r w:rsidR="00820D01" w:rsidRPr="00943A91">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>zedszkolnego (zespół lub punkt) -</w:t>
+      </w:r>
+      <w:r w:rsidR="009159ED" w:rsidRPr="00943A91">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> zgodnie z § 1 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6187DAD6" w14:textId="6BCF83FD" w:rsidR="009159ED" w:rsidRPr="00943A91" w:rsidRDefault="009159ED" w:rsidP="006A79C6">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120" w:line="26" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00943A91">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>ww. rozporządzenia</w:t>
+      </w:r>
+      <w:r w:rsidR="00943A91">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>…………………………………………….</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00943A91">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">..................................... </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33E33124" w14:textId="4BA6BFDB" w:rsidR="00975F5F" w:rsidRPr="00943A91" w:rsidRDefault="006A79C6" w:rsidP="00943A91">
+      <w:pPr>
+        <w:spacing w:before="120" w:line="26" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="00975F5F" w:rsidRPr="00943A91">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>. Data rozpoczęcia funkcjonowania...........................................</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>..........</w:t>
+      </w:r>
+      <w:r w:rsidR="00975F5F" w:rsidRPr="00943A91">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2DE1040D" w14:textId="75BAD947" w:rsidR="009159ED" w:rsidRPr="00943A91" w:rsidRDefault="006A79C6" w:rsidP="00943A91">
+      <w:pPr>
+        <w:spacing w:before="120" w:line="26" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidR="00425268" w:rsidRPr="00943A91">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="005D2F48" w:rsidRPr="00943A91">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>Maksymalna liczba</w:t>
+      </w:r>
+      <w:r w:rsidR="00975F5F" w:rsidRPr="00943A91">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> miejsc w placówce</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00943A91">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>….</w:t>
+      </w:r>
+      <w:r w:rsidR="009159ED" w:rsidRPr="00943A91">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>........</w:t>
+      </w:r>
+      <w:r w:rsidR="00425268" w:rsidRPr="00943A91">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>...................................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C6535A0" w14:textId="1D5B5186" w:rsidR="00ED7C6E" w:rsidRPr="00943A91" w:rsidRDefault="00ED7C6E" w:rsidP="00943A91">
       <w:pPr>
         <w:spacing w:before="240" w:line="26" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-        </w:rPr>
-[...80 lines deleted...]
-    <w:p w:rsidR="00820D01" w:rsidRPr="00943A91" w:rsidRDefault="00820D01" w:rsidP="00943A91">
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00943A91">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">   * W przypadku osoby fizycznej prowadzącej szkołę lub placówkę, podanie nr telefonu</w:t>
+      </w:r>
+      <w:r w:rsidR="006A79C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00943A91">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">adresu e-mail </w:t>
+      </w:r>
+      <w:r w:rsidR="006A79C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">oraz adres do e-Doręczeń </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00943A91">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>jest dobrowolne.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41C6F8DE" w14:textId="77777777" w:rsidR="00B83753" w:rsidRPr="00943A91" w:rsidRDefault="00151C70" w:rsidP="00943A91">
       <w:pPr>
         <w:spacing w:line="26" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00943A91">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
-        <w:t>...............................................</w:t>
-[...168 lines deleted...]
-    <w:p w:rsidR="009159ED" w:rsidRPr="00943A91" w:rsidRDefault="009159ED" w:rsidP="00943A91">
+        <w:t>___________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="094629E7" w14:textId="77777777" w:rsidR="00936484" w:rsidRPr="00943A91" w:rsidRDefault="00936484" w:rsidP="00943A91">
       <w:pPr>
         <w:spacing w:line="26" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00943A91">
-[...65 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+    </w:p>
+    <w:p w14:paraId="1D4963B9" w14:textId="77777777" w:rsidR="00347965" w:rsidRDefault="00347965" w:rsidP="00347965">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:b/>
         </w:rPr>
-        <w:t>lu</w:t>
-[...307 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
+        <w:t>INFORMACJE DOTYCZĄCE PRZETWARZANIA PANI/PANA DANYCH OSOBOWYCH</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2383772B" w14:textId="77777777" w:rsidR="00347965" w:rsidRDefault="00347965" w:rsidP="00347965">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:b/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CD7BCC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Niniejszą informację otrzymuje Pani/Pan w związku z obowiązkami określonymi w art. 13 rozporządzenia Parlamentu Europejskiego i Rady </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">(UE) 2016/679 z dnia 27 kwietnia 2016 r. w sprawie ochrony osób fizycznych w związku z przetwarzaniem danych osobowych i w sprawie swobodnego przepływu takich danych oraz uchylenia dyrektywy 95/46/WE (ogólne rozporządzenie o ochronie danych) (Dziennik Urzędowy Unii Europejskiej z dnia 4 maja 2016 r. L 119/1). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="057F60A0" w14:textId="77777777" w:rsidR="00347965" w:rsidRDefault="00347965" w:rsidP="00347965">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:b/>
-          <w:lang w:eastAsia="en-US"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Tahoma"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:b/>
-          <w:lang w:eastAsia="en-US"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>Administrator danych osobowych (ADO)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02AA8FDA" w14:textId="77777777" w:rsidR="00347965" w:rsidRDefault="00347965" w:rsidP="00347965">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Administratorem Pani/Pana danych osobowych jest Prezydent Wrocławia, z którym można się skontaktować w następujący sposób:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="645D5ABC" w14:textId="77777777" w:rsidR="00347965" w:rsidRDefault="00347965" w:rsidP="00347965">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>- listownie na adres: Prezydent Wrocławia, Urząd Miejski Wrocławia, pl. Nowy Targ 1-8, 50-141 Wrocław,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C6ED582" w14:textId="77777777" w:rsidR="00347965" w:rsidRDefault="00347965" w:rsidP="00347965">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>- za pośrednictwem poczty elektronicznej na adres: wfi@um.wroc.pl,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7301CCB1" w14:textId="77777777" w:rsidR="00347965" w:rsidRDefault="00347965" w:rsidP="00347965">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>- telefonicznie: +48 71 777 77 06.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="271694DE" w14:textId="77777777" w:rsidR="00347965" w:rsidRDefault="00347965" w:rsidP="00347965">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:b/>
-          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Cele przetwarzania danych</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2859D826" w14:textId="77777777" w:rsidR="00347965" w:rsidRDefault="00347965" w:rsidP="00347965">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Pani/Pana dane osobowe będą przetwarzane w celu prowadzenia spraw związanych z wpisem/zmianą we wpisie szkoły lub placówki oświatowej do ewidencji szkół i placówek niepublicznych prowadzonej przez Gminę Wrocław.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19C5F8EE" w14:textId="77777777" w:rsidR="00347965" w:rsidRDefault="00347965" w:rsidP="00347965">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Podstawy prawne przetwarzania</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5AEB951B" w14:textId="77777777" w:rsidR="00347965" w:rsidRDefault="00347965" w:rsidP="00347965">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Będziemy przetwarzać Pani/Pana dane osobowe na podstawie art. 6 ust. 1 lit. c) RODO, ustawy z dnia 14 grudnia 2016 r. – Prawo oświatowe oraz ustawy z dnia 14 czerwca 1960 r. Kodeks postępowania administracyjnego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1AC41410" w14:textId="77777777" w:rsidR="00347965" w:rsidRDefault="00347965" w:rsidP="00347965">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">Obligatoryjność/fakultatywność podania danych osobowych </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F4268D3" w14:textId="77777777" w:rsidR="00347965" w:rsidRDefault="00347965" w:rsidP="00347965">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Podanie przez Panią/Pana danych osobowych jest wymogiem ustawowym wynikającym z </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ustawy z dnia 14 grudnia 2016 r. – Prawo oświatowe oraz ustawy z dnia 14 czerwca 1960 r. Kodeks postępowania administracyjnego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61BC5DA3" w14:textId="77777777" w:rsidR="00347965" w:rsidRDefault="00347965" w:rsidP="00347965">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Okres retencji danych</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12612124" w14:textId="3B9791DD" w:rsidR="00347965" w:rsidRDefault="00347965" w:rsidP="00347965">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Pani/Pana dane osobowe będą przetwarzane przez Urząd Miejski Wrocławia przez 25 lat od stycznia kolejnego roku po zakończeniu Twojej sprawy, następnie zostaną przekazane do Archiwum Państwowego we Wrocławiu, gdzie będą przechowywane wieczyście.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40C39A56" w14:textId="77777777" w:rsidR="006A79C6" w:rsidRDefault="006A79C6" w:rsidP="00347965">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="33411D46" w14:textId="77777777" w:rsidR="00347965" w:rsidRDefault="00347965" w:rsidP="00347965">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:b/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Administrator danych</w:t>
-[...309 lines deleted...]
-        </w:rPr>
         <w:t>Odbiorcy danych</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00943A91" w:rsidRPr="00CD7BCC" w:rsidRDefault="00943A91" w:rsidP="00943A91">
-[...19 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+    <w:p w14:paraId="640CCCEF" w14:textId="77777777" w:rsidR="00347965" w:rsidRDefault="00347965" w:rsidP="00347965">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Odbiorcami Pani/Pana danych osobowych mogą być:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A1EEA1A" w14:textId="77777777" w:rsidR="00347965" w:rsidRDefault="00347965" w:rsidP="00347965">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>- dostawcy usług IT,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F07DC42" w14:textId="77777777" w:rsidR="00347965" w:rsidRDefault="00347965" w:rsidP="00347965">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>- podmioty przetwarzające dane na zlecenie administratora,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B99B0A3" w14:textId="77777777" w:rsidR="00347965" w:rsidRDefault="00347965" w:rsidP="00347965">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>- podmioty upoważnione na podstawie przepisów prawa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="721A1CFA" w14:textId="77777777" w:rsidR="00347965" w:rsidRDefault="00347965" w:rsidP="00347965">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- podmioty prowadzące działalność pocztową lub kurierską </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        <w:t>(jeżeli odpowiedź jest wysyłana pocztą, E-doręczenia, kurierem).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6ED692C3" w14:textId="77777777" w:rsidR="00347965" w:rsidRDefault="00347965" w:rsidP="00347965">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Takie podmioty przetwarzają dane na podstawie zawartej umowy z administratorem i tylko zgodnie z jego poleceniami.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38C92B11" w14:textId="77777777" w:rsidR="00347965" w:rsidRDefault="00347965" w:rsidP="00347965">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:b/>
         </w:rPr>
-        <w:t>Prawa związane z przetwarzaniem danych osobowych</w:t>
-[...125 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Tahoma"/>
+        <w:t>Przysługujące prawa</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1885F821" w14:textId="77777777" w:rsidR="00347965" w:rsidRDefault="00347965" w:rsidP="00347965">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Przysługuje Pani/Panu:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="668CD25E" w14:textId="77777777" w:rsidR="00347965" w:rsidRDefault="00347965" w:rsidP="00347965">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>- prawo dostępu do swoich danych oraz otrzymania ich kopii,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="436F4BD2" w14:textId="77777777" w:rsidR="00347965" w:rsidRDefault="00347965" w:rsidP="00347965">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>- prawo do sprostowania (poprawiania) swoich danych,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FBC91CE" w14:textId="77777777" w:rsidR="00347965" w:rsidRDefault="00347965" w:rsidP="00347965">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>- prawo do ograniczenia przetwarzania danych,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20324F80" w14:textId="77777777" w:rsidR="00347965" w:rsidRDefault="00347965" w:rsidP="00347965">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>- prawo do wniesienia skargi do organu nadzorczego – tj. Prezesa Urzędu Ochrony Danych Osobowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="452095CD" w14:textId="77777777" w:rsidR="00347965" w:rsidRDefault="00347965" w:rsidP="00347965">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:b/>
-          <w:lang w:eastAsia="en-US"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Tahoma"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:b/>
-          <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Inspektor Ochrony Danych</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00943A91" w:rsidRPr="00CD7BCC" w:rsidRDefault="00943A91" w:rsidP="00943A91">
-[...101 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Tahoma"/>
+    <w:p w14:paraId="0E1FAB13" w14:textId="77777777" w:rsidR="00347965" w:rsidRDefault="00347965" w:rsidP="00347965">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>W Urzędzie wyznaczony został Inspektor Ochrony Danych. Jest to osoba, z którą można się kontaktować w sprawach dotyczących przetwarzania Pani/Pana danych osobowych oraz korzystania z przysługujących Pani/Panu praw związanych z przetwarzaniem danych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FF2A3F5" w14:textId="77777777" w:rsidR="00347965" w:rsidRDefault="00347965" w:rsidP="00347965">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Z Inspektorem można skontaktować się w następujący sposób:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A88E6B7" w14:textId="77777777" w:rsidR="00347965" w:rsidRDefault="00347965" w:rsidP="00347965">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>- listownie na adres: al. M. Kromera 44, 51-163 Wrocław</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0107C5F0" w14:textId="77777777" w:rsidR="00347965" w:rsidRDefault="00347965" w:rsidP="00347965">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>- przez e-mail: iod@um.wroc.pl</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2241384B" w14:textId="77777777" w:rsidR="00347965" w:rsidRDefault="00347965" w:rsidP="00347965">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>- telefonicznie: 71 777 77 24.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B196040" w14:textId="77777777" w:rsidR="00347965" w:rsidRDefault="00347965" w:rsidP="00347965">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:b/>
-          <w:lang w:eastAsia="en-US"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Tahoma"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:b/>
-          <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Prawo wniesienia skargi do organu</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EE72F8" w:rsidRDefault="00943A91" w:rsidP="00943A91">
-[...10 lines deleted...]
-          <w:lang w:eastAsia="en-US"/>
+    <w:p w14:paraId="578E55C5" w14:textId="77777777" w:rsidR="00347965" w:rsidRDefault="00347965" w:rsidP="00347965">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Przysługuje Pani/Panu także prawo wniesienia skargi do organu nadzorczego zajmującego się ochroną danych osobowych, tj. Prezesa Urzędu Ochrony Danych Osobowych, ul. Stawki 2, 00-193 Warszawa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
-          <w:lang w:eastAsia="en-US"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BC2FCF" w:rsidRDefault="00BC2FCF" w:rsidP="00BC2FCF">
+    <w:p w14:paraId="2AC9DB33" w14:textId="77777777" w:rsidR="00BC2FCF" w:rsidRDefault="00BC2FCF" w:rsidP="00BC2FCF">
       <w:pPr>
         <w:spacing w:before="720" w:line="26" w:lineRule="atLeast"/>
         <w:ind w:left="3540"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC2FCF">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t>…………….…………………………………………………….…</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BC2FCF" w:rsidRPr="00BC2FCF" w:rsidRDefault="00BC2FCF" w:rsidP="00BC2FCF">
+    <w:p w14:paraId="1CEAFE75" w14:textId="77777777" w:rsidR="00BC2FCF" w:rsidRPr="00BC2FCF" w:rsidRDefault="00BC2FCF" w:rsidP="00BC2FCF">
       <w:pPr>
         <w:spacing w:line="26" w:lineRule="atLeast"/>
         <w:ind w:left="3538"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC2FCF">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve">(czytelny podpis osoby prowadzącej fizycznej </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BC2FCF" w:rsidRPr="00943A91" w:rsidRDefault="00BC2FCF" w:rsidP="00BC2FCF">
+    <w:p w14:paraId="7E309A8D" w14:textId="77777777" w:rsidR="00BC2FCF" w:rsidRPr="00943A91" w:rsidRDefault="00BC2FCF" w:rsidP="00BC2FCF">
       <w:pPr>
         <w:spacing w:line="26" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC2FCF">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve">                                          lub prawnej zgodnie z reprezentacją)</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00BC2FCF" w:rsidRPr="00943A91" w:rsidSect="00F6348A">
+    <w:sectPr w:rsidR="00BC2FCF" w:rsidRPr="00943A91" w:rsidSect="006A79C6">
       <w:footerReference w:type="even" r:id="rId7"/>
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
-      <w:pgMar w:top="567" w:right="1418" w:bottom="567" w:left="1418" w:header="851" w:footer="851" w:gutter="0"/>
+      <w:pgMar w:top="993" w:right="1418" w:bottom="993" w:left="1418" w:header="851" w:footer="851" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="254"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="000548D5" w:rsidRDefault="000548D5">
+    <w:p w14:paraId="302392EB" w14:textId="77777777" w:rsidR="00F9030C" w:rsidRDefault="00F9030C">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="000548D5" w:rsidRDefault="000548D5">
+    <w:p w14:paraId="173C6129" w14:textId="77777777" w:rsidR="00F9030C" w:rsidRDefault="00F9030C">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="20002A87" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="EE"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="20002A87" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+    <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Liberation Mono">
     <w:altName w:val="Courier New"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:notTrueType/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="NSimSun">
     <w:panose1 w:val="02010609030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="00000283" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+    <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...6 lines deleted...]
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:p w:rsidR="00E1293C" w:rsidRDefault="00BD57CC">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="15C12A05" w14:textId="77777777" w:rsidR="00E1293C" w:rsidRDefault="00BD57CC">
     <w:pPr>
       <w:pStyle w:val="Stopka"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="outside" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Numerstrony"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Numerstrony"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidR="00E1293C">
       <w:rPr>
         <w:rStyle w:val="Numerstrony"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Numerstrony"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00E1293C" w:rsidRDefault="00E1293C">
+  <w:p w14:paraId="2E75B166" w14:textId="77777777" w:rsidR="00E1293C" w:rsidRDefault="00E1293C">
     <w:pPr>
       <w:pStyle w:val="Stopka"/>
       <w:ind w:right="360" w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:p w:rsidR="00E1293C" w:rsidRDefault="00E1293C" w:rsidP="00943A91">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="0ABFC173" w14:textId="77777777" w:rsidR="00E1293C" w:rsidRDefault="00E1293C" w:rsidP="00943A91">
     <w:pPr>
       <w:pStyle w:val="Stopka"/>
       <w:ind w:right="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="000548D5" w:rsidRDefault="000548D5">
+    <w:p w14:paraId="0120541C" w14:textId="77777777" w:rsidR="00F9030C" w:rsidRDefault="00F9030C">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="000548D5" w:rsidRDefault="000548D5">
+    <w:p w14:paraId="5C6E07D6" w14:textId="77777777" w:rsidR="00F9030C" w:rsidRDefault="00F9030C">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="0">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0D577BF9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="88EA0766"/>
     <w:lvl w:ilvl="0" w:tplc="CB1EE33A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150003">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -1845,71 +2195,71 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04150005">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1">
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="191C7E6C"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="04150001"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3C2234BB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4D484106"/>
     <w:lvl w:ilvl="0" w:tplc="75D02860">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="16"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -2006,51 +2356,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5EEA7385"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DF8C8976"/>
     <w:lvl w:ilvl="0" w:tplc="FC8420AE">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150019">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
@@ -2145,51 +2495,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="613A3256"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="08226028"/>
     <w:lvl w:ilvl="0" w:tplc="37A8BB1A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="E0663E7C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2285,51 +2635,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="67417BD5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C562B90A"/>
     <w:lvl w:ilvl="0" w:tplc="04150001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150019">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -2521,331 +2871,578 @@
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean"/>
-  <w:stylePaneFormatFilter w:val="3F01"/>
+  <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="187"/>
   <w:drawingGridVerticalSpacing w:val="127"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4097"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
-  <w:compat/>
+  <w:compat>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+  </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00425268"/>
     <w:rsid w:val="000064D2"/>
     <w:rsid w:val="000548D5"/>
     <w:rsid w:val="00072013"/>
     <w:rsid w:val="000B3495"/>
     <w:rsid w:val="000C4129"/>
     <w:rsid w:val="00151C70"/>
     <w:rsid w:val="00156DDC"/>
+    <w:rsid w:val="001A327D"/>
     <w:rsid w:val="001A73AF"/>
     <w:rsid w:val="001C05DC"/>
     <w:rsid w:val="002A4338"/>
+    <w:rsid w:val="00347965"/>
     <w:rsid w:val="003F2DD8"/>
     <w:rsid w:val="00406CC5"/>
     <w:rsid w:val="00425268"/>
     <w:rsid w:val="00440431"/>
     <w:rsid w:val="004867C4"/>
     <w:rsid w:val="004E51BE"/>
     <w:rsid w:val="005C2914"/>
     <w:rsid w:val="005D2F48"/>
     <w:rsid w:val="005D55B1"/>
     <w:rsid w:val="005F60D9"/>
     <w:rsid w:val="00691544"/>
+    <w:rsid w:val="006A79C6"/>
     <w:rsid w:val="006C299E"/>
     <w:rsid w:val="007053AF"/>
     <w:rsid w:val="00724B1D"/>
     <w:rsid w:val="0072615A"/>
     <w:rsid w:val="00764C9C"/>
     <w:rsid w:val="00795C7B"/>
     <w:rsid w:val="007B0166"/>
     <w:rsid w:val="00820D01"/>
     <w:rsid w:val="008213FD"/>
     <w:rsid w:val="008365B4"/>
     <w:rsid w:val="008714C5"/>
     <w:rsid w:val="00874CC0"/>
     <w:rsid w:val="008F74AE"/>
     <w:rsid w:val="009159ED"/>
     <w:rsid w:val="00922731"/>
     <w:rsid w:val="00936484"/>
     <w:rsid w:val="009432EB"/>
     <w:rsid w:val="00943A91"/>
     <w:rsid w:val="00975F5F"/>
     <w:rsid w:val="009824BD"/>
     <w:rsid w:val="009B52EF"/>
     <w:rsid w:val="00A1060F"/>
     <w:rsid w:val="00A35D02"/>
     <w:rsid w:val="00A36110"/>
     <w:rsid w:val="00A36E1E"/>
     <w:rsid w:val="00A651D0"/>
     <w:rsid w:val="00A90D1E"/>
     <w:rsid w:val="00AB7345"/>
     <w:rsid w:val="00B00DB0"/>
     <w:rsid w:val="00B04CC6"/>
     <w:rsid w:val="00B14496"/>
     <w:rsid w:val="00B41387"/>
     <w:rsid w:val="00B83753"/>
     <w:rsid w:val="00BA1827"/>
     <w:rsid w:val="00BC2FCF"/>
     <w:rsid w:val="00BD497A"/>
     <w:rsid w:val="00BD57CC"/>
     <w:rsid w:val="00D54CA0"/>
     <w:rsid w:val="00DF57A4"/>
     <w:rsid w:val="00DF70C8"/>
     <w:rsid w:val="00E1293C"/>
     <w:rsid w:val="00E20996"/>
     <w:rsid w:val="00E5628E"/>
     <w:rsid w:val="00ED7C6E"/>
     <w:rsid w:val="00EE72F8"/>
     <w:rsid w:val="00F6348A"/>
+    <w:rsid w:val="00F9030C"/>
     <w:rsid w:val="00FA2D8D"/>
     <w:rsid w:val="00FE7F74"/>
     <w:rsid w:val="00FF40C3"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="off"/>
+    <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pl-PL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4097"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="4FAAF4BD"/>
+  <w15:docId w15:val="{E262CDF0-3DCA-4F16-BB5A-341F7BA92304}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="pl-PL" w:eastAsia="pl-PL" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...137 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normalny">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00F6348A"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Nagwek1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normalny"/>
     <w:next w:val="Normalny"/>
     <w:link w:val="Nagwek1Znak"/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
     <w:rsid w:val="00F6348A"/>
     <w:pPr>
       <w:keepNext/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
@@ -2861,51 +3458,50 @@
     <w:basedOn w:val="Normalny"/>
     <w:next w:val="Normalny"/>
     <w:link w:val="Nagwek2Znak"/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
     <w:rsid w:val="00F6348A"/>
     <w:pPr>
       <w:keepNext/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Domylnaczcionkaakapitu">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Standardowy">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Bezlisty">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Nagwek1Znak">
     <w:name w:val="Nagłówek 1 Znak"/>
     <w:basedOn w:val="Domylnaczcionkaakapitu"/>
     <w:link w:val="Nagwek1"/>
     <w:uiPriority w:val="9"/>
     <w:locked/>
     <w:rsid w:val="00F6348A"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
@@ -3197,52 +3793,65 @@
       <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Akapitzlist1">
     <w:name w:val="Akapit z listą1"/>
     <w:basedOn w:val="Normalny"/>
     <w:rsid w:val="008714C5"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:ind w:left="708"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
+    <w:div w:id="1671054703">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1794665767">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motyw pakietu Office">
@@ -3510,52 +4119,52 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>649</Words>
-  <Characters>5244</Characters>
+  <Words>861</Words>
+  <Characters>5172</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>43</Lines>
-  <Paragraphs>11</Paragraphs>
+  <Paragraphs>12</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5882</CharactersWithSpaces>
+  <CharactersWithSpaces>6021</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Wrocław, dnia</dc:title>
   <dc:creator>RadcyP</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>