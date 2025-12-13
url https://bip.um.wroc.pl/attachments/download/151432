--- v0 (2025-10-29)
+++ v1 (2025-12-13)
@@ -1,250 +1,250 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w14:paraId="44910FE3" w14:textId="77777777" w:rsidR="003537BB" w:rsidRPr="00217E0E" w:rsidRDefault="003537BB" w:rsidP="003537BB">
+    <w:p w:rsidR="003537BB" w:rsidRPr="00217E0E" w:rsidRDefault="003537BB" w:rsidP="003537BB">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00217E0E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>KLAUZULA INFORMACYJNA</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C1B61F1" w14:textId="77777777" w:rsidR="003537BB" w:rsidRPr="00217E0E" w:rsidRDefault="003537BB" w:rsidP="003537BB">
+    <w:p w:rsidR="003537BB" w:rsidRPr="00217E0E" w:rsidRDefault="003537BB" w:rsidP="003537BB">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy3"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00217E0E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">INFORMACJE DOTYCZĄCE PRZETWARZANIA DANYCH OSOBOWYCH </w:t>
       </w:r>
       <w:r w:rsidRPr="00217E0E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">OSOBY WNIOSKUJĄCEJ O </w:t>
       </w:r>
       <w:r w:rsidRPr="00217E0E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>UDOSTĘPNIENIE INFORMACJI PUBLICZNEJ W URZĘDZIE MIEJSKIM WROCŁAWIA</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1189124D" w14:textId="77777777" w:rsidR="003537BB" w:rsidRPr="00217E0E" w:rsidRDefault="003537BB" w:rsidP="003537BB">
+    <w:p w:rsidR="003537BB" w:rsidRPr="00217E0E" w:rsidRDefault="003537BB" w:rsidP="003537BB">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy3"/>
         <w:spacing w:before="120" w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00217E0E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Niniejszą informację otrzymał/a Pani/Pan w związku z obowiązkami określonymi w art. 13 rozporządzenia Parlamentu Europejskiego i Rady (UE) 2016/679 z dnia 27 kwietnia 2016 r. w sprawie ochrony osób fizycznych w związku z przetwarzaniem danych osobowych i w sprawie swobodnego przepływu takich danych oraz uchylenia dyrektywy 95/46/WE (ogólne rozporządzenie o ochronie danych) (Dziennik Urzędowy Unii Europejskiej z dnia </w:t>
       </w:r>
       <w:r w:rsidR="005B2A26">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00217E0E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">4 maja 2016 r. L 119/1). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="528FCCD8" w14:textId="77777777" w:rsidR="003537BB" w:rsidRPr="00217E0E" w:rsidRDefault="003537BB" w:rsidP="003537BB">
+    <w:p w:rsidR="003537BB" w:rsidRPr="00217E0E" w:rsidRDefault="003537BB" w:rsidP="003537BB">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy3"/>
         <w:spacing w:before="120" w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00217E0E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Administrator danych</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71B24F23" w14:textId="77777777" w:rsidR="003537BB" w:rsidRPr="00217E0E" w:rsidRDefault="003537BB" w:rsidP="003537BB">
+    <w:p w:rsidR="003537BB" w:rsidRPr="00217E0E" w:rsidRDefault="003537BB" w:rsidP="003537BB">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00217E0E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Administratorem Pani/Pana danych osobowych jest Prezydent Wrocławia, z którym można się skontaktować w następujący sposób:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6092D54B" w14:textId="77777777" w:rsidR="003537BB" w:rsidRPr="00217E0E" w:rsidRDefault="003537BB" w:rsidP="003537BB">
+    <w:p w:rsidR="003537BB" w:rsidRPr="00217E0E" w:rsidRDefault="003537BB" w:rsidP="003537BB">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:rPr>
           <w:rStyle w:val="st"/>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00217E0E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">listownie na adres: Prezydent Wrocławia, Urząd Miejski Wrocławia, pl. Nowy Targ </w:t>
       </w:r>
       <w:r w:rsidR="005B2A26">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00217E0E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>1-8, 50-141 Wrocław,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C0D8784" w14:textId="31F894B9" w:rsidR="007A3537" w:rsidRPr="007A3537" w:rsidRDefault="007A3537" w:rsidP="003537BB">
+    <w:p w:rsidR="007A3537" w:rsidRPr="007A3537" w:rsidRDefault="007A3537" w:rsidP="003537BB">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">za pośrednictwem poczty elektronicznej na adres e-mail: kum@um.wroc.pl, </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E14DB06" w14:textId="77777777" w:rsidR="003537BB" w:rsidRPr="00217E0E" w:rsidRDefault="007A3537" w:rsidP="007A3537">
+    <w:p w:rsidR="003537BB" w:rsidRPr="00217E0E" w:rsidRDefault="007A3537" w:rsidP="007A3537">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="426"/>
         <w:rPr>
           <w:rStyle w:val="st"/>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">skrytka na </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:color w:val="000000"/>
@@ -291,750 +291,846 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>SkrytkaESP</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>, adres e-Doręczeń: AE:PL-95179-82549-VVTFT-27;</w:t>
       </w:r>
       <w:r w:rsidR="003537BB" w:rsidRPr="00217E0E">
         <w:rPr>
           <w:rStyle w:val="st"/>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7123499F" w14:textId="77777777" w:rsidR="003537BB" w:rsidRPr="00217E0E" w:rsidRDefault="003537BB" w:rsidP="003537BB">
+    <w:p w:rsidR="003537BB" w:rsidRPr="00217E0E" w:rsidRDefault="003537BB" w:rsidP="003537BB">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:rPr>
           <w:rStyle w:val="st"/>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00217E0E">
         <w:rPr>
           <w:rStyle w:val="st"/>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>telefonicznie: +48 71 777 77 77.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71CC4DCC" w14:textId="77777777" w:rsidR="003537BB" w:rsidRPr="00217E0E" w:rsidRDefault="003537BB" w:rsidP="003537BB">
+    <w:p w:rsidR="003537BB" w:rsidRPr="00217E0E" w:rsidRDefault="003537BB" w:rsidP="003537BB">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy3"/>
         <w:spacing w:before="120" w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00217E0E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Cele przetwarzania danych</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45D180D2" w14:textId="77777777" w:rsidR="003537BB" w:rsidRPr="00217E0E" w:rsidRDefault="003537BB" w:rsidP="003537BB">
+    <w:p w:rsidR="003537BB" w:rsidRPr="00217E0E" w:rsidRDefault="003537BB" w:rsidP="003537BB">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00217E0E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Będziemy przetwarzać Pani/Pana dane osobowe w celu prowadzenia postępowania </w:t>
       </w:r>
       <w:r w:rsidR="005B2A26">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00217E0E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">o udostępnienie informacji publicznej w związku ze złożonym wnioskiem. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1147DFEB" w14:textId="77777777" w:rsidR="003537BB" w:rsidRPr="00217E0E" w:rsidRDefault="003537BB" w:rsidP="003537BB">
+    <w:p w:rsidR="003537BB" w:rsidRPr="00217E0E" w:rsidRDefault="003537BB" w:rsidP="003537BB">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy3"/>
         <w:spacing w:before="120" w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00217E0E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Podstawy prawne przetwarzania</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D65F5DE" w14:textId="77777777" w:rsidR="003537BB" w:rsidRPr="00217E0E" w:rsidRDefault="003537BB" w:rsidP="003537BB">
+    <w:p w:rsidR="003537BB" w:rsidRPr="00217E0E" w:rsidRDefault="003537BB" w:rsidP="003537BB">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00217E0E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Będziemy przetwarzać Pani/Pana dane osobowe na podstawie na podstawie przepisów ustawy z dnia 6 września 2001 r. o dostępie do informacji publicznej.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B9601AB" w14:textId="77777777" w:rsidR="003537BB" w:rsidRPr="00217E0E" w:rsidRDefault="003537BB" w:rsidP="003537BB">
+    <w:p w:rsidR="003537BB" w:rsidRPr="00217E0E" w:rsidRDefault="003537BB" w:rsidP="003537BB">
       <w:pPr>
         <w:spacing w:before="120" w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00217E0E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Kategorie danych</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64CAC38D" w14:textId="77777777" w:rsidR="003537BB" w:rsidRPr="00217E0E" w:rsidRDefault="003537BB" w:rsidP="003537BB">
+    <w:p w:rsidR="003537BB" w:rsidRPr="00217E0E" w:rsidRDefault="003537BB" w:rsidP="003537BB">
       <w:pPr>
         <w:pStyle w:val="Tekstkomentarza"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00217E0E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Będziemy przetwarzać te kategorie </w:t>
       </w:r>
       <w:r w:rsidRPr="00217E0E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t>Pani/Pana</w:t>
       </w:r>
       <w:r w:rsidRPr="00217E0E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> danych osobowych, które zostały przez Panią/Pana wskazane we wniosku, w tym minimum imię, nazwisko i adres e-mail. </w:t>
       </w:r>
       <w:r w:rsidR="005B2A26">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00217E0E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">W sytuacji postępowania o wydanie decyzji o odmowie udostępnienia informacji publicznej będziemy dodatkowo przetwarzać informację o adresie zamieszkania/zameldowania/do korespondencji, wskazanego przez Panią/Pana do doręczeń. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51BCEE89" w14:textId="77777777" w:rsidR="003537BB" w:rsidRPr="00217E0E" w:rsidRDefault="003537BB" w:rsidP="003537BB">
+    <w:p w:rsidR="003537BB" w:rsidRPr="00217E0E" w:rsidRDefault="003537BB" w:rsidP="003537BB">
       <w:pPr>
         <w:spacing w:before="120" w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00217E0E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Źródło pochodzenia danych</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5817D057" w14:textId="77777777" w:rsidR="003537BB" w:rsidRPr="00217E0E" w:rsidRDefault="003537BB" w:rsidP="003537BB">
+    <w:p w:rsidR="003537BB" w:rsidRPr="00217E0E" w:rsidRDefault="003537BB" w:rsidP="003537BB">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana"/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00217E0E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Pani/Pana</w:t>
       </w:r>
       <w:r w:rsidRPr="00217E0E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana"/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve"> dane osobowe pozyskane zostały ze złożonego przez Panią/Pana wniosku </w:t>
       </w:r>
       <w:r w:rsidR="005B2A26">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana"/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00217E0E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana"/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>o udostępnienie informacji publicznej i korespondencji prowadzonej w trakcie postępowania.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24A079E4" w14:textId="77777777" w:rsidR="003537BB" w:rsidRPr="00217E0E" w:rsidRDefault="003537BB" w:rsidP="003537BB">
+    <w:p w:rsidR="003537BB" w:rsidRPr="00217E0E" w:rsidRDefault="003537BB" w:rsidP="003537BB">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy3"/>
         <w:spacing w:before="120" w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00217E0E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Okres przechowywania danych</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B70E2F7" w14:textId="77777777" w:rsidR="003537BB" w:rsidRPr="00217E0E" w:rsidRDefault="003537BB" w:rsidP="003537BB">
+    <w:p w:rsidR="003537BB" w:rsidRPr="00217E0E" w:rsidRDefault="003537BB" w:rsidP="003537BB">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00217E0E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Będziemy przechowywać Pani/Pana dane przez minimum 5 lat, następnie Archiwum Państwowe po ekspertyzie dokumentów, może podjąć decyzję o ich zniszczeniu lub przekwalifikować na kategorię A i wtedy Pani/Pana dane osobowe będą przetwarzane przez Urząd Miejski Wrocławia przez 25 lat, od stycznia kolejnego roku po zakończeniu Pani/Pana sprawy a następnie zostaną przekazane do Archiwum Państwowego, gdzie będą przetwarzane wieczyście.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74BFEDFA" w14:textId="77777777" w:rsidR="003537BB" w:rsidRPr="00217E0E" w:rsidRDefault="003537BB" w:rsidP="003537BB">
+    <w:p w:rsidR="003537BB" w:rsidRPr="00217E0E" w:rsidRDefault="003537BB" w:rsidP="003537BB">
       <w:pPr>
         <w:spacing w:before="120" w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00217E0E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Odbiorcy danych</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02197E45" w14:textId="77777777" w:rsidR="003537BB" w:rsidRPr="00217E0E" w:rsidRDefault="003537BB" w:rsidP="003537BB">
+    <w:p w:rsidR="003537BB" w:rsidRPr="00217E0E" w:rsidRDefault="003537BB" w:rsidP="003537BB">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00217E0E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Będziemy przekazywać Pani/Pana dane osobowe podmiotom upoważnionym na podstawie przepisów prawa. Dodatkowo dane mogą być dostępne dla usługodawców wykonujących zadania na zlecenie Administratora w ramach świadczenia usług serwisu, rozwoju i utrzymania systemów informatycznych.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="270DC6A7" w14:textId="77777777" w:rsidR="003537BB" w:rsidRPr="00217E0E" w:rsidRDefault="003537BB" w:rsidP="003537BB">
+    <w:p w:rsidR="003537BB" w:rsidRPr="00217E0E" w:rsidRDefault="003537BB" w:rsidP="003537BB">
       <w:pPr>
         <w:pStyle w:val="Tekstkomentarza"/>
         <w:spacing w:before="120" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00217E0E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>Prawa związane z przetwarzaniem danych osobowych</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="568AC73E" w14:textId="77777777" w:rsidR="003537BB" w:rsidRPr="00217E0E" w:rsidRDefault="003537BB" w:rsidP="003537BB">
+    <w:p w:rsidR="003537BB" w:rsidRPr="00217E0E" w:rsidRDefault="003537BB" w:rsidP="003537BB">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00217E0E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Przysługują Pani/Panu następujące prawa związane z przetwarzaniem danych osobowych:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="250A6673" w14:textId="77777777" w:rsidR="003537BB" w:rsidRPr="00217E0E" w:rsidRDefault="003537BB" w:rsidP="003537BB">
+    <w:p w:rsidR="003537BB" w:rsidRPr="00217E0E" w:rsidRDefault="003537BB" w:rsidP="003537BB">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00217E0E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>prawo dostępu do Pani/Pana danych osobowych,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B0903D9" w14:textId="77777777" w:rsidR="003537BB" w:rsidRPr="00217E0E" w:rsidRDefault="003537BB" w:rsidP="003537BB">
+    <w:p w:rsidR="003537BB" w:rsidRPr="00217E0E" w:rsidRDefault="003537BB" w:rsidP="003537BB">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00217E0E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>prawo żądania sprostowania Pani/Pana danych osobowych,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43E56CE8" w14:textId="77777777" w:rsidR="003537BB" w:rsidRPr="00217E0E" w:rsidRDefault="003537BB" w:rsidP="003537BB">
+    <w:p w:rsidR="003537BB" w:rsidRPr="00217E0E" w:rsidRDefault="003537BB" w:rsidP="003537BB">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00217E0E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>prawo żądania ograniczenia przetwarzania Pani/Pana danych osobowych,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="538FC849" w14:textId="77777777" w:rsidR="003537BB" w:rsidRPr="00217E0E" w:rsidRDefault="003537BB" w:rsidP="003537BB">
+    <w:p w:rsidR="003537BB" w:rsidRPr="00217E0E" w:rsidRDefault="003537BB" w:rsidP="003537BB">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00217E0E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>prawo wniesienia sprzeciwu wobec przetwarzania Pani/Pana danych osobowych.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E0387B6" w14:textId="77777777" w:rsidR="003537BB" w:rsidRPr="00217E0E" w:rsidRDefault="003537BB" w:rsidP="003537BB">
+    <w:p w:rsidR="003537BB" w:rsidRPr="00217E0E" w:rsidRDefault="003537BB" w:rsidP="003537BB">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00217E0E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Aby skorzystać z powyższych praw, może Pani/Pan skontaktować się z Administratorem danych (dane kontaktowe powyżej) lub Inspektorem Ochrony Danych (dane kontaktowe poniżej).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="787A403C" w14:textId="77777777" w:rsidR="003537BB" w:rsidRPr="00217E0E" w:rsidRDefault="003537BB" w:rsidP="003537BB">
+    <w:p w:rsidR="003537BB" w:rsidRPr="00217E0E" w:rsidRDefault="003537BB" w:rsidP="003537BB">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy3"/>
         <w:spacing w:before="120" w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00217E0E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Inspektor Ochrony Danych</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04FF25F3" w14:textId="77777777" w:rsidR="003537BB" w:rsidRPr="00217E0E" w:rsidRDefault="003537BB" w:rsidP="003537BB">
+    <w:p w:rsidR="003537BB" w:rsidRPr="00217E0E" w:rsidRDefault="003537BB" w:rsidP="003537BB">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy3"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00217E0E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Inspektorem w Urzędzie Miejskim Wrocławia jest Sebastian Sobecki. Inspektor to osoba, z którą można się kontaktować w sprawach dotyczących przetwarzania danych osobowych oraz korzystania z przysługujących praw związanych z przetwarzaniem danych, w następujący sposób:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B5FA156" w14:textId="77777777" w:rsidR="003537BB" w:rsidRPr="00217E0E" w:rsidRDefault="003537BB" w:rsidP="003537BB">
+    <w:p w:rsidR="003537BB" w:rsidRPr="00217E0E" w:rsidRDefault="003537BB" w:rsidP="003537BB">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00217E0E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">listownie na adres: </w:t>
       </w:r>
       <w:r w:rsidRPr="00217E0E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helv"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>al. Marcina Kromera 44, 51-163 Wrocław</w:t>
       </w:r>
       <w:r w:rsidRPr="00217E0E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2EBD33B7" w14:textId="77777777" w:rsidR="003537BB" w:rsidRPr="00217E0E" w:rsidRDefault="003537BB" w:rsidP="003537BB">
+    <w:p w:rsidR="003537BB" w:rsidRPr="00217E0E" w:rsidRDefault="003537BB" w:rsidP="003537BB">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00217E0E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>przez  pocztę elektroniczną na adres: iod@um.wroc.pl,</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="2B75B44C" w14:textId="77777777" w:rsidR="003537BB" w:rsidRPr="00217E0E" w:rsidRDefault="003537BB" w:rsidP="003537BB">
+        <w:t xml:space="preserve">przez pocztę elektroniczną na adres: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId5" w:history="1">
+        <w:r w:rsidR="007A0512" w:rsidRPr="00636C0E">
+          <w:rPr>
+            <w:rStyle w:val="Hipercze"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>iod@um.wroc.pl</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00217E0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="007A0512">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007A0512">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">skrytka na </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007A0512">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ePUAP-ie</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007A0512">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>: /</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007A0512">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>umwroclaw</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007A0512">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007A0512">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>SkrytkaESP</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007A0512">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, adres e-Doręczeń: AE:PL-95179-82549-VVTFT-27;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003537BB" w:rsidRPr="00217E0E" w:rsidRDefault="003537BB" w:rsidP="003537BB">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00217E0E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>telefonicznie: 71 777 77 24.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D927FA7" w14:textId="77777777" w:rsidR="003537BB" w:rsidRPr="00217E0E" w:rsidRDefault="003537BB" w:rsidP="003537BB">
+    <w:p w:rsidR="003537BB" w:rsidRPr="00217E0E" w:rsidRDefault="003537BB" w:rsidP="003537BB">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy3"/>
         <w:spacing w:before="120" w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00217E0E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Prawo wniesienia skargi do organu</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="583824C6" w14:textId="77777777" w:rsidR="003537BB" w:rsidRPr="00217E0E" w:rsidRDefault="003537BB" w:rsidP="003537BB">
+    <w:p w:rsidR="003537BB" w:rsidRPr="00217E0E" w:rsidRDefault="003537BB" w:rsidP="003537BB">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy3"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00217E0E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Przysługuje Pani/Panu także prawo wniesienia skargi do organu nadzorczego zajmującego się ochroną danych osobowych, tj. Prezesa Urzędu Ochrony Danych Osobowych.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CE7AA79" w14:textId="77777777" w:rsidR="0091134B" w:rsidRPr="00217E0E" w:rsidRDefault="0091134B">
+    <w:p w:rsidR="0091134B" w:rsidRPr="00217E0E" w:rsidRDefault="0091134B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="0091134B" w:rsidRPr="00217E0E" w:rsidSect="0091134B">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20002A87" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="EE"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
@@ -1046,52 +1142,52 @@
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Helv">
     <w:panose1 w:val="020B0604020202030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+  <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="1F8726D4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7E0E5854"/>
     <w:lvl w:ilvl="0" w:tplc="1A661692">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -1160,51 +1256,51 @@
     <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="1">
     <w:nsid w:val="28D35FB8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E53CB9E2"/>
     <w:lvl w:ilvl="0" w:tplc="1A661692">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -1273,51 +1369,51 @@
     <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="2">
     <w:nsid w:val="78954B87"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="968AD9FA"/>
     <w:lvl w:ilvl="0" w:tplc="1A661692">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -1399,528 +1495,285 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:compat>
-[...6 lines deleted...]
-  </w:compat>
+  <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="003537BB"/>
     <w:rsid w:val="0000751D"/>
     <w:rsid w:val="00055B94"/>
     <w:rsid w:val="001C46D5"/>
     <w:rsid w:val="002138B3"/>
     <w:rsid w:val="00217E0E"/>
     <w:rsid w:val="003537BB"/>
     <w:rsid w:val="005B2A26"/>
     <w:rsid w:val="0063128A"/>
     <w:rsid w:val="00685892"/>
     <w:rsid w:val="00700001"/>
+    <w:rsid w:val="007A0512"/>
     <w:rsid w:val="007A3537"/>
     <w:rsid w:val="0091134B"/>
     <w:rsid w:val="009C7917"/>
     <w:rsid w:val="00A2208E"/>
+    <w:rsid w:val="00A428DF"/>
     <w:rsid w:val="00BA4E3E"/>
     <w:rsid w:val="00C636E8"/>
     <w:rsid w:val="00C939F6"/>
     <w:rsid w:val="00E95323"/>
     <w:rsid w:val="00F52383"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="0"/>
+    <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pl-PL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="0683F73F"/>
-  <w15:docId w15:val="{25AAA754-891F-4367-85AF-8605D9A97CA2}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="pl-PL" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
-[...375 lines deleted...]
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="annotation text" w:uiPriority="0"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Body Text" w:uiPriority="0"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normalny">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="003537BB"/>
     <w:pPr>
       <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Domylnaczcionkaakapitu">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Standardowy">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Bezlisty">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Tekstpodstawowy">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="Normalny"/>
     <w:link w:val="TekstpodstawowyZnak"/>
     <w:rsid w:val="003537BB"/>
     <w:pPr>
       <w:suppressAutoHyphens/>
       <w:overflowPunct w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
@@ -2016,61 +1869,72 @@
     <w:semiHidden/>
     <w:rsid w:val="003537BB"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="st">
     <w:name w:val="st"/>
     <w:basedOn w:val="Domylnaczcionkaakapitu"/>
     <w:rsid w:val="003537BB"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TekstkomentarzaZnak1">
     <w:name w:val="Tekst komentarza Znak1"/>
     <w:basedOn w:val="Domylnaczcionkaakapitu"/>
     <w:link w:val="Tekstkomentarza"/>
     <w:semiHidden/>
     <w:rsid w:val="003537BB"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="pl-PL"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="Hipercze">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="007A0512"/>
+    <w:rPr>
+      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:iod@um.wroc.pl" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motyw pakietu Office">
   <a:themeElements>
     <a:clrScheme name="Pakiet Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -2317,65 +2181,65 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>501</Words>
-  <Characters>3443</Characters>
+  <Words>581</Words>
+  <Characters>3490</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>70</Lines>
-  <Paragraphs>39</Paragraphs>
+  <Lines>29</Lines>
+  <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>UMW</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3905</CharactersWithSpaces>
+  <CharactersWithSpaces>4063</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>umkach02</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>