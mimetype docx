--- v1 (2025-12-13)
+++ v2 (2026-01-06)
@@ -1,1193 +1,1065 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w:rsidR="003537BB" w:rsidRPr="00217E0E" w:rsidRDefault="003537BB" w:rsidP="003537BB">
+    <w:p w14:paraId="710D2E06" w14:textId="77777777" w:rsidR="003537BB" w:rsidRPr="00217E0E" w:rsidRDefault="003537BB" w:rsidP="003537BB">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00217E0E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>KLAUZULA INFORMACYJNA</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003537BB" w:rsidRPr="00217E0E" w:rsidRDefault="003537BB" w:rsidP="003537BB">
+    <w:p w14:paraId="21AB9CFC" w14:textId="77777777" w:rsidR="003537BB" w:rsidRPr="00217E0E" w:rsidRDefault="003537BB" w:rsidP="003537BB">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy3"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00217E0E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">INFORMACJE DOTYCZĄCE PRZETWARZANIA DANYCH OSOBOWYCH </w:t>
       </w:r>
       <w:r w:rsidRPr="00217E0E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">OSOBY WNIOSKUJĄCEJ O </w:t>
       </w:r>
       <w:r w:rsidRPr="00217E0E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>UDOSTĘPNIENIE INFORMACJI PUBLICZNEJ W URZĘDZIE MIEJSKIM WROCŁAWIA</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003537BB" w:rsidRPr="00217E0E" w:rsidRDefault="003537BB" w:rsidP="003537BB">
+    <w:p w14:paraId="4FB22C50" w14:textId="77777777" w:rsidR="003537BB" w:rsidRPr="00217E0E" w:rsidRDefault="003537BB" w:rsidP="003537BB">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy3"/>
         <w:spacing w:before="120" w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00217E0E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Niniejszą informację otrzymał/a Pani/Pan w związku z obowiązkami określonymi w art. 13 rozporządzenia Parlamentu Europejskiego i Rady (UE) 2016/679 z dnia 27 kwietnia 2016 r. w sprawie ochrony osób fizycznych w związku z przetwarzaniem danych osobowych i w sprawie swobodnego przepływu takich danych oraz uchylenia dyrektywy 95/46/WE (ogólne rozporządzenie o ochronie danych) (Dziennik Urzędowy Unii Europejskiej z dnia </w:t>
       </w:r>
       <w:r w:rsidR="005B2A26">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00217E0E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">4 maja 2016 r. L 119/1). </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003537BB" w:rsidRPr="00217E0E" w:rsidRDefault="003537BB" w:rsidP="003537BB">
+    <w:p w14:paraId="015ADED2" w14:textId="77777777" w:rsidR="003537BB" w:rsidRPr="00217E0E" w:rsidRDefault="003537BB" w:rsidP="003537BB">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy3"/>
         <w:spacing w:before="120" w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00217E0E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Administrator danych</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003537BB" w:rsidRPr="00217E0E" w:rsidRDefault="003537BB" w:rsidP="003537BB">
+    <w:p w14:paraId="1622C508" w14:textId="77777777" w:rsidR="003537BB" w:rsidRPr="00217E0E" w:rsidRDefault="003537BB" w:rsidP="003537BB">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00217E0E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Administratorem Pani/Pana danych osobowych jest Prezydent Wrocławia, z którym można się skontaktować w następujący sposób:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003537BB" w:rsidRPr="00217E0E" w:rsidRDefault="003537BB" w:rsidP="003537BB">
+    <w:p w14:paraId="4EED73DC" w14:textId="77777777" w:rsidR="003537BB" w:rsidRPr="00217E0E" w:rsidRDefault="003537BB" w:rsidP="003537BB">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:rPr>
           <w:rStyle w:val="st"/>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00217E0E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">listownie na adres: Prezydent Wrocławia, Urząd Miejski Wrocławia, pl. Nowy Targ </w:t>
       </w:r>
       <w:r w:rsidR="005B2A26">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00217E0E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>1-8, 50-141 Wrocław,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007A3537" w:rsidRPr="007A3537" w:rsidRDefault="007A3537" w:rsidP="003537BB">
+    <w:p w14:paraId="5E546E24" w14:textId="69410B29" w:rsidR="003537BB" w:rsidRPr="00B01719" w:rsidRDefault="007A3537" w:rsidP="00B01719">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:rPr>
+          <w:rStyle w:val="st"/>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">za pośrednictwem poczty elektronicznej na adres e-mail: kum@um.wroc.pl, </w:t>
-[...14 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">za pośrednictwem poczty elektronicznej na adres e-mail: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId5" w:history="1">
+        <w:r w:rsidR="00266DA2" w:rsidRPr="004845D9">
+          <w:rPr>
+            <w:rStyle w:val="Hipercze"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>kum@um.wroc.pl</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00266DA2">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">skrytka na </w:t>
-[...2 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B01719">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>ePUAP-ie</w:t>
-[...51 lines deleted...]
-      <w:r w:rsidR="003537BB" w:rsidRPr="00217E0E">
+        <w:t>adres e-Doręczeń: AE:PL-95179-82549-VVTFT-27;</w:t>
+      </w:r>
+      <w:r w:rsidR="003537BB" w:rsidRPr="00B01719">
         <w:rPr>
           <w:rStyle w:val="st"/>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003537BB" w:rsidRPr="00217E0E" w:rsidRDefault="003537BB" w:rsidP="003537BB">
+    <w:p w14:paraId="68125522" w14:textId="77777777" w:rsidR="003537BB" w:rsidRPr="00217E0E" w:rsidRDefault="003537BB" w:rsidP="003537BB">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:rPr>
           <w:rStyle w:val="st"/>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00217E0E">
         <w:rPr>
           <w:rStyle w:val="st"/>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>telefonicznie: +48 71 777 77 77.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003537BB" w:rsidRPr="00217E0E" w:rsidRDefault="003537BB" w:rsidP="003537BB">
+    <w:p w14:paraId="2258F56F" w14:textId="77777777" w:rsidR="003537BB" w:rsidRPr="00217E0E" w:rsidRDefault="003537BB" w:rsidP="003537BB">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy3"/>
         <w:spacing w:before="120" w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00217E0E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Cele przetwarzania danych</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003537BB" w:rsidRPr="00217E0E" w:rsidRDefault="003537BB" w:rsidP="003537BB">
+    <w:p w14:paraId="49CC755F" w14:textId="77777777" w:rsidR="003537BB" w:rsidRPr="00217E0E" w:rsidRDefault="003537BB" w:rsidP="003537BB">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00217E0E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Będziemy przetwarzać Pani/Pana dane osobowe w celu prowadzenia postępowania </w:t>
       </w:r>
       <w:r w:rsidR="005B2A26">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00217E0E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">o udostępnienie informacji publicznej w związku ze złożonym wnioskiem. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003537BB" w:rsidRPr="00217E0E" w:rsidRDefault="003537BB" w:rsidP="003537BB">
+    <w:p w14:paraId="43BF9361" w14:textId="77777777" w:rsidR="003537BB" w:rsidRPr="00217E0E" w:rsidRDefault="003537BB" w:rsidP="003537BB">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy3"/>
         <w:spacing w:before="120" w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00217E0E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Podstawy prawne przetwarzania</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003537BB" w:rsidRPr="00217E0E" w:rsidRDefault="003537BB" w:rsidP="003537BB">
+    <w:p w14:paraId="2785D039" w14:textId="77777777" w:rsidR="003537BB" w:rsidRPr="00217E0E" w:rsidRDefault="003537BB" w:rsidP="003537BB">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00217E0E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Będziemy przetwarzać Pani/Pana dane osobowe na podstawie na podstawie przepisów ustawy z dnia 6 września 2001 r. o dostępie do informacji publicznej.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003537BB" w:rsidRPr="00217E0E" w:rsidRDefault="003537BB" w:rsidP="003537BB">
+    <w:p w14:paraId="5391E855" w14:textId="77777777" w:rsidR="003537BB" w:rsidRPr="00217E0E" w:rsidRDefault="003537BB" w:rsidP="003537BB">
       <w:pPr>
         <w:spacing w:before="120" w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00217E0E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Kategorie danych</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003537BB" w:rsidRPr="00217E0E" w:rsidRDefault="003537BB" w:rsidP="003537BB">
+    <w:p w14:paraId="1F8AE59D" w14:textId="77777777" w:rsidR="003537BB" w:rsidRPr="00217E0E" w:rsidRDefault="003537BB" w:rsidP="003537BB">
       <w:pPr>
         <w:pStyle w:val="Tekstkomentarza"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00217E0E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Będziemy przetwarzać te kategorie </w:t>
       </w:r>
       <w:r w:rsidRPr="00217E0E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t>Pani/Pana</w:t>
       </w:r>
       <w:r w:rsidRPr="00217E0E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> danych osobowych, które zostały przez Panią/Pana wskazane we wniosku, w tym minimum imię, nazwisko i adres e-mail. </w:t>
       </w:r>
       <w:r w:rsidR="005B2A26">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00217E0E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">W sytuacji postępowania o wydanie decyzji o odmowie udostępnienia informacji publicznej będziemy dodatkowo przetwarzać informację o adresie zamieszkania/zameldowania/do korespondencji, wskazanego przez Panią/Pana do doręczeń. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003537BB" w:rsidRPr="00217E0E" w:rsidRDefault="003537BB" w:rsidP="003537BB">
+    <w:p w14:paraId="2E977E9E" w14:textId="77777777" w:rsidR="003537BB" w:rsidRPr="00217E0E" w:rsidRDefault="003537BB" w:rsidP="003537BB">
       <w:pPr>
         <w:spacing w:before="120" w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00217E0E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Źródło pochodzenia danych</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003537BB" w:rsidRPr="00217E0E" w:rsidRDefault="003537BB" w:rsidP="003537BB">
+    <w:p w14:paraId="04E1514A" w14:textId="77777777" w:rsidR="003537BB" w:rsidRPr="00217E0E" w:rsidRDefault="003537BB" w:rsidP="003537BB">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana"/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00217E0E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Pani/Pana</w:t>
       </w:r>
       <w:r w:rsidRPr="00217E0E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana"/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve"> dane osobowe pozyskane zostały ze złożonego przez Panią/Pana wniosku </w:t>
       </w:r>
       <w:r w:rsidR="005B2A26">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana"/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00217E0E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana"/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>o udostępnienie informacji publicznej i korespondencji prowadzonej w trakcie postępowania.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003537BB" w:rsidRPr="00217E0E" w:rsidRDefault="003537BB" w:rsidP="003537BB">
+    <w:p w14:paraId="52F827D9" w14:textId="77777777" w:rsidR="003537BB" w:rsidRPr="00217E0E" w:rsidRDefault="003537BB" w:rsidP="003537BB">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy3"/>
         <w:spacing w:before="120" w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00217E0E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:t>Okres przechowywania danych</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="151D90DE" w14:textId="77777777" w:rsidR="003537BB" w:rsidRPr="00217E0E" w:rsidRDefault="003537BB" w:rsidP="003537BB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00217E0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Okres przechowywania danych</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="003537BB" w:rsidRPr="00217E0E" w:rsidRDefault="003537BB" w:rsidP="003537BB">
+        <w:t>Będziemy przechowywać Pani/Pana dane przez minimum 5 lat, następnie Archiwum Państwowe po ekspertyzie dokumentów, może podjąć decyzję o ich zniszczeniu lub przekwalifikować na kategorię A i wtedy Pani/Pana dane osobowe będą przetwarzane przez Urząd Miejski Wrocławia przez 25 lat, od stycznia kolejnego roku po zakończeniu Pani/Pana sprawy a następnie zostaną przekazane do Archiwum Państwowego, gdzie będą przetwarzane wieczyście.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A4B50BE" w14:textId="77777777" w:rsidR="003537BB" w:rsidRPr="00217E0E" w:rsidRDefault="003537BB" w:rsidP="003537BB">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00217E0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Odbiorcy danych</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2665566D" w14:textId="77777777" w:rsidR="003537BB" w:rsidRPr="00217E0E" w:rsidRDefault="003537BB" w:rsidP="003537BB">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00217E0E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Będziemy przechowywać Pani/Pana dane przez minimum 5 lat, następnie Archiwum Państwowe po ekspertyzie dokumentów, może podjąć decyzję o ich zniszczeniu lub przekwalifikować na kategorię A i wtedy Pani/Pana dane osobowe będą przetwarzane przez Urząd Miejski Wrocławia przez 25 lat, od stycznia kolejnego roku po zakończeniu Pani/Pana sprawy a następnie zostaną przekazane do Archiwum Państwowego, gdzie będą przetwarzane wieczyście.</w:t>
-[...36 lines deleted...]
-        </w:rPr>
         <w:t>Będziemy przekazywać Pani/Pana dane osobowe podmiotom upoważnionym na podstawie przepisów prawa. Dodatkowo dane mogą być dostępne dla usługodawców wykonujących zadania na zlecenie Administratora w ramach świadczenia usług serwisu, rozwoju i utrzymania systemów informatycznych.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003537BB" w:rsidRPr="00217E0E" w:rsidRDefault="003537BB" w:rsidP="003537BB">
+    <w:p w14:paraId="18B15F6E" w14:textId="77777777" w:rsidR="003537BB" w:rsidRPr="00217E0E" w:rsidRDefault="003537BB" w:rsidP="003537BB">
       <w:pPr>
         <w:pStyle w:val="Tekstkomentarza"/>
         <w:spacing w:before="120" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00217E0E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>Prawa związane z przetwarzaniem danych osobowych</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003537BB" w:rsidRPr="00217E0E" w:rsidRDefault="003537BB" w:rsidP="003537BB">
+    <w:p w14:paraId="67A6AB8B" w14:textId="77777777" w:rsidR="003537BB" w:rsidRPr="00217E0E" w:rsidRDefault="003537BB" w:rsidP="003537BB">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00217E0E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Przysługują Pani/Panu następujące prawa związane z przetwarzaniem danych osobowych:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003537BB" w:rsidRPr="00217E0E" w:rsidRDefault="003537BB" w:rsidP="003537BB">
+    <w:p w14:paraId="000FD043" w14:textId="77777777" w:rsidR="003537BB" w:rsidRPr="00217E0E" w:rsidRDefault="003537BB" w:rsidP="003537BB">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00217E0E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>prawo dostępu do Pani/Pana danych osobowych,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003537BB" w:rsidRPr="00217E0E" w:rsidRDefault="003537BB" w:rsidP="003537BB">
+    <w:p w14:paraId="79B548DE" w14:textId="77777777" w:rsidR="003537BB" w:rsidRPr="00217E0E" w:rsidRDefault="003537BB" w:rsidP="003537BB">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00217E0E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>prawo żądania sprostowania Pani/Pana danych osobowych,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003537BB" w:rsidRPr="00217E0E" w:rsidRDefault="003537BB" w:rsidP="003537BB">
+    <w:p w14:paraId="3AB96523" w14:textId="77777777" w:rsidR="003537BB" w:rsidRPr="00217E0E" w:rsidRDefault="003537BB" w:rsidP="003537BB">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00217E0E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>prawo żądania ograniczenia przetwarzania Pani/Pana danych osobowych,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003537BB" w:rsidRPr="00217E0E" w:rsidRDefault="003537BB" w:rsidP="003537BB">
+    <w:p w14:paraId="7569B3F9" w14:textId="77777777" w:rsidR="003537BB" w:rsidRPr="00217E0E" w:rsidRDefault="003537BB" w:rsidP="003537BB">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00217E0E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>prawo wniesienia sprzeciwu wobec przetwarzania Pani/Pana danych osobowych.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003537BB" w:rsidRPr="00217E0E" w:rsidRDefault="003537BB" w:rsidP="003537BB">
+    <w:p w14:paraId="732A4380" w14:textId="77777777" w:rsidR="003537BB" w:rsidRPr="00217E0E" w:rsidRDefault="003537BB" w:rsidP="003537BB">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00217E0E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Aby skorzystać z powyższych praw, może Pani/Pan skontaktować się z Administratorem danych (dane kontaktowe powyżej) lub Inspektorem Ochrony Danych (dane kontaktowe poniżej).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003537BB" w:rsidRPr="00217E0E" w:rsidRDefault="003537BB" w:rsidP="003537BB">
+    <w:p w14:paraId="376C8301" w14:textId="77777777" w:rsidR="003537BB" w:rsidRPr="00217E0E" w:rsidRDefault="003537BB" w:rsidP="003537BB">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy3"/>
         <w:spacing w:before="120" w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00217E0E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Inspektor Ochrony Danych</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003537BB" w:rsidRPr="00217E0E" w:rsidRDefault="003537BB" w:rsidP="003537BB">
+    <w:p w14:paraId="58EAA0CB" w14:textId="77777777" w:rsidR="003537BB" w:rsidRPr="00217E0E" w:rsidRDefault="003537BB" w:rsidP="003537BB">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy3"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00217E0E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Inspektorem w Urzędzie Miejskim Wrocławia jest Sebastian Sobecki. Inspektor to osoba, z którą można się kontaktować w sprawach dotyczących przetwarzania danych osobowych oraz korzystania z przysługujących praw związanych z przetwarzaniem danych, w następujący sposób:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003537BB" w:rsidRPr="00217E0E" w:rsidRDefault="003537BB" w:rsidP="003537BB">
+    <w:p w14:paraId="3C276702" w14:textId="77777777" w:rsidR="003537BB" w:rsidRPr="00217E0E" w:rsidRDefault="003537BB" w:rsidP="003537BB">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00217E0E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">listownie na adres: </w:t>
       </w:r>
       <w:r w:rsidRPr="00217E0E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helv"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>al. Marcina Kromera 44, 51-163 Wrocław</w:t>
       </w:r>
       <w:r w:rsidRPr="00217E0E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003537BB" w:rsidRPr="00217E0E" w:rsidRDefault="003537BB" w:rsidP="003537BB">
+    <w:p w14:paraId="4EA79AB5" w14:textId="5A6CB861" w:rsidR="003537BB" w:rsidRPr="00217E0E" w:rsidRDefault="003537BB" w:rsidP="003537BB">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00217E0E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">przez pocztę elektroniczną na adres: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5" w:history="1">
+      <w:hyperlink r:id="rId6" w:history="1">
         <w:r w:rsidR="007A0512" w:rsidRPr="00636C0E">
           <w:rPr>
             <w:rStyle w:val="Hipercze"/>
             <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>iod@um.wroc.pl</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00217E0E">
-[...14 lines deleted...]
-      </w:r>
       <w:r w:rsidR="007A0512">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">skrytka na </w:t>
-[...58 lines deleted...]
-        </w:rPr>
         <w:t>, adres e-Doręczeń: AE:PL-95179-82549-VVTFT-27;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003537BB" w:rsidRPr="00217E0E" w:rsidRDefault="003537BB" w:rsidP="003537BB">
+    <w:p w14:paraId="0EE6E993" w14:textId="77777777" w:rsidR="003537BB" w:rsidRPr="00217E0E" w:rsidRDefault="003537BB" w:rsidP="003537BB">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00217E0E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>telefonicznie: 71 777 77 24.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003537BB" w:rsidRPr="00217E0E" w:rsidRDefault="003537BB" w:rsidP="003537BB">
+    <w:p w14:paraId="4B9B5B62" w14:textId="77777777" w:rsidR="003537BB" w:rsidRPr="00217E0E" w:rsidRDefault="003537BB" w:rsidP="003537BB">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy3"/>
         <w:spacing w:before="120" w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00217E0E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Prawo wniesienia skargi do organu</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003537BB" w:rsidRPr="00217E0E" w:rsidRDefault="003537BB" w:rsidP="003537BB">
+    <w:p w14:paraId="220D942C" w14:textId="77777777" w:rsidR="003537BB" w:rsidRPr="00217E0E" w:rsidRDefault="003537BB" w:rsidP="003537BB">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy3"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00217E0E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Przysługuje Pani/Panu także prawo wniesienia skargi do organu nadzorczego zajmującego się ochroną danych osobowych, tj. Prezesa Urzędu Ochrony Danych Osobowych.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0091134B" w:rsidRPr="00217E0E" w:rsidRDefault="0091134B">
+    <w:p w14:paraId="7DFA2017" w14:textId="77777777" w:rsidR="0091134B" w:rsidRPr="00217E0E" w:rsidRDefault="0091134B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="0091134B" w:rsidRPr="00217E0E" w:rsidSect="0091134B">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="20002A87" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="EE"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Helv">
     <w:panose1 w:val="020B0604020202030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="0">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1F8726D4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7E0E5854"/>
     <w:lvl w:ilvl="0" w:tplc="1A661692">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -1256,51 +1128,51 @@
     <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1">
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="28D35FB8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E53CB9E2"/>
     <w:lvl w:ilvl="0" w:tplc="1A661692">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -1369,51 +1241,51 @@
     <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="78954B87"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="968AD9FA"/>
     <w:lvl w:ilvl="0" w:tplc="1A661692">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -1495,285 +1367,527 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:compat/>
+  <w:compat>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+  </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003537BB"/>
     <w:rsid w:val="0000751D"/>
     <w:rsid w:val="00055B94"/>
     <w:rsid w:val="001C46D5"/>
     <w:rsid w:val="002138B3"/>
     <w:rsid w:val="00217E0E"/>
+    <w:rsid w:val="00266DA2"/>
     <w:rsid w:val="003537BB"/>
     <w:rsid w:val="005B2A26"/>
     <w:rsid w:val="0063128A"/>
     <w:rsid w:val="00685892"/>
     <w:rsid w:val="00700001"/>
     <w:rsid w:val="007A0512"/>
     <w:rsid w:val="007A3537"/>
     <w:rsid w:val="0091134B"/>
     <w:rsid w:val="009C7917"/>
     <w:rsid w:val="00A2208E"/>
     <w:rsid w:val="00A428DF"/>
+    <w:rsid w:val="00B01719"/>
     <w:rsid w:val="00BA4E3E"/>
     <w:rsid w:val="00C636E8"/>
     <w:rsid w:val="00C939F6"/>
     <w:rsid w:val="00E95323"/>
     <w:rsid w:val="00F52383"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="off"/>
+    <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pl-PL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="54AEA240"/>
+  <w15:docId w15:val="{7CDEB8C5-BB93-404B-B242-6146860C8560}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="pl-PL" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...26 lines deleted...]
-    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
-    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
-[...109 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normalny">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="003537BB"/>
     <w:pPr>
       <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Domylnaczcionkaakapitu">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Standardowy">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Bezlisty">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Tekstpodstawowy">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="Normalny"/>
     <w:link w:val="TekstpodstawowyZnak"/>
     <w:rsid w:val="003537BB"/>
     <w:pPr>
       <w:suppressAutoHyphens/>
       <w:overflowPunct w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
@@ -1880,61 +1994,75 @@
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TekstkomentarzaZnak1">
     <w:name w:val="Tekst komentarza Znak1"/>
     <w:basedOn w:val="Domylnaczcionkaakapitu"/>
     <w:link w:val="Tekstkomentarza"/>
     <w:semiHidden/>
     <w:rsid w:val="003537BB"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="pl-PL"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hipercze">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Domylnaczcionkaakapitu"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="007A0512"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="Nierozpoznanawzmianka">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00266DA2"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:iod@um.wroc.pl" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:iod@um.wroc.pl" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kum@um.wroc.pl" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motyw pakietu Office">
   <a:themeElements>
     <a:clrScheme name="Pakiet Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -2180,66 +2308,66 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>3490</Characters>
+  <Pages>1</Pages>
+  <Words>574</Words>
+  <Characters>3446</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>29</Lines>
+  <Lines>28</Lines>
   <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>UMW</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4063</CharactersWithSpaces>
+  <CharactersWithSpaces>4012</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>umkach02</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>