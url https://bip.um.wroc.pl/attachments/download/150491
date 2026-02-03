--- v0 (2025-10-02)
+++ v1 (2026-02-03)
@@ -4,246 +4,239 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="36629B92" w14:textId="77777777" w:rsidR="008B20CC" w:rsidRPr="002E3EEB" w:rsidRDefault="008B20CC" w:rsidP="008B20CC">
+    <w:p w14:paraId="63F73863" w14:textId="77777777" w:rsidR="008B20CC" w:rsidRPr="002E3EEB" w:rsidRDefault="008B20CC" w:rsidP="008B20CC">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002E3EEB">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Wypełnia każdy z najemców indywidualnie</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7FF702AE" w14:textId="4BC842E1" w:rsidR="008B20CC" w:rsidRDefault="009C4FE5">
+    <w:p w14:paraId="1E3B07F5" w14:textId="594F2046" w:rsidR="008B20CC" w:rsidRDefault="008572F6">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251704320" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="502C0543" wp14:editId="2C5ECC16">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251704320" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6E7203F9" wp14:editId="5D88847A">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>4656455</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>3175</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1407160" cy="276225"/>
                 <wp:effectExtent l="12700" t="8255" r="8890" b="10795"/>
                 <wp:wrapNone/>
-                <wp:docPr id="42" name="Rectangle 51"/>
+                <wp:docPr id="50" name="Rectangle 51"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1407160" cy="276225"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="17975848" id="Rectangle 51" o:spid="_x0000_s1026" style="position:absolute;margin-left:366.65pt;margin-top:.25pt;width:110.8pt;height:21.75pt;z-index:251704320;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCAROpcHQIAAD4EAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/01zUy27UdLXqUoS0&#10;wIqFD3AdJ7FwPGbsNi1fz8RpS7mIB4QfLI9nfHzmzMzy7tAZtlfoNdiSZ5OUM2UlVNo2Jf/8afPq&#10;hjMfhK2EAatKflSe361evlj2rlA5tGAqhYxArC96V/I2BFckiZet6oSfgFOWnDVgJwKZ2CQVip7Q&#10;O5PkaTpPesDKIUjlPd0+jE6+ivh1rWT4UNdeBWZKTtxC3DHu22FPVktRNChcq+WJhvgHFp3Qlj69&#10;QD2IINgO9W9QnZYIHuowkdAlUNdaqpgDZZOlv2Tz3AqnYi4kjncXmfz/g5Xv90/IdFXyac6ZFR3V&#10;6COpJmxjFJtlg0C98wXFPbsnHFL07hHkF88srFsKU/eI0LdKVEQrxic/PRgMT0/Ztn8HFcGLXYCo&#10;1aHGbgAkFdghluR4KYk6BCbpMpumi2xOlZPkyxfzPJ8NlBJRnF879OGNgo4Nh5IjkY/oYv/owxh6&#10;Donswehqo42JBjbbtUG2F9Qem7hO6P46zFjWl/x2Rn//HSKN608QnQ7U50Z3Jb+5BIlikO21rWIX&#10;BqHNeKbsjKUkz9KNJdhCdSQZEcYmpqGjQwv4jbOeGrjk/utOoOLMvLVUittsOh06PhrT2SInA689&#10;22uPsJKgSh44G4/rME7JzqFuWvopi7lbuKfy1ToqO/AbWZ3IUpPG2pwGapiCaztG/Rj71XcAAAD/&#10;/wMAUEsDBBQABgAIAAAAIQBUJoa43QAAAAcBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI7BToNAFEX3&#10;Jv7D5Jm4s4OFakEejdHUxGVLN+4G5hVQ5g1hhhb9esdVXd7cm3NPvplNL040us4ywv0iAkFcW91x&#10;g3Aot3drEM4r1qq3TAjf5GBTXF/lKtP2zDs67X0jAoRdphBa74dMSle3ZJRb2IE4dEc7GuVDHBup&#10;R3UOcNPLZRQ9SKM6Dg+tGuilpfprPxmEqlse1M+ufItMuo39+1x+Th+viLc38/MTCE+zv4zhTz+o&#10;QxGcKjuxdqJHeIzjOEwRViBCna6SFESFkCQRyCKX//2LXwAAAP//AwBQSwECLQAUAAYACAAAACEA&#10;toM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQA&#10;BgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQA&#10;BgAIAAAAIQCAROpcHQIAAD4EAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQIt&#10;ABQABgAIAAAAIQBUJoa43QAAAAcBAAAPAAAAAAAAAAAAAAAAAHcEAABkcnMvZG93bnJldi54bWxQ&#10;SwUGAAAAAAQABADzAAAAgQUAAAAA&#10;"/>
+              <v:rect w14:anchorId="5591C90B" id="Rectangle 51" o:spid="_x0000_s1026" style="position:absolute;margin-left:366.65pt;margin-top:.25pt;width:110.8pt;height:21.75pt;z-index:251704320;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBcbGS3HAIAAD4EAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/01zUy27UdLXqUoS0&#10;wIqFD3AdJ7FwPGbsNi1fz8RpS7mIB4QfLI9nfHzmzMzy7tAZtlfoNdiSZ5OUM2UlVNo2Jf/8afPq&#10;hjMfhK2EAatKflSe361evlj2rlA5tGAqhYxArC96V/I2BFckiZet6oSfgFOWnDVgJwKZ2CQVip7Q&#10;O5PkaTpPesDKIUjlPd0+jE6+ivh1rWT4UNdeBWZKTtxC3DHu22FPVktRNChcq+WJhvgHFp3Qlj69&#10;QD2IINgO9W9QnZYIHuowkdAlUNdaqpgDZZOlv2Tz3AqnYi4kjncXmfz/g5Xv90/IdFXyGcljRUc1&#10;+kiqCdsYxWbZIFDvfEFxz+4JhxS9ewT5xTML65bC1D0i9K0SFdGK8clPDwbD01O27d9BRfBiFyBq&#10;daixGwBJBXaIJTleSqIOgUm6zKbpIpsTNUm+fDHP89lAKRHF+bVDH94o6NhwKDkS+Ygu9o8+jKHn&#10;kMgejK422phoYLNdG2R7Qe2xieuE7q/DjGV9yW9n9PffIdK4/gTR6UB9bnRX8ptLkCgG2V7bKnZh&#10;ENqMZ8rOWEryLN1Ygi1UR5IRYWxiGjo6tIDfOOupgUvuv+4EKs7MW0uluM2m06HjozGdLXIy8Nqz&#10;vfYIKwmq5IGz8bgO45TsHOqmpZ+ymLuFeypfraOyA7+R1YksNWmszWmghim4tmPUj7FffQcAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFQmhrjdAAAABwEAAA8AAABkcnMvZG93bnJldi54bWxMjsFOg0AURfcm&#10;/sPkmbizg4VqQR6N0dTEZUs37gbmFVDmDWGGFv16x1Vd3tybc0++mU0vTjS6zjLC/SICQVxb3XGD&#10;cCi3d2sQzivWqrdMCN/kYFNcX+Uq0/bMOzrtfSMChF2mEFrvh0xKV7dklFvYgTh0Rzsa5UMcG6lH&#10;dQ5w08tlFD1IozoOD60a6KWl+ms/GYSqWx7Uz658i0y6jf37XH5OH6+Itzfz8xMIT7O/jOFPP6hD&#10;EZwqO7F2okd4jOM4TBFWIEKdrpIURIWQJBHIIpf//YtfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAFxsZLccAgAAPgQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAFQmhrjdAAAABwEAAA8AAAAAAAAAAAAAAAAAdgQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="422EDAD3" w14:textId="77777777" w:rsidR="00B45DE0" w:rsidRDefault="0080501A">
+    <w:p w14:paraId="59ACFB3F" w14:textId="77777777" w:rsidR="00B45DE0" w:rsidRDefault="004E76F6" w:rsidP="005052E6">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="5664"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                                                                             </w:t>
-[...6 lines deleted...]
-        </w:rPr>
         <w:t>Wrocław, dnia</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A8DB62F" w14:textId="77777777" w:rsidR="00B45DE0" w:rsidRPr="002E3EEB" w:rsidRDefault="004E76F6">
+    <w:p w14:paraId="5C2F9765" w14:textId="77777777" w:rsidR="00B45DE0" w:rsidRPr="002E3EEB" w:rsidRDefault="004E76F6">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002E3EEB">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">imię i nazwisko </w:t>
       </w:r>
       <w:r w:rsidR="0080501A" w:rsidRPr="002E3EEB">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>najemcy</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4992E145" w14:textId="3A588F8B" w:rsidR="004E76F6" w:rsidRDefault="009C4FE5">
+    <w:p w14:paraId="28CFF308" w14:textId="44F954D5" w:rsidR="004E76F6" w:rsidRDefault="008572F6">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251682816" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="43D2A9DD" wp14:editId="1267FCC3">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251682816" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="270F669D" wp14:editId="2D2A25D0">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>-10795</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>26035</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="2221230" cy="386715"/>
                 <wp:effectExtent l="12700" t="9525" r="13970" b="13335"/>
                 <wp:wrapNone/>
-                <wp:docPr id="41" name="Rectangle 28"/>
+                <wp:docPr id="49" name="Rectangle 28"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="2221230" cy="386715"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
@@ -253,122 +246,122 @@
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="323E6B55" id="Rectangle 28" o:spid="_x0000_s1026" style="position:absolute;margin-left:-.85pt;margin-top:2.05pt;width:174.9pt;height:30.45pt;z-index:251682816;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQChqlYYHAIAABUEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L47dpE2NOEWRrsOA&#10;bivW7QMUWbaFyaJGKXGyry8lp1m63Yb5IIgm+fj4SC1v9r1hO4Veg614PplypqyEWtu24t+/3b9b&#10;cOaDsLUwYFXFD8rzm9XbN8vBlaqADkytkBGI9eXgKt6F4Mos87JTvfATcMqSswHsRSAT26xGMRB6&#10;b7JiOr3MBsDaIUjlPf29G518lfCbRsnwpWm8CsxUnLiFdGI6N/HMVktRtihcp+WRhvgHFr3Qloqe&#10;oO5EEGyL+i+oXksED02YSOgzaBotVeqBusmnf3Tz1AmnUi8kjncnmfz/g5Wfd4/IdF3xWc6ZFT3N&#10;6CupJmxrFCsWUaDB+ZLintwjxha9ewD5wzML647C1C0iDJ0SNdHKY3z2KiEanlLZZvgENcGLbYCk&#10;1b7BPgKSCmyfRnI4jUTtA5P0syiKvLigyUnyXSwur/J5KiHKl2yHPnxQ0LN4qTgS+YQudg8+RDai&#10;fAmJxSzca2PS2I1lQ8Wv58U8JXgwuo7O1CS2m7VBthNxcdJ3rPsqrNeB1tfovuKLU5AooxrvbZ2q&#10;BKHNeCcmxh7liYqMym6gPpA6CONu0luiSwf4i7OB9rLi/udWoOLMfLSk8HU+m8VFTsZsflWQgeee&#10;zblHWElQFQ+cjdd1GJd/61C3HVXKU+8WbmkqjU6CxYmNrI5kafeSjsd3Epf73E5Rv1/z6hkAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFYIUvrcAAAABwEAAA8AAABkcnMvZG93bnJldi54bWxMjsFOwzAQRO9I&#10;/IO1SNxaJ9CWKsSpAqLXShQk4ObGix01Xkex24S/ZznR24xmNPPKzeQ7ccYhtoEU5PMMBFITTEtW&#10;wfvbdrYGEZMmo7tAqOAHI2yq66tSFyaM9IrnfbKCRygWWoFLqS+kjI1Dr+M89EicfYfB68R2sNIM&#10;euRx38m7LFtJr1viB6d7fHbYHPcnr+Cl/9rVSxtl/ZHc5zE8jVu3s0rd3kz1I4iEU/ovwx8+o0PF&#10;TIdwIhNFp2CWP3BTwSIHwfH9Ys3ioGC1zEBWpbzkr34BAAD//wMAUEsBAi0AFAAGAAgAAAAhALaD&#10;OJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYA&#10;CAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYA&#10;CAAAACEAoapWGBwCAAAVBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAU&#10;AAYACAAAACEAVghS+twAAAAHAQAADwAAAAAAAAAAAAAAAAB2BAAAZHJzL2Rvd25yZXYueG1sUEsF&#10;BgAAAAAEAAQA8wAAAH8FAAAAAA==&#10;" filled="f"/>
+              <v:rect w14:anchorId="2854F818" id="Rectangle 28" o:spid="_x0000_s1026" style="position:absolute;margin-left:-.85pt;margin-top:2.05pt;width:174.9pt;height:30.45pt;z-index:251682816;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCYUYhpHQIAABUEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L47dpE2MOEWRrsOA&#10;bivW7QMUWbaFyaJGKXG6ry8lp1m63Yb5IIgm+fj4SK2uD71he4Veg614PplypqyEWtu24t+/3b1b&#10;cOaDsLUwYFXFn5Tn1+u3b1aDK1UBHZhaISMQ68vBVbwLwZVZ5mWneuEn4JQlZwPYi0AmtlmNYiD0&#10;3mTFdHqZDYC1Q5DKe/p7Ozr5OuE3jZLhS9N4FZipOHEL6cR0buOZrVeibFG4TssjDfEPLHqhLRU9&#10;Qd2KINgO9V9QvZYIHpowkdBn0DRaqtQDdZNP/+jmsRNOpV5IHO9OMvn/Bys/7x+Q6brisyVnVvQ0&#10;o6+kmrCtUaxYRIEG50uKe3QPGFv07h7kD88sbDoKUzeIMHRK1EQrj/HZq4RoeEpl2+ET1AQvdgGS&#10;VocG+whIKrBDGsnTaSTqEJikn0VR5MUFTU6S72JxeZXPUwlRvmQ79OGDgp7FS8WRyCd0sb/3IbIR&#10;5UtILGbhThuTxm4sGyq+nBfzlODB6Do6U5PYbjcG2V7ExUnfse6rsF4HWl+j+4ovTkGijGq8t3Wq&#10;EoQ2452YGHuUJyoyKruF+onUQRh3k94SXTrAX5wNtJcV9z93AhVn5qMlhZf5bBYXORmz+VVBBp57&#10;tuceYSVBVTxwNl43YVz+nUPddlQpT71buKGpNDoJFic2sjqSpd1LOh7fSVzucztF/X7N62cAAAD/&#10;/wMAUEsDBBQABgAIAAAAIQBWCFL63AAAAAcBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI7BTsMwEETv&#10;SPyDtUjcWifQlirEqQKi10oUJODmxosdNV5HsduEv2c50duMZjTzys3kO3HGIbaBFOTzDARSE0xL&#10;VsH723a2BhGTJqO7QKjgByNsquurUhcmjPSK532ygkcoFlqBS6kvpIyNQ6/jPPRInH2HwevEdrDS&#10;DHrkcd/JuyxbSa9b4gene3x22Bz3J6/gpf/a1UsbZf2R3OcxPI1bt7NK3d5M9SOIhFP6L8MfPqND&#10;xUyHcCITRadglj9wU8EiB8Hx/WLN4qBgtcxAVqW85K9+AQAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAJhRiGkdAgAAFQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAFYIUvrcAAAABwEAAA8AAAAAAAAAAAAAAAAAdwQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;" filled="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22D8F6C0" w14:textId="77777777" w:rsidR="004E76F6" w:rsidRDefault="004E76F6">
+    <w:p w14:paraId="4CAB3E9D" w14:textId="77777777" w:rsidR="004E76F6" w:rsidRDefault="004E76F6">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="787EDFB1" w14:textId="77777777" w:rsidR="004E76F6" w:rsidRDefault="004E76F6">
+    <w:p w14:paraId="608DFC87" w14:textId="77777777" w:rsidR="004E76F6" w:rsidRDefault="004E76F6">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="36586F21" w14:textId="77777777" w:rsidR="00ED5351" w:rsidRDefault="00ED5351" w:rsidP="001B480C">
+    <w:p w14:paraId="421DABAC" w14:textId="77777777" w:rsidR="00ED5351" w:rsidRDefault="00ED5351" w:rsidP="001B480C">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="79AC1921" w14:textId="5D1B3767" w:rsidR="00FF535A" w:rsidRPr="002E3EEB" w:rsidRDefault="009C4FE5" w:rsidP="00FF535A">
+    <w:p w14:paraId="074FBD27" w14:textId="48502558" w:rsidR="00FF535A" w:rsidRPr="002E3EEB" w:rsidRDefault="008572F6" w:rsidP="00FF535A">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251728896" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="03CB6AEA" wp14:editId="517DAB23">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251728896" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="14E051F4" wp14:editId="4FA6AD38">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>-4445</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>145415</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="3300095" cy="661035"/>
                 <wp:effectExtent l="9525" t="13335" r="5080" b="11430"/>
                 <wp:wrapNone/>
-                <wp:docPr id="40" name="Rectangle 70"/>
+                <wp:docPr id="48" name="Rectangle 70"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="3300095" cy="661035"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
@@ -378,231 +371,231 @@
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="105D9DB0" id="Rectangle 70" o:spid="_x0000_s1026" style="position:absolute;margin-left:-.35pt;margin-top:11.45pt;width:259.85pt;height:52.05pt;z-index:251728896;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAJv5P4GwIAABUEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtjOrY0RpyjSdRjQ&#10;bcW6fYAiy7YwWdQoJU729aOUNE23t2F+EESTPDw8pJY3+96wnUKvwVa8GOWcKSuh1rat+Pdv9++u&#10;OfNB2FoYsKriB+X5zertm+XgSjWGDkytkBGI9eXgKt6F4Mos87JTvfAjcMqSswHsRSAT26xGMRB6&#10;b7Jxns+zAbB2CFJ5T3/vjk6+SvhNo2T40jReBWYqTtxCOjGdm3hmq6UoWxSu0/JEQ/wDi15oS0XP&#10;UHciCLZF/RdUryWChyaMJPQZNI2WKvVA3RT5H908dcKp1AuJ491ZJv//YOXn3SMyXVd8SvJY0dOM&#10;vpJqwrZGsask0OB8SXFP7hFji949gPzhmYV1R2HqFhGGTomaaBVR0OxVQjQ8pbLN8AlqghfbAEmr&#10;fYN9BCQV2D6N5HAeidoHJunnZJLn+WLGmSTffF7kk1kqIcrnbIc+fFDQs3ipOBL5hC52Dz5ENqJ8&#10;DonFLNxrY9LYjWVDxRez8SwleDC6js7UJLabtUG2E3Fx0neq+yqs14HW1+i+4tfnIFFGNd7bOlUJ&#10;QpvjnZgYe5InKhKX1JcbqA+kDsJxN+kt0aUD/MXZQHtZcf9zK1BxZj5aUnhRTOOkQjKms6sxGXjp&#10;2Vx6hJUEVfHA2fG6Dsfl3zrUbUeVitS7hVuaSqOTYC+sTmRp95KOp3cSl/vSTlEvr3n1GwAA//8D&#10;AFBLAwQUAAYACAAAACEAM3rWgd0AAAAIAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8&#10;g7VI3FqnkUppiFMFRK+VKEi0Nzde7KjxOordJvw9ywmOq3mafVNuJt+JKw6xDaRgMc9AIDXBtGQV&#10;fLxvZ48gYtJkdBcIFXxjhE11e1PqwoSR3vC6T1ZwCcVCK3Ap9YWUsXHodZyHHomzrzB4nfgcrDSD&#10;HrncdzLPsgfpdUv8wekeXxw25/3FK3jtj7t6aaOsP5M7nMPzuHU7q9T93VQ/gUg4pT8YfvVZHSp2&#10;OoULmSg6BbMVgwryfA2C4+VizdNOzOWrDGRVyv8Dqh8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaD&#10;OJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYA&#10;CAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYA&#10;CAAAACEACb+T+BsCAAAVBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAU&#10;AAYACAAAACEAM3rWgd0AAAAIAQAADwAAAAAAAAAAAAAAAAB1BAAAZHJzL2Rvd25yZXYueG1sUEsF&#10;BgAAAAAEAAQA8wAAAH8FAAAAAA==&#10;" filled="f"/>
+              <v:rect w14:anchorId="7BE0EC2C" id="Rectangle 70" o:spid="_x0000_s1026" style="position:absolute;margin-left:-.35pt;margin-top:11.45pt;width:259.85pt;height:52.05pt;z-index:251728896;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAwRE2JHAIAABUEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtjOrY0RpyjSdRjQ&#10;bcW6fYAiy7YwWdQoJU729aOUNE23t2F+EESTPCQPj5Y3+96wnUKvwVa8GOWcKSuh1rat+Pdv9++u&#10;OfNB2FoYsKriB+X5zertm+XgSjWGDkytkBGI9eXgKt6F4Mos87JTvfAjcMqSswHsRSAT26xGMRB6&#10;b7Jxns+zAbB2CFJ5T3/vjk6+SvhNo2T40jReBWYqTr2FdGI6N/HMVktRtihcp+WpDfEPXfRCWyp6&#10;hroTQbAt6r+gei0RPDRhJKHPoGm0VGkGmqbI/5jmqRNOpVmIHO/ONPn/Bys/7x6R6briU9qUFT3t&#10;6CuxJmxrFLtKBA3OlxT35B4xjujdA8gfnllYdxSmbhFh6JSoqa0iEpq9SoiGp1S2GT5BTfBiGyBx&#10;tW+wj4DEAtunlRzOK1H7wCT9nEzyPF/MOJPkm8+LfDJLJUT5nO3Qhw8KehYvFUdqPqGL3YMPsRtR&#10;PofEYhbutTFp7cayoeKL2XiWEjwYXUdnGhLbzdog24konPSd6r4K63Ug+RrdV/z6HCTKyMZ7W6cq&#10;QWhzvFMnxp7oiYxEkfpyA/WB2EE4apPeEl06wF+cDaTLivufW4GKM/PREsOLYjqNQk7GdHY1JgMv&#10;PZtLj7CSoCoeODte1+Eo/q1D3XZUqUizW7ilrTQ6EfbS1alZ0l7i8fROorgv7RT18ppXvwEAAP//&#10;AwBQSwMEFAAGAAgAAAAhADN61oHdAAAACAEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I&#10;/IO1SNxap5FKaYhTBUSvlShItDc3Xuyo8TqK3Sb8PcsJjqt5mn1TbibfiSsOsQ2kYDHPQCA1wbRk&#10;FXy8b2ePIGLSZHQXCBV8Y4RNdXtT6sKEkd7wuk9WcAnFQitwKfWFlLFx6HWchx6Js68weJ34HKw0&#10;gx653Hcyz7IH6XVL/MHpHl8cNuf9xSt47Y+7emmjrD+TO5zD87h1O6vU/d1UP4FIOKU/GH71WR0q&#10;djqFC5koOgWzFYMK8nwNguPlYs3TTszlqwxkVcr/A6ofAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhADBETYkcAgAAFQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhADN61oHdAAAACAEAAA8AAAAAAAAAAAAAAAAAdgQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;" filled="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00FF535A" w:rsidRPr="002E3EEB">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">adres (ulica, nr </w:t>
       </w:r>
       <w:r w:rsidR="0080501A" w:rsidRPr="002E3EEB">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>budynku, nr lokalu</w:t>
       </w:r>
       <w:r w:rsidR="00FF535A" w:rsidRPr="002E3EEB">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>, miejscowość, kod pocztowy)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A4D0684" w14:textId="77777777" w:rsidR="001B480C" w:rsidRPr="0085619F" w:rsidRDefault="001B480C" w:rsidP="00ED5351">
+    <w:p w14:paraId="19184894" w14:textId="77777777" w:rsidR="001B480C" w:rsidRPr="0085619F" w:rsidRDefault="001B480C" w:rsidP="00ED5351">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0085619F">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>URZĄD MIEJSKI WROCŁAWIA</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57FFD5C9" w14:textId="77777777" w:rsidR="00B45DE0" w:rsidRPr="0085619F" w:rsidRDefault="00B45DE0" w:rsidP="00ED5351">
+    <w:p w14:paraId="53A50D36" w14:textId="77777777" w:rsidR="00B45DE0" w:rsidRPr="0085619F" w:rsidRDefault="00B45DE0" w:rsidP="00ED5351">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0085619F">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Wydział Sprzedaży Lokali</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0CB96613" w14:textId="77777777" w:rsidR="00B45DE0" w:rsidRPr="0085619F" w:rsidRDefault="00CB077F" w:rsidP="00ED5351">
+    <w:p w14:paraId="7DF8BA56" w14:textId="77777777" w:rsidR="00B45DE0" w:rsidRPr="0085619F" w:rsidRDefault="00CB077F" w:rsidP="00ED5351">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">ul. G. Zapolskiej </w:t>
       </w:r>
       <w:r w:rsidR="00B45DE0" w:rsidRPr="0085619F">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F8DA984" w14:textId="77777777" w:rsidR="004E76F6" w:rsidRPr="0085619F" w:rsidRDefault="004E76F6">
+    <w:p w14:paraId="4A1180C2" w14:textId="77777777" w:rsidR="004E76F6" w:rsidRPr="0085619F" w:rsidRDefault="004E76F6">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="38ACF2C9" w14:textId="77777777" w:rsidR="00FF535A" w:rsidRDefault="00FF535A">
+    <w:p w14:paraId="1C8574B6" w14:textId="77777777" w:rsidR="00FF535A" w:rsidRDefault="00FF535A">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5DEAEDF2" w14:textId="77777777" w:rsidR="0017660D" w:rsidRPr="002E3EEB" w:rsidRDefault="004E76F6" w:rsidP="00ED5351">
+    <w:p w14:paraId="46DB229D" w14:textId="77777777" w:rsidR="0017660D" w:rsidRPr="002E3EEB" w:rsidRDefault="004E76F6" w:rsidP="00ED5351">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002E3EEB">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>telefon</w:t>
       </w:r>
       <w:r w:rsidR="00B45DE0" w:rsidRPr="002E3EEB">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> (nieobowiązkowo)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18B75075" w14:textId="00D7454C" w:rsidR="00ED5351" w:rsidRDefault="009C4FE5" w:rsidP="00C26276">
+    <w:p w14:paraId="5FCBB939" w14:textId="7CA4B6E5" w:rsidR="00ED5351" w:rsidRDefault="008572F6" w:rsidP="00C26276">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:noProof/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251684864" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2DD14E81" wp14:editId="0C5054F0">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251684864" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7CB4CAF7" wp14:editId="1D9873F1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>-10795</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>10160</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="2221230" cy="252730"/>
                 <wp:effectExtent l="12700" t="10160" r="13970" b="13335"/>
                 <wp:wrapNone/>
-                <wp:docPr id="39" name="Rectangle 30"/>
+                <wp:docPr id="47" name="Rectangle 30"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="2221230" cy="252730"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
@@ -612,125 +605,125 @@
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="19093664" id="Rectangle 30" o:spid="_x0000_s1026" style="position:absolute;margin-left:-.85pt;margin-top:.8pt;width:174.9pt;height:19.9pt;z-index:251684864;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC4SKLrGwIAABUEAAAOAAAAZHJzL2Uyb0RvYy54bWysU1Fv0zAQfkfiP1h+p2mzlq1R02nqGEIa&#10;MDH4Aa7jJBa2z5zdpuPXc3a6rsAbIg+WL3f+/N13n1fXB2vYXmHQ4Go+m0w5U05Co11X829f795c&#10;cRaicI0w4FTNn1Tg1+vXr1aDr1QJPZhGISMQF6rB17yP0VdFEWSvrAgT8MpRsgW0IlKIXdGgGAjd&#10;mqKcTt8WA2DjEaQKgf7ejkm+zvhtq2T83LZBRWZqTtxiXjGv27QW65WoOhS+1/JIQ/wDCyu0o0tP&#10;ULciCrZD/ReU1RIhQBsnEmwBbaulyj1QN7PpH9089sKr3AuJE/xJpvD/YOWn/QMy3dT8YsmZE5Zm&#10;9IVUE64zil1kgQYfKqp79A+YWgz+HuT3wBxseipTN4gw9Eo0RGuWBC1+O5CCQEfZdvgIDcGLXYSs&#10;1aFFmwBJBXbII3k6jUQdIpP0syzLWUk0mKRcuSgvR0qFqJ5PewzxvQLL0qbmSOQzutjfh5jYiOq5&#10;JF3m4E4bk8duHBtqvlyUi3wggNFNSuYmsdtuDLK9SMbJX26N2j8vszqSfY22Nb86FYkqqfHONfmW&#10;KLQZ98TEuKM8SZFk0lBtoXkidRBGb9Jbok0P+JOzgXxZ8/BjJ1BxZj44Ung5m8+TkXMwX1yWFOB5&#10;ZnueEU4SVM0jZ+N2E0fz7zzqrqebZrl3Bzc0lVZnwV5YHcmS97KOx3eSzH0e56qX17z+BQAA//8D&#10;AFBLAwQUAAYACAAAACEAWY0AC9sAAAAHAQAADwAAAGRycy9kb3ducmV2LnhtbEyOzU7DMBCE70i8&#10;g7VI3FonEEoV4lQB0WslChJwc+PFjhqvo9htwtuznOA4P5r5qs3se3HGMXaBFOTLDARSG0xHVsHb&#10;63axBhGTJqP7QKjgGyNs6suLSpcmTPSC532ygkcollqBS2kopYytQ6/jMgxInH2F0evEcrTSjHri&#10;cd/LmyxbSa874genB3xy2B73J6/gefjcNXc2yuY9uY9jeJy2bmeVur6amwcQCef0V4ZffEaHmpkO&#10;4UQmil7BIr/nJvsrEBzfFuscxEFBkRcg60r+569/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS&#10;/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgA&#10;AAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgA&#10;AAAhALhIousbAgAAFQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAG&#10;AAgAAAAhAFmNAAvbAAAABwEAAA8AAAAAAAAAAAAAAAAAdQQAAGRycy9kb3ducmV2LnhtbFBLBQYA&#10;AAAABAAEAPMAAAB9BQAAAAA=&#10;" filled="f"/>
+              <v:rect w14:anchorId="41CB4D02" id="Rectangle 30" o:spid="_x0000_s1026" style="position:absolute;margin-left:-.85pt;margin-top:.8pt;width:174.9pt;height:19.9pt;z-index:251684864;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCwJmctGwIAABUEAAAOAAAAZHJzL2Uyb0RvYy54bWysU1Fv0zAQfkfiP1h+p2lDy7ao6TR1DCEN&#10;mBj8ANdxEgvbZ85u0/Lrd3a6rsAbIg+WL3f+/N13n5fXe2vYTmHQ4Go+m0w5U05Co11X8+/f7t5c&#10;chaicI0w4FTNDyrw69XrV8vBV6qEHkyjkBGIC9Xga97H6KuiCLJXVoQJeOUo2QJaESnErmhQDIRu&#10;TVFOp++KAbDxCFKFQH9vxyRfZfy2VTJ+adugIjM1J24xr5jXTVqL1VJUHQrfa3mkIf6BhRXa0aUn&#10;qFsRBdui/gvKaokQoI0TCbaAttVS5R6om9n0j24ee+FV7oXECf4kU/h/sPLz7gGZbmo+v+DMCUsz&#10;+kqqCdcZxd5mgQYfKqp79A+YWgz+HuSPwByseypTN4gw9Eo0RGuWBC1+O5CCQEfZZvgEDcGLbYSs&#10;1b5FmwBJBbbPIzmcRqL2kUn6WZblrCQaTFKuXJQXI6VCVM+nPYb4QYFlaVNzJPIZXezuQ0xsRPVc&#10;ki5zcKeNyWM3jg01v1qUi3wggNFNSuYmsdusDbKdSMbJX26N2j8vszqSfY22Nb88FYkqqfHeNfmW&#10;KLQZ98TEuKM8SZFk0lBtoDmQOgijN+kt0aYH/MXZQL6sefi5Fag4Mx8dKXw1m8+TkXMwX1yUFOB5&#10;ZnOeEU4SVM0jZ+N2HUfzbz3qrqebZrl3Bzc0lVZnwV5YHcmS97KOx3eSzH0e56qX17x6AgAA//8D&#10;AFBLAwQUAAYACAAAACEAWY0AC9sAAAAHAQAADwAAAGRycy9kb3ducmV2LnhtbEyOzU7DMBCE70i8&#10;g7VI3FonEEoV4lQB0WslChJwc+PFjhqvo9htwtuznOA4P5r5qs3se3HGMXaBFOTLDARSG0xHVsHb&#10;63axBhGTJqP7QKjgGyNs6suLSpcmTPSC532ygkcollqBS2kopYytQ6/jMgxInH2F0evEcrTSjHri&#10;cd/LmyxbSa874genB3xy2B73J6/gefjcNXc2yuY9uY9jeJy2bmeVur6amwcQCef0V4ZffEaHmpkO&#10;4UQmil7BIr/nJvsrEBzfFuscxEFBkRcg60r+569/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS&#10;/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgA&#10;AAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgA&#10;AAAhALAmZy0bAgAAFQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAG&#10;AAgAAAAhAFmNAAvbAAAABwEAAA8AAAAAAAAAAAAAAAAAdQQAAGRycy9kb3ducmV2LnhtbFBLBQYA&#10;AAAABAAEAPMAAAB9BQAAAAA=&#10;" filled="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B964F6D" w14:textId="77777777" w:rsidR="00ED5351" w:rsidRDefault="00ED5351" w:rsidP="00C26276">
+    <w:p w14:paraId="258DB7E5" w14:textId="77777777" w:rsidR="00ED5351" w:rsidRDefault="00ED5351" w:rsidP="00C26276">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6071E7E8" w14:textId="77777777" w:rsidR="00ED5351" w:rsidRDefault="00ED5351" w:rsidP="00C26276">
+    <w:p w14:paraId="48D48D27" w14:textId="77777777" w:rsidR="00ED5351" w:rsidRDefault="00ED5351" w:rsidP="00C26276">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0CDA8AEC" w14:textId="77777777" w:rsidR="00A36700" w:rsidRPr="002E3EEB" w:rsidRDefault="00C26276" w:rsidP="00C26276">
+    <w:p w14:paraId="1D37FD84" w14:textId="77777777" w:rsidR="00A36700" w:rsidRPr="002E3EEB" w:rsidRDefault="00C26276" w:rsidP="00C26276">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002E3EEB">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Instrukcja wypełnienia w 3 krokach:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="371038D5" w14:textId="33E0538E" w:rsidR="00C26276" w:rsidRPr="002E3EEB" w:rsidRDefault="009C4FE5" w:rsidP="00C26276">
+    <w:p w14:paraId="08057D75" w14:textId="51B84A30" w:rsidR="00C26276" w:rsidRPr="002E3EEB" w:rsidRDefault="008572F6" w:rsidP="00C26276">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:noProof/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="51BD66E1" wp14:editId="4A582DC2">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3EDB50F4" wp14:editId="2A8F2CD9">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>2773045</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>136525</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="151130" cy="140335"/>
                 <wp:effectExtent l="5715" t="7620" r="5080" b="13970"/>
                 <wp:wrapNone/>
-                <wp:docPr id="38" name="Rectangle 10"/>
+                <wp:docPr id="46" name="Rectangle 10"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="151130" cy="140335"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
@@ -740,201 +733,193 @@
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="652573D4" id="Rectangle 10" o:spid="_x0000_s1026" style="position:absolute;margin-left:218.35pt;margin-top:10.75pt;width:11.9pt;height:11.05pt;z-index:251665408;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAqRBHlGgIAABQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjjOZWuNOEWRrsOA&#10;bivW7QMYWY6FyaJGKXG6rx+lpGm6vQ3zgyCa5CF5eLS42vdW7DQFg66W5WgshXYKG+M2tfz+7fbN&#10;hRQhgmvAotO1fNRBXi1fv1oMvtIT7NA2mgSDuFANvpZdjL4qiqA63UMYodeOnS1SD5FN2hQNwcDo&#10;vS0m4/HbYkBqPKHSIfDfm4NTLjN+22oVv7Rt0FHYWnJvMZ+Uz3U6i+UCqg2B74w6tgH/0EUPxnHR&#10;E9QNRBBbMn9B9UYRBmzjSGFfYNsapfMMPE05/mOahw68zrMwOcGfaAr/D1Z93t2TME0tp7wpBz3v&#10;6CuzBm5jtSgzQYMPFcc9+HtKIwZ/h+pHEA5XHYfpayIcOg0Nt1UmQosXCckInCrWwydsGB62ETNX&#10;+5b6BMgsiH1eyeNpJXofheKf5bwsp7w4xa5yNp5O57kCVE/JnkL8oLEX6VJL4t4zOOzuQkzNQPUU&#10;kmo5vDXW5q1bJ4ZaXs4n85wQ0JomOfOMtFmvLIkdJN3k71j3RVhvIqvXmr6WF6cgqBIZ712Tq0Qw&#10;9nDnTqw7spMISRoN1RqbRyaH8CBNfkp86ZB+STGwLGsZfm6BtBT2o2OCL8vZLOk4G7P5uwkbdO5Z&#10;n3vAKYaqZZTicF3Fg/a3nsym40plnt3hNS+lNZmw566OzbL0Mo/HZ5K0fW7nqOfHvPwNAAD//wMA&#10;UEsDBBQABgAIAAAAIQCpH0uf3QAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwDIbvSLxD&#10;ZCRuLN3YCipNp4LYdRIDCbhljUmqNU7VZGt5ewyXcbP1f/r9uVxPvhMnHGIbSMF8loFAaoJpySp4&#10;e93c3IOISZPRXSBU8I0R1tXlRakLE0Z6wdMuWcElFAutwKXUF1LGxqHXcRZ6JM6+wuB14nWw0gx6&#10;5HLfyUWW5dLrlviC0z0+OWwOu6NX8Nx/buuVjbJ+T+7jEB7Hjdtapa6vpvoBRMIpnWH41Wd1qNhp&#10;H45kougULG/zO0YVLOYrEAws84yH/V8Csirl/w+qHwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4&#10;kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAI&#10;AAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAI&#10;AAAAIQAqRBHlGgIAABQEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQA&#10;BgAIAAAAIQCpH0uf3QAAAAkBAAAPAAAAAAAAAAAAAAAAAHQEAABkcnMvZG93bnJldi54bWxQSwUG&#10;AAAAAAQABADzAAAAfgUAAAAA&#10;" filled="f"/>
+              <v:rect w14:anchorId="114CAB1B" id="Rectangle 10" o:spid="_x0000_s1026" style="position:absolute;margin-left:218.35pt;margin-top:10.75pt;width:11.9pt;height:11.05pt;z-index:251665408;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAQ/qYsGwIAABQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjjOpWuNOEWRrsOA&#10;bivW7QMUWbaFSaJGKXGyry+lpGm6vQ3zgyCa5CF5eLS43lnDtgqDBlfzcjTmTDkJjXZdzX98v3t3&#10;yVmIwjXCgFM136vAr5dv3ywGX6kJ9GAahYxAXKgGX/M+Rl8VRZC9siKMwCtHzhbQikgmdkWDYiB0&#10;a4rJeHxRDICNR5AqBPp7e3DyZcZvWyXj17YNKjJTc+ot5hPzuU5nsVyIqkPhey2PbYh/6MIK7ajo&#10;CepWRME2qP+CsloiBGjjSIItoG21VHkGmqYc/zHNYy+8yrMQOcGfaAr/D1Z+2T4g003NZxecOWFp&#10;R9+INeE6o1iZCRp8qCju0T9gGjH4e5A/A3Ow6ilM3SDC0CvRUFtlIrR4lZCMQKlsPXyGhuDFJkLm&#10;ateiTYDEAtvllexPK1G7yCT9LOdlOaXFSXKVs/F0Os8VRPWc7DHEjwosS5eaI/WewcX2PsTUjKie&#10;Q1ItB3famLx149hQ86v5ZJ4TAhjdJGeeEbv1yiDbiqSb/B3rvgqzOpJ6jbY1vzwFiSqR8cE1uUoU&#10;2hzu1IlxR3YSIUmjoVpDsydyEA7SpKdElx7wN2cDybLm4ddGoOLMfHJE8FU5myUdZ2M2fz8hA889&#10;63OPcJKgah45O1xX8aD9jUfd9VSpzLM7uKGltDoT9tLVsVmSXubx+EySts/tHPXymJdPAAAA//8D&#10;AFBLAwQUAAYACAAAACEAqR9Ln90AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMAyG70i8&#10;Q2Qkbizd2AoqTaeC2HUSAwm4ZY1JqjVO1WRreXsMl3Gz9X/6/blcT74TJxxiG0jBfJaBQGqCackq&#10;eHvd3NyDiEmT0V0gVPCNEdbV5UWpCxNGesHTLlnBJRQLrcCl1BdSxsah13EWeiTOvsLgdeJ1sNIM&#10;euRy38lFluXS65b4gtM9PjlsDrujV/Dcf27rlY2yfk/u4xAex43bWqWur6b6AUTCKZ1h+NVndajY&#10;aR+OZKLoFCxv8ztGFSzmKxAMLPOMh/1fArIq5f8Pqh8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaD&#10;OJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYA&#10;CAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYA&#10;CAAAACEAEP6mLBsCAAAUBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAU&#10;AAYACAAAACEAqR9Ln90AAAAJAQAADwAAAAAAAAAAAAAAAAB1BAAAZHJzL2Rvd25yZXYueG1sUEsF&#10;BgAAAAAEAAQA8wAAAH8FAAAAAA==&#10;" filled="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00C26276" w:rsidRPr="002E3EEB">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>1. WYPEŁNIAJ WIELKIMI LITERAMI</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04610698" w14:textId="77777777" w:rsidR="00C26276" w:rsidRPr="002E3EEB" w:rsidRDefault="00C26276" w:rsidP="00C26276">
+    <w:p w14:paraId="55AAB670" w14:textId="77777777" w:rsidR="00C26276" w:rsidRPr="002E3EEB" w:rsidRDefault="00C26276" w:rsidP="00C26276">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002E3EEB">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">2. </w:t>
       </w:r>
       <w:r w:rsidR="004E76F6" w:rsidRPr="002E3EEB">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>W polach wyboru wybierz właściwe i zaznacz</w:t>
       </w:r>
       <w:r w:rsidRPr="002E3EEB">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">  X</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1946A613" w14:textId="77777777" w:rsidR="00C26276" w:rsidRPr="004E76F6" w:rsidRDefault="00C26276" w:rsidP="00C26276">
+    <w:p w14:paraId="1125C4BA" w14:textId="77777777" w:rsidR="00C26276" w:rsidRPr="004E76F6" w:rsidRDefault="00C26276" w:rsidP="00C26276">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002E3EEB">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>3. Wypełniaj kolorem niebieskim</w:t>
       </w:r>
-      <w:r w:rsidRPr="004E76F6">
-[...9 lines deleted...]
-    <w:p w14:paraId="1C07F076" w14:textId="77777777" w:rsidR="00B45DE0" w:rsidRPr="0017660D" w:rsidRDefault="00B45DE0" w:rsidP="0017660D">
+    </w:p>
+    <w:p w14:paraId="70F8C578" w14:textId="77777777" w:rsidR="00C26276" w:rsidRPr="00C26276" w:rsidRDefault="00C26276" w:rsidP="00C26276"/>
+    <w:p w14:paraId="12BC8BC0" w14:textId="77777777" w:rsidR="00B45DE0" w:rsidRPr="0017660D" w:rsidRDefault="00B45DE0" w:rsidP="0017660D">
       <w:pPr>
         <w:pStyle w:val="Nagwek1"/>
         <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0017660D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ZGŁOSZENIE</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77A09FFA" w14:textId="2FF543EA" w:rsidR="00B45DE0" w:rsidRPr="0017660D" w:rsidRDefault="00EA42F5" w:rsidP="0085619F">
+    <w:p w14:paraId="664A01AA" w14:textId="276DCDE8" w:rsidR="00B45DE0" w:rsidRPr="0017660D" w:rsidRDefault="00EA42F5" w:rsidP="0085619F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">oferty </w:t>
       </w:r>
       <w:r w:rsidR="00B45DE0" w:rsidRPr="0017660D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>nabycia lokalu mieszkalnego w budynku wielolokalowym</w:t>
       </w:r>
-      <w:r w:rsidR="009C4FE5">
+      <w:r w:rsidR="008572F6">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666432" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6A20B288" wp14:editId="21A7730B">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666432" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7EBD77C7" wp14:editId="2EFC7DAB">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>4295140</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>297180</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="316865" cy="170815"/>
                 <wp:effectExtent l="13335" t="10795" r="12700" b="8890"/>
                 <wp:wrapNone/>
-                <wp:docPr id="37" name="Rectangle 11"/>
+                <wp:docPr id="45" name="Rectangle 11"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="316865" cy="170815"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
@@ -944,90 +929,90 @@
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="2C132F3D" id="Rectangle 11" o:spid="_x0000_s1026" style="position:absolute;margin-left:338.2pt;margin-top:23.4pt;width:24.95pt;height:13.45pt;z-index:251666432;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQByqmz3GgIAABQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L47TJE2NOEWRrsOA&#10;bivW7QMUWbaFyaJGKXGyry8lJ1m63Yb5IIgm+fj4SC1v951hO4Vegy15PhpzpqyEStum5N+/Pbxb&#10;cOaDsJUwYFXJD8rz29XbN8veFWoCLZhKISMQ64velbwNwRVZ5mWrOuFH4JQlZw3YiUAmNlmFoif0&#10;zmST8Xie9YCVQ5DKe/p7Pzj5KuHXtZLhS117FZgpOXEL6cR0buKZrZaiaFC4VssjDfEPLDqhLRU9&#10;Q92LINgW9V9QnZYIHuowktBlUNdaqtQDdZOP/+jmuRVOpV5IHO/OMvn/Bys/756Q6arkV9ecWdHR&#10;jL6SasI2RrE8jwL1zhcU9+yeMLbo3SPIH55ZWLcUpu4QoW+VqIhWis9eJUTDUyrb9J+gInixDZC0&#10;2tfYRUBSge3TSA7nkah9YJJ+XuXzxXzGmSRXfj1e5LPIKBPFKdmhDx8UdCxeSo7EPYGL3aMPQ+gp&#10;JNay8KCNSVM3lvUlv5lNZinBg9FVdKYesdmsDbKdiHuTvmPdV2GdDrS9RnclX5yDRBHFeG+rVCUI&#10;bYY7kTaWuJ8EGYTdQHUgcRCG1aSnRJcW8BdnPa1lyf3PrUDFmfloSeCbfDqNe5yM6ex6QgZeejaX&#10;HmElQZU8cDZc12HY/a1D3bRUKU+9W7ijodQ6CRb5DayOZGn1kuTHZxJ3+9JOUb8f8+oFAAD//wMA&#10;UEsDBBQABgAIAAAAIQAOayJj3gAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwDIbvSLxD&#10;ZCRuLGUbKSpNp4LYdRIDCbhljWmqNU7VZGt5e8wJbrb86ff3l5vZ9+KMY+wCabhdZCCQmmA7ajW8&#10;vW5v7kHEZMiaPhBq+MYIm+ryojSFDRO94HmfWsEhFAujwaU0FFLGxqE3cREGJL59hdGbxOvYSjua&#10;icN9L5dZpqQ3HfEHZwZ8ctgc9yev4Xn43NV3bZT1e3Ifx/A4bd2u1fr6aq4fQCSc0x8Mv/qsDhU7&#10;HcKJbBS9BpWrNaMa1oorMJAv1QrEgYdVDrIq5f8G1Q8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaD&#10;OJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYA&#10;CAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYA&#10;CAAAACEAcqps9xoCAAAUBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAU&#10;AAYACAAAACEADmsiY94AAAAJAQAADwAAAAAAAAAAAAAAAAB0BAAAZHJzL2Rvd25yZXYueG1sUEsF&#10;BgAAAAAEAAQA8wAAAH8FAAAAAA==&#10;" filled="f"/>
+              <v:rect w14:anchorId="05C5C1BD" id="Rectangle 11" o:spid="_x0000_s1026" style="position:absolute;margin-left:338.2pt;margin-top:23.4pt;width:24.95pt;height:13.45pt;z-index:251666432;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAu+BpmGQIAABQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU1Fv0zAQfkfiP1h+p2lK23VR02nqGEIa&#10;MDH4Aa7jNBa2z5zdpuPXc3ba0sEbIg+WL3f33XffnZc3B2vYXmHQ4GpejsacKSeh0W5b829f798s&#10;OAtRuEYYcKrmzyrwm9XrV8veV2oCHZhGISMQF6re17yL0VdFEWSnrAgj8MqRswW0IpKJ26JB0RO6&#10;NcVkPJ4XPWDjEaQKgf7eDU6+yvhtq2T83LZBRWZqTtxiPjGfm3QWq6Wotih8p+WRhvgHFlZoR0XP&#10;UHciCrZD/ReU1RIhQBtHEmwBbaulyj1QN+X4j26eOuFV7oXECf4sU/h/sPLT/hGZbmo+nXHmhKUZ&#10;fSHVhNsaxcoyCdT7UFHck3/E1GLwDyC/B+Zg3VGYukWEvlOiIVo5vniRkIxAqWzTf4SG4MUuQtbq&#10;0KJNgKQCO+SRPJ9Hog6RSfr5tpwv5sRMkqu8Gi/KWWJUiOqU7DHE9wosS5eaI3HP4GL/EOIQegpJ&#10;tRzca2Py1I1jfc2vZ5NZTghgdJOcuUfcbtYG2V6kvcnfse6LMKsjba/RtuaLc5CokhjvXJOrRKHN&#10;cCfSxhH3kyCDsBtonkkchGE16SnRpQP8yVlPa1nz8GMnUHFmPjgS+LqcTtMeZ2M6u5qQgZeezaVH&#10;OElQNY+cDdd1HHZ/51FvO6pU5t4d3NJQWp0FS/wGVkeytHpZ8uMzSbt9aeeo34959QsAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAA5rImPeAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENk&#10;JG4sZRspKk2ngth1EgMJuGWNaao1TtVka3l7zAlutvzp9/eXm9n34oxj7AJpuF1kIJCaYDtqNby9&#10;bm/uQcRkyJo+EGr4xgib6vKiNIUNE73geZ9awSEUC6PBpTQUUsbGoTdxEQYkvn2F0ZvE69hKO5qJ&#10;w30vl1mmpDcd8QdnBnxy2Bz3J6/hefjc1XdtlPV7ch/H8Dht3a7V+vpqrh9AJJzTHwy/+qwOFTsd&#10;wolsFL0Glas1oxrWiiswkC/VCsSBh1UOsirl/wbVDwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4&#10;kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAI&#10;AAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAI&#10;AAAAIQAu+BpmGQIAABQEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQA&#10;BgAIAAAAIQAOayJj3gAAAAkBAAAPAAAAAAAAAAAAAAAAAHMEAABkcnMvZG93bnJldi54bWxQSwUG&#10;AAAAAAQABADzAAAAfgUAAAAA&#10;" filled="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6826341A" w14:textId="37CD9E1D" w:rsidR="00B45DE0" w:rsidRPr="0017660D" w:rsidRDefault="009C4FE5" w:rsidP="0017660D">
+    <w:p w14:paraId="402ECA73" w14:textId="147463EA" w:rsidR="00B45DE0" w:rsidRPr="0017660D" w:rsidRDefault="008572F6" w:rsidP="0017660D">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251731968" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="036E01B9" wp14:editId="0C91288F">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251731968" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="45A91703" wp14:editId="00ECB8A6">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
-                  <wp:posOffset>5028565</wp:posOffset>
+                  <wp:posOffset>5433060</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>200025</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="316865" cy="303530"/>
-                <wp:effectExtent l="13335" t="11430" r="12700" b="8890"/>
+                <wp:effectExtent l="8255" t="11430" r="8255" b="8890"/>
                 <wp:wrapNone/>
-                <wp:docPr id="36" name="Rectangle 75"/>
+                <wp:docPr id="44" name="Rectangle 75"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="316865" cy="303530"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
@@ -1037,77 +1022,77 @@
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="226610A9" id="Rectangle 75" o:spid="_x0000_s1026" style="position:absolute;margin-left:395.95pt;margin-top:15.75pt;width:24.95pt;height:23.9pt;z-index:251731968;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC6EE9WHgIAABQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNE3bdLtR09WqyyKk&#10;BVYsfIDrOImF4zFjt+ny9YydbilwQ+RgeTLj5/fejNc3x96wg0KvwVY8n0w5U1ZCrW1b8a9f7t+s&#10;OPNB2FoYsKriz8rzm83rV+vBlWoGHZhaISMQ68vBVbwLwZVZ5mWneuEn4JSlZAPYi0AhtlmNYiD0&#10;3mSz6XSZDYC1Q5DKe/p7Nyb5JuE3jZLhU9N4FZipOHELacW07uKabdaibFG4TssTDfEPLHqhLV16&#10;hroTQbA96r+gei0RPDRhIqHPoGm0VEkDqcmnf6h56oRTSQuZ493ZJv//YOXHwyMyXVd8vuTMip56&#10;9JlcE7Y1il0V0aDB+ZLqntwjRonePYD85pmFbUdl6hYRhk6JmmjlsT777UAMPB1lu+ED1AQv9gGS&#10;V8cG+whILrBjasnzuSXqGJikn/N8uVoWnElKzafzYp5alony5bBDH94p6FncVByJewIXhwcfIhlR&#10;vpTEuyzca2NS141lQ8Wvi1mRDngwuo7JpBHb3dYgO4g4N+lLykj9ZVmvA02v0X3FV+ciUUYz3to6&#10;3RKENuOemBh7cicaMhq7g/qZzEEYR5OeEm06wB+cDTSWFfff9wIVZ+a9JYOv88UiznEKFsXVjAK8&#10;zOwuM8JKgqp44GzcbsM4+3uHuu3opjxpt3BLTWl0Miw2bGR1Ikujl3w8PZM425dxqvr1mDc/AQAA&#10;//8DAFBLAwQUAAYACAAAACEAPk00Zd0AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE&#10;70j8g7VI3KgTSqENcaqA6LUSBQm4ufFiR43XUew24e/ZnuC4mqfZN+V68p044RDbQAryWQYCqQmm&#10;Javg/W1zswQRkyaju0Co4AcjrKvLi1IXJoz0iqddsoJLKBZagUupL6SMjUOv4yz0SJx9h8HrxOdg&#10;pRn0yOW+k7dZdi+9bok/ON3js8PmsDt6BS/917Ze2Cjrj+Q+D+Fp3LitVer6aqofQSSc0h8MZ31W&#10;h4qd9uFIJopOwcMqXzGqYJ4vQDCwvMt5y/6czEFWpfy/oPoFAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEAuhBPVh4CAAAUBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEAPk00Zd0AAAAJAQAADwAAAAAAAAAAAAAAAAB4BAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAAIIFAAAAAA==&#10;" filled="f"/>
+              <v:rect w14:anchorId="7BEB8BC4" id="Rectangle 75" o:spid="_x0000_s1026" style="position:absolute;margin-left:427.8pt;margin-top:15.75pt;width:24.95pt;height:23.9pt;z-index:251731968;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDmQjnHHgIAABQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNE3bdLtR09WqyyKk&#10;BVYsfIDrOImF4zFjt+ny9YydbilwQ+RgeTLj5/fejNc3x96wg0KvwVY8n0w5U1ZCrW1b8a9f7t+s&#10;OPNB2FoYsKriz8rzm83rV+vBlWoGHZhaISMQ68vBVbwLwZVZ5mWneuEn4JSlZAPYi0AhtlmNYiD0&#10;3mSz6XSZDYC1Q5DKe/p7Nyb5JuE3jZLhU9N4FZipOHELacW07uKabdaibFG4TssTDfEPLHqhLV16&#10;hroTQbA96r+gei0RPDRhIqHPoGm0VEkDqcmnf6h56oRTSQuZ493ZJv//YOXHwyMyXVd8seDMip56&#10;9JlcE7Y1il0V0aDB+ZLqntwjRonePYD85pmFbUdl6hYRhk6JmmjlsT777UAMPB1lu+ED1AQv9gGS&#10;V8cG+whILrBjasnzuSXqGJikn/N8uVoWnElKzafzYp5alony5bBDH94p6FncVByJewIXhwcfIhlR&#10;vpTEuyzca2NS141lQ8Wvi1mRDngwuo7JpBHb3dYgO4g4N+lLykj9ZVmvA02v0X3FV+ciUUYz3to6&#10;3RKENuOemBh7cicaMhq7g/qZzEEYR5OeEm06wB+cDTSWFfff9wIVZ+a9JYOv88UiznEKFsXVjAK8&#10;zOwuM8JKgqp44GzcbsM4+3uHuu3opjxpt3BLTWl0Miw2bGR1Ikujl3w8PZM425dxqvr1mDc/AQAA&#10;//8DAFBLAwQUAAYACAAAACEAVoBMLt4AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMAyG&#10;70i8Q2QkbiwdU8ZWmk4FseskBhJwyxrTVGucqsnW8vaYE7vZ8qff319sJt+JMw6xDaRhPstAINXB&#10;ttRoeH/b3q1AxGTImi4QavjBCJvy+qowuQ0jveJ5nxrBIRRzo8Gl1OdSxtqhN3EWeiS+fYfBm8Tr&#10;0Eg7mJHDfSfvs2wpvWmJPzjT47PD+rg/eQ0v/deuUk2U1Udyn8fwNG7drtH69maqHkEknNI/DH/6&#10;rA4lOx3CiWwUnYaVUktGNSzmCgQD60zxcNDwsF6ALAt52aD8BQAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAOZCOcceAgAAFAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAFaATC7eAAAACQEAAA8AAAAAAAAAAAAAAAAAeAQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAACDBQAAAAA=&#10;" filled="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251668480" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2E44C26B" wp14:editId="602D7033">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251668480" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="02E4A28A" wp14:editId="4ED5968D">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
-                  <wp:posOffset>2256155</wp:posOffset>
+                  <wp:posOffset>2653030</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>200025</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="2561590" cy="303530"/>
-                <wp:effectExtent l="12700" t="11430" r="6985" b="8890"/>
+                <wp:effectExtent l="9525" t="11430" r="10160" b="8890"/>
                 <wp:wrapNone/>
-                <wp:docPr id="35" name="Rectangle 14"/>
+                <wp:docPr id="43" name="Rectangle 14"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="2561590" cy="303530"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
@@ -1117,652 +1102,614 @@
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="71D16FBA" id="Rectangle 14" o:spid="_x0000_s1026" style="position:absolute;margin-left:177.65pt;margin-top:15.75pt;width:201.7pt;height:23.9pt;z-index:251668480;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAIU921HgIAABUEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNE3bLNuo6WrVZRHS&#10;AisWPsB1nMTC8Zix27R8/Y6dbilwQ+RgeTLj5/fejFc3h96wvUKvwVY8n0w5U1ZCrW1b8W9f799c&#10;c+aDsLUwYFXFj8rzm/XrV6vBlWoGHZhaISMQ68vBVbwLwZVZ5mWneuEn4JSlZAPYi0AhtlmNYiD0&#10;3mSz6fQqGwBrhyCV9/T3bkzydcJvGiXD56bxKjBTceIW0opp3cY1W69E2aJwnZYnGuIfWPRCW7r0&#10;DHUngmA71H9B9VoieGjCREKfQdNoqZIGUpNP/1Dz1AmnkhYyx7uzTf7/wcpP+0dkuq74vODMip56&#10;9IVcE7Y1iuWLaNDgfEl1T+4Ro0TvHkB+98zCpqMydYsIQ6dETbTyWJ/9diAGno6y7fARaoIXuwDJ&#10;q0ODfQQkF9ghteR4bok6BCbp56y4yosldU5Sbj6dF/PUs0yUL6cd+vBeQc/ipuJI5BO62D/4ENmI&#10;8qUkXmbhXhuT2m4sGyq+LGZFOuDB6Domk0hstxuDbC/i4KQvSSP5l2W9DjS+RvcVvz4XiTK68c7W&#10;6ZYgtBn3xMTYkz3RkdHZLdRHcgdhnE16S7TpAH9yNtBcVtz/2AlUnJkPlhxe5otFHOQULIq3Mwrw&#10;MrO9zAgrCarigbNxuwnj8O8c6rajm/Kk3cItdaXRybDYsZHViSzNXvLx9E7icF/GqerXa14/AwAA&#10;//8DAFBLAwQUAAYACAAAACEAfivtuN0AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMAyG&#10;70i8Q2QkbiwdVdgoTaeC2HUSAwm4Za1JqjVO1WRreXvMCW6/5U+/P5eb2ffijGPsAmlYLjIQSE1o&#10;O7Ia3l63N2sQMRlqTR8INXxjhE11eVGaog0TveB5n6zgEoqF0eBSGgopY+PQm7gIAxLvvsLoTeJx&#10;tLIdzcTlvpe3WXYnvemILzgz4JPD5rg/eQ3Pw+euVjbK+j25j2N4nLZuZ7W+vprrBxAJ5/QHw68+&#10;q0PFTodwojaKXkOuVM4oh6UCwcBKrVcgDhzuc5BVKf9/UP0AAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEACFPdtR4CAAAVBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEAfivtuN0AAAAJAQAADwAAAAAAAAAAAAAAAAB4BAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAAIIFAAAAAA==&#10;" filled="f"/>
+              <v:rect w14:anchorId="7C03A1CF" id="Rectangle 14" o:spid="_x0000_s1026" style="position:absolute;margin-left:208.9pt;margin-top:15.75pt;width:201.7pt;height:23.9pt;z-index:251668480;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA5xsYCHgIAABUEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNE3bLNuo6WrVZRHS&#10;AisWPsB1nMTC8Zix27R8/Y6dbilwQ+RgeTLj5/fejFc3h96wvUKvwVY8n0w5U1ZCrW1b8W9f799c&#10;c+aDsLUwYFXFj8rzm/XrV6vBlWoGHZhaISMQ68vBVbwLwZVZ5mWneuEn4JSlZAPYi0AhtlmNYiD0&#10;3mSz6fQqGwBrhyCV9/T3bkzydcJvGiXD56bxKjBTceIW0opp3cY1W69E2aJwnZYnGuIfWPRCW7r0&#10;DHUngmA71H9B9VoieGjCREKfQdNoqZIGUpNP/1Dz1AmnkhYyx7uzTf7/wcpP+0dkuq74Ys6ZFT31&#10;6Au5JmxrFMsX0aDB+ZLqntwjRonePYD87pmFTUdl6hYRhk6JmmjlsT777UAMPB1l2+Ej1AQvdgGS&#10;V4cG+whILrBDasnx3BJ1CEzSz1lxlRdL6pyk3Hw6L+apZ5koX0479OG9gp7FTcWRyCd0sX/wIbIR&#10;5UtJvMzCvTYmtd1YNlR8WcyKdMCD0XVMJpHYbjcG2V7EwUlfkkbyL8t6HWh8je4rfn0uEmV0452t&#10;0y1BaDPuiYmxJ3uiI6OzW6iP5A7COJv0lmjTAf7kbKC5rLj/sROoODMfLDm8zBeLOMgpWBRvZxTg&#10;ZWZ7mRFWElTFA2fjdhPG4d851G1HN+VJu4Vb6kqjk2GxYyOrE1maveTj6Z3E4b6MU9Wv17x+BgAA&#10;//8DAFBLAwQUAAYACAAAACEAUnVUTd8AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE&#10;70j8g7VI3KiTlNISsqkCotdKFCTg5iaLHTVeR7HbhL+vOZXjaEYzb4r1ZDtxosG3jhHSWQKCuHZN&#10;yxrh431ztwLhg+JGdY4J4Zc8rMvrq0LljRv5jU67oEUsYZ8rBBNCn0vpa0NW+ZnriaP34warQpSD&#10;ls2gxlhuO5klyYO0quW4YFRPL4bqw+5oEV7772210F5Wn8F8HdzzuDFbjXh7M1VPIAJN4RKGP/yI&#10;DmVk2rsjN150CPfpMqIHhHm6ABEDqyzNQOwRlo9zkGUh/z8ozwAAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQA5xsYCHgIAABUEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQBSdVRN3wAAAAkBAAAPAAAAAAAAAAAAAAAAAHgEAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAAhAUAAAAA&#10;" filled="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="004E76F6">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Wnoszę</w:t>
       </w:r>
       <w:r w:rsidR="00B45DE0" w:rsidRPr="0017660D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> o sprzedanie na odrębną własność lokalu mieszkalnego nr </w:t>
       </w:r>
       <w:r w:rsidR="0080501A">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">        położonego w </w:t>
       </w:r>
       <w:r w:rsidR="00B45DE0" w:rsidRPr="0017660D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>budynku wielolokalowym przy ul</w:t>
       </w:r>
       <w:r w:rsidR="002B58B2">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00C26276">
+      <w:r w:rsidR="00B45DE0" w:rsidRPr="0017660D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...30 lines deleted...]
-        </w:rPr>
         <w:t>nr</w:t>
       </w:r>
-      <w:r w:rsidR="00C26276">
-[...8 lines deleted...]
-    <w:p w14:paraId="1CA9B412" w14:textId="77777777" w:rsidR="00B45DE0" w:rsidRPr="0017660D" w:rsidRDefault="0017660D" w:rsidP="0017660D">
+    </w:p>
+    <w:p w14:paraId="5E1962A3" w14:textId="77777777" w:rsidR="00B45DE0" w:rsidRPr="0017660D" w:rsidRDefault="0017660D" w:rsidP="0017660D">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0017660D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Dodatkowo oświadczam, że:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="356DDC39" w14:textId="3851449D" w:rsidR="00B45DE0" w:rsidRPr="0017660D" w:rsidRDefault="009C4FE5" w:rsidP="0017660D">
+    <w:p w14:paraId="0EE9DE49" w14:textId="6B1D9774" w:rsidR="00B45DE0" w:rsidRPr="0017660D" w:rsidRDefault="008572F6" w:rsidP="0017660D">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251671552" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1EE33CCB" wp14:editId="3203012F">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251671552" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="183C3072" wp14:editId="7E144810">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
-                  <wp:posOffset>2506980</wp:posOffset>
+                  <wp:posOffset>3215640</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>20320</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="146050" cy="130810"/>
-                <wp:effectExtent l="6350" t="12065" r="9525" b="9525"/>
+                <wp:effectExtent l="10160" t="12065" r="5715" b="9525"/>
                 <wp:wrapNone/>
-                <wp:docPr id="34" name="Rectangle 17"/>
+                <wp:docPr id="42" name="Rectangle 17"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="146050" cy="130810"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="1E39D70E" id="Rectangle 17" o:spid="_x0000_s1026" style="position:absolute;margin-left:197.4pt;margin-top:1.6pt;width:11.5pt;height:10.3pt;z-index:251671552;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDYY38dIgIAAD0EAAAOAAAAZHJzL2Uyb0RvYy54bWysU1Fv0zAQfkfiP1h+p0m6duuiptPUUYQ0&#10;YGLwA1zHSSwcnzm7Tcev5+x0pQOeEH6wfL7z5+++u1veHHrD9gq9BlvxYpJzpqyEWtu24l+/bN4s&#10;OPNB2FoYsKriT8rzm9XrV8vBlWoKHZhaISMQ68vBVbwLwZVZ5mWneuEn4JQlZwPYi0AmtlmNYiD0&#10;3mTTPL/MBsDaIUjlPd3ejU6+SvhNo2T41DReBWYqTtxC2jHt27hnq6UoWxSu0/JIQ/wDi15oS5+e&#10;oO5EEGyH+g+oXksED02YSOgzaBotVcqBsiny37J57IRTKRcSx7uTTP7/wcqP+wdkuq74xYwzK3qq&#10;0WdSTdjWKFZcRYEG50uKe3QPGFP07h7kN88srDsKU7eIMHRK1ESriPHZiwfR8PSUbYcPUBO82AVI&#10;Wh0a7CMgqcAOqSRPp5KoQ2CSLovZZT6nwklyFRf5okgly0T5/NihD+8U9CweKo7EPYGL/b0PkYwo&#10;n0MSeTC63mhjkoHtdm2Q7QV1xyatxJ9yPA8zlg0Vv55P5wn5hc+fQ+Rp/Q2i14Ha3Oi+4otTkCij&#10;am9tnZowCG3GM1E29ihjVG6swBbqJ1IRYexhmjk6dIA/OBuofyvuv+8EKs7Me0uVuC5ms9jwyZjN&#10;r6Zk4Llne+4RVhJUxQNn43EdxiHZOdRtRz8VKXcLt1S9RidlY2VHVkey1KNJ8OM8xSE4t1PUr6lf&#10;/QQAAP//AwBQSwMEFAAGAAgAAAAhAIU3GLndAAAACAEAAA8AAABkcnMvZG93bnJldi54bWxMj0FP&#10;g0AQhe8m/ofNmHizS6HRFlkao6mJx5ZevA0wAsrOEnZp0V/veKq39/Im732TbWfbqxONvnNsYLmI&#10;QBFXru64MXAsdndrUD4g19g7JgPf5GGbX19lmNbuzHs6HUKjpIR9igbaEIZUa1+1ZNEv3EAs2Ycb&#10;LQaxY6PrEc9SbnsdR9G9ttixLLQ40HNL1ddhsgbKLj7iz754jexml4S3ufic3l+Mub2Znx5BBZrD&#10;5Rj+8AUdcmEq3cS1V72BZLMS9CAiBiX5avkgvjQQJ2vQeab/P5D/AgAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhANhjfx0iAgAAPQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhAIU3GLndAAAACAEAAA8AAAAAAAAAAAAAAAAAfAQAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAACGBQAAAAA=&#10;"/>
+              <v:rect w14:anchorId="2BD12EF0" id="Rectangle 17" o:spid="_x0000_s1026" style="position:absolute;margin-left:253.2pt;margin-top:1.6pt;width:11.5pt;height:10.3pt;z-index:251671552;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCZbYDUIgIAAD0EAAAOAAAAZHJzL2Uyb0RvYy54bWysU1Fv0zAQfkfiP1h+p0lKu3VR02nqKEIa&#10;MDH4AVfHSSwc25zdpuPX7+x0pQOeEH6wfL7z5+++u1teH3rN9hK9sqbixSTnTBpha2Xain/7unmz&#10;4MwHMDVoa2TFH6Xn16vXr5aDK+XUdlbXEhmBGF8OruJdCK7MMi862YOfWCcNORuLPQQysc1qhIHQ&#10;e51N8/wiGyzWDq2Q3tPt7ejkq4TfNFKEz03jZWC64sQtpB3Tvo17tlpC2SK4TokjDfgHFj0oQ5+e&#10;oG4hANuh+gOqVwKtt02YCNtntmmUkCkHyqbIf8vmoQMnUy4kjncnmfz/gxWf9vfIVF3x2ZQzAz3V&#10;6AupBqbVkhWXUaDB+ZLiHtw9xhS9u7Piu2fGrjsKkzeIdugk1ESriPHZiwfR8PSUbYePtiZ42AWb&#10;tDo02EdAUoEdUkkeTyWRh8AEXRazi3xOhRPkKt7miyKVLIPy+bFDH95L27N4qDgS9wQO+zsfIhko&#10;n0MSeatVvVFaJwPb7Voj2wN1xyatxJ9yPA/Thg0Vv5pP5wn5hc+fQ+Rp/Q2iV4HaXKu+4otTEJRR&#10;tXemTk0YQOnxTJS1OcoYlRsrsLX1I6mIduxhmjk6dBZ/cjZQ/1bc/9gBSs70B0OVuCpms9jwyZjN&#10;L6dk4Llne+4BIwiq4oGz8bgO45DsHKq2o5+KlLuxN1S9RiVlY2VHVkey1KNJ8OM8xSE4t1PUr6lf&#10;PQEAAP//AwBQSwMEFAAGAAgAAAAhADrSdindAAAACAEAAA8AAABkcnMvZG93bnJldi54bWxMj8FO&#10;wzAQRO9I/IO1SNyog0OrNsSpEKhIHNv0wm0TL0kgXkex0wa+HnMqx9GMZt7k29n24kSj7xxruF8k&#10;IIhrZzpuNBzL3d0ahA/IBnvHpOGbPGyL66scM+POvKfTITQilrDPUEMbwpBJ6euWLPqFG4ij9+FG&#10;iyHKsZFmxHMst71USbKSFjuOCy0O9NxS/XWYrIaqU0f82Zevid3s0vA2l5/T+4vWtzfz0yOIQHO4&#10;hOEPP6JDEZkqN7HxotewTFYPMaohVSCiv1SbqCsNKl2DLHL5/0DxCwAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhAJltgNQiAgAAPQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhADrSdindAAAACAEAAA8AAAAAAAAAAAAAAAAAfAQAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAACGBQAAAAA=&#10;"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670528" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0E9FFAE3" wp14:editId="4F782329">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670528" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="581B549D" wp14:editId="2E9B5B9A">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
-                  <wp:posOffset>1250315</wp:posOffset>
+                  <wp:posOffset>1958340</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>20320</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="146050" cy="130810"/>
-                <wp:effectExtent l="6985" t="12065" r="8890" b="9525"/>
+                <wp:effectExtent l="10160" t="12065" r="5715" b="9525"/>
                 <wp:wrapNone/>
-                <wp:docPr id="33" name="Rectangle 16"/>
+                <wp:docPr id="41" name="Rectangle 16"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="146050" cy="130810"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="66915959" id="Rectangle 16" o:spid="_x0000_s1026" style="position:absolute;margin-left:98.45pt;margin-top:1.6pt;width:11.5pt;height:10.3pt;z-index:251670528;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB77b5TIgIAAD0EAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/0yS90Y2arlZdipAW&#10;WLHwAa7jNBaOx4zdpsvX79jpli7whPCD5fGMj8+cmVleHzvDDgq9BlvxYpRzpqyEWttdxb993bxZ&#10;cOaDsLUwYFXFH5Xn16vXr5a9K9UYWjC1QkYg1pe9q3gbgiuzzMtWdcKPwClLzgawE4FM3GU1ip7Q&#10;O5ON83ye9YC1Q5DKe7q9HZx8lfCbRsnwuWm8CsxUnLiFtGPat3HPVktR7lC4VssTDfEPLDqhLX16&#10;hroVQbA96j+gOi0RPDRhJKHLoGm0VCkHyqbIf8vmoRVOpVxIHO/OMvn/Bys/He6R6brikwlnVnRU&#10;oy+kmrA7o1gxjwL1zpcU9+DuMabo3R3I755ZWLcUpm4QoW+VqIlWEeOzFw+i4ekp2/YfoSZ4sQ+Q&#10;tDo22EVAUoEdU0kezyVRx8AkXRbTeT6jwklyFZN8UaSSZaJ8fuzQh/cKOhYPFUfinsDF4c6HSEaU&#10;zyGJPBhdb7QxycDddm2QHQR1xyatxJ9yvAwzlvUVv5qNZwn5hc9fQuRp/Q2i04Ha3Oiu4otzkCij&#10;au9snZowCG2GM1E29iRjVG6owBbqR1IRYehhmjk6tIA/Oeupfyvuf+wFKs7MB0uVuCqm09jwyZjO&#10;3o7JwEvP9tIjrCSoigfOhuM6DEOyd6h3Lf1UpNwt3FD1Gp2UjZUdWJ3IUo8mwU/zFIfg0k5Rv6Z+&#10;9QQAAP//AwBQSwMEFAAGAAgAAAAhAEsxFbrcAAAACAEAAA8AAABkcnMvZG93bnJldi54bWxMj0FP&#10;g0AQhe8m/ofNmHizSyFpCrI0RlMTjy299DbACCg7S9ilRX+940lv8+W9vHkv3y12UBeafO/YwHoV&#10;gSKuXdNza+BU7h+2oHxAbnBwTAa+yMOuuL3JMWvclQ90OYZWSQj7DA10IYyZ1r7uyKJfuZFYtHc3&#10;WQyCU6ubCa8SbgcdR9FGW+xZPnQ40nNH9edxtgaqPj7h96F8jWy6T8LbUn7M5xdj7u+Wp0dQgZbw&#10;Z4bf+lIdCulUuZkbrwbhdJOK1UASgxI9XqfClRzJFnSR6/8Dih8AAAD//wMAUEsBAi0AFAAGAAgA&#10;AAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwEC&#10;LQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwEC&#10;LQAUAAYACAAAACEAe+2+UyICAAA9BAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQ&#10;SwECLQAUAAYACAAAACEASzEVutwAAAAIAQAADwAAAAAAAAAAAAAAAAB8BAAAZHJzL2Rvd25yZXYu&#10;eG1sUEsFBgAAAAAEAAQA8wAAAIUFAAAAAA==&#10;"/>
+              <v:rect w14:anchorId="69FF84FF" id="Rectangle 16" o:spid="_x0000_s1026" style="position:absolute;margin-left:154.2pt;margin-top:1.6pt;width:11.5pt;height:10.3pt;z-index:251670528;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD2N+PlIgIAAD0EAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNElpSzdqulp1KUJa&#10;YMXCB0wdJ7FwbDN2my5fz9jpli5wQvhgeTzj5zdvZlbXx16zg0SvrKl4Mck5k0bYWpm24l+/bF8t&#10;OfMBTA3aGlnxR+n59frli9XgSjm1ndW1REYgxpeDq3gXgiuzzItO9uAn1klDzsZiD4FMbLMaYSD0&#10;XmfTPF9kg8XaoRXSe7q9HZ18nfCbRorwqWm8DExXnLiFtGPad3HP1isoWwTXKXGiAf/Aogdl6NMz&#10;1C0EYHtUf0D1SqD1tgkTYfvMNo0SMuVA2RT5b9k8dOBkyoXE8e4sk/9/sOLj4R6Zqis+Kzgz0FON&#10;PpNqYFotWbGIAg3OlxT34O4xpujdnRXfPDN201GYvEG0QyehJlpFjM+ePYiGp6dsN3ywNcHDPtik&#10;1bHBPgKSCuyYSvJ4Lok8Bibospgt8jkVTpCreJ0vi1SyDMqnxw59eCdtz+Kh4kjcEzgc7nyIZKB8&#10;CknkrVb1VmmdDGx3G43sANQd27QSf8rxMkwbNlT8aj6dJ+RnPn8Jkaf1N4heBWpzrfqKL89BUEbV&#10;3po6NWEApcczUdbmJGNUbqzAztaPpCLasYdp5ujQWfzB2UD9W3H/fQ8oOdPvDVXiqpjNYsMnYzZ/&#10;MyUDLz27Sw8YQVAVD5yNx00Yh2TvULUd/VSk3I29oeo1KikbKzuyOpGlHk2Cn+YpDsGlnaJ+Tf36&#10;JwAAAP//AwBQSwMEFAAGAAgAAAAhAPCimGPdAAAACAEAAA8AAABkcnMvZG93bnJldi54bWxMj8FO&#10;wzAQRO9I/IO1SNyo3QShEOJUCFQkjm164ebE2yQlXkex0wa+nuUEtx3NaPZNsVncIM44hd6ThvVK&#10;gUBqvO2p1XCotncZiBANWTN4Qg1fGGBTXl8VJrf+Qjs872MruIRCbjR0MY65lKHp0Jmw8iMSe0c/&#10;ORNZTq20k7lwuRtkotSDdKYn/tCZEV86bD73s9NQ98nBfO+qN+Uet2l8X6rT/PGq9e3N8vwEIuIS&#10;/8Lwi8/oUDJT7WeyQQwaUpXdc5SPBAT7abpmXWtI0gxkWcj/A8ofAAAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhAPY34+UiAgAAPQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhAPCimGPdAAAACAEAAA8AAAAAAAAAAAAAAAAAfAQAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAACGBQAAAAA=&#10;"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="0017660D" w:rsidRPr="0017660D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>1. wc znajduje się</w:t>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0017660D" w:rsidRPr="0017660D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>wc</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0017660D" w:rsidRPr="0017660D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> znajduje się</w:t>
       </w:r>
       <w:r w:rsidR="00C26276">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">:  </w:t>
       </w:r>
-      <w:r w:rsidR="0017660D" w:rsidRPr="0017660D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+      <w:r w:rsidR="0017660D" w:rsidRPr="00FA17FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:t>w</w:t>
+      </w:r>
+      <w:r w:rsidR="00D94C2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C26276">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+      <w:r w:rsidR="002617DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">  </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0017660D" w:rsidRPr="00FA17FA">
+        <w:t>lokalu</w:t>
+      </w:r>
+      <w:r w:rsidR="007E13FF">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>w</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        <w:t xml:space="preserve">     , </w:t>
+      </w:r>
+      <w:r w:rsidR="003C1C9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...25 lines deleted...]
-        </w:rPr>
         <w:t>poza lokalem</w:t>
       </w:r>
-      <w:r w:rsidR="0017660D">
-[...9 lines deleted...]
-    <w:p w14:paraId="52A64DB3" w14:textId="5AC82D93" w:rsidR="0017660D" w:rsidRPr="0017660D" w:rsidRDefault="009C4FE5" w:rsidP="0017660D">
+    </w:p>
+    <w:p w14:paraId="3D014C8B" w14:textId="050B6EA0" w:rsidR="0017660D" w:rsidRPr="0017660D" w:rsidRDefault="008572F6" w:rsidP="0017660D">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251673600" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2A68805A" wp14:editId="5ECF8903">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251673600" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2B89FBA7" wp14:editId="46069192">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
-                  <wp:posOffset>2256155</wp:posOffset>
+                  <wp:posOffset>3576955</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>8890</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="146050" cy="130810"/>
-                <wp:effectExtent l="12700" t="13335" r="12700" b="8255"/>
+                <wp:effectExtent l="9525" t="13335" r="6350" b="8255"/>
                 <wp:wrapNone/>
-                <wp:docPr id="32" name="Rectangle 19"/>
+                <wp:docPr id="40" name="Rectangle 19"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="146050" cy="130810"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="6F0AABB7" id="Rectangle 19" o:spid="_x0000_s1026" style="position:absolute;margin-left:177.65pt;margin-top:.7pt;width:11.5pt;height:10.3pt;z-index:251673600;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA+6gewIgIAAD0EAAAOAAAAZHJzL2Uyb0RvYy54bWysU1Fv0zAQfkfiP1h+p0m6drRR02nqKEIa&#10;MDH4Aa7jNBaOz5zdpuXX7+x0pQOeEH6wfL7z5+++u1vcHDrD9gq9BlvxYpRzpqyEWtttxb99Xb+Z&#10;ceaDsLUwYFXFj8rzm+XrV4velWoMLZhaISMQ68veVbwNwZVZ5mWrOuFH4JQlZwPYiUAmbrMaRU/o&#10;ncnGeX6d9YC1Q5DKe7q9G5x8mfCbRsnwuWm8CsxUnLiFtGPaN3HPlgtRblG4VssTDfEPLDqhLX16&#10;hroTQbAd6j+gOi0RPDRhJKHLoGm0VCkHyqbIf8vmsRVOpVxIHO/OMvn/Bys/7R+Q6briV2POrOio&#10;Rl9INWG3RrFiHgXqnS8p7tE9YEzRu3uQ3z2zsGopTN0iQt8qUROtIsZnLx5Ew9NTtuk/Qk3wYhcg&#10;aXVosIuApAI7pJIczyVRh8AkXRaT63xKhZPkKq7yWZFKlony+bFDH94r6Fg8VByJewIX+3sfIhlR&#10;Pock8mB0vdbGJAO3m5VBthfUHeu0En/K8TLMWNZXfD4dTxPyC5+/hMjT+htEpwO1udFdxWfnIFFG&#10;1d7ZOjVhENoMZ6Js7EnGqNxQgQ3UR1IRYehhmjk6tIA/Oeupfyvuf+wEKs7MB0uVmBeTSWz4ZEym&#10;b8dk4KVnc+kRVhJUxQNnw3EVhiHZOdTbln4qUu4Wbql6jU7KxsoOrE5kqUeT4Kd5ikNwaaeoX1O/&#10;fAIAAP//AwBQSwMEFAAGAAgAAAAhALYzQdPdAAAACAEAAA8AAABkcnMvZG93bnJldi54bWxMj8FO&#10;wzAQRO9I/IO1SNyoTUKhpHEqBCoSxza9cNvEbhKI11HstIGvZznBcfRGs2/zzex6cbJj6DxpuF0o&#10;EJZqbzpqNBzK7c0KRIhIBntPVsOXDbApLi9yzIw/086e9rERPEIhQw1tjEMmZahb6zAs/GCJ2dGP&#10;DiPHsZFmxDOPu14mSt1Lhx3xhRYH+9za+nM/OQ1Vlxzwe1e+Kve4TePbXH5M7y9aX1/NT2sQ0c7x&#10;rwy/+qwOBTtVfiITRK8hXS5TrjK4A8E8fVhxrjQkiQJZ5PL/A8UPAAAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhAD7qB7AiAgAAPQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhALYzQdPdAAAACAEAAA8AAAAAAAAAAAAAAAAAfAQAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAACGBQAAAAA=&#10;"/>
+              <v:rect w14:anchorId="7DA49B18" id="Rectangle 19" o:spid="_x0000_s1026" style="position:absolute;margin-left:281.65pt;margin-top:.7pt;width:11.5pt;height:10.3pt;z-index:251673600;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzMFoGIQIAAD0EAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNElplzZqulp1KUJa&#10;YMXCB7iOk1g4HjN2my5fz9jpli5wQvhgeTzj5zdvZlbXx96wg0KvwVa8mOScKSuh1rat+Ncv21cL&#10;znwQthYGrKr4o/L8ev3yxWpwpZpCB6ZWyAjE+nJwFe9CcGWWedmpXvgJOGXJ2QD2IpCJbVajGAi9&#10;N9k0z6+yAbB2CFJ5T7e3o5OvE37TKBk+NY1XgZmKE7eQdkz7Lu7ZeiXKFoXrtDzREP/Aohfa0qdn&#10;qFsRBNuj/gOq1xLBQxMmEvoMmkZLlXKgbIr8t2weOuFUyoXE8e4sk/9/sPLj4R6Zris+I3ms6KlG&#10;n0k1YVujWLGMAg3OlxT34O4xpujdHchvnlnYdBSmbhBh6JSoiVYR47NnD6Lh6SnbDR+gJnixD5C0&#10;OjbYR0BSgR1TSR7PJVHHwCRdFrOrfE7MJLmK1/miSCXLRPn02KEP7xT0LB4qjsQ9gYvDnQ+RjCif&#10;QhJ5MLreamOSge1uY5AdBHXHNq3En3K8DDOWDRVfzqfzhPzM5y8h8rT+BtHrQG1udF/xxTlIlFG1&#10;t7ZOTRiENuOZKBt7kjEqN1ZgB/UjqYgw9jDNHB06wB+cDdS/Ffff9wIVZ+a9pUosi1msaEjGbP5m&#10;SgZeenaXHmElQVU8cDYeN2Eckr1D3Xb0U5Fyt3BD1Wt0UjZWdmR1Iks9mgQ/zVMcgks7Rf2a+vVP&#10;AAAA//8DAFBLAwQUAAYACAAAACEAzeNVFtwAAAAIAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7D&#10;MBBE70j8g7VI3KhNQqMS4lQIVCSObXrhtomXJBDbUey0ga9nOcFx9Eazb4vtYgdxoin03mm4XSkQ&#10;5BpvetdqOFa7mw2IENEZHLwjDV8UYFteXhSYG392ezodYit4xIUcNXQxjrmUoenIYlj5kRyzdz9Z&#10;jBynVpoJzzxuB5kolUmLveMLHY701FHzeZithrpPjvi9r16Uvd+l8XWpPua3Z62vr5bHBxCRlvhX&#10;hl99VoeSnWo/OxPEoGGdpSlXGdyBYL7eZJxrDUmiQJaF/P9A+QMAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQCzMFoGIQIAAD0EAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQDN41UW3AAAAAgBAAAPAAAAAAAAAAAAAAAAAHsEAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAAhAUAAAAA&#10;"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672576" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0610C4C8" wp14:editId="44B1F2D8">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672576" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="67880FBB" wp14:editId="0E9A63B4">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
-                  <wp:posOffset>1206500</wp:posOffset>
+                  <wp:posOffset>1958340</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>8890</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="146050" cy="130810"/>
-                <wp:effectExtent l="10795" t="13335" r="5080" b="8255"/>
+                <wp:effectExtent l="10160" t="13335" r="5715" b="8255"/>
                 <wp:wrapNone/>
-                <wp:docPr id="31" name="Rectangle 18"/>
+                <wp:docPr id="39" name="Rectangle 18"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="146050" cy="130810"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="50B92AF4" id="Rectangle 18" o:spid="_x0000_s1026" style="position:absolute;margin-left:95pt;margin-top:.7pt;width:11.5pt;height:10.3pt;z-index:251672576;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBRsGSBIgIAAD0EAAAOAAAAZHJzL2Uyb0RvYy54bWysU1Fv0zAQfkfiP1h+p0m6dnRR02nqKEIa&#10;MDH4AVfHSSwc25zdpuPX7+x0pQOeEH6wfL7z5+++u1teH3rN9hK9sqbixSTnTBpha2Xain/7unmz&#10;4MwHMDVoa2TFH6Xn16vXr5aDK+XUdlbXEhmBGF8OruJdCK7MMi862YOfWCcNORuLPQQysc1qhIHQ&#10;e51N8/wyGyzWDq2Q3tPt7ejkq4TfNFKEz03jZWC64sQtpB3Tvo17tlpC2SK4TokjDfgHFj0oQ5+e&#10;oG4hANuh+gOqVwKtt02YCNtntmmUkCkHyqbIf8vmoQMnUy4kjncnmfz/gxWf9vfIVF3xi4IzAz3V&#10;6AupBqbVkhWLKNDgfElxD+4eY4re3Vnx3TNj1x2FyRtEO3QSaqJVxPjsxYNoeHrKtsNHWxM87IJN&#10;Wh0a7CMgqcAOqSSPp5LIQ2CCLovZZT6nwglyFRf5okgly6B8fuzQh/fS9iweKo7EPYHD/s6HSAbK&#10;55BE3mpVb5TWycB2u9bI9kDdsUkr8accz8O0YUPFr+bTeUJ+4fPnEHlaf4PoVaA216qv+OIUBGVU&#10;7Z2pUxMGUHo8E2VtjjJG5cYKbG39SCqiHXuYZo4OncWfnA3UvxX3P3aAkjP9wVAlrorZLDZ8Mmbz&#10;t1My8NyzPfeAEQRV8cDZeFyHcUh2DlXb0U9Fyt3YG6peo5KysbIjqyNZ6tEk+HGe4hCc2ynq19Sv&#10;ngAAAP//AwBQSwMEFAAGAAgAAAAhAL7Np4nbAAAACAEAAA8AAABkcnMvZG93bnJldi54bWxMj8FO&#10;wzAQRO9I/IO1SNyo3RQhGuJUCFQkjm164bZJtklKvI5ipw18PcsJbjOa1eybbDO7Xp1pDJ1nC8uF&#10;AUVc+brjxsKh2N49ggoRucbeM1n4ogCb/Poqw7T2F97ReR8bJSUcUrTQxjikWoeqJYdh4QdiyY5+&#10;dBjFjo2uR7xIuet1YsyDdtixfGhxoJeWqs/95CyUXXLA713xZtx6u4rvc3GaPl6tvb2Zn59ARZrj&#10;3zH84gs65MJU+onroHrxayNbooh7UJIny5X4UkRiQOeZ/j8g/wEAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQBRsGSBIgIAAD0EAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQC+zaeJ2wAAAAgBAAAPAAAAAAAAAAAAAAAAAHwEAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAAhAUAAAAA&#10;"/>
+              <v:rect w14:anchorId="3A0690EF" id="Rectangle 18" o:spid="_x0000_s1026" style="position:absolute;margin-left:154.2pt;margin-top:.7pt;width:11.5pt;height:10.3pt;z-index:251672576;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDJGSF+IgIAAD0EAAAOAAAAZHJzL2Uyb0RvYy54bWysU1Fv0zAQfkfiP1h+p0m6drRR02nqKEIa&#10;MDH4AVfHaSwc25zdpuXX7+x0pQOeEH6wfL7z5+++u1vcHDrN9hK9sqbixSjnTBpha2W2Ff/2df1m&#10;xpkPYGrQ1siKH6XnN8vXrxa9K+XYtlbXEhmBGF/2ruJtCK7MMi9a2YEfWScNORuLHQQycZvVCD2h&#10;dzob5/l11lusHVohvafbu8HJlwm/aaQIn5vGy8B0xYlbSDumfRP3bLmAcovgWiVONOAfWHSgDH16&#10;hrqDAGyH6g+oTgm03jZhJGyX2aZRQqYcKJsi/y2bxxacTLmQON6dZfL/D1Z82j8gU3XFr+acGeio&#10;Rl9INTBbLVkxiwL1zpcU9+geMKbo3b0V3z0zdtVSmLxFtH0roSZaRYzPXjyIhqenbNN/tDXBwy7Y&#10;pNWhwS4CkgrskEpyPJdEHgITdFlMrvMpFU6Qq7jKZ0UqWQbl82OHPryXtmPxUHEk7gkc9vc+RDJQ&#10;Pock8lareq20TgZuNyuNbA/UHeu0En/K8TJMG9ZXfD4dTxPyC5+/hMjT+htEpwK1uVZdxWfnICij&#10;au9MnZowgNLDmShrc5IxKjdUYGPrI6mIduhhmjk6tBZ/ctZT/1bc/9gBSs70B0OVmBeTSWz4ZEym&#10;b8dk4KVnc+kBIwiq4oGz4bgKw5DsHKptSz8VKXdjb6l6jUrKxsoOrE5kqUeT4Kd5ikNwaaeoX1O/&#10;fAIAAP//AwBQSwMEFAAGAAgAAAAhALBbDxzcAAAACAEAAA8AAABkcnMvZG93bnJldi54bWxMj0FP&#10;wzAMhe9I/IfISNxYQovQKE0nBBoSx627cHNb0xYap2rSrfDr8U5wsq339Py9fLO4QR1pCr1nC7cr&#10;A4q49k3PrYVDub1ZgwoRucHBM1n4pgCb4vIix6zxJ97RcR9bJSEcMrTQxThmWoe6I4dh5Udi0T78&#10;5DDKObW6mfAk4W7QiTH32mHP8qHDkZ47qr/2s7NQ9ckBf3blq3EP2zS+LeXn/P5i7fXV8vQIKtIS&#10;/8xwxhd0KISp8jM3QQ0WUrO+E6sIMkRP0/NSWUgSA7rI9f8CxS8AAAD//wMAUEsBAi0AFAAGAAgA&#10;AAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwEC&#10;LQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwEC&#10;LQAUAAYACAAAACEAyRkhfiICAAA9BAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQ&#10;SwECLQAUAAYACAAAACEAsFsPHNwAAAAIAQAADwAAAAAAAAAAAAAAAAB8BAAAZHJzL2Rvd25yZXYu&#10;eG1sUEsFBgAAAAAEAAQA8wAAAIUFAAAAAA==&#10;"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="0017660D" w:rsidRPr="0017660D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">2. mieszkanie jest </w:t>
       </w:r>
-      <w:r w:rsidR="00FA17FA">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+      <w:r w:rsidR="007E13FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">    </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00FA17FA">
+        <w:t>połączone     ,</w:t>
+      </w:r>
+      <w:r w:rsidR="0017660D" w:rsidRPr="0017660D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">połączone        </w:t>
+        <w:t>nie jest połączone</w:t>
       </w:r>
       <w:r w:rsidR="0017660D" w:rsidRPr="0017660D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-          <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>nie jest połączone</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D94C2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r w:rsidR="0017660D" w:rsidRPr="0017660D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> wspólnym korytarzem z in</w:t>
+        <w:t>wspólnym korytarzem z in</w:t>
       </w:r>
       <w:r w:rsidR="0017660D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>nym mieszkaniem,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50FFA172" w14:textId="7AA06F4E" w:rsidR="003C1C9B" w:rsidRDefault="009C4FE5" w:rsidP="00DB60F8">
+    <w:p w14:paraId="75E248E9" w14:textId="036C362E" w:rsidR="003C1C9B" w:rsidRDefault="008572F6" w:rsidP="00DB60F8">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251676672" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4C59D617" wp14:editId="0239B34E">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251676672" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="69D05F82" wp14:editId="1AAD3F90">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
-                  <wp:posOffset>3983990</wp:posOffset>
+                  <wp:posOffset>4164330</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>255905</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="2129790" cy="311785"/>
-                <wp:effectExtent l="6985" t="8890" r="6350" b="12700"/>
+                <wp:effectExtent l="6350" t="8890" r="6985" b="12700"/>
                 <wp:wrapNone/>
-                <wp:docPr id="30" name="Rectangle 22"/>
+                <wp:docPr id="38" name="Rectangle 22"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="2129790" cy="311785"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
@@ -1772,367 +1719,448 @@
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="3A8424E8" id="Rectangle 22" o:spid="_x0000_s1026" style="position:absolute;margin-left:313.7pt;margin-top:20.15pt;width:167.7pt;height:24.55pt;z-index:251676672;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA7YNr1HAIAABUEAAAOAAAAZHJzL2Uyb0RvYy54bWysU1Fv0zAQfkfiP1h+p2mylrVR02nqGEIa&#10;MDH4Aa7jJBaOz5zdpuXXc3a60sEbIg+WL3f33XffnVc3h96wvUKvwVY8n0w5U1ZCrW1b8W9f798s&#10;OPNB2FoYsKriR+X5zfr1q9XgSlVAB6ZWyAjE+nJwFe9CcGWWedmpXvgJOGXJ2QD2IpCJbVajGAi9&#10;N1kxnb7NBsDaIUjlPf29G518nfCbRsnwuWm8CsxUnLiFdGI6t/HM1itRtihcp+WJhvgHFr3Qloqe&#10;oe5EEGyH+i+oXksED02YSOgzaBotVeqBusmnf3Tz1AmnUi8kjndnmfz/g5Wf9o/IdF3xK5LHip5m&#10;9IVUE7Y1ihVFFGhwvqS4J/eIsUXvHkB+98zCpqMwdYsIQ6dETbTyGJ+9SIiGp1S2HT5CTfBiFyBp&#10;dWiwj4CkAjukkRzPI1GHwCT9LPJieb0kapJ8V3l+vZinEqJ8znbow3sFPYuXiiORT+hi/+BDZCPK&#10;55BYzMK9NiaN3Vg2VHw5L+YpwYPRdXSmJrHdbgyyvYiLk75T3RdhvQ60vkb3FV+cg0QZ1Xhn61Ql&#10;CG3GOzEx9iRPVGRUdgv1kdRBGHeT3hJdOsCfnA20lxX3P3YCFWfmgyWFl/lsFhc5GbP5dUEGXnq2&#10;lx5hJUFVPHA2XjdhXP6dQ912VClPvVu4pak0OgkWJzayOpGl3Us6nt5JXO5LO0X9fs3rXwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAKiUZRLeAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I&#10;/IO1SNyoQwihDdlUAdFrpRYk4OYmix01tqPYbcLfs5zguNqnmTflera9ONMYOu8QbhcJCHKNbzun&#10;Ed5eNzdLECEq16reO0L4pgDr6vKiVEXrJ7ej8z5qwSEuFArBxDgUUobGkFVh4Qdy/Pvyo1WRz1HL&#10;dlQTh9tepkmSS6s6xw1GDfRsqDnuTxbhZfjc1vc6yPo9mo+jf5o2ZqsRr6/m+hFEpDn+wfCrz+pQ&#10;sdPBn1wbRI+Qpw8ZowhZcgeCgVWe8pYDwnKVgaxK+X9B9QMAAP//AwBQSwECLQAUAAYACAAAACEA&#10;toM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQA&#10;BgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQA&#10;BgAIAAAAIQA7YNr1HAIAABUEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQIt&#10;ABQABgAIAAAAIQColGUS3gAAAAkBAAAPAAAAAAAAAAAAAAAAAHYEAABkcnMvZG93bnJldi54bWxQ&#10;SwUGAAAAAAQABADzAAAAgQUAAAAA&#10;" filled="f"/>
+              <v:rect w14:anchorId="5E3F1779" id="Rectangle 22" o:spid="_x0000_s1026" style="position:absolute;margin-left:327.9pt;margin-top:20.15pt;width:167.7pt;height:24.55pt;z-index:251676672;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQACmwSEHAIAABUEAAAOAAAAZHJzL2Uyb0RvYy54bWysU1Fv0zAQfkfiP1h+p2mylrVR02nqGEIa&#10;MDH4Aa7jJBaOz5zdpuXXc3a60sEbIg+WL3f33XffnVc3h96wvUKvwVY8n0w5U1ZCrW1b8W9f798s&#10;OPNB2FoYsKriR+X5zfr1q9XgSlVAB6ZWyAjE+nJwFe9CcGWWedmpXvgJOGXJ2QD2IpCJbVajGAi9&#10;N1kxnb7NBsDaIUjlPf29G518nfCbRsnwuWm8CsxUnLiFdGI6t/HM1itRtihcp+WJhvgHFr3Qloqe&#10;oe5EEGyH+i+oXksED02YSOgzaBotVeqBusmnf3Tz1AmnUi8kjndnmfz/g5Wf9o/IdF3xK5qUFT3N&#10;6AupJmxrFCuKKNDgfElxT+4RY4vePYD87pmFTUdh6hYRhk6JmmjlMT57kRANT6lsO3yEmuDFLkDS&#10;6tBgHwFJBXZIIzmeR6IOgUn6WeTF8npJk5Pku8rz68U8lRDlc7ZDH94r6Fm8VByJfEIX+wcfIhtR&#10;PofEYhbutTFp7MayoeLLeTFPCR6MrqMzNYntdmOQ7UVcnPSd6r4I63Wg9TW6r/jiHCTKqMY7W6cq&#10;QWgz3omJsSd5oiKjsluoj6QOwrib9Jbo0gH+5Gygvay4/7ETqDgzHywpvMxns7jIyZjNrwsy8NKz&#10;vfQIKwmq4oGz8boJ4/LvHOq2o0p56t3CLU2l0UmwOLGR1Yks7V7S8fRO4nJf2inq92te/wIAAP//&#10;AwBQSwMEFAAGAAgAAAAhACAJW0nfAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I&#10;/IO1SNyo09JUTcimCoheK1GQaG9usthR43UUu034e8wJjqMZzbwpNpPtxJUG3zpGmM8SEMS1a1rW&#10;CB/v24c1CB8UN6pzTAjf5GFT3t4UKm/cyG903QctYgn7XCGYEPpcSl8bssrPXE8cvS83WBWiHLRs&#10;BjXGctvJRZKspFUtxwWjenoxVJ/3F4vw2h93Vaq9rD6DOZzd87g1O414fzdVTyACTeEvDL/4ER3K&#10;yHRyF2686BBWaRrRA8IyeQQRA1k2X4A4IayzJciykP8flD8AAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEAApsEhBwCAAAVBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEAIAlbSd8AAAAJAQAADwAAAAAAAAAAAAAAAAB2BAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAAIIFAAAAAA==&#10;" filled="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251675648" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2D771B5B" wp14:editId="3EB36A6C">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251675648" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="79ECF19D" wp14:editId="7BD77041">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
-                  <wp:posOffset>1352550</wp:posOffset>
+                  <wp:posOffset>2209800</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>12065</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="146050" cy="130810"/>
                 <wp:effectExtent l="13970" t="12700" r="11430" b="8890"/>
                 <wp:wrapNone/>
-                <wp:docPr id="29" name="Rectangle 21"/>
+                <wp:docPr id="37" name="Rectangle 21"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="146050" cy="130810"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="5CA43C7D" id="Rectangle 21" o:spid="_x0000_s1026" style="position:absolute;margin-left:106.5pt;margin-top:.95pt;width:11.5pt;height:10.3pt;z-index:251675648;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCYvzfLIQIAAD0EAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/01xolzZqulp1KUJa&#10;YMXCB7iOk1g4HjN2m5avZ+K0pQs8IfxgeTzj4zNnZpa3h86wvUKvwZY8m6ScKSuh0rYp+dcvm1dz&#10;znwQthIGrCr5UXl+u3r5Ytm7QuXQgqkUMgKxvuhdydsQXJEkXraqE34CTlly1oCdCGRik1QoekLv&#10;TJKn6U3SA1YOQSrv6fZ+dPJVxK9rJcOnuvYqMFNy4hbijnHfDnuyWoqiQeFaLU80xD+w6IS29OkF&#10;6l4EwXao/4DqtETwUIeJhC6ButZSxRwomyz9LZunVjgVcyFxvLvI5P8frPy4f0Smq5LnC86s6KhG&#10;n0k1YRujWJ4NAvXOFxT35B5xSNG7B5DfPLOwbilM3SFC3ypREa0Ynzx7MBienrJt/wEqghe7AFGr&#10;Q43dAEgqsEMsyfFSEnUITNJlNr1JZ1Q4Sa7sdTrPYskSUZwfO/ThnYKODYeSI3GP4GL/4AORp9Bz&#10;SCQPRlcbbUw0sNmuDbK9oO7YxDXkS0/8dZixrC/5YpbPIvIzn7+GSOP6G0SnA7W50V3J55cgUQyq&#10;vbVVbMIgtBnP9L+xROOs3FiBLVRHUhFh7GGaOTq0gD8466l/S+6/7wQqzsx7S5VYZNPp0PDRmM7e&#10;5GTgtWd77RFWElTJA2fjcR3GIdk51E1LP2Uxdwt3VL1aR2UHfiOrE1nq0ajeaZ6GIbi2Y9SvqV/9&#10;BAAA//8DAFBLAwQUAAYACAAAACEAvXMESd0AAAAIAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7D&#10;MBBE70j8g7VI3KhTR1Q0xKkQqEgc2/TCbRMvSdrYjmKnDXw9y4nedvRGszP5Zra9ONMYOu80LBcJ&#10;CHK1N51rNBzK7cMTiBDRGey9Iw3fFGBT3N7kmBl/cTs672MjOMSFDDW0MQ6ZlKFuyWJY+IEcsy8/&#10;Wowsx0aaES8cbnupkmQlLXaOP7Q40GtL9Wk/WQ1Vpw74syvfE7vepvFjLo/T55vW93fzyzOISHP8&#10;N8Nffa4OBXeq/ORMEL0GtUx5S2SwBsFcpSvWFR/qEWSRy+sBxS8AAAD//wMAUEsBAi0AFAAGAAgA&#10;AAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwEC&#10;LQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwEC&#10;LQAUAAYACAAAACEAmL83yyECAAA9BAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQ&#10;SwECLQAUAAYACAAAACEAvXMESd0AAAAIAQAADwAAAAAAAAAAAAAAAAB7BAAAZHJzL2Rvd25yZXYu&#10;eG1sUEsFBgAAAAAEAAQA8wAAAIUFAAAAAA==&#10;"/>
+              <v:rect w14:anchorId="33A50AC4" id="Rectangle 21" o:spid="_x0000_s1026" style="position:absolute;margin-left:174pt;margin-top:.95pt;width:11.5pt;height:10.3pt;z-index:251675648;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAJIc7LIgIAAD0EAAAOAAAAZHJzL2Uyb0RvYy54bWysU1Fv0zAQfkfiP1h+p0m6duuiptPUUYQ0&#10;YGLwA1zHaSxsnzm7Tcuv5+K0pQOeEH6wfL7z5+++u5vf7a1hO4VBg6t4Mco5U05Crd2m4l+/rN7M&#10;OAtRuFoYcKriBxX43eL1q3nnSzWGFkytkBGIC2XnK97G6MssC7JVVoQReOXI2QBaEcnETVaj6Ajd&#10;mmyc59dZB1h7BKlCoNuHwckXCb9plIyfmiaoyEzFiVtMO6Z93e/ZYi7KDQrfanmkIf6BhRXa0adn&#10;qAcRBdui/gPKaokQoIkjCTaDptFSpRwomyL/LZvnVniVciFxgj/LFP4frPy4e0Km64pf3XDmhKUa&#10;fSbVhNsYxcZFL1DnQ0lxz/4J+xSDfwT5LTAHy5bC1D0idK0SNdFK8dmLB70R6Clbdx+gJnixjZC0&#10;2jdoe0BSge1TSQ7nkqh9ZJIui8l1PqXCSXIVV/msSCXLRHl67DHEdwos6w8VR+KewMXuMUQiT6Gn&#10;kEQejK5X2phk4Ga9NMh2grpjlVafLz0Jl2HGsa7it9PxNCG/8IVLiDytv0FYHanNjbYVn52DRNmr&#10;9tbVqQmj0GY40//GEY2TckMF1lAfSEWEoYdp5ujQAv7grKP+rXj4vhWoODPvHVXitphM+oZPxmR6&#10;MyYDLz3rS49wkqAqHjkbjss4DMnWo9609FORcndwT9VrdFK25zewOpKlHk3qHeepH4JLO0X9mvrF&#10;TwAAAP//AwBQSwMEFAAGAAgAAAAhAOyU3+3dAAAACAEAAA8AAABkcnMvZG93bnJldi54bWxMj01P&#10;g0AQhu8m/ofNmHizS8GPFlkao6mJx5ZevA0wAsrOEnZp0V/veKrHN8/knefNNrPt1ZFG3zk2sFxE&#10;oIgrV3fcGDgU25sVKB+Qa+wdk4Fv8rDJLy8yTGt34h0d96FRUsI+RQNtCEOqta9asugXbiAW9uFG&#10;i0Hi2Oh6xJOU217HUXSvLXYsH1oc6Lml6ms/WQNlFx/wZ1e8Rna9TcLbXHxO7y/GXF/NT4+gAs3h&#10;fAx/+qIOuTiVbuLaq95AcruSLUHAGpTw5GEpuTQQx3eg80z/H5D/AgAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhAAkhzssiAgAAPQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhAOyU3+3dAAAACAEAAA8AAAAAAAAAAAAAAAAAfAQAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAACGBQAAAAA=&#10;"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251674624" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4D613438" wp14:editId="6DBAB7AB">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251674624" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="11FE09C0" wp14:editId="0B293947">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
-                  <wp:posOffset>551815</wp:posOffset>
+                  <wp:posOffset>1100455</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>12065</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="146050" cy="130810"/>
-                <wp:effectExtent l="13335" t="12700" r="12065" b="8890"/>
+                <wp:effectExtent l="9525" t="12700" r="6350" b="8890"/>
                 <wp:wrapNone/>
-                <wp:docPr id="28" name="Rectangle 20"/>
+                <wp:docPr id="36" name="Rectangle 20"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="146050" cy="130810"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="424DCCF4" id="Rectangle 20" o:spid="_x0000_s1026" style="position:absolute;margin-left:43.45pt;margin-top:.95pt;width:11.5pt;height:10.3pt;z-index:251674624;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCRj4XFIQIAAD0EAAAOAAAAZHJzL2Uyb0RvYy54bWysU8FuEzEQvSPxD5bvZHdDUtJVNlWVEoRU&#10;oKLwAY7Xm7WwPWbsZFO+vmMnTVPghPDB8njGz2/ezMyv9tawncKgwTW8GpWcKSeh1W7T8O/fVm9m&#10;nIUoXCsMONXwBxX41eL1q/ngazWGHkyrkBGIC/XgG97H6OuiCLJXVoQReOXI2QFaEcnETdGiGAjd&#10;mmJclhfFANh6BKlCoNubg5MvMn7XKRm/dF1QkZmGE7eYd8z7Ou3FYi7qDQrfa3mkIf6BhRXa0acn&#10;qBsRBdui/gPKaokQoIsjCbaArtNS5Rwom6r8LZv7XniVcyFxgj/JFP4frPy8u0Om24aPqVJOWKrR&#10;V1JNuI1RbJwFGnyoKe7e32FKMfhbkD8Cc7DsKUxdI8LQK9ESrSoJWrx4kIxAT9l6+AQtwYtthKzV&#10;vkObAEkFts8leTiVRO0jk3RZTS7KKRVOkqt6W86qzKgQ9dNjjyF+UGBZOjQciXsGF7vbEBMZUT+F&#10;ZPJgdLvSxmQDN+ulQbYT1B2rvDJ/yvE8zDg2NPxyOp5m5Be+cA5R5vU3CKsjtbnRtuGzU5Cok2rv&#10;XZubMAptDmeibNxRxqRcauZQr6F9IBURDj1MM0eHHvAXZwP1b8PDz61AxZn56KgSl9Vkkho+G5Pp&#10;Oyolw3PP+twjnCSohkfODsdlPAzJ1qPe9PRTlXN3cE3V63RW9pnVkSz1aBb8OE9pCM7tHPU89YtH&#10;AAAA//8DAFBLAwQUAAYACAAAACEAX21ibtsAAAAHAQAADwAAAGRycy9kb3ducmV2LnhtbEyOzU7D&#10;MBCE70i8g7VI3KhNEFUT4lQIVCSObXrh5sTbJCVeR7HTBp6e7Yme9mdGM1++nl0vTjiGzpOGx4UC&#10;gVR721GjYV9uHlYgQjRkTe8JNfxggHVxe5ObzPozbfG0i43gEAqZ0dDGOGRShrpFZ8LCD0isHfzo&#10;TORzbKQdzZnDXS8TpZbSmY64oTUDvrVYf+8mp6Hqkr353ZYfyqWbp/g5l8fp613r+7v59QVExDn+&#10;m+GCz+hQMFPlJ7JB9BpWy5Sd/OdxkVXKS6UhSZ5BFrm85i/+AAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAJGPhcUhAgAAPQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAF9tYm7bAAAABwEAAA8AAAAAAAAAAAAAAAAAewQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAACDBQAAAAA=&#10;"/>
+              <v:rect w14:anchorId="64E354EE" id="Rectangle 20" o:spid="_x0000_s1026" style="position:absolute;margin-left:86.65pt;margin-top:.95pt;width:11.5pt;height:10.3pt;z-index:251674624;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAAEXzFIQIAAD0EAAAOAAAAZHJzL2Uyb0RvYy54bWysU1Fv0zAQfkfiP1h+p0m6tnRR02nqKEIa&#10;MDH4AVfHSSwc25zdpuXXc3a7rgOeEH6wfL7z5+++u1vc7HvNdhK9sqbixSjnTBpha2Xain/7un4z&#10;58wHMDVoa2TFD9Lzm+XrV4vBlXJsO6triYxAjC8HV/EuBFdmmRed7MGPrJOGnI3FHgKZ2GY1wkDo&#10;vc7GeT7LBou1Qyuk93R7d3TyZcJvGinC56bxMjBdceIW0o5p38Q9Wy6gbBFcp8SJBvwDix6UoU/P&#10;UHcQgG1R/QHVK4HW2yaMhO0z2zRKyJQDZVPkv2Xz2IGTKRcSx7uzTP7/wYpPuwdkqq741YwzAz3V&#10;6AupBqbVko2TQIPzJcU9ugeMKXp3b8V3z4xddRQmbxHt0EmoiVYRBc1ePIiGp6dsM3y0NcHDNtik&#10;1b7BPgKSCmyfSnI4l0TuAxN0WUxm+ZQKJ8hVXOXzIjHKoHx67NCH99L2LB4qjsQ9gcPu3odIBsqn&#10;kETealWvldbJwHaz0sh2QN2xTivxpxwvw7RhQ8Wvp+NpQn7h85cQeVp/g+hVoDbXqq/4/BwEZVTt&#10;nalTEwZQ+ngmytqcZIzKxWb25cbWB1IR7bGHaebo0Fn8ydlA/Vtx/2MLKDnTHwxV4rqYTGLDJ2My&#10;fUulZHjp2Vx6wAiCqnjg7HhcheOQbB2qtqOfipS7sbdUvUYlZZ9ZnchSjybBT/MUh+DSTlHPU7/8&#10;BQAA//8DAFBLAwQUAAYACAAAACEAHkYa4NsAAAAIAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU+D&#10;QBCF7yb+h82YeLOLEKsgS2M0NfHY0ou3AUZA2VnCLi36652e9DZf3sub9/LNYgd1pMn3jg3criJQ&#10;xLVrem4NHMrtzQMoH5AbHByTgW/ysCkuL3LMGnfiHR33oVUSwj5DA10IY6a1rzuy6FduJBbtw00W&#10;g+DU6mbCk4TbQcdRtNYWe5YPHY703FH9tZ+tgaqPD/izK18jm26T8LaUn/P7izHXV8vTI6hAS/gz&#10;w7m+VIdCOlVu5sarQfg+ScQqRwrqrKdr4cpAHN+BLnL9f0DxCwAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAAARfMUhAgAAPQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAB5GGuDbAAAACAEAAA8AAAAAAAAAAAAAAAAAewQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAACDBQAAAAA=&#10;"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="0017660D" w:rsidRPr="0017660D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">3. lokal </w:t>
       </w:r>
-      <w:r w:rsidR="00FA17FA">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+      <w:r w:rsidR="007E13FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">     </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00FA17FA">
+        <w:t>powstał     ,</w:t>
+      </w:r>
+      <w:r w:rsidR="0017660D" w:rsidRPr="0017660D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">powstał      </w:t>
-[...4 lines deleted...]
-          <w:b/>
+        <w:t>nie powstał</w:t>
+      </w:r>
+      <w:r w:rsidR="0017660D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>nie powstał</w:t>
+        <w:t xml:space="preserve"> w </w:t>
+      </w:r>
+      <w:r w:rsidR="00D94C2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="0017660D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> w wyniku adaptacji</w:t>
+        <w:t>wyniku adaptacji</w:t>
       </w:r>
       <w:r w:rsidR="007D3251">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00DB60F8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">na co </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79E16EF3" w14:textId="2A5127C4" w:rsidR="003C1C9B" w:rsidRDefault="009C4FE5" w:rsidP="00DB60F8">
+    <w:p w14:paraId="0513F960" w14:textId="0DFA7847" w:rsidR="003C1C9B" w:rsidRDefault="008572F6" w:rsidP="00DB60F8">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251706368" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="251D3118" wp14:editId="63B177E3">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251706368" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="59C8CC03" wp14:editId="262253ED">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
-                  <wp:posOffset>1869440</wp:posOffset>
+                  <wp:posOffset>3295650</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>12700</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="146050" cy="130810"/>
-                <wp:effectExtent l="6985" t="6985" r="8890" b="5080"/>
+                <wp:effectExtent l="13970" t="6985" r="11430" b="5080"/>
                 <wp:wrapNone/>
-                <wp:docPr id="27" name="Rectangle 53"/>
+                <wp:docPr id="35" name="Rectangle 53"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="146050" cy="130810"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="63B35A3A" id="Rectangle 53" o:spid="_x0000_s1026" style="position:absolute;margin-left:147.2pt;margin-top:1pt;width:11.5pt;height:10.3pt;z-index:251706368;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCYIXdpIgIAAD0EAAAOAAAAZHJzL2Uyb0RvYy54bWysU1Fv0zAQfkfiP1h+p0m6duuiptPUUYQ0&#10;YGLwA1zHSSwcnzm7Tcev5+x0pQOeEH6wfL7z5+++u1veHHrD9gq9BlvxYpJzpqyEWtu24l+/bN4s&#10;OPNB2FoYsKriT8rzm9XrV8vBlWoKHZhaISMQ68vBVbwLwZVZ5mWneuEn4JQlZwPYi0AmtlmNYiD0&#10;3mTTPL/MBsDaIUjlPd3ejU6+SvhNo2T41DReBWYqTtxC2jHt27hnq6UoWxSu0/JIQ/wDi15oS5+e&#10;oO5EEGyH+g+oXksED02YSOgzaBotVcqBsiny37J57IRTKRcSx7uTTP7/wcqP+wdkuq749IozK3qq&#10;0WdSTdjWKDa/iAINzpcU9+geMKbo3T3Ib55ZWHcUpm4RYeiUqIlWEeOzFw+i4ekp2w4foCZ4sQuQ&#10;tDo02EdAUoEdUkmeTiVRh8AkXRazy3xOhZPkKi7yRZFKlony+bFDH94p6Fk8VByJewIX+3sfIhlR&#10;Pock8mB0vdHGJAPb7dog2wvqjk1aiT/leB5mLBsqfj2fzhPyC58/h8jT+htErwO1udF9xRenIFFG&#10;1d7aOjVhENqMZ6Js7FHGqNxYgS3UT6QiwtjDNHN06AB/cDZQ/1bcf98JVJyZ95YqcV3MZrHhkzGb&#10;X03JwHPP9twjrCSoigfOxuM6jEOyc6jbjn4qUu4Wbql6jU7KxsqOrI5kqUeT4Md5ikNwbqeoX1O/&#10;+gkAAP//AwBQSwMEFAAGAAgAAAAhAPNNeMLcAAAACAEAAA8AAABkcnMvZG93bnJldi54bWxMj0FP&#10;g0AQhe8m/ofNmHizS2lTLWVpjKYmHlt68TbACFR2lrBLi/56x5O9zct7efO9dDvZTp1p8K1jA/NZ&#10;BIq4dFXLtYFjvnt4AuUDcoWdYzLwTR622e1NiknlLryn8yHUSkrYJ2igCaFPtPZlQxb9zPXE4n26&#10;wWIQOdS6GvAi5bbTcRSttMWW5UODPb00VH4dRmugaOMj/uzzt8iud4vwPuWn8ePVmPu76XkDKtAU&#10;/sPwhy/okAlT4UauvOoMxOvlUqJyyCTxF/NH0YXoeAU6S/X1gOwXAAD//wMAUEsBAi0AFAAGAAgA&#10;AAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwEC&#10;LQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwEC&#10;LQAUAAYACAAAACEAmCF3aSICAAA9BAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQ&#10;SwECLQAUAAYACAAAACEA8014wtwAAAAIAQAADwAAAAAAAAAAAAAAAAB8BAAAZHJzL2Rvd25yZXYu&#10;eG1sUEsFBgAAAAAEAAQA8wAAAIUFAAAAAA==&#10;"/>
+              <v:rect w14:anchorId="61941525" id="Rectangle 53" o:spid="_x0000_s1026" style="position:absolute;margin-left:259.5pt;margin-top:1pt;width:11.5pt;height:10.3pt;z-index:251706368;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBdwmnpIgIAAD0EAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/0yRts3SjpqtVlyKk&#10;BVYsfIDrOImFb4zdpuXrd+x0Sxd4QvjB8njGx2fOzCxvDlqRvQAvralpMckpEYbbRpqupt++bt4s&#10;KPGBmYYpa0RNj8LTm9XrV8vBVWJqe6saAQRBjK8GV9M+BFdlmee90MxPrBMGna0FzQKa0GUNsAHR&#10;tcqmeX6VDRYaB5YL7/H2bnTSVcJvW8HD57b1IhBVU+QW0g5p38Y9Wy1Z1QFzveQnGuwfWGgmDX56&#10;hrpjgZEdyD+gtORgvW3DhFud2baVXKQcMJsi/y2bx545kXJBcbw7y+T/Hyz/tH8AIpuazkpKDNNY&#10;oy+oGjOdEqScRYEG5yuMe3QPEFP07t7y754Yu+4xTNwC2KEXrEFaRYzPXjyIhsenZDt8tA3Cs12w&#10;SatDCzoCogrkkEpyPJdEHALheFnMr/ISC8fRVczyRZFKlrHq+bEDH94Lq0k81BSQewJn+3sfIhlW&#10;PYck8lbJZiOVSgZ027UCsmfYHZu0En/M8TJMGTLU9Lqclgn5hc9fQuRp/Q1Cy4BtrqSu6eIcxKqo&#10;2jvTpCYMTKrxjJSVOckYlRsrsLXNEVUEO/Ywzhweegs/KRmwf2vqf+wYCErUB4OVuC7m89jwyZiX&#10;b6dowKVne+lhhiNUTQMl43EdxiHZOZBdjz8VKXdjb7F6rUzKxsqOrE5ksUeT4Kd5ikNwaaeoX1O/&#10;egIAAP//AwBQSwMEFAAGAAgAAAAhABOKHW7dAAAACAEAAA8AAABkcnMvZG93bnJldi54bWxMj0FP&#10;g0AQhe8m/ofNmHizS9E2lrI0RlMTjy29eBtgBCo7S9ilRX+901M9zby8yZvvpZvJdupEg28dG5jP&#10;IlDEpatarg0c8u3DMygfkCvsHJOBH/KwyW5vUkwqd+YdnfahVhLCPkEDTQh9orUvG7LoZ64nFu/L&#10;DRaDyKHW1YBnCbedjqNoqS22LB8a7Om1ofJ7P1oDRRsf8HeXv0d2tX0MH1N+HD/fjLm/m17WoAJN&#10;4XoMF3xBh0yYCjdy5VVnYDFfSZdgIJYh/uLpshSi4yXoLNX/C2R/AAAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhAF3CaekiAgAAPQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhABOKHW7dAAAACAEAAA8AAAAAAAAAAAAAAAAAfAQAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAACGBQAAAAA=&#10;"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251677696" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6BF13D02" wp14:editId="00AFDD41">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251705344" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="074770F3" wp14:editId="57DD3F26">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>1529715</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>12700</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="146050" cy="130810"/>
+                <wp:effectExtent l="10160" t="6985" r="5715" b="5080"/>
+                <wp:wrapNone/>
+                <wp:docPr id="34" name="Rectangle 52"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="146050" cy="130810"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="FFFFFF"/>
+                        </a:solidFill>
+                        <a:ln w="9525">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:miter lim="800000"/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:rect w14:anchorId="2162A076" id="Rectangle 52" o:spid="_x0000_s1026" style="position:absolute;margin-left:120.45pt;margin-top:1pt;width:11.5pt;height:10.3pt;z-index:251705344;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBU8tvnIgIAAD0EAAAOAAAAZHJzL2Uyb0RvYy54bWysU1Fv0zAQfkfiP1h+p0m6dnRR02nqKEIa&#10;MDH4Aa7jJBaOz5zdpuPX7+x0pQOeEH6wfL7z5+++u1teH3rD9gq9BlvxYpJzpqyEWtu24t++bt4s&#10;OPNB2FoYsKrij8rz69XrV8vBlWoKHZhaISMQ68vBVbwLwZVZ5mWneuEn4JQlZwPYi0AmtlmNYiD0&#10;3mTTPL/MBsDaIUjlPd3ejk6+SvhNo2T43DReBWYqTtxC2jHt27hnq6UoWxSu0/JIQ/wDi15oS5+e&#10;oG5FEGyH+g+oXksED02YSOgzaBotVcqBsiny37J56IRTKRcSx7uTTP7/wcpP+3tkuq74xYwzK3qq&#10;0RdSTdjWKDafRoEG50uKe3D3GFP07g7kd88srDsKUzeIMHRK1ESriPHZiwfR8PSUbYePUBO82AVI&#10;Wh0a7CMgqcAOqSSPp5KoQ2CSLovZZT6nwklyFRf5okgly0T5/NihD+8V9CweKo7EPYGL/Z0PkYwo&#10;n0MSeTC63mhjkoHtdm2Q7QV1xyatxJ9yPA8zlg0Vv5pP5wn5hc+fQ+Rp/Q2i14Ha3Oi+4otTkCij&#10;au9snZowCG3GM1E29ihjVG6swBbqR1IRYexhmjk6dIA/ORuofyvuf+wEKs7MB0uVuCpms9jwyZjN&#10;307JwHPP9twjrCSoigfOxuM6jEOyc6jbjn4qUu4Wbqh6jU7KxsqOrI5kqUeT4Md5ikNwbqeoX1O/&#10;egIAAP//AwBQSwMEFAAGAAgAAAAhAGFQ3ObaAAAACAEAAA8AAABkcnMvZG93bnJldi54bWxMT8tO&#10;wzAQvCPxD9YicaM2LopoiFMhUJE4tumFmxMvSSBeR7HTBr6e5QS3Gc1oHsV28YM44RT7QAZuVwoE&#10;UhNcT62BY7W7uQcRkyVnh0Bo4AsjbMvLi8LmLpxpj6dDagWHUMytgS6lMZcyNh16G1dhRGLtPUze&#10;JqZTK91kzxzuB6mVyqS3PXFDZ0d86rD5PMzeQN3ro/3eVy/Kb3br9LpUH/PbszHXV8vjA4iES/oz&#10;w+98ng4lb6rDTC6KwYC+Uxu2MuBLrOtszbxmoDOQZSH/Hyh/AAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAFTy2+ciAgAAPQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAGFQ3ObaAAAACAEAAA8AAAAAAAAAAAAAAAAAfAQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAACDBQAAAAA=&#10;"/>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251677696" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5AC4D64B" wp14:editId="6C23BA22">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>487045</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>290195</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1868805" cy="222885"/>
                 <wp:effectExtent l="5715" t="8255" r="11430" b="6985"/>
                 <wp:wrapNone/>
-                <wp:docPr id="26" name="Rectangle 23"/>
+                <wp:docPr id="33" name="Rectangle 23"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1868805" cy="222885"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
@@ -2142,930 +2170,800 @@
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="696B920B" id="Rectangle 23" o:spid="_x0000_s1026" style="position:absolute;margin-left:38.35pt;margin-top:22.85pt;width:147.15pt;height:17.55pt;z-index:251677696;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCcK7tlHAIAABUEAAAOAAAAZHJzL2Uyb0RvYy54bWysU1Fv0zAQfkfiP1h+p2lDW7Ko6TR1DCEN&#10;mBj8ANdxEgvHZ85u0/Lrd3a60sEbIg+WL3f33XffnVfXh96wvUKvwVZ8NplypqyEWtu24t+/3b0p&#10;OPNB2FoYsKriR+X59fr1q9XgSpVDB6ZWyAjE+nJwFe9CcGWWedmpXvgJOGXJ2QD2IpCJbVajGAi9&#10;N1k+nS6zAbB2CFJ5T39vRydfJ/ymUTJ8aRqvAjMVJ24hnZjObTyz9UqULQrXaXmiIf6BRS+0paJn&#10;qFsRBNuh/guq1xLBQxMmEvoMmkZLlXqgbmbTP7p57IRTqRcSx7uzTP7/wcrP+wdkuq54vuTMip5m&#10;9JVUE7Y1iuVvo0CD8yXFPboHjC16dw/yh2cWNh2FqRtEGDolaqI1i/HZi4RoeEpl2+ET1AQvdgGS&#10;VocG+whIKrBDGsnxPBJ1CEzSz1mxLIrpgjNJvjzPi2KRSojyOduhDx8U9CxeKo5EPqGL/b0PkY0o&#10;n0NiMQt32pg0dmPZUPGrRb5ICR6MrqMzNYntdmOQ7UVcnPSd6r4I63Wg9TW6r3hxDhJlVOO9rVOV&#10;ILQZ78TE2JM8UZFR2S3UR1IHYdxNekt06QB/cTbQXlbc/9wJVJyZj5YUvprN53GRkzFfvMvJwEvP&#10;9tIjrCSoigfOxusmjMu/c6jbjirNUu8WbmgqjU6CxYmNrE5kafeSjqd3Epf70k5Rv1/z+gkAAP//&#10;AwBQSwMEFAAGAAgAAAAhANxBbKrdAAAACAEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I&#10;/IO1SNyoU6BNFOJUAdFrJQoScHPjxY4ar6PYbcLfs5zgtBrNaPZNtZl9L844xi6QguUiA4HUBtOR&#10;VfD2ur0pQMSkyeg+ECr4xgib+vKi0qUJE73geZ+s4BKKpVbgUhpKKWPr0Ou4CAMSe19h9DqxHK00&#10;o5643PfyNsvW0uuO+IPTAz45bI/7k1fwPHzumpWNsnlP7uMYHqet21mlrq/m5gFEwjn9heEXn9Gh&#10;ZqZDOJGJoleQr3NOKrhf8WX/Ll/ytoOCIitA1pX8P6D+AQAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAJwru2UcAgAAFQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhANxBbKrdAAAACAEAAA8AAAAAAAAAAAAAAAAAdgQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;" filled="f"/>
+              <v:rect w14:anchorId="2BCF7625" id="Rectangle 23" o:spid="_x0000_s1026" style="position:absolute;margin-left:38.35pt;margin-top:22.85pt;width:147.15pt;height:17.55pt;z-index:251677696;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAJweXDHQIAABUEAAAOAAAAZHJzL2Uyb0RvYy54bWysU1Fv0zAQfkfiP1h+p2nSdmRR02nqGEIa&#10;MDH4Aa7jNBaOz5zdpuXXc3a60sEbIg+WL3f33XffnZc3h96wvUKvwdY8n0w5U1ZCo+225t++3r8p&#10;OfNB2EYYsKrmR+X5zer1q+XgKlVAB6ZRyAjE+mpwNe9CcFWWedmpXvgJOGXJ2QL2IpCJ26xBMRB6&#10;b7JiOr3KBsDGIUjlPf29G518lfDbVsnwuW29CszUnLiFdGI6N/HMVktRbVG4TssTDfEPLHqhLRU9&#10;Q92JINgO9V9QvZYIHtowkdBn0LZaqtQDdZNP/+jmqRNOpV5IHO/OMvn/Bys/7R+R6abmsxlnVvQ0&#10;oy+kmrBbo1gxiwINzlcU9+QeMbbo3QPI755ZWHcUpm4RYeiUaIhWHuOzFwnR8JTKNsNHaAhe7AIk&#10;rQ4t9hGQVGCHNJLjeSTqEJikn3l5VZbTBWeSfEVRlOUilRDVc7ZDH94r6Fm81ByJfEIX+wcfIhtR&#10;PYfEYhbutTFp7MayoebXi2KREjwY3URnahK3m7VBthdxcdJ3qvsirNeB1tfovublOUhUUY13tklV&#10;gtBmvBMTY0/yREVGZTfQHEkdhHE36S3RpQP8ydlAe1lz/2MnUHFmPlhS+Dqfz+MiJ2O+eFuQgZee&#10;zaVHWElQNQ+cjdd1GJd/51BvO6qUp94t3NJUWp0EixMbWZ3I0u4lHU/vJC73pZ2ifr/m1S8AAAD/&#10;/wMAUEsDBBQABgAIAAAAIQDcQWyq3QAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETv&#10;SPyDtUjcqFOgTRTiVAHRayUKEnBz48WOGq+j2G3C37Oc4LQazWj2TbWZfS/OOMYukILlIgOB1AbT&#10;kVXw9rq9KUDEpMnoPhAq+MYIm/ryotKlCRO94HmfrOASiqVW4FIaSilj69DruAgDEntfYfQ6sRyt&#10;NKOeuNz38jbL1tLrjviD0wM+OWyP+5NX8Dx87pqVjbJ5T+7jGB6nrdtZpa6v5uYBRMI5/YXhF5/R&#10;oWamQziRiaJXkK9zTiq4X/Fl/y5f8raDgiIrQNaV/D+g/gEAAP//AwBQSwECLQAUAAYACAAAACEA&#10;toM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQA&#10;BgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQA&#10;BgAIAAAAIQAJweXDHQIAABUEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQIt&#10;ABQABgAIAAAAIQDcQWyq3QAAAAgBAAAPAAAAAAAAAAAAAAAAAHcEAABkcnMvZG93bnJldi54bWxQ&#10;SwUGAAAAAAQABADzAAAAgQUAAAAA&#10;" filled="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-          <w:noProof/>
+      <w:r w:rsidR="00B14DCB" w:rsidRPr="00B14DCB">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <mc:AlternateContent>
-[...63 lines deleted...]
-        </mc:AlternateContent>
+        <w:t>nie p</w:t>
+      </w:r>
+      <w:r w:rsidR="003C1C9B" w:rsidRPr="00B14DCB">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>osiadam</w:t>
+      </w:r>
+      <w:r w:rsidR="00D94C2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> u</w:t>
+      </w:r>
+      <w:r w:rsidR="00B14DCB" w:rsidRPr="00B14DCB">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>mowy</w:t>
+      </w:r>
+      <w:r w:rsidR="007E13FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       ,  </w:t>
+      </w:r>
+      <w:r w:rsidR="003C1C9B" w:rsidRPr="003C1C9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> posiadam</w:t>
+      </w:r>
+      <w:r w:rsidR="00D94C2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003C1C9B" w:rsidRPr="00B14DCB">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>umow</w:t>
+      </w:r>
+      <w:r w:rsidR="00B14DCB" w:rsidRPr="00B14DCB">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ę</w:t>
+      </w:r>
+      <w:r w:rsidR="00D94C2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
       </w:r>
       <w:r w:rsidR="003C1C9B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">     </w:t>
-[...89 lines deleted...]
-    <w:p w14:paraId="586A46A1" w14:textId="77777777" w:rsidR="00B45DE0" w:rsidRPr="00DB60F8" w:rsidRDefault="00B14DCB" w:rsidP="00DB60F8">
+        <w:t xml:space="preserve">najmu nr </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A528C8C" w14:textId="77777777" w:rsidR="00B45DE0" w:rsidRPr="00DB60F8" w:rsidRDefault="00B14DCB" w:rsidP="00DB60F8">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>z dnia</w:t>
       </w:r>
-      <w:r w:rsidR="00DB60F8">
-[...8 lines deleted...]
-    <w:p w14:paraId="00246D20" w14:textId="77777777" w:rsidR="004E76F6" w:rsidRPr="0085619F" w:rsidRDefault="0080501A" w:rsidP="004E76F6">
+    </w:p>
+    <w:p w14:paraId="7BE6CB4B" w14:textId="77777777" w:rsidR="004E76F6" w:rsidRPr="0085619F" w:rsidRDefault="0080501A" w:rsidP="004E76F6">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0085619F">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Załączam</w:t>
       </w:r>
       <w:r w:rsidR="004E76F6" w:rsidRPr="0085619F">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="107B27EA" w14:textId="77777777" w:rsidR="004E76F6" w:rsidRPr="0085619F" w:rsidRDefault="004E76F6" w:rsidP="004E76F6">
+    <w:p w14:paraId="2E9B47AE" w14:textId="752F2421" w:rsidR="004E76F6" w:rsidRPr="0085619F" w:rsidRDefault="00843BD6" w:rsidP="004E76F6">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0085619F">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">1. </w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="004E76F6" w:rsidRPr="0085619F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="0080501A" w:rsidRPr="0085619F">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>k</w:t>
       </w:r>
-      <w:r w:rsidRPr="0085619F">
-[...5 lines deleted...]
-        <w:t>serokopię decyzji o przydziale</w:t>
+      <w:r w:rsidR="004E76F6" w:rsidRPr="0085619F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>serokopię umowy najmu po 1992 r. oraz zawartych aneksów</w:t>
       </w:r>
       <w:r w:rsidR="0080501A" w:rsidRPr="0085619F">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5FB6F3D4" w14:textId="77777777" w:rsidR="004E76F6" w:rsidRPr="0085619F" w:rsidRDefault="004E76F6" w:rsidP="004E76F6">
+    <w:p w14:paraId="16199EF4" w14:textId="4519A330" w:rsidR="004E76F6" w:rsidRPr="0085619F" w:rsidRDefault="00843BD6" w:rsidP="004E76F6">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0085619F">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">2. </w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="004E76F6" w:rsidRPr="0085619F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="0080501A" w:rsidRPr="0085619F">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>k</w:t>
-[...7 lines deleted...]
-        <w:t>serokopię umowy najmu po 1992 r. oraz zawartych aneksów</w:t>
+        <w:t>z</w:t>
+      </w:r>
+      <w:r w:rsidR="004E76F6" w:rsidRPr="0085619F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>godę na przetwarzanie danych osobowych</w:t>
       </w:r>
       <w:r w:rsidR="0080501A" w:rsidRPr="0085619F">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>,</w:t>
-[...42 lines deleted...]
-        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22E44E1D" w14:textId="6F6E5264" w:rsidR="00B45DE0" w:rsidRPr="0085619F" w:rsidRDefault="009C4FE5" w:rsidP="00DB60F8">
+    <w:p w14:paraId="6FF3A7B7" w14:textId="4D858C0C" w:rsidR="00B45DE0" w:rsidRPr="0085619F" w:rsidRDefault="008572F6" w:rsidP="00DB60F8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="426"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:noProof/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251703296" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4382F6DE" wp14:editId="27547DE4">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251703296" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4C5DE80B" wp14:editId="42302EF0">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>3641725</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>95250</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="2652395" cy="415290"/>
-                <wp:effectExtent l="7620" t="12700" r="6985" b="10160"/>
+                <wp:effectExtent l="7620" t="6985" r="6985" b="6350"/>
                 <wp:wrapNone/>
-                <wp:docPr id="24" name="Rectangle 50"/>
+                <wp:docPr id="32" name="Rectangle 50"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="2652395" cy="415290"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="0EFD66D7" id="Rectangle 50" o:spid="_x0000_s1026" style="position:absolute;margin-left:286.75pt;margin-top:7.5pt;width:208.85pt;height:32.7pt;z-index:251703296;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD/FIv4IgIAAD4EAAAOAAAAZHJzL2Uyb0RvYy54bWysU1Fv0zAQfkfiP1h+p2lCM9ao6TR1FCEN&#10;mBj8gKvjJBaObc5u0/Hrd3a7rgOeEH6wfL7z5+++u1tc7QfNdhK9sqbm+WTKmTTCNsp0Nf/+bf3m&#10;kjMfwDSgrZE1f5CeXy1fv1qMrpKF7a1uJDICMb4aXc37EFyVZV70cgA/sU4acrYWBwhkYpc1CCOh&#10;DzorptOLbLTYOLRCek+3NwcnXyb8tpUifGlbLwPTNSduIe2Y9k3cs+UCqg7B9UocacA/sBhAGfr0&#10;BHUDAdgW1R9QgxJovW3DRNghs22rhEw5UDb59Lds7ntwMuVC4nh3ksn/P1jxeXeHTDU1L2acGRio&#10;Rl9JNTCdlqxMAo3OVxR37+4wpujdrRU/PDN21VOYvEa0Yy+hIVp5FDR78SAanp6yzfjJNgQP22CT&#10;VvsWhwhIKrB9KsnDqSRyH5igy+KiLN7OS84E+WZ5WcwTpQyqp9cOffgg7cDioeZI5BM67G59iGyg&#10;egpJ7K1WzVppnQzsNiuNbAfUHuu0UgKU5HmYNmys+bwsyoT8wufPIaZp/Q1iUIH6XKuh5penIKii&#10;bO9Nk7owgNKHM1HW5qhjlC52s682tnkgGdEempiGjg69xV+cjdTANfc/t4CSM/3RUCnm+WwWOz4Z&#10;s/JdQQaeezbnHjCCoGoeODscV+EwJVuHquvppzzlbuw1la9VSdlnVkey1KRJ8ONAxSk4t1PU89gv&#10;HwEAAP//AwBQSwMEFAAGAAgAAAAhANIH+aLeAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj0FP&#10;g0AQhe8m/ofNmHizS6loQZbGaNrEY0sv3gZ2BJTdJezSor/e6UmPk/flzffyzWx6caLRd84qWC4i&#10;EGRrpzvbKDiW27s1CB/QauydJQXf5GFTXF/lmGl3tns6HUIjuMT6DBW0IQyZlL5uyaBfuIEsZx9u&#10;NBj4HBupRzxzuellHEUP0mBn+UOLA720VH8dJqOg6uIj/uzLXWTS7Sq8zeXn9P6q1O3N/PwEItAc&#10;/mC46LM6FOxUuclqL3oFyeMqYZSDhDcxkKbLGESlYB3dgyxy+X9B8QsAAP//AwBQSwECLQAUAAYA&#10;CAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBL&#10;AQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BL&#10;AQItABQABgAIAAAAIQD/FIv4IgIAAD4EAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnht&#10;bFBLAQItABQABgAIAAAAIQDSB/mi3gAAAAkBAAAPAAAAAAAAAAAAAAAAAHwEAABkcnMvZG93bnJl&#10;di54bWxQSwUGAAAAAAQABADzAAAAhwUAAAAA&#10;"/>
+              <v:rect w14:anchorId="7E1EB774" id="Rectangle 50" o:spid="_x0000_s1026" style="position:absolute;margin-left:286.75pt;margin-top:7.5pt;width:208.85pt;height:32.7pt;z-index:251703296;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBsEKiBIgIAAD4EAAAOAAAAZHJzL2Uyb0RvYy54bWysU1Fv0zAQfkfiP1h+p2myZqxR02nqKEIa&#10;MDH4Aa7jJBaOz5zdpuPXc3a7rgOeEH6wfL7z5+++u1tc7wfDdgq9BlvzfDLlTFkJjbZdzb99Xb+5&#10;4swHYRthwKqaPyrPr5evXy1GV6kCejCNQkYg1lejq3kfgquyzMteDcJPwClLzhZwEIFM7LIGxUjo&#10;g8mK6fQyGwEbhyCV93R7e3DyZcJvWyXD57b1KjBTc+IW0o5p38Q9Wy5E1aFwvZZHGuIfWAxCW/r0&#10;BHUrgmBb1H9ADVoieGjDRMKQQdtqqVIOlE0+/S2bh144lXIhcbw7yeT/H6z8tLtHppuaXxScWTFQ&#10;jb6QasJ2RrEyCTQ6X1Hcg7vHmKJ3dyC/e2Zh1VOYukGEsVeiIVp5FDR78SAanp6yzfgRGoIX2wBJ&#10;q32LQwQkFdg+leTxVBK1D0zSZXFZFhfzkjNJvlleFvNEKRPV02uHPrxXMLB4qDkS+YQudnc+RDai&#10;egpJ7MHoZq2NSQZ2m5VBthPUHuu0UgKU5HmYsWys+bwsyoT8wufPIaZp/Q1i0IH63Oih5lenIFFF&#10;2d7ZJnVhENoczkTZ2KOOUbrYzb7aQPNIMiIcmpiGjg494E/ORmrgmvsfW4GKM/PBUinm+WwWOz4Z&#10;s/JtQQaeezbnHmElQdU8cHY4rsJhSrYOddfTT3nK3cINla/VSdlnVkey1KRJ8ONAxSk4t1PU89gv&#10;fwEAAP//AwBQSwMEFAAGAAgAAAAhANIH+aLeAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj0FP&#10;g0AQhe8m/ofNmHizS6loQZbGaNrEY0sv3gZ2BJTdJezSor/e6UmPk/flzffyzWx6caLRd84qWC4i&#10;EGRrpzvbKDiW27s1CB/QauydJQXf5GFTXF/lmGl3tns6HUIjuMT6DBW0IQyZlL5uyaBfuIEsZx9u&#10;NBj4HBupRzxzuellHEUP0mBn+UOLA720VH8dJqOg6uIj/uzLXWTS7Sq8zeXn9P6q1O3N/PwEItAc&#10;/mC46LM6FOxUuclqL3oFyeMqYZSDhDcxkKbLGESlYB3dgyxy+X9B8QsAAP//AwBQSwECLQAUAAYA&#10;CAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBL&#10;AQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BL&#10;AQItABQABgAIAAAAIQBsEKiBIgIAAD4EAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnht&#10;bFBLAQItABQABgAIAAAAIQDSB/mi3gAAAAkBAAAPAAAAAAAAAAAAAAAAAHwEAABkcnMvZG93bnJl&#10;di54bWxQSwUGAAAAAAQABADzAAAAhwUAAAAA&#10;"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B957D49" w14:textId="77777777" w:rsidR="00B45DE0" w:rsidRDefault="00B45DE0">
+    <w:p w14:paraId="717616B5" w14:textId="77777777" w:rsidR="00B45DE0" w:rsidRDefault="00B45DE0">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="5664"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="20F42FB0" w14:textId="77777777" w:rsidR="00662887" w:rsidRPr="0017660D" w:rsidRDefault="00662887">
+    <w:p w14:paraId="5A520813" w14:textId="77777777" w:rsidR="00662887" w:rsidRPr="0017660D" w:rsidRDefault="00662887">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="4956"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="52D6486E" w14:textId="77777777" w:rsidR="00316FAF" w:rsidRPr="0085619F" w:rsidRDefault="004E76F6" w:rsidP="004E76F6">
+    <w:p w14:paraId="180CB784" w14:textId="77777777" w:rsidR="00316FAF" w:rsidRPr="0085619F" w:rsidRDefault="004E76F6" w:rsidP="004E76F6">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="4956" w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...22 lines deleted...]
-      </w:r>
       <w:r w:rsidRPr="0085619F">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">podpis </w:t>
       </w:r>
       <w:r w:rsidR="0080501A" w:rsidRPr="0085619F">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>najemcy</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01A58778" w14:textId="77777777" w:rsidR="00110F4A" w:rsidRPr="0085619F" w:rsidRDefault="00FA17FA" w:rsidP="00110F4A">
+    <w:p w14:paraId="3AE90B09" w14:textId="77777777" w:rsidR="00110F4A" w:rsidRPr="0085619F" w:rsidRDefault="00FA17FA" w:rsidP="00110F4A">
       <w:pPr>
         <w:pStyle w:val="Tytu"/>
         <w:spacing w:before="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0085619F">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Ważne informacje</w:t>
       </w:r>
       <w:r w:rsidR="00316FAF" w:rsidRPr="0085619F">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="464AC276" w14:textId="46AFE07E" w:rsidR="00110F4A" w:rsidRPr="0085619F" w:rsidRDefault="009C4FE5" w:rsidP="00110F4A">
+    <w:p w14:paraId="19592812" w14:textId="393FDAA3" w:rsidR="00110F4A" w:rsidRPr="0085619F" w:rsidRDefault="008572F6" w:rsidP="00110F4A">
       <w:pPr>
         <w:pStyle w:val="Tytu"/>
         <w:spacing w:before="120"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:noProof/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251680768" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="12458A81" wp14:editId="73816941">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251680768" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="499BBDF2" wp14:editId="03A05740">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>-10795</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>20320</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6124575" cy="4445"/>
-                <wp:effectExtent l="12700" t="10795" r="6350" b="13335"/>
+                <wp:effectExtent l="12700" t="5080" r="6350" b="9525"/>
                 <wp:wrapNone/>
-                <wp:docPr id="23" name="AutoShape 26"/>
+                <wp:docPr id="31" name="AutoShape 26"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvCnPr>
                         <a:cxnSpLocks noChangeShapeType="1"/>
                       </wps:cNvCnPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6124575" cy="4445"/>
                         </a:xfrm>
                         <a:prstGeom prst="straightConnector1">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:round/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:noFill/>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shapetype w14:anchorId="750F0A51" id="_x0000_t32" coordsize="21600,21600" o:spt="32" o:oned="t" path="m,l21600,21600e" filled="f">
+              <v:shapetype w14:anchorId="6FFCA90A" id="_x0000_t32" coordsize="21600,21600" o:spt="32" o:oned="t" path="m,l21600,21600e" filled="f">
                 <v:path arrowok="t" fillok="f" o:connecttype="none"/>
                 <o:lock v:ext="edit" shapetype="t"/>
               </v:shapetype>
-              <v:shape id="AutoShape 26" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:-.85pt;margin-top:1.6pt;width:482.25pt;height:.35pt;z-index:251680768;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCEE2lH0AEAAIEDAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P0zAQvSPxHyzfaZrQFIiarlCX5bJA&#10;pV1+wNR2EgvHY43dpv332O4HLNwQOVgez8x7M28mq7vjaNhBkddoW17O5pwpK1Bq27f8+/PDm/ec&#10;+QBWgkGrWn5Snt+tX79aTa5RFQ5opCIWQaxvJtfyIQTXFIUXgxrBz9ApG50d0gghmtQXkmCK6KMp&#10;qvl8WUxI0hEK5X18vT87+Trjd50S4VvXeRWYaXmsLeST8rlLZ7FeQdMTuEGLSxnwD1WMoG0kvUHd&#10;QwC2J/0X1KgFoccuzASOBXadFir3ELsp53908zSAU7mXKI53N5n8/4MVXw9bYlq2vHrLmYUxzujj&#10;PmCmZtUyCTQ538S4jd1SalEc7ZN7RPHDM4ubAWyvcvTzycXkMmUUL1KS4V2k2U1fUMYYiARZrWNH&#10;Y4KMOrBjHsrpNhR1DEzEx2VZLep3NWci+haLRZ0JoLnmOvLhs8KRpUvLfSDQ/RA2aG2cPlKZmeDw&#10;6EOqDJprQiK2+KCNyUtgLJta/qGu6pzg0WiZnCnMU7/bGGIHSGuUv0sVL8II91ZmsEGB/HS5B9Dm&#10;fI/kxl7USYKcpd2hPG3pqlqcc67yspNpkX63c/avP2f9EwAA//8DAFBLAwQUAAYACAAAACEAhUuy&#10;NNwAAAAGAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQW+CQBSE7038D5tn0kujCzS1BVmMMemhx6pJ&#10;ryv7Cij7lrCLUH99X0/1OJnJzDf5ZrKtuGLvG0cK4mUEAql0pqFKwfHwvngD4YMmo1tHqOAHPWyK&#10;2UOuM+NG+sTrPlSCS8hnWkEdQpdJ6csarfZL1yGx9+16qwPLvpKm1yOX21YmUbSSVjfEC7XucFdj&#10;edkPVgH64SWOtqmtjh+38ekruZ3H7qDU43zarkEEnMJ/GP7wGR0KZjq5gYwXrYJF/MpJBc8JCLbT&#10;VcJPTqxTkEUu7/GLXwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCEE2lH0AEAAIEDAAAO&#10;AAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCFS7I03AAAAAYB&#10;AAAPAAAAAAAAAAAAAAAAACoEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAMwUAAAAA&#10;"/>
+              <v:shape id="AutoShape 26" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:-.85pt;margin-top:1.6pt;width:482.25pt;height:.35pt;z-index:251680768;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDoojPb0AEAAIEDAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P0zAQvSPxHyzfaZrSFIiarlCX5bJA&#10;pV1+wNR2EgvHY43dJv332O4HLNwQOVgez8x7M28m67tpMOyoyGu0DS9nc86UFSi17Rr+/fnhzXvO&#10;fAArwaBVDT8pz+82r1+tR1erBfZopCIWQayvR9fwPgRXF4UXvRrAz9ApG50t0gAhmtQVkmCM6IMp&#10;FvP5qhiRpCMUyvv4en928k3Gb1slwre29Sow0/BYW8gn5XOfzmKzhrojcL0WlzLgH6oYQNtIeoO6&#10;hwDsQPovqEELQo9tmAkcCmxbLVTuIXZTzv/o5qkHp3IvURzvbjL5/wcrvh53xLRs+NuSMwtDnNHH&#10;Q8BMzRarJNDofB3jtnZHqUUx2Sf3iOKHZxa3PdhO5ejnk4vJZcooXqQkw7tIsx+/oIwxEAmyWlNL&#10;Q4KMOrApD+V0G4qaAhPxcVUultW7ijMRfcvlssoEUF9zHfnwWeHA0qXhPhDorg9btDZOH6nMTHB8&#10;9CFVBvU1IRFbfNDG5CUwlo0N/1Atqpzg0WiZnCnMU7ffGmJHSGuUv0sVL8IID1ZmsF6B/HS5B9Dm&#10;fI/kxl7USYKcpd2jPO3oqlqcc67yspNpkX63c/avP2fzEwAA//8DAFBLAwQUAAYACAAAACEAhUuy&#10;NNwAAAAGAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQW+CQBSE7038D5tn0kujCzS1BVmMMemhx6pJ&#10;ryv7Cij7lrCLUH99X0/1OJnJzDf5ZrKtuGLvG0cK4mUEAql0pqFKwfHwvngD4YMmo1tHqOAHPWyK&#10;2UOuM+NG+sTrPlSCS8hnWkEdQpdJ6csarfZL1yGx9+16qwPLvpKm1yOX21YmUbSSVjfEC7XucFdj&#10;edkPVgH64SWOtqmtjh+38ekruZ3H7qDU43zarkEEnMJ/GP7wGR0KZjq5gYwXrYJF/MpJBc8JCLbT&#10;VcJPTqxTkEUu7/GLXwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDoojPb0AEAAIEDAAAO&#10;AAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCFS7I03AAAAAYB&#10;AAAPAAAAAAAAAAAAAAAAACoEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAMwUAAAAA&#10;"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00316FAF" w:rsidRPr="0085619F">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">1. </w:t>
       </w:r>
       <w:r w:rsidR="0080501A" w:rsidRPr="0085619F">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Każdy najemca wypełnia zgłoszenie i oświadczenia indywidualnie. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D1307BA" w14:textId="77777777" w:rsidR="00316FAF" w:rsidRPr="0085619F" w:rsidRDefault="00110F4A" w:rsidP="00110F4A">
+    <w:p w14:paraId="0C62FF2D" w14:textId="590007C0" w:rsidR="00316FAF" w:rsidRPr="0085619F" w:rsidRDefault="00110F4A" w:rsidP="00110F4A">
       <w:pPr>
         <w:pStyle w:val="Tytu"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0085619F">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">2. Jeżeli </w:t>
       </w:r>
       <w:r w:rsidR="0080501A" w:rsidRPr="0085619F">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>najemca</w:t>
       </w:r>
+      <w:r w:rsidR="002F4896">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0080501A" w:rsidRPr="0085619F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>jest</w:t>
+      </w:r>
       <w:r w:rsidRPr="0085619F">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
+        <w:t xml:space="preserve"> w związku małżeńskim</w:t>
+      </w:r>
+      <w:r w:rsidR="0080501A" w:rsidRPr="0085619F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="002F4896">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0080501A" w:rsidRPr="0085619F">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>jest</w:t>
+        <w:t>jego współmałżonek niebędący najemcą składa oświadczenie nr</w:t>
       </w:r>
       <w:r w:rsidRPr="0085619F">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve"> w związku małżeńskim</w:t>
-[...34 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">2. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E1C4E3A" w14:textId="77777777" w:rsidR="00DB60F8" w:rsidRPr="0085619F" w:rsidRDefault="0080501A" w:rsidP="00110F4A">
+    <w:p w14:paraId="4CE42382" w14:textId="77777777" w:rsidR="00DB60F8" w:rsidRPr="0085619F" w:rsidRDefault="0080501A" w:rsidP="00110F4A">
       <w:pPr>
         <w:pStyle w:val="Tytu"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0085619F">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="00DB60F8" w:rsidRPr="0085619F">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">. Podanie numeru telefonu ułatwi nam kontakt z Państwem. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3EF1D0E0" w14:textId="77777777" w:rsidR="00316FAF" w:rsidRPr="0085619F" w:rsidRDefault="00316FAF">
+    <w:p w14:paraId="67331AF9" w14:textId="77777777" w:rsidR="00316FAF" w:rsidRPr="0085619F" w:rsidRDefault="00316FAF">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5DE6F7FE" w14:textId="77777777" w:rsidR="004E76F6" w:rsidRDefault="004E76F6">
+    <w:p w14:paraId="2E9EC01D" w14:textId="77777777" w:rsidR="004E76F6" w:rsidRDefault="004E76F6">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="00C4A438" w14:textId="77777777" w:rsidR="00EF2E61" w:rsidRPr="00E31A9C" w:rsidRDefault="00EF2E61" w:rsidP="00E31A9C">
+    <w:p w14:paraId="1B3CE377" w14:textId="77777777" w:rsidR="00EF2E61" w:rsidRPr="00E31A9C" w:rsidRDefault="00EF2E61" w:rsidP="00E31A9C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="12DC9CC3" w14:textId="77777777" w:rsidR="00ED5351" w:rsidRDefault="00ED5351">
+    <w:p w14:paraId="09EF1849" w14:textId="77777777" w:rsidR="00ED5351" w:rsidRDefault="00ED5351">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3476A2F5" w14:textId="36E8D69C" w:rsidR="00110F4A" w:rsidRPr="005A7624" w:rsidRDefault="009C4FE5" w:rsidP="00ED5351">
+    <w:p w14:paraId="34836A02" w14:textId="6478AC29" w:rsidR="00110F4A" w:rsidRPr="005A7624" w:rsidRDefault="008572F6" w:rsidP="00ED5351">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251721728" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="10DF20E7" wp14:editId="13EE4564">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251721728" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="76D2BF7B" wp14:editId="7F25B409">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>4978400</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>64135</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1365250" cy="215265"/>
                 <wp:effectExtent l="10795" t="6350" r="5080" b="6985"/>
                 <wp:wrapNone/>
-                <wp:docPr id="22" name="Rectangle 66"/>
+                <wp:docPr id="30" name="Rectangle 66"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1365250" cy="215265"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
@@ -3075,139 +2973,125 @@
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="7A87A345" id="Rectangle 66" o:spid="_x0000_s1026" style="position:absolute;margin-left:392pt;margin-top:5.05pt;width:107.5pt;height:16.95pt;z-index:251721728;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDmLwtsGwIAABUEAAAOAAAAZHJzL2Uyb0RvYy54bWysU1Fv0zAQfkfiP1h+p2lCW7ao6TR1DCEN&#10;mBj8ANdxGgvbZ85u0/Hrd3a60sEbIg+WL3f33XffnZdXB2vYXmHQ4BpeTqacKSeh1W7b8O/fbt9c&#10;cBaicK0w4FTDH1XgV6vXr5aDr1UFPZhWISMQF+rBN7yP0ddFEWSvrAgT8MqRswO0IpKJ26JFMRC6&#10;NUU1nS6KAbD1CFKFQH9vRidfZfyuUzJ+6bqgIjMNJ24xn5jPTTqL1VLUWxS+1/JIQ/wDCyu0o6In&#10;qBsRBduh/gvKaokQoIsTCbaArtNS5R6om3L6RzcPvfAq90LiBH+SKfw/WPl5f49Mtw2vKs6csDSj&#10;r6SacFuj2GKRBBp8qCnuwd9jajH4O5A/AnOw7ilMXSPC0CvREq0yxRcvEpIRKJVthk/QErzYRcha&#10;HTq0CZBUYIc8ksfTSNQhMkk/y7eLeTWnyUnyVeW8WsxzCVE/Z3sM8YMCy9Kl4UjkM7rY34WY2Ij6&#10;OSQVc3CrjcljN44NDb8k/JwQwOg2OXOTuN2sDbK9SIuTv2PdF2FWR1pfo23DL05Bok5qvHdtrhKF&#10;NuOdmBh3lCcpMiq7gfaR1EEYd5PeEl16wF+cDbSXDQ8/dwIVZ+ajI4Uvy9ksLXI2ZvN3FRl47tmc&#10;e4STBNXwyNl4Xcdx+Xce9banSmXu3cE1TaXTWbA0sZHVkSztXtbx+E7Scp/bOer3a149AQAA//8D&#10;AFBLAwQUAAYACAAAACEA9ruZhd0AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8&#10;g7VI3KhTVKAJcaqA6LUSBYn25saLHTVeR7HbhL9nOdHjzhvNzpSryXfijENsAymYzzIQSE0wLVkF&#10;nx/ruyWImDQZ3QVCBT8YYVVdX5W6MGGkdzxvkxUcQrHQClxKfSFlbBx6HWehR2L2HQavE5+DlWbQ&#10;I4f7Tt5n2aP0uiX+4HSPrw6b4/bkFbz1+039YKOsv5LbHcPLuHYbq9TtzVQ/g0g4pX8z/NXn6lBx&#10;p0M4kYmiU/C0XPCWxCCbg2BDnucsHBQsGMiqlJcLql8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaD&#10;OJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYA&#10;CAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYA&#10;CAAAACEA5i8LbBsCAAAVBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAU&#10;AAYACAAAACEA9ruZhd0AAAAJAQAADwAAAAAAAAAAAAAAAAB1BAAAZHJzL2Rvd25yZXYueG1sUEsF&#10;BgAAAAAEAAQA8wAAAH8FAAAAAA==&#10;" filled="f"/>
+              <v:rect w14:anchorId="7C8D43BB" id="Rectangle 66" o:spid="_x0000_s1026" style="position:absolute;margin-left:392pt;margin-top:5.05pt;width:107.5pt;height:16.95pt;z-index:251721728;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA+O/xAGwIAABUEAAAOAAAAZHJzL2Uyb0RvYy54bWysU1Fv0zAQfkfiP1h+p2mytmxR02nqGEIa&#10;MDH4Aa7jNBa2z5zdpuPXc3a60sEbIg+WL3f33XffnZfXB2vYXmHQ4BpeTqacKSeh1W7b8G9f795c&#10;chaicK0w4FTDn1Tg16vXr5aDr1UFPZhWISMQF+rBN7yP0ddFEWSvrAgT8MqRswO0IpKJ26JFMRC6&#10;NUU1nS6KAbD1CFKFQH9vRydfZfyuUzJ+7rqgIjMNJ24xn5jPTTqL1VLUWxS+1/JIQ/wDCyu0o6In&#10;qFsRBduh/gvKaokQoIsTCbaArtNS5R6om3L6RzePvfAq90LiBH+SKfw/WPlp/4BMtw2/IHmcsDSj&#10;L6SacFuj2GKRBBp8qCnu0T9gajH4e5DfA3Ow7ilM3SDC0CvREq0yxRcvEpIRKJVtho/QErzYRcha&#10;HTq0CZBUYIc8kqfTSNQhMkk/y4vFvJoTNUm+qpxXi3kuIernbI8hvldgWbo0HIl8Rhf7+xATG1E/&#10;h6RiDu60MXnsxrGh4VeEnxMCGN0mZ24St5u1QbYXaXHyd6z7IszqSOtrtG345SlI1EmNd67NVaLQ&#10;ZrwTE+OO8iRFRmU30D6ROgjjbtJboksP+JOzgfay4eHHTqDizHxwpPBVOZulRc7GbP62IgPPPZtz&#10;j3CSoBoeORuv6zgu/86j3vZUqcy9O7ihqXQ6C5YmNrI6kqXdyzoe30la7nM7R/1+zatfAAAA//8D&#10;AFBLAwQUAAYACAAAACEA9ruZhd0AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8&#10;g7VI3KhTVKAJcaqA6LUSBYn25saLHTVeR7HbhL9nOdHjzhvNzpSryXfijENsAymYzzIQSE0wLVkF&#10;nx/ruyWImDQZ3QVCBT8YYVVdX5W6MGGkdzxvkxUcQrHQClxKfSFlbBx6HWehR2L2HQavE5+DlWbQ&#10;I4f7Tt5n2aP0uiX+4HSPrw6b4/bkFbz1+039YKOsv5LbHcPLuHYbq9TtzVQ/g0g4pX8z/NXn6lBx&#10;p0M4kYmiU/C0XPCWxCCbg2BDnucsHBQsGMiqlJcLql8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaD&#10;OJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYA&#10;CAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYA&#10;CAAAACEAPjv8QBsCAAAVBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAU&#10;AAYACAAAACEA9ruZhd0AAAAJAQAADwAAAAAAAAAAAAAAAAB1BAAAZHJzL2Rvd25yZXYueG1sUEsF&#10;BgAAAAAEAAQA8wAAAH8FAAAAAA==&#10;" filled="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00110F4A" w:rsidRPr="005A7624">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Wypełnia każdy z najemców</w:t>
       </w:r>
       <w:r w:rsidR="00ED5351" w:rsidRPr="005A7624">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> indywidualnie</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4656663C" w14:textId="77777777" w:rsidR="00110F4A" w:rsidRPr="00761D33" w:rsidRDefault="00ED5351" w:rsidP="00ED5351">
+    <w:p w14:paraId="30869F20" w14:textId="77777777" w:rsidR="00110F4A" w:rsidRPr="00761D33" w:rsidRDefault="00110F4A" w:rsidP="005052E6">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="5664" w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                                                                                      </w:t>
-[...6 lines deleted...]
-        </w:rPr>
         <w:t>Wrocław, dnia</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B9CEA17" w14:textId="77777777" w:rsidR="00FA17FA" w:rsidRDefault="00FA17FA" w:rsidP="003C1C9B">
-[...6 lines deleted...]
-    <w:p w14:paraId="4DCD783B" w14:textId="2A86FD2C" w:rsidR="00ED5351" w:rsidRPr="005A7624" w:rsidRDefault="009C4FE5" w:rsidP="003C1C9B">
+    <w:p w14:paraId="2C88D580" w14:textId="6F12A05B" w:rsidR="00ED5351" w:rsidRPr="005A7624" w:rsidRDefault="008572F6" w:rsidP="003C1C9B">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251685888" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5AFDED92" wp14:editId="0BBE9C83">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251685888" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0E08D855" wp14:editId="340CEDFC">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>-4445</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>156845</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="2897505" cy="350520"/>
-                <wp:effectExtent l="9525" t="8255" r="7620" b="12700"/>
+                <wp:effectExtent l="9525" t="5715" r="7620" b="5715"/>
                 <wp:wrapNone/>
-                <wp:docPr id="21" name="Rectangle 31"/>
+                <wp:docPr id="29" name="Rectangle 31"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="2897505" cy="350520"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
@@ -3217,113 +3101,113 @@
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="2E23F3E5" id="Rectangle 31" o:spid="_x0000_s1026" style="position:absolute;margin-left:-.35pt;margin-top:12.35pt;width:228.15pt;height:27.6pt;z-index:251685888;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAoPX4oHAIAABUEAAAOAAAAZHJzL2Uyb0RvYy54bWysU1Fv0zAQfkfiP1h+p2mylrVR02nqGEIa&#10;MDH4Aa7jJBaOz5zdpuPXc3ba0sEbIg/WXe7u83ffnVc3h96wvUKvwVY8n0w5U1ZCrW1b8W9f798s&#10;OPNB2FoYsKriz8rzm/XrV6vBlaqADkytkBGI9eXgKt6F4Mos87JTvfATcMpSsAHsRSAX26xGMRB6&#10;b7JiOn2bDYC1Q5DKe/p7Nwb5OuE3jZLhc9N4FZipOHEL6cR0buOZrVeibFG4TssjDfEPLHqhLV16&#10;hroTQbAd6r+gei0RPDRhIqHPoGm0VKkH6iaf/tHNUyecSr2QON6dZfL/D1Z+2j8i03XFi5wzK3qa&#10;0RdSTdjWKHaVR4EG50vKe3KPGFv07gHkd88sbDpKU7eIMHRK1EQr5WcvCqLjqZRth49QE7zYBUha&#10;HRrsIyCpwA5pJM/nkahDYJJ+Fovl9Xw650xS7IqsIs0sE+Wp2qEP7xX0LBoVRyKf0MX+wQdiT6mn&#10;lHiZhXttTBq7sWyo+HJezFOBB6PrGExNYrvdGGR7ERcnfVEKAnuR1utA62t0X/HFOUmUUY13tk63&#10;BKHNaFOxsYRxUmRUdgv1M6mDMO4mvSUyOsCfnA20lxX3P3YCFWfmgyWFl/lsFhc5ObP5NenB8DKy&#10;vYwIKwmq4oGz0dyEcfl3DnXb0U156t3CLU2l0UmwyG9kdSRLu5daP76TuNyXfsr6/ZrXvwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhALt7ZgHcAAAABwEAAA8AAABkcnMvZG93bnJldi54bWxMjsFOwzAQRO9I&#10;/IO1SNxah6ppacimCoheK1GQgJsbL3bUeB3FbhP+HnOC02g0o5lXbifXiQsNofWMcDfPQBA3Xrds&#10;EN5ed7N7ECEq1qrzTAjfFGBbXV+VqtB+5Be6HKIRaYRDoRBsjH0hZWgsORXmvidO2ZcfnIrJDkbq&#10;QY1p3HVykWUr6VTL6cGqnp4sNafD2SE895/7OjdB1u/Rfpz847ize4N4ezPVDyAiTfGvDL/4CR2q&#10;xHT0Z9ZBdAizdSoiLJZJU7zM8xWII8J6swFZlfI/f/UDAAD//wMAUEsBAi0AFAAGAAgAAAAhALaD&#10;OJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYA&#10;CAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYA&#10;CAAAACEAKD1+KBwCAAAVBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAU&#10;AAYACAAAACEAu3tmAdwAAAAHAQAADwAAAAAAAAAAAAAAAAB2BAAAZHJzL2Rvd25yZXYueG1sUEsF&#10;BgAAAAAEAAQA8wAAAH8FAAAAAA==&#10;" filled="f"/>
+              <v:rect w14:anchorId="0D40E698" id="Rectangle 31" o:spid="_x0000_s1026" style="position:absolute;margin-left:-.35pt;margin-top:12.35pt;width:228.15pt;height:27.6pt;z-index:251685888;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQARxqBZHAIAABUEAAAOAAAAZHJzL2Uyb0RvYy54bWysU1Fv0zAQfkfiP1h+p2mzlrVR02nqGEIa&#10;MDH4Aa7jNBa2z5zdpuPXc3ba0sEbIg/WXe7u83ffnZc3B2vYXmHQ4Go+GY05U05Co9225t++3r+Z&#10;cxaicI0w4FTNn1XgN6vXr5a9r1QJHZhGISMQF6re17yL0VdFEWSnrAgj8MpRsAW0IpKL26JB0RO6&#10;NUU5Hr8tesDGI0gVAv29G4J8lfHbVsn4uW2DiszUnLjFfGI+N+ksVktRbVH4TssjDfEPLKzQji49&#10;Q92JKNgO9V9QVkuEAG0cSbAFtK2WKvdA3UzGf3Tz1Amvci8kTvBnmcL/g5Wf9o/IdFPzcsGZE5Zm&#10;9IVUE25rFLuaJIF6HyrKe/KPmFoM/gHk98AcrDtKU7eI0HdKNEQr5xcvCpITqJRt+o/QELzYRcha&#10;HVq0CZBUYIc8kufzSNQhMkk/y/niejaecSYpdkVWmWdWiOpU7THE9wosS0bNkchndLF/CJHYU+op&#10;JV3m4F4bk8duHOtrvpiVs1wQwOgmBXOTuN2sDbK9SIuTvyQFgb1IszrS+hptaz4/J4kqqfHONfmW&#10;KLQZbCo2jjBOigzKbqB5JnUQht2kt0RGB/iTs572subhx06g4sx8cKTwYjKdpkXOznR2TXowvIxs&#10;LiPCSYKqeeRsMNdxWP6dR73t6KZJ7t3BLU2l1VmwxG9gdSRLu5dbP76TtNyXfs76/ZpXvwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhALt7ZgHcAAAABwEAAA8AAABkcnMvZG93bnJldi54bWxMjsFOwzAQRO9I&#10;/IO1SNxah6ppacimCoheK1GQgJsbL3bUeB3FbhP+HnOC02g0o5lXbifXiQsNofWMcDfPQBA3Xrds&#10;EN5ed7N7ECEq1qrzTAjfFGBbXV+VqtB+5Be6HKIRaYRDoRBsjH0hZWgsORXmvidO2ZcfnIrJDkbq&#10;QY1p3HVykWUr6VTL6cGqnp4sNafD2SE895/7OjdB1u/Rfpz847ize4N4ezPVDyAiTfGvDL/4CR2q&#10;xHT0Z9ZBdAizdSoiLJZJU7zM8xWII8J6swFZlfI/f/UDAAD//wMAUEsBAi0AFAAGAAgAAAAhALaD&#10;OJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYA&#10;CAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYA&#10;CAAAACEAEcagWRwCAAAVBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAU&#10;AAYACAAAACEAu3tmAdwAAAAHAQAADwAAAAAAAAAAAAAAAAB2BAAAZHJzL2Rvd25yZXYueG1sUEsF&#10;BgAAAAAEAAQA8wAAAH8FAAAAAA==&#10;" filled="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00C26276" w:rsidRPr="005A7624">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>imię i nazwisko</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E8A3D48" w14:textId="77777777" w:rsidR="003C1C9B" w:rsidRPr="00ED5351" w:rsidRDefault="003C1C9B" w:rsidP="003C1C9B">
+    <w:p w14:paraId="187354E3" w14:textId="77777777" w:rsidR="003C1C9B" w:rsidRPr="00ED5351" w:rsidRDefault="003C1C9B" w:rsidP="003C1C9B">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="785DE8CA" w14:textId="77777777" w:rsidR="00ED5351" w:rsidRDefault="00ED5351" w:rsidP="003C1C9B">
+    <w:p w14:paraId="1B8C4396" w14:textId="77777777" w:rsidR="00ED5351" w:rsidRDefault="00ED5351" w:rsidP="003C1C9B">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="45B89454" w14:textId="4927C036" w:rsidR="003C1C9B" w:rsidRPr="005A7624" w:rsidRDefault="009C4FE5" w:rsidP="003C1C9B">
+    <w:p w14:paraId="6F099107" w14:textId="24E06130" w:rsidR="003C1C9B" w:rsidRPr="005A7624" w:rsidRDefault="008572F6" w:rsidP="003C1C9B">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251735040" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5A8FE7F5" wp14:editId="31489924">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251735040" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="045FF818" wp14:editId="223D4DDA">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>-4445</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>151130</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="3300095" cy="661035"/>
-                <wp:effectExtent l="9525" t="10160" r="5080" b="5080"/>
+                <wp:effectExtent l="9525" t="6985" r="5080" b="8255"/>
                 <wp:wrapNone/>
-                <wp:docPr id="20" name="Rectangle 77"/>
+                <wp:docPr id="28" name="Rectangle 77"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="3300095" cy="661035"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
@@ -3333,1379 +3217,2024 @@
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="2B7D5380" id="Rectangle 77" o:spid="_x0000_s1026" style="position:absolute;margin-left:-.35pt;margin-top:11.9pt;width:259.85pt;height:52.05pt;z-index:251735040;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAcbfTfHAIAABUEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vti5tjHiFEW6DgO6&#10;rVi3D1Bk2RYmixqlxMm+vpScZun2NswPgmiSh4eH1Orm0Bm2V+g12JKPRzlnykqotG1K/v3b/btr&#10;znwQthIGrCr5UXl+s377ZtW7Qk2gBVMpZARifdG7krchuCLLvGxVJ/wInLLkrAE7EcjEJqtQ9ITe&#10;mWyS54usB6wcglTe09+7wcnXCb+ulQxf6tqrwEzJiVtIJ6ZzG89svRJFg8K1Wp5oiH9g0QltqegZ&#10;6k4EwXao/4LqtETwUIeRhC6DutZSpR6om3H+RzdPrXAq9ULieHeWyf8/WPl5/4hMVyWfkDxWdDSj&#10;r6SasI1R7OoqCtQ7X1Dck3vE2KJ3DyB/eGZh01KYukWEvlWiIlrjGJ+9SoiGp1S27T9BRfBiFyBp&#10;daixi4CkAjukkRzPI1GHwCT9nE7zPF/OOZPkWyzG+XSeSojiJduhDx8UdCxeSo5EPqGL/YMPkY0o&#10;XkJiMQv32pg0dmNZX/LlfDJPCR6MrqIzNYnNdmOQ7UVcnPSd6r4K63Sg9TW6K/n1OUgUUY33tkpV&#10;gtBmuBMTY0/yREUGZbdQHUkdhGE36S3RpQX8xVlPe1ly/3MnUHFmPlpSeDmezeIiJ2M2v4pjw0vP&#10;9tIjrCSokgfOhusmDMu/c6ibliqNU+8WbmkqtU6CxYkNrE5kafeSjqd3Epf70k5Rv1/z+hkAAP//&#10;AwBQSwMEFAAGAAgAAAAhABMN7VLdAAAACAEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I&#10;/IO1SNxap0GlNMSpAqLXShQk4ObGix01Xkex24S/ZznR42pGs++Vm8l34oxDbAMpWMwzEEhNMC1Z&#10;Be9v29kDiJg0Gd0FQgU/GGFTXV+VujBhpFc875MVPEKx0ApcSn0hZWwceh3noUfi7DsMXic+ByvN&#10;oEce953Ms+xeet0Sf3C6x2eHzXF/8gpe+q9dvbRR1h/JfR7D07h1O6vU7c1UP4JIOKX/MvzhMzpU&#10;zHQIJzJRdApmKy4qyO9YgOPlYs1qB+7lqzXIqpSXAtUvAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhABxt9N8cAgAAFQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhABMN7VLdAAAACAEAAA8AAAAAAAAAAAAAAAAAdgQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;" filled="f"/>
+              <v:rect w14:anchorId="79370783" id="Rectangle 77" o:spid="_x0000_s1026" style="position:absolute;margin-left:-.35pt;margin-top:11.9pt;width:259.85pt;height:52.05pt;z-index:251735040;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAlliquHQIAABUEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vti5tjHiFEW6DgO6&#10;rVi3D1Bk2RYmixqlxMm+vpScZun2NswPgmiSh4eH1Orm0Bm2V+g12JKPRzlnykqotG1K/v3b/btr&#10;znwQthIGrCr5UXl+s377ZtW7Qk2gBVMpZARifdG7krchuCLLvGxVJ/wInLLkrAE7EcjEJqtQ9ITe&#10;mWyS54usB6wcglTe09+7wcnXCb+ulQxf6tqrwEzJiVtIJ6ZzG89svRJFg8K1Wp5oiH9g0QltqegZ&#10;6k4EwXao/4LqtETwUIeRhC6DutZSpR6om3H+RzdPrXAq9ULieHeWyf8/WPl5/4hMVyWf0KSs6GhG&#10;X0k1YRuj2NVVFKh3vqC4J/eIsUXvHkD+8MzCpqUwdYsIfatERbTGMT57lRANT6ls23+CiuDFLkDS&#10;6lBjFwFJBXZIIzmeR6IOgUn6OZ3meb6ccybJt1iM8+k8lRDFS7ZDHz4o6Fi8lByJfEIX+wcfIhtR&#10;vITEYhbutTFp7MayvuTL+WSeEjwYXUVnahKb7cYg24u4OOk71X0V1ulA62t0V/Lrc5AoohrvbZWq&#10;BKHNcCcmxp7kiYoMym6hOpI6CMNu0luiSwv4i7Oe9rLk/udOoOLMfLSk8HI8m8VFTsZsfjUhAy89&#10;20uPsJKgSh44G66bMCz/zqFuWqo0Tr1buKWp1DoJFic2sDqRpd1LOp7eSVzuSztF/X7N62cAAAD/&#10;/wMAUEsDBBQABgAIAAAAIQATDe1S3QAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETv&#10;SPyDtUjcWqdBpTTEqQKi10oUJODmxosdNV5HsduEv2c50eNqRrPvlZvJd+KMQ2wDKVjMMxBITTAt&#10;WQXvb9vZA4iYNBndBUIFPxhhU11flbowYaRXPO+TFTxCsdAKXEp9IWVsHHod56FH4uw7DF4nPgcr&#10;zaBHHvedzLPsXnrdEn9wusdnh81xf/IKXvqvXb20UdYfyX0ew9O4dTur1O3NVD+CSDil/zL84TM6&#10;VMx0CCcyUXQKZisuKsjvWIDj5WLNagfu5as1yKqUlwLVLwAAAP//AwBQSwECLQAUAAYACAAAACEA&#10;toM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQA&#10;BgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQA&#10;BgAIAAAAIQAlliquHQIAABUEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQIt&#10;ABQABgAIAAAAIQATDe1S3QAAAAgBAAAPAAAAAAAAAAAAAAAAAHcEAABkcnMvZG93bnJldi54bWxQ&#10;SwUGAAAAAAQABADzAAAAgQUAAAAA&#10;" filled="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00C26276" w:rsidRPr="005A7624">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>adres</w:t>
       </w:r>
-      <w:r w:rsidR="00FF535A" w:rsidRPr="005A7624">
-[...5 lines deleted...]
-      </w:r>
       <w:r w:rsidR="00F559DD" w:rsidRPr="005A7624">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>(ulica, nr budynku, nr lokalu, miejscowość, kod pocztowy)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="551F3999" w14:textId="77777777" w:rsidR="00ED5351" w:rsidRDefault="00ED5351" w:rsidP="003C1C9B">
+    <w:p w14:paraId="5D0DBAF1" w14:textId="77777777" w:rsidR="00ED5351" w:rsidRDefault="00ED5351" w:rsidP="003C1C9B">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="29F18FAE" w14:textId="77777777" w:rsidR="00ED5351" w:rsidRPr="00ED5351" w:rsidRDefault="00ED5351" w:rsidP="003C1C9B">
+    <w:p w14:paraId="72C9A410" w14:textId="77777777" w:rsidR="00ED5351" w:rsidRPr="00ED5351" w:rsidRDefault="00ED5351" w:rsidP="003C1C9B">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3321CBAC" w14:textId="77777777" w:rsidR="00662887" w:rsidRDefault="00662887" w:rsidP="00C26276">
+    <w:p w14:paraId="3CA7E4F6" w14:textId="77777777" w:rsidR="00662887" w:rsidRDefault="00662887" w:rsidP="00C26276">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="328F4793" w14:textId="77777777" w:rsidR="00C26276" w:rsidRDefault="00C26276" w:rsidP="00C26276">
+    <w:p w14:paraId="1007819E" w14:textId="77777777" w:rsidR="00C26276" w:rsidRPr="00EC48E4" w:rsidRDefault="00C26276" w:rsidP="00C26276">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="3DB98DD2" w14:textId="77777777" w:rsidR="00ED5351" w:rsidRPr="00AE1A04" w:rsidRDefault="00ED5351" w:rsidP="00C26276">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0B04527C" w14:textId="77777777" w:rsidR="00ED5351" w:rsidRPr="00AE1A04" w:rsidRDefault="00ED5351" w:rsidP="00C26276">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="12828CB4" w14:textId="77777777" w:rsidR="00C26276" w:rsidRDefault="00EA42F5" w:rsidP="00C26276">
+    <w:p w14:paraId="3FDD087C" w14:textId="77777777" w:rsidR="00C26276" w:rsidRDefault="00EA42F5" w:rsidP="00C26276">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>OŚWIADCZENI</w:t>
       </w:r>
       <w:r w:rsidR="00C26276" w:rsidRPr="00AE1A04">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>E</w:t>
       </w:r>
       <w:r w:rsidR="003C1C9B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> nr 1</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="355C9FF2" w14:textId="77777777" w:rsidR="003C1C9B" w:rsidRPr="00AE1A04" w:rsidRDefault="003C1C9B" w:rsidP="00C26276">
+    <w:p w14:paraId="1D9B41AF" w14:textId="77777777" w:rsidR="003C1C9B" w:rsidRPr="00AE1A04" w:rsidRDefault="003C1C9B" w:rsidP="00C26276">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">o </w:t>
       </w:r>
       <w:r w:rsidR="00110F4A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>spełnianiu</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> przesłanek wykupu lokalu z bonifikatą</w:t>
       </w:r>
       <w:r w:rsidR="002617DC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> [1]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D70D67D" w14:textId="77777777" w:rsidR="00C26276" w:rsidRPr="00AE1A04" w:rsidRDefault="00C26276" w:rsidP="00C26276">
+    <w:p w14:paraId="683398BC" w14:textId="77777777" w:rsidR="00C26276" w:rsidRPr="00EC48E4" w:rsidRDefault="00C26276" w:rsidP="00C26276">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="2CE14F81" w14:textId="77777777" w:rsidR="00C26276" w:rsidRPr="00145714" w:rsidRDefault="00C26276" w:rsidP="00C26276">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1E774D0D" w14:textId="7CA4C607" w:rsidR="00C26276" w:rsidRPr="00145714" w:rsidRDefault="00C26276" w:rsidP="0038776B">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowywcity2"/>
-        <w:jc w:val="both"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>O</w:t>
       </w:r>
       <w:r w:rsidRPr="00EA235A">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>świadczam, że poniższe dane są zgodne z prawdą:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5AB3D663" w14:textId="6907B810" w:rsidR="00C26276" w:rsidRPr="00AE1A04" w:rsidRDefault="00D6213E" w:rsidP="00C26276">
+    <w:p w14:paraId="61D39CA6" w14:textId="2D10091E" w:rsidR="00C26276" w:rsidRPr="00AE1A04" w:rsidRDefault="0038776B" w:rsidP="0038776B">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="720"/>
-        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0BC4E03C" wp14:editId="2EEDA141">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="70BD6192" wp14:editId="2D7CCCF7">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
-                  <wp:posOffset>956945</wp:posOffset>
+                  <wp:posOffset>1540339</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>24130</wp:posOffset>
+                  <wp:posOffset>11430</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="146050" cy="130810"/>
-                <wp:effectExtent l="8890" t="6350" r="6985" b="5715"/>
+                <wp:effectExtent l="12065" t="6985" r="13335" b="5080"/>
                 <wp:wrapNone/>
-                <wp:docPr id="18" name="Rectangle 4"/>
+                <wp:docPr id="27" name="Rectangle 4"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="146050" cy="130810"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="1CCE9960" id="Rectangle 4" o:spid="_x0000_s1026" style="position:absolute;margin-left:75.35pt;margin-top:1.9pt;width:11.5pt;height:10.3pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBa+UKpIAIAADwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNElpl27UdLXqUoS0&#10;wIqFD5g6TmLh2GbsNi1fz9jpli5wQuRgeTLj5zfvjZc3h16zvUSvrKl4Mck5k0bYWpm24l+/bF4t&#10;OPMBTA3aGlnxo/T8ZvXyxXJwpZzazupaIiMQ48vBVbwLwZVZ5kUne/AT66ShZGOxh0AhtlmNMBB6&#10;r7Npnl9lg8XaoRXSe/p7Nyb5KuE3jRThU9N4GZiuOHELacW0buOarZZQtgiuU+JEA/6BRQ/K0KVn&#10;qDsIwHao/oDqlUDrbRMmwvaZbRolZOqBuiny37p57MDJ1AuJ491ZJv//YMXH/QMyVZN35JSBnjz6&#10;TKqBabVks6jP4HxJZY/uAWOH3t1b8c0zY9cdVclbRDt0EmpiVcT67NmBGHg6yrbDB1sTOuyCTVId&#10;GuwjIInADsmR49kReQhM0M9idpXPyTdBqeJ1viiSYxmUT4cd+vBO2p7FTcWRqCdw2N/7EMlA+VSS&#10;yFut6o3SOgXYbtca2R5oODbpS/ypx8sybdhQ8ev5dJ6Qn+X8JUSevr9B9CrQlGvVV3xxLoIyqvbW&#10;1GkGAyg97omyNicZo3KjA1tbH0lFtOMI05OjTWfxB2cDjW/F/fcdoORMvzfkxHUxm8V5T8Fs/mZK&#10;AV5mtpcZMIKgKh44G7frML6RnUPVdnRTkXo39pbca1RSNjo7sjqRpRFNgp+eU3wDl3Gq+vXoVz8B&#10;AAD//wMAUEsDBBQABgAIAAAAIQC8E7+A2wAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMw&#10;EITvSLyDtUjcqE1SKIQ4FQIViWObXrg58ZIE4nUUO23g6dmeyvHTjOYnX8+uFwccQ+dJw+1CgUCq&#10;ve2o0bAvNzcPIEI0ZE3vCTX8YIB1cXmRm8z6I23xsIuN4BAKmdHQxjhkUoa6RWfCwg9IrH360ZnI&#10;ODbSjubI4a6XiVL30pmOuKE1A760WH/vJqeh6pK9+d2Wb8o9btL4Ppdf08er1tdX8/MTiIhzPJvh&#10;NJ+nQ8GbKj+RDaJnvlMrtmpI+cFJX6XMlYZkuQRZ5PL/geIPAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEAWvlCqSACAAA8BAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEAvBO/gNsAAAAIAQAADwAAAAAAAAAAAAAAAAB6BAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAAIIFAAAAAA==&#10;"/>
+              <v:rect w14:anchorId="2C828B6D" id="Rectangle 4" o:spid="_x0000_s1026" style="position:absolute;margin-left:121.3pt;margin-top:.9pt;width:11.5pt;height:10.3pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDvXztdIQIAADwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU1Fv0zAQfkfiP1h+p0lKu3VR02nqKEIa&#10;MDH4AVfHSSwc25zdpuPX7+x0pQOeEH6wfL7z5+++u1teH3rN9hK9sqbixSTnTBpha2Xain/7unmz&#10;4MwHMDVoa2TFH6Xn16vXr5aDK+XUdlbXEhmBGF8OruJdCK7MMi862YOfWCcNORuLPQQysc1qhIHQ&#10;e51N8/wiGyzWDq2Q3tPt7ejkq4TfNFKEz03jZWC64sQtpB3Tvo17tlpC2SK4TokjDfgHFj0oQ5+e&#10;oG4hANuh+gOqVwKtt02YCNtntmmUkCkHyqbIf8vmoQMnUy4kjncnmfz/gxWf9vfIVF3x6SVnBnqq&#10;0RdSDUyrJZtFfQbnSwp7cPcYM/Tuzorvnhm77ihK3iDaoZNQE6sixmcvHkTD01O2HT7amtBhF2yS&#10;6tBgHwFJBHZIFXk8VUQeAhN0Wcwu8jnVTZCreJsvilSxDMrnxw59eC9tz+Kh4kjUEzjs73yIZKB8&#10;DknkrVb1RmmdDGy3a41sD9Qcm7QSf8rxPEwbNlT8aj6dJ+QXPn8Okaf1N4heBepyrfqKL05BUEbV&#10;3pk69WAApcczUdbmKGNUbqzA1taPpCLasYVp5OjQWfzJ2UDtW3H/YwcoOdMfDFXiqpjNYr8nYza/&#10;nJKB557tuQeMIKiKB87G4zqMM7JzqNqOfipS7sbeUPUalZSNlR1ZHclSiybBj+MUZ+DcTlG/hn71&#10;BAAA//8DAFBLAwQUAAYACAAAACEA400UotsAAAAIAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU+D&#10;QBCF7yb+h82YeLOLayWKLI3R1MRjSy/eBhgBZWcJu7Tor3c86W1evpc37+WbxQ3qSFPoPVu4XiWg&#10;iGvf9NxaOJTbqztQISI3OHgmC18UYFOcn+WYNf7EOzruY6skhEOGFroYx0zrUHfkMKz8SCzs3U8O&#10;o8ip1c2EJwl3gzZJkmqHPcuHDkd66qj+3M/OQtWbA37vypfE3W9v4utSfsxvz9ZeXiyPD6AiLfHP&#10;DL/1pToU0qnyMzdBDRbM2qRiFSALhJv0VnQlh1mDLnL9f0DxAwAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAO9fO10hAgAAPAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAONNFKLbAAAACAEAAA8AAAAAAAAAAAAAAAAAewQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAACDBQAAAAA=&#10;"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="009C4FE5">
+      <w:r w:rsidR="008572F6">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5DC28DC0" wp14:editId="4056F8D3">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2C55085D" wp14:editId="57D98AEB">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
-                  <wp:posOffset>429260</wp:posOffset>
+                  <wp:posOffset>803910</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>14605</wp:posOffset>
+                  <wp:posOffset>5080</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="146050" cy="130810"/>
-                <wp:effectExtent l="5080" t="6350" r="10795" b="5715"/>
+                <wp:effectExtent l="8255" t="6985" r="7620" b="5080"/>
                 <wp:wrapNone/>
-                <wp:docPr id="19" name="Rectangle 3"/>
+                <wp:docPr id="26" name="Rectangle 3"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="146050" cy="130810"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="3016E0E5" id="Rectangle 3" o:spid="_x0000_s1026" style="position:absolute;margin-left:33.8pt;margin-top:1.15pt;width:11.5pt;height:10.3pt;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAvP/HtIQIAADwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNEm3Xdqo6WrVpQhp&#10;gRULH+A6TmPheMzYbVq+fsdOt3SBEyIHy5MZP795b7y4OXSG7RV6DbbixSjnTFkJtbbbin/7un4z&#10;48wHYWthwKqKH5XnN8vXrxa9K9UYWjC1QkYg1pe9q3gbgiuzzMtWdcKPwClLyQawE4FC3GY1ip7Q&#10;O5ON8/w66wFrhyCV9/T3bkjyZcJvGiXD56bxKjBTceIW0opp3cQ1Wy5EuUXhWi1PNMQ/sOiEtnTp&#10;GepOBMF2qP+A6rRE8NCEkYQug6bRUqUeqJsi/62bx1Y4lXohcbw7y+T/H6z8tH9Apmvybs6ZFR15&#10;9IVUE3ZrFLuK+vTOl1T26B4wdujdPcjvnllYtVSlbhGhb5WoiVUR67MXB2Lg6Sjb9B+hJnSxC5Ck&#10;OjTYRUASgR2SI8ezI+oQmKSfxeQ6n5JvklLFVT4rkmOZKJ8PO/ThvYKOxU3FkagncLG/9yGSEeVz&#10;SSIPRtdrbUwKcLtZGWR7QcOxTl/iTz1elhnL+orPp+NpQn6R85cQefr+BtHpQFNudFfx2blIlFG1&#10;d7ZOMxiENsOeKBt7kjEqNziwgfpIKiIMI0xPjjYt4E/OehrfivsfO4GKM/PBkhPzYjKJ856CyfTt&#10;mAK8zGwuM8JKgqp44GzYrsLwRnYO9balm4rUu4Vbcq/RSdno7MDqRJZGNAl+ek7xDVzGqerXo18+&#10;AQAA//8DAFBLAwQUAAYACAAAACEAlJoqPNoAAAAGAQAADwAAAGRycy9kb3ducmV2LnhtbEyOwU7D&#10;MBBE75X4B2uRuLU2qRRIiFMhUJE4tumF2yZekkBsR7HTBr6e5QTHpxnNvGK32EGcaQq9dxpuNwoE&#10;ucab3rUaTtV+fQ8iRHQGB+9IwxcF2JVXqwJz4y/uQOdjbAWPuJCjhi7GMZcyNB1ZDBs/kuPs3U8W&#10;I+PUSjPhhcftIBOlUmmxd/zQ4UhPHTWfx9lqqPvkhN+H6kXZbL+Nr0v1Mb89a31zvTw+gIi0xL8y&#10;/OqzOpTsVPvZmSAGDeldyk0NyRYEx5lirBmTDGRZyP/65Q8AAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEALz/x7SECAAA8BAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEAlJoqPNoAAAAGAQAADwAAAAAAAAAAAAAAAAB7BAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAAIIFAAAAAA==&#10;"/>
+              <v:rect w14:anchorId="04BF3C52" id="Rectangle 3" o:spid="_x0000_s1026" style="position:absolute;margin-left:63.3pt;margin-top:.4pt;width:11.5pt;height:10.3pt;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCamYgZIQIAADwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU1Fv0zAQfkfiP1h+p0m6tnRR02nqKEIa&#10;MDH4AVfHaSwc25zdpuXX7+x0pQOeEH6wfL7z5+++u1vcHDrN9hK9sqbixSjnTBpha2W2Ff/2df1m&#10;zpkPYGrQ1siKH6XnN8vXrxa9K+XYtlbXEhmBGF/2ruJtCK7MMi9a2YEfWScNORuLHQQycZvVCD2h&#10;dzob5/ks6y3WDq2Q3tPt3eDky4TfNFKEz03jZWC64sQtpB3Tvol7tlxAuUVwrRInGvAPLDpQhj49&#10;Q91BALZD9QdUpwRab5swErbLbNMoIVMOlE2R/5bNYwtOplxIHO/OMvn/Bys+7R+Qqbri4xlnBjqq&#10;0RdSDcxWS3YV9emdLyns0T1gzNC7eyu+e2bsqqUoeYto+1ZCTayKGJ+9eBANT0/Zpv9oa0KHXbBJ&#10;qkODXQQkEdghVeR4rog8BCbospjM8inVTZCruMrnRapYBuXzY4c+vJe2Y/FQcSTqCRz29z5EMlA+&#10;hyTyVqt6rbROBm43K41sD9Qc67QSf8rxMkwb1lf8ejqeJuQXPn8Jkaf1N4hOBepyrbqKz89BUEbV&#10;3pk69WAApYczUdbmJGNUbqjAxtZHUhHt0MI0cnRoLf7krKf2rbj/sQOUnOkPhipxXUwmsd+TMZm+&#10;HZOBl57NpQeMIKiKB86G4yoMM7JzqLYt/VSk3I29peo1KikbKzuwOpGlFk2Cn8YpzsClnaJ+Df3y&#10;CQAA//8DAFBLAwQUAAYACAAAACEAYAbtjdoAAAAHAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU+D&#10;QBCF7yb+h82YeLNLsSEWWRqjqYnHll68DTACys4SdmnRX9/pqR6/vJc332Sb2fbqSKPvHBtYLiJQ&#10;xJWrO24MHIrtwxMoH5Br7B2TgV/ysMlvbzJMa3fiHR33oVEywj5FA20IQ6q1r1qy6BduIJbsy40W&#10;g+DY6HrEk4zbXsdRlGiLHcuFFgd6ban62U/WQNnFB/zbFe+RXW8fw8dcfE+fb8bc380vz6ACzeFa&#10;hou+qEMuTqWbuPaqF46TRKoG5IFLvFoLlgbi5Qp0nun//vkZAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEAmpmIGSECAAA8BAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEAYAbtjdoAAAAHAQAADwAAAAAAAAAAAAAAAAB7BAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAAIIFAAAAAA==&#10;"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00C26276" w:rsidRPr="00AE1A04">
-        <w:t xml:space="preserve">- </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C26276">
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00016855">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>jest</w:t>
+      </w:r>
+      <w:r w:rsidR="00D94C2A">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
-      <w:r w:rsidR="00016855">
-[...5 lines deleted...]
-      <w:r w:rsidR="00ED5351">
+      <w:r w:rsidR="00846393">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00D94C2A">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="003C1C9B">
-[...4 lines deleted...]
-      </w:r>
       <w:r w:rsidR="00C26276" w:rsidRPr="00AE1A04">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>nie jest</w:t>
       </w:r>
-      <w:r w:rsidR="00C26276">
+      <w:r w:rsidR="00D94C2A">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D94C2A">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidR="00C26276" w:rsidRPr="00AE1A04">
         <w:t>to pierwszy lokal mieszkalny</w:t>
       </w:r>
       <w:r w:rsidR="00016855">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00C26276" w:rsidRPr="00AE1A04">
         <w:t xml:space="preserve"> jaki nabywam od Gminy Wrocław,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40347B97" w14:textId="3D4C98B2" w:rsidR="00C26276" w:rsidRPr="00AE1A04" w:rsidRDefault="00D6213E" w:rsidP="00C26276">
+    <w:p w14:paraId="0E2D7D9A" w14:textId="67B9EDF2" w:rsidR="00C26276" w:rsidRDefault="008572F6" w:rsidP="0038776B">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="720"/>
-        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="63014747" wp14:editId="1D3C41A0">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="79F12959" wp14:editId="4EC7F2C9">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
-                  <wp:posOffset>1993265</wp:posOffset>
+                  <wp:posOffset>1779270</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>14605</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="146050" cy="130810"/>
-                <wp:effectExtent l="6985" t="12700" r="8890" b="8890"/>
+                <wp:effectExtent l="12065" t="12700" r="13335" b="8890"/>
                 <wp:wrapNone/>
-                <wp:docPr id="16" name="Rectangle 6"/>
+                <wp:docPr id="25" name="Rectangle 5"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="146050" cy="130810"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="7E3C29B2" id="Rectangle 6" o:spid="_x0000_s1026" style="position:absolute;margin-left:156.95pt;margin-top:1.15pt;width:11.5pt;height:10.3pt;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAd14FtIAIAADwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNElpSzdqulp1KUJa&#10;YMXCB0wdJ7FwbDN2my5fz9jpli5wQuRgeTLj5zfvjVfXx16zg0SvrKl4Mck5k0bYWpm24l+/bF8t&#10;OfMBTA3aGlnxR+n59frli9XgSjm1ndW1REYgxpeDq3gXgiuzzItO9uAn1klDycZiD4FCbLMaYSD0&#10;XmfTPF9kg8XaoRXSe/p7Oyb5OuE3jRThU9N4GZiuOHELacW07uKarVdQtgiuU+JEA/6BRQ/K0KVn&#10;qFsIwPao/oDqlUDrbRMmwvaZbRolZOqBuiny37p56MDJ1AuJ491ZJv//YMXHwz0yVZN3C84M9OTR&#10;Z1INTKslW0R9BudLKntw9xg79O7Oim+eGbvpqEreINqhk1ATqyLWZ88OxMDTUbYbPtia0GEfbJLq&#10;2GAfAUkEdkyOPJ4dkcfABP0sZot8Tr4JShWv82WRHMugfDrs0Id30vYsbiqORD2Bw+HOh0gGyqeS&#10;RN5qVW+V1inAdrfRyA5Aw7FNX+JPPV6WacOGil/Np/OE/CznLyHy9P0NoleBplyrvuLLcxGUUbW3&#10;pk4zGEDpcU+UtTnJGJUbHdjZ+pFURDuOMD052nQWf3A20PhW3H/fA0rO9HtDTlwVs1mc9xTM5m+m&#10;FOBlZneZASMIquKBs3G7CeMb2TtUbUc3Fal3Y2/IvUYlZaOzI6sTWRrRJPjpOcU3cBmnql+Pfv0T&#10;AAD//wMAUEsDBBQABgAIAAAAIQBPvCSP3AAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMw&#10;EETvSPyDtUjcqNNYqpoQp0KgInFs0wu3TbwkgdiOYqcNfD3LiR6fZjT7ttgtdhBnmkLvnYb1KgFB&#10;rvGmd62GU7V/2IIIEZ3BwTvS8E0BduXtTYG58Rd3oPMxtoJHXMhRQxfjmEsZmo4shpUfyXH24SeL&#10;kXFqpZnwwuN2kGmSbKTF3vGFDkd67qj5Os5WQ92nJ/w5VK+JzfYqvi3V5/z+ovX93fL0CCLSEv/L&#10;8KfP6lCyU+1nZ4IYNKi1yriqIVUgOFdqw1wzpxnIspDXD5S/AAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAB3XgW0gAgAAPAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAE+8JI/cAAAACAEAAA8AAAAAAAAAAAAAAAAAegQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAACDBQAAAAA=&#10;"/>
+              <v:rect w14:anchorId="7DC948F6" id="Rectangle 5" o:spid="_x0000_s1026" style="position:absolute;margin-left:140.1pt;margin-top:1.15pt;width:11.5pt;height:10.3pt;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBzYQ0oHgIAADwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/0ySlXbpR09WqSxHS&#10;AisWPmDqOImFY5ux27R8PWOnW8pFPCD8YHk84+MzZ2aWN4des71Er6ypeDHJOZNG2FqZtuKfP21e&#10;LDjzAUwN2hpZ8aP0/Gb1/NlycKWc2s7qWiIjEOPLwVW8C8GVWeZFJ3vwE+ukIWdjsYdAJrZZjTAQ&#10;eq+zaZ5fZYPF2qEV0nu6vRudfJXwm0aK8KFpvAxMV5y4hbRj2rdxz1ZLKFsE1ylxogH/wKIHZejT&#10;M9QdBGA7VL9B9Uqg9bYJE2H7zDaNEjLlQNkU+S/ZPHbgZMqFxPHuLJP/f7Di/f4BmaorPp1zZqCn&#10;Gn0k1cC0WrJ51GdwvqSwR/eAMUPv7q344pmx646i5C2iHToJNbEqYnz204NoeHrKtsM7WxM67IJN&#10;Uh0a7CMgicAOqSLHc0XkITBBl8XsKp9T3QS5ipf5okgVy6B8euzQhzfS9iweKo5EPYHD/t6HSAbK&#10;p5BE3mpVb5TWycB2u9bI9kDNsUkr8accL8O0YUPFr+ck0N8h8rT+BNGrQF2uVV/xxTkIyqjaa1On&#10;Hgyg9HgmytqcZIzKjRXY2vpIKqIdW5hGjg6dxW+cDdS+Ffdfd4CSM/3WUCWui9ks9nsyZvNXUzLw&#10;0rO99IARBFXxwNl4XIdxRnYOVdvRT0XK3dhbql6jkrKxsiOrE1lq0ST4aZziDFzaKerH0K++AwAA&#10;//8DAFBLAwQUAAYACAAAACEAyymhftsAAAAIAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE&#10;70j8g7VI3KiNI6E2xKkQqEgc2/TSmxMvSSBeR7HTBr6e5QS3fZrR7EyxXfwgzjjFPpCB+5UCgdQE&#10;11Nr4Fjt7tYgYrLk7BAIDXxhhG15fVXY3IUL7fF8SK3gEIq5NdClNOZSxqZDb+MqjEisvYfJ28Q4&#10;tdJN9sLhfpBaqQfpbU/8obMjPnfYfB5mb6Du9dF+76tX5Te7LL0t1cd8ejHm9mZ5egSRcEl/Zvit&#10;z9Wh5E51mMlFMRjQa6XZykcGgvVMZcw1s96ALAv5f0D5AwAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAHNhDSgeAgAAPAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAMspoX7bAAAACAEAAA8AAAAAAAAAAAAAAAAAeAQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="009C4FE5">
+      <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1ADB1D57" wp14:editId="535B1339">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="552EA808" wp14:editId="5512A5FF">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
-                  <wp:posOffset>575310</wp:posOffset>
+                  <wp:posOffset>3544570</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>14605</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="146050" cy="130810"/>
-                <wp:effectExtent l="8255" t="12700" r="7620" b="8890"/>
+                <wp:effectExtent l="5715" t="12700" r="10160" b="8890"/>
                 <wp:wrapNone/>
-                <wp:docPr id="17" name="Rectangle 5"/>
+                <wp:docPr id="24" name="Rectangle 6"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="146050" cy="130810"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="4B1D081C" id="Rectangle 5" o:spid="_x0000_s1026" style="position:absolute;margin-left:45.3pt;margin-top:1.15pt;width:11.5pt;height:10.3pt;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCABVhsIQIAADwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU1Fv0zAQfkfiP1h+p0lKu3VR02nqKEIa&#10;MDH4AVfHSSwc25zdpuPX7+x0pQOeEHmwfLnz5+++77y8PvSa7SV6ZU3Fi0nOmTTC1sq0Ff/2dfNm&#10;wZkPYGrQ1siKP0rPr1evXy0HV8qp7ayuJTICMb4cXMW7EFyZZV50sgc/sU4aSjYWewgUYpvVCAOh&#10;9zqb5vlFNlisHVohvae/t2OSrxJ+00gRPjeNl4HpihO3kFZM6zau2WoJZYvgOiWONOAfWPSgDF16&#10;grqFAGyH6g+oXgm03jZhImyf2aZRQqYeqJsi/62bhw6cTL2QON6dZPL/D1Z82t8jUzV5d8mZgZ48&#10;+kKqgWm1ZPOoz+B8SWUP7h5jh97dWfHdM2PXHVXJG0Q7dBJqYlXE+uzFgRh4Osq2w0dbEzrsgk1S&#10;HRrsIyCJwA7JkceTI/IQmKCfxewin5NvglLF23xRJMcyKJ8PO/ThvbQ9i5uKI1FP4LC/8yGSgfK5&#10;JJG3WtUbpXUKsN2uNbI90HBs0pf4U4/nZdqwoeJX8+k8Ib/I+XOIPH1/g+hVoCnXqq/44lQEZVTt&#10;nanTDAZQetwTZW2OMkblRge2tn4kFdGOI0xPjjadxZ+cDTS+Ffc/doCSM/3BkBNXxWwW5z0Fs/nl&#10;lAI8z2zPM2AEQVU8cDZu12F8IzuHqu3opiL1buwNudeopGx0dmR1JEsjmgQ/Pqf4Bs7jVPXr0a+e&#10;AAAA//8DAFBLAwQUAAYACAAAACEAXMUOLNoAAAAHAQAADwAAAGRycy9kb3ducmV2LnhtbEyOwU7D&#10;MBBE70j8g7VI3KjdRKpIiFMhUJE4tumlt01skkC8jmKnDXw92xMcn2Y084rt4gZxtlPoPWlYrxQI&#10;S403PbUajtXu4RFEiEgGB09Ww7cNsC1vbwrMjb/Q3p4PsRU8QiFHDV2MYy5laDrrMKz8aImzDz85&#10;jIxTK82EFx53g0yU2kiHPfFDh6N96WzzdZidhrpPjvizr96Uy3ZpfF+qz/n0qvX93fL8BCLaJf6V&#10;4arP6lCyU+1nMkEMGjK14aaGJAVxjdcpc82cZCDLQv73L38BAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEAgAVYbCECAAA8BAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEAXMUOLNoAAAAHAQAADwAAAAAAAAAAAAAAAAB7BAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAAIIFAAAAAA==&#10;"/>
+              <v:rect w14:anchorId="554F95B6" id="Rectangle 6" o:spid="_x0000_s1026" style="position:absolute;margin-left:279.1pt;margin-top:1.15pt;width:11.5pt;height:10.3pt;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDus9QpIQIAADwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNElpSzdqulp1KUJa&#10;YMXCB7iOk1g4HjN2my5fz9jpli5wQvhgeTzj5zdvZlbXx96wg0KvwVa8mOScKSuh1rat+Ncv21dL&#10;znwQthYGrKr4o/L8ev3yxWpwpZpCB6ZWyAjE+nJwFe9CcGWWedmpXvgJOGXJ2QD2IpCJbVajGAi9&#10;N9k0zxfZAFg7BKm8p9vb0cnXCb9plAyfmsarwEzFiVtIO6Z9F/dsvRJli8J1Wp5oiH9g0Qtt6dMz&#10;1K0Igu1R/wHVa4ngoQkTCX0GTaOlSjlQNkX+WzYPnXAq5ULieHeWyf8/WPnxcI9M1xWfzjizoqca&#10;fSbVhG2NYouoz+B8SWEP7h5jht7dgfzmmYVNR1HqBhGGTomaWBUxPnv2IBqenrLd8AFqQhf7AEmq&#10;Y4N9BCQR2DFV5PFcEXUMTNJlMVvkc6qbJFfxOl8WqWKZKJ8eO/ThnYKexUPFkagncHG48yGSEeVT&#10;SCIPRtdbbUwysN1tDLKDoObYppX4U46XYcayoeJX8+k8IT/z+UuIPK2/QfQ6UJcb3Vd8eQ4SZVTt&#10;ra1TDwahzXgmysaeZIzKjRXYQf1IKiKMLUwjR4cO8AdnA7Vvxf33vUDFmXlvqRJXxWwW+z0Zs/mb&#10;KRl46dldeoSVBFXxwNl43IRxRvYOddvRT0XK3cINVa/RSdlY2ZHViSy1aBL8NE5xBi7tFPVr6Nc/&#10;AQAA//8DAFBLAwQUAAYACAAAACEAko/SKNwAAAAIAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7D&#10;MBBE70j8g7VI3KhTV0FpiFMhUJE4tumF2yY2SSBeR7HTBr6e5QTHpxnNvi12ixvE2U6h96RhvUpA&#10;WGq86anVcKr2dxmIEJEMDp6shi8bYFdeXxWYG3+hgz0fYyt4hEKOGroYx1zK0HTWYVj50RJn735y&#10;GBmnVpoJLzzuBqmS5F467IkvdDjap842n8fZaah7dcLvQ/WSuO1+E1+X6mN+e9b69mZ5fAAR7RL/&#10;yvCrz+pQslPtZzJBDBrSNFNc1aA2IDhPszVzzay2IMtC/n+g/AEAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQDus9QpIQIAADwEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQCSj9Io3AAAAAgBAAAPAAAAAAAAAAAAAAAAAHsEAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAAhAUAAAAA&#10;"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00C26276" w:rsidRPr="00AE1A04">
         <w:t xml:space="preserve">- </w:t>
       </w:r>
+      <w:r w:rsidR="00846393">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>korzystałam/em</w:t>
+      </w:r>
+      <w:r w:rsidR="00397216">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidR="00846393">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> , </w:t>
+      </w:r>
+      <w:r w:rsidR="00C26276" w:rsidRPr="00AE1A04">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>nie korzystała</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA5826">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidR="00D94C2A">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">/em    </w:t>
+      </w:r>
       <w:r w:rsidR="00C26276">
-        <w:t xml:space="preserve">    </w:t>
-[...17 lines deleted...]
-        <w:t>nie korzystałam/em</w:t>
+        <w:t>z b</w:t>
+      </w:r>
+      <w:r w:rsidR="00D94C2A">
+        <w:t>o</w:t>
       </w:r>
       <w:r w:rsidR="00C26276">
-        <w:t xml:space="preserve"> z bonifikaty </w:t>
+        <w:t xml:space="preserve">nifikaty </w:t>
       </w:r>
       <w:r w:rsidR="00C26276" w:rsidRPr="00AE1A04">
         <w:t>od ceny sprzedaży lokalu,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="387631B6" w14:textId="32B6F1E8" w:rsidR="002617DC" w:rsidRDefault="00D6213E" w:rsidP="002617DC">
+    <w:p w14:paraId="388555DA" w14:textId="4C5B1A88" w:rsidR="00397216" w:rsidRPr="00397216" w:rsidRDefault="008572F6" w:rsidP="0038776B">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="720"/>
-        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4318633B" wp14:editId="25EA5B46">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251745280" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="68D67F40" wp14:editId="64708996">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
-                  <wp:posOffset>2552700</wp:posOffset>
+                  <wp:posOffset>2670810</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>18415</wp:posOffset>
+                  <wp:posOffset>14605</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="146050" cy="130810"/>
-                <wp:effectExtent l="13970" t="12700" r="11430" b="8890"/>
+                <wp:effectExtent l="8255" t="8890" r="7620" b="12700"/>
                 <wp:wrapNone/>
-                <wp:docPr id="15" name="Rectangle 8"/>
+                <wp:docPr id="23" name="Rectangle 86"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="146050" cy="130810"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="7045652D" id="Rectangle 8" o:spid="_x0000_s1026" style="position:absolute;margin-left:201pt;margin-top:1.45pt;width:11.5pt;height:10.3pt;z-index:251663360;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAkBtDWIAIAADwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNElpl27UdLXqUoS0&#10;wIqFD3AdJ7FwPGbsNi1fz9jpli5wQuRgeTLj5zfvjZc3h96wvUKvwVa8mOScKSuh1rat+Ncvm1cL&#10;znwQthYGrKr4UXl+s3r5Yjm4Uk2hA1MrZARifTm4inchuDLLvOxUL/wEnLKUbAB7ESjENqtRDITe&#10;m2ya51fZAFg7BKm8p793Y5KvEn7TKBk+NY1XgZmKE7eQVkzrNq7ZainKFoXrtDzREP/Aohfa0qVn&#10;qDsRBNuh/gOq1xLBQxMmEvoMmkZLlXqgbor8t24eO+FU6oXE8e4sk/9/sPLj/gGZrsm7OWdW9OTR&#10;Z1JN2NYotoj6DM6XVPboHjB26N09yG+eWVh3VKVuEWHolKiJVRHrs2cHYuDpKNsOH6AmdLELkKQ6&#10;NNhHQBKBHZIjx7Mj6hCYpJ/F7Cqfk2+SUsXrfFEkxzJRPh126MM7BT2Lm4ojUU/gYn/vQyQjyqeS&#10;RB6MrjfamBRgu10bZHtBw7FJX+JPPV6WGcuGil/Pp/OE/CznLyHy9P0NoteBptzovuKLc5Eoo2pv&#10;bZ1mMAhtxj1RNvYkY1RudGAL9ZFURBhHmJ4cbTrAH5wNNL4V9993AhVn5r0lJ66L2SzOewpm8zdT&#10;CvAys73MCCsJquKBs3G7DuMb2TnUbUc3Fal3C7fkXqOTstHZkdWJLI1oEvz0nOIbuIxT1a9Hv/oJ&#10;AAD//wMAUEsDBBQABgAIAAAAIQCtrOPM3AAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMw&#10;EETvSPyDtUjcqI3bIhriVAhUJI5teuHmxEsSiNdR7LSBr2c5wfFpVrNv8u3se3HCMXaBDNwuFAik&#10;OriOGgPHcndzDyImS872gdDAF0bYFpcXuc1cONMeT4fUCC6hmFkDbUpDJmWsW/Q2LsKAxNl7GL1N&#10;jGMj3WjPXO57qZW6k952xB9aO+BTi/XnYfIGqk4f7fe+fFF+s1um17n8mN6ejbm+mh8fQCSc098x&#10;/OqzOhTsVIWJXBS9gZXSvCUZ0BsQnK/0mrliXq5BFrn8P6D4AQAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhACQG0NYgAgAAPAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAK2s48zcAAAACAEAAA8AAAAAAAAAAAAAAAAAegQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAACDBQAAAAA=&#10;"/>
+              <v:rect w14:anchorId="2F8DC78E" id="Rectangle 86" o:spid="_x0000_s1026" style="position:absolute;margin-left:210.3pt;margin-top:1.15pt;width:11.5pt;height:10.3pt;z-index:251745280;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAS4TWsIgIAAD0EAAAOAAAAZHJzL2Uyb0RvYy54bWysU1Fv0zAQfkfiP1h+p0m6tnRR02nqKEIa&#10;MDH4Aa7jNBaOz5zdpuXX7+x0pQOeEH6wfL7z5+++u1vcHDrD9gq9BlvxYpRzpqyEWtttxb99Xb+Z&#10;c+aDsLUwYFXFj8rzm+XrV4velWoMLZhaISMQ68veVbwNwZVZ5mWrOuFH4JQlZwPYiUAmbrMaRU/o&#10;ncnGeT7LesDaIUjlPd3eDU6+TPhNo2T43DReBWYqTtxC2jHtm7hny4Uotyhcq+WJhvgHFp3Qlj49&#10;Q92JINgO9R9QnZYIHpowktBl0DRaqpQDZVPkv2Xz2AqnUi4kjndnmfz/g5Wf9g/IdF3x8RVnVnRU&#10;oy+kmrBbo9h8FgXqnS8p7tE9YEzRu3uQ3z2zsGopTN0iQt8qUROtIsZnLx5Ew9NTtuk/Qk3wYhcg&#10;aXVosIuApAI7pJIczyVRh8AkXRaTWT6lwklyFVf5vEgly0T5/NihD+8VdCweKo7EPYGL/b0PkYwo&#10;n0MSeTC6XmtjkoHbzcog2wvqjnVaiT/leBlmLOsrfj0dTxPyC5+/hMjT+htEpwO1udFdxefnIFFG&#10;1d7ZOjVhENoMZ6Js7EnGqNxQgQ3UR1IRYehhmjk6tIA/Oeupfyvuf+wEKs7MB0uVuC4mk9jwyZhM&#10;347JwEvP5tIjrCSoigfOhuMqDEOyc6i3Lf1UpNwt3FL1Gp2UjZUdWJ3IUo8mwU/zFIfg0k5Rv6Z+&#10;+QQAAP//AwBQSwMEFAAGAAgAAAAhAJ8M7WHcAAAACAEAAA8AAABkcnMvZG93bnJldi54bWxMj8FO&#10;wzAQRO9I/IO1SNyogxNVNMSpEKhIHNv0wm0TmyQQr6PYaQNfz3Kix6cZzb4ttosbxMlOofek4X6V&#10;gLDUeNNTq+FY7e4eQISIZHDwZDV82wDb8vqqwNz4M+3t6RBbwSMUctTQxTjmUoamsw7Dyo+WOPvw&#10;k8PIOLXSTHjmcTdIlSRr6bAnvtDhaJ8723wdZqeh7tURf/bVa+I2uzS+LdXn/P6i9e3N8vQIItol&#10;/pfhT5/VoWSn2s9kghg0ZCpZc1WDSkFwnmUpc82sNiDLQl4+UP4CAAD//wMAUEsBAi0AFAAGAAgA&#10;AAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwEC&#10;LQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwEC&#10;LQAUAAYACAAAACEAEuE1rCICAAA9BAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQ&#10;SwECLQAUAAYACAAAACEAnwztYdwAAAAIAQAADwAAAAAAAAAAAAAAAAB8BAAAZHJzL2Rvd25yZXYu&#10;eG1sUEsFBgAAAAAEAAQA8wAAAIUFAAAAAA==&#10;"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="19A3B29E" wp14:editId="480C7EB9">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251744256" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="07DCB12A" wp14:editId="54C8F626">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
-                  <wp:posOffset>485775</wp:posOffset>
+                  <wp:posOffset>1335405</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>18415</wp:posOffset>
+                  <wp:posOffset>14605</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="146050" cy="130810"/>
-                <wp:effectExtent l="13970" t="12700" r="11430" b="8890"/>
+                <wp:effectExtent l="6350" t="8890" r="9525" b="12700"/>
                 <wp:wrapNone/>
-                <wp:docPr id="14" name="Rectangle 7"/>
+                <wp:docPr id="22" name="Rectangle 85"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="146050" cy="130810"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="2C0094DE" id="Rectangle 7" o:spid="_x0000_s1026" style="position:absolute;margin-left:38.25pt;margin-top:1.45pt;width:11.5pt;height:10.3pt;z-index:251662336;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCB6bcYIQIAADwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU1Fv0zAQfkfiP1h+p0lKu3VR02nqKEIa&#10;MDH4AVfHSSwc25zdpuPX7+x0pQOeEHmwfLnz5+++77y8PvSa7SV6ZU3Fi0nOmTTC1sq0Ff/2dfNm&#10;wZkPYGrQ1siKP0rPr1evXy0HV8qp7ayuJTICMb4cXMW7EFyZZV50sgc/sU4aSjYWewgUYpvVCAOh&#10;9zqb5vlFNlisHVohvae/t2OSrxJ+00gRPjeNl4HpihO3kFZM6zau2WoJZYvgOiWONOAfWPSgDF16&#10;grqFAGyH6g+oXgm03jZhImyf2aZRQqYeqJsi/62bhw6cTL2QON6dZPL/D1Z82t8jUzV5N+PMQE8e&#10;fSHVwLRassuoz+B8SWUP7h5jh97dWfHdM2PXHVXJG0Q7dBJqYlXE+uzFgRh4Osq2w0dbEzrsgk1S&#10;HRrsIyCJwA7JkceTI/IQmKCfxewin5NvglLF23xRJMcyKJ8PO/ThvbQ9i5uKI1FP4LC/8yGSgfK5&#10;JJG3WtUbpXUKsN2uNbI90HBs0pf4U4/nZdqwoeJX8+k8Ib/I+XOIPH1/g+hVoCnXqq/44lQEZVTt&#10;nanTDAZQetwTZW2OMkblRge2tn4kFdGOI0xPjjadxZ+cDTS+Ffc/doCSM/3BkBNXxWwW5z0Fs/nl&#10;lAI8z2zPM2AEQVU8cDZu12F8IzuHqu3opiL1buwNudeopGx0dmR1JEsjmgQ/Pqf4Bs7jVPXr0a+e&#10;AAAA//8DAFBLAwQUAAYACAAAACEAvUQC3doAAAAGAQAADwAAAGRycy9kb3ducmV2LnhtbEyOQU+D&#10;QBCF7yb+h82YeLOLNK1CWRqjqYnHll68DTAFlJ0l7NKiv97xpMcv7+W9L9vOtldnGn3n2MD9IgJF&#10;XLm648bAsdjdPYLyAbnG3jEZ+CIP2/z6KsO0dhfe0/kQGiUj7FM00IYwpFr7qiWLfuEGYslObrQY&#10;BMdG1yNeZNz2Oo6itbbYsTy0ONBzS9XnYbIGyi4+4ve+eI1ssluGt7n4mN5fjLm9mZ82oALN4a8M&#10;v/qiDrk4lW7i2qvewMN6JU0DcQJK4iQRLAWXK9B5pv/r5z8AAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEAgem3GCECAAA8BAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEAvUQC3doAAAAGAQAADwAAAAAAAAAAAAAAAAB7BAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAAIIFAAAAAA==&#10;"/>
+              <v:rect w14:anchorId="7C1AD365" id="Rectangle 85" o:spid="_x0000_s1026" style="position:absolute;margin-left:105.15pt;margin-top:1.15pt;width:11.5pt;height:10.3pt;z-index:251744256;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBv2zKAIgIAAD0EAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tuEzEQfUfiHyy/k72QlHSVTVWlBCEV&#10;qCh8gOP1Zi28HjN2sglfz9ibhhR4QvjB8njGx2fOzCxuDr1he4Veg615Mck5U1ZCo+225l+/rF/N&#10;OfNB2EYYsKrmR+X5zfLli8XgKlVCB6ZRyAjE+mpwNe9CcFWWedmpXvgJOGXJ2QL2IpCJ26xBMRB6&#10;b7Iyz6+yAbBxCFJ5T7d3o5MvE37bKhk+ta1XgZmaE7eQdkz7Ju7ZciGqLQrXaXmiIf6BRS+0pU/P&#10;UHciCLZD/QdUryWChzZMJPQZtK2WKuVA2RT5b9k8dsKplAuJ491ZJv//YOXH/QMy3dS8LDmzoqca&#10;fSbVhN0axeazKNDgfEVxj+4BY4re3YP85pmFVUdh6hYRhk6JhmgVMT579iAanp6yzfABGoIXuwBJ&#10;q0OLfQQkFdghleR4Lok6BCbpsphe5TMqnCRX8TqfF6lkmaieHjv04Z2CnsVDzZG4J3Cxv/chkhHV&#10;U0giD0Y3a21MMnC7WRlke0HdsU4r8accL8OMZUPNr2flLCE/8/lLiDytv0H0OlCbG93XfH4OElVU&#10;7a1tUhMGoc14JsrGnmSMyo0V2EBzJBURxh6mmaNDB/iDs4H6t+b++06g4sy8t1SJ62I6jQ2fjOns&#10;TUkGXno2lx5hJUHVPHA2HldhHJKdQ73t6Kci5W7hlqrX6qRsrOzI6kSWejQJfpqnOASXdor6NfXL&#10;nwAAAP//AwBQSwMEFAAGAAgAAAAhAP41JnHbAAAACAEAAA8AAABkcnMvZG93bnJldi54bWxMj0FP&#10;wzAMhe9I/IfISNxYslRCrDSdEGhIHLfuslvamLbQOFWTboVfjznByZ/1np6fi+3iB3HGKfaBDKxX&#10;CgRSE1xPrYFjtbt7ABGTJWeHQGjgCyNsy+urwuYuXGiP50NqBYdQzK2BLqUxlzI2HXobV2FEYu09&#10;TN4mXqdWusleONwPUit1L73tiS90dsTnDpvPw+wN1L0+2u999ar8Zpelt6X6mE8vxtzeLE+PIBIu&#10;6c8Mv/W5OpTcqQ4zuSgGA3qtMrYy8GBdZxlDzaA3IMtC/n+g/AEAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQBv2zKAIgIAAD0EAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQD+NSZx2wAAAAgBAAAPAAAAAAAAAAAAAAAAAHwEAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAAhAUAAAAA&#10;"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="00C26276" w:rsidRPr="00AE1A04">
+      <w:r w:rsidR="00397216" w:rsidRPr="00AE1A04">
         <w:t xml:space="preserve">- </w:t>
       </w:r>
-      <w:r w:rsidR="00ED5351">
-[...81 lines deleted...]
-    <w:p w14:paraId="295DF580" w14:textId="67312024" w:rsidR="002617DC" w:rsidRPr="002617DC" w:rsidRDefault="009C4FE5" w:rsidP="002617DC">
+      <w:r w:rsidR="00397216">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">korzystam     , </w:t>
+      </w:r>
+      <w:r w:rsidR="00397216" w:rsidRPr="00AE1A04">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>nie korzysta</w:t>
+      </w:r>
+      <w:r w:rsidR="00397216">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">m      </w:t>
+      </w:r>
+      <w:r w:rsidR="00397216">
+        <w:t>z dodatku mieszkaniowego</w:t>
+      </w:r>
+      <w:r w:rsidR="00397216" w:rsidRPr="00AE1A04">
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="367CB272" w14:textId="27EC4E43" w:rsidR="00397216" w:rsidRPr="00397216" w:rsidRDefault="008572F6" w:rsidP="0038776B">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="720"/>
-        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251719680" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="38080541" wp14:editId="6E44F9D4">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251747328" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="07DCB12A" wp14:editId="3388F358">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
-                  <wp:posOffset>1623695</wp:posOffset>
+                  <wp:posOffset>4187190</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>9525</wp:posOffset>
+                  <wp:posOffset>12065</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="146050" cy="130810"/>
-                <wp:effectExtent l="8890" t="12700" r="6985" b="8890"/>
+                <wp:effectExtent l="10160" t="9525" r="5715" b="12065"/>
                 <wp:wrapNone/>
-                <wp:docPr id="13" name="Rectangle 65"/>
+                <wp:docPr id="21" name="Rectangle 88"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="146050" cy="130810"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="71502B41" id="Rectangle 65" o:spid="_x0000_s1026" style="position:absolute;margin-left:127.85pt;margin-top:.75pt;width:11.5pt;height:10.3pt;z-index:251719680;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB09Hz7IgIAAD0EAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNEm3Ld2o6WrVpQhp&#10;gRULHzB1nMbCsc3YbVq+fsdOt3SBEyIHy5MZP795b7y4OXSa7SV6ZU3Fi1HOmTTC1spsK/7t6/rN&#10;nDMfwNSgrZEVP0rPb5avXy16V8qxba2uJTICMb7sXcXbEFyZZV60sgM/sk4aSjYWOwgU4jarEXpC&#10;73Q2zvNZ1lusHVohvae/d0OSLxN+00gRPjeNl4HpihO3kFZM6yau2XIB5RbBtUqcaMA/sOhAGbr0&#10;DHUHAdgO1R9QnRJovW3CSNgus02jhEw9UDdF/ls3jy04mXohcbw7y+T/H6z4tH9Apmry7oozAx15&#10;9IVUA7PVks2mUaDe+ZLqHt0Dxha9u7fiu2fGrloqk7eItm8l1ESriPXZiwMx8HSUbfqPtiZ42AWb&#10;tDo02EVAUoEdkiXHsyXyEJign8Vklk/JOEGp4iqfF8myDMrnww59eC9tx+Km4kjcEzjs732IZKB8&#10;LknkrVb1WmmdAtxuVhrZHmg61ulL/KnHyzJtWF/x6+l4mpBf5PwlRJ6+v0F0KtCYa9VVfH4ugjKq&#10;9s7UaQgDKD3sibI2JxmjcoMDG1sfSUW0wwzTm6NNa/EnZz3Nb8X9jx2g5Ex/MOTEdTGZxIFPwWT6&#10;dkwBXmY2lxkwgqAqHjgbtqswPJKdQ7Vt6aYi9W7sLbnXqKRsdHZgdSJLM5oEP72n+Agu41T169Uv&#10;nwAAAP//AwBQSwMEFAAGAAgAAAAhAAipBXTdAAAACAEAAA8AAABkcnMvZG93bnJldi54bWxMj8FO&#10;wzAQRO9I/IO1SNyoU6PQksapEKhIHNv0wm0Tb5NAbEex0wa+nuUEtx290exMvp1tL840hs47DctF&#10;AoJc7U3nGg3Hcne3BhEiOoO9d6ThiwJsi+urHDPjL25P50NsBIe4kKGGNsYhkzLULVkMCz+QY3by&#10;o8XIcmykGfHC4baXKkkepMXO8YcWB3puqf48TFZD1akjfu/L18Q+7u7j21x+TO8vWt/ezE8bEJHm&#10;+GeG3/pcHQruVPnJmSB6DSpNV2xlkIJgrlZr1hUfagmyyOX/AcUPAAAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhAHT0fPsiAgAAPQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhAAipBXTdAAAACAEAAA8AAAAAAAAAAAAAAAAAfAQAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAACGBQAAAAA=&#10;"/>
+              <v:rect w14:anchorId="034E19B5" id="Rectangle 88" o:spid="_x0000_s1026" style="position:absolute;margin-left:329.7pt;margin-top:.95pt;width:11.5pt;height:10.3pt;z-index:251747328;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA4vO9+IgIAAD0EAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNElpl27UdLXqUoS0&#10;wIqFD5g6TmLh2GbsNi1fz9jpli5wQvhgeTzj5zdvZpY3h16zvUSvrKl4Mck5k0bYWpm24l+/bF4t&#10;OPMBTA3aGlnxo/T8ZvXyxXJwpZzazupaIiMQ48vBVbwLwZVZ5kUne/AT66QhZ2Oxh0AmtlmNMBB6&#10;r7Npnl9lg8XaoRXSe7q9G518lfCbRorwqWm8DExXnLiFtGPat3HPVksoWwTXKXGiAf/Aogdl6NMz&#10;1B0EYDtUf0D1SqD1tgkTYfvMNo0SMuVA2RT5b9k8duBkyoXE8e4sk/9/sOLj/gGZqis+LTgz0FON&#10;PpNqYFot2WIRBRqcLynu0T1gTNG7eyu+eWbsuqMweYtoh05CTbSKGJ89exANT0/Zdvhga4KHXbBJ&#10;q0ODfQQkFdghleR4Lok8BCbosphd5XMqnCBX8TpfFKlkGZRPjx368E7ansVDxZG4J3DY3/sQyUD5&#10;FJLIW63qjdI6Gdhu1xrZHqg7Nmkl/pTjZZg2bKj49Xw6T8jPfP4SIk/rbxC9CtTmWvUVX5yDoIyq&#10;vTV1asIASo9noqzNScao3FiBra2PpCLasYdp5ujQWfzB2UD9W3H/fQcoOdPvDVXiupjNYsMnYzZ/&#10;MyUDLz3bSw8YQVAVD5yNx3UYh2TnULUd/VSk3I29peo1KikbKzuyOpGlHk2Cn+YpDsGlnaJ+Tf3q&#10;JwAAAP//AwBQSwMEFAAGAAgAAAAhAKRlBwrcAAAACAEAAA8AAABkcnMvZG93bnJldi54bWxMj8FO&#10;wzAQRO9I/IO1SNyog6FRE+JUCFQkjm164baJlyQQ21HstIGvZznBcfRGs2+L7WIHcaIp9N5puF0l&#10;IMg13vSu1XCsdjcbECGiMzh4Rxq+KMC2vLwoMDf+7PZ0OsRW8IgLOWroYhxzKUPTkcWw8iM5Zu9+&#10;shg5Tq00E5553A5SJUkqLfaOL3Q40lNHzedhthrqXh3xe1+9JDbb3cXXpfqY3561vr5aHh9ARFri&#10;Xxl+9VkdSnaq/exMEIOGdJ3dc5VBBoJ5ulGcaw1KrUGWhfz/QPkDAAD//wMAUEsBAi0AFAAGAAgA&#10;AAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwEC&#10;LQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwEC&#10;LQAUAAYACAAAACEAOLzvfiICAAA9BAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQ&#10;SwECLQAUAAYACAAAACEApGUHCtwAAAAIAQAADwAAAAAAAAAAAAAAAAB8BAAAZHJzL2Rvd25yZXYu&#10;eG1sUEsFBgAAAAAEAAQA8wAAAIUFAAAAAA==&#10;"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251718656" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="26BE6EC0" wp14:editId="6836F10A">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251746304" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="07DCB12A" wp14:editId="6CE352AA">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
-                  <wp:posOffset>612140</wp:posOffset>
+                  <wp:posOffset>2093595</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>9525</wp:posOffset>
+                  <wp:posOffset>12065</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="146050" cy="130810"/>
-                <wp:effectExtent l="6985" t="12700" r="8890" b="8890"/>
+                <wp:effectExtent l="12065" t="9525" r="13335" b="12065"/>
                 <wp:wrapNone/>
-                <wp:docPr id="12" name="Rectangle 64"/>
+                <wp:docPr id="20" name="Rectangle 87"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="146050" cy="130810"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="2E3DC8FD" id="Rectangle 64" o:spid="_x0000_s1026" style="position:absolute;margin-left:48.2pt;margin-top:.75pt;width:11.5pt;height:10.3pt;z-index:251718656;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB9xM71IQIAAD0EAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNElpSzdqulp1KUJa&#10;YMXCB7iOk1g4HjN2my5fz9jpli5wQuRgeTLj5zfvjVfXx96wg0KvwVa8mOScKSuh1rat+Ncv21dL&#10;znwQthYGrKr4o/L8ev3yxWpwpZpCB6ZWyAjE+nJwFe9CcGWWedmpXvgJOGUp2QD2IlCIbVajGAi9&#10;N9k0zxfZAFg7BKm8p7+3Y5KvE37TKBk+NY1XgZmKE7eQVkzrLq7ZeiXKFoXrtDzREP/Aohfa0qVn&#10;qFsRBNuj/gOq1xLBQxMmEvoMmkZLlXqgbor8t24eOuFU6oXE8e4sk/9/sPLj4R6Zrsm7KWdW9OTR&#10;Z1JN2NYotphFgQbnS6p7cPcYW/TuDuQ3zyxsOipTN4gwdErURKuI9dmzAzHwdJTthg9QE7zYB0ha&#10;HRvsIyCpwI7JksezJeoYmKSfxWyRz8k4Sanidb4skmWZKJ8OO/ThnYKexU3FkbgncHG48yGSEeVT&#10;SSIPRtdbbUwKsN1tDLKDoOnYpi/xpx4vy4xlQ8Wv5tN5Qn6W85cQefr+BtHrQGNudF/x5blIlFG1&#10;t7ZOQxiENuOeKBt7kjEqNzqwg/qRVEQYZ5jeHG06wB+cDTS/Ffff9wIVZ+a9JSeuitksDnwKZvM3&#10;UwrwMrO7zAgrCarigbNxuwnjI9k71G1HNxWpdws35F6jk7LR2ZHViSzNaBL89J7iI7iMU9WvV7/+&#10;CQAA//8DAFBLAwQUAAYACAAAACEAr0gFF9oAAAAHAQAADwAAAGRycy9kb3ducmV2LnhtbEyOT0+D&#10;QBDF7yZ+h82YeLMLqI0gS2M0NfHY0ou3AUZA2VnCLi366Z2e9Pj+5L1fvlnsoI40+d6xgXgVgSKu&#10;XdNza+BQbm8eQPmA3ODgmAx8k4dNcXmRY9a4E+/ouA+tkhH2GRroQhgzrX3dkUW/ciOxZB9ushhE&#10;Tq1uJjzJuB10EkVrbbFneehwpOeO6q/9bA1UfXLAn135Gtl0exvelvJzfn8x5vpqeXoEFWgJf2U4&#10;4ws6FMJUuZkbrwYD6fpOmuLfgzrHcSq6MpAkMegi1//5i18AAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEAfcTO9SECAAA9BAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEAr0gFF9oAAAAHAQAADwAAAAAAAAAAAAAAAAB7BAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAAIIFAAAAAA==&#10;"/>
+              <v:rect w14:anchorId="48AF9E93" id="Rectangle 87" o:spid="_x0000_s1026" style="position:absolute;margin-left:164.85pt;margin-top:.95pt;width:11.5pt;height:10.3pt;z-index:251746304;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB9u1adIQIAAD0EAAAOAAAAZHJzL2Uyb0RvYy54bWysU1Fv0zAQfkfiP1h+p0lKu3VR02nqKEIa&#10;MDH4Aa7jJBaOz5zdpuPX7+x0pQOeEH6wfL7z5+++u1teH3rD9gq9BlvxYpJzpqyEWtu24t++bt4s&#10;OPNB2FoYsKrij8rz69XrV8vBlWoKHZhaISMQ68vBVbwLwZVZ5mWneuEn4JQlZwPYi0AmtlmNYiD0&#10;3mTTPL/IBsDaIUjlPd3ejk6+SvhNo2T43DReBWYqTtxC2jHt27hnq6UoWxSu0/JIQ/wDi15oS5+e&#10;oG5FEGyH+g+oXksED02YSOgzaBotVcqBsiny37J56IRTKRcSx7uTTP7/wcpP+3tkuq74lOSxoqca&#10;fSHVhG2NYovLKNDgfElxD+4eY4re3YH87pmFdUdh6gYRhk6JmmgVMT578SAanp6y7fARaoIXuwBJ&#10;q0ODfQQkFdghleTxVBJ1CEzSZTG7yOfETJKreJsvilSyTJTPjx368F5Bz+Kh4kjcE7jY3/kQyYjy&#10;OSSRB6PrjTYmGdhu1wbZXlB3bNJK/CnH8zBj2VDxq/l0npBf+Pw5RJ7W3yB6HajNje4rvjgFiTKq&#10;9s7WqQmD0GY8E2VjjzJG5cYKbKF+JBURxh6mmaNDB/iTs4H6t+L+x06g4sx8sFSJq2I2iw2fjNn8&#10;MpYXzz3bc4+wkqAqHjgbj+swDsnOoW47+qlIuVu4oeo1OikbKzuyOpKlHk2CH+cpDsG5naJ+Tf3q&#10;CQAA//8DAFBLAwQUAAYACAAAACEA7WRvoNwAAAAIAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7D&#10;MBBE70j8g7VI3KiDowIJcSoEKhLHNr1w28RLEojtKHbawNeznOhx9Eazb4vNYgdxpCn03mm4XSUg&#10;yDXe9K7VcKi2Nw8gQkRncPCONHxTgE15eVFgbvzJ7ei4j63gERdy1NDFOOZShqYji2HlR3LMPvxk&#10;MXKcWmkmPPG4HaRKkjtpsXd8ocORnjtqvvaz1VD36oA/u+o1sdk2jW9L9Tm/v2h9fbU8PYKItMT/&#10;MvzpszqU7FT72ZkgBg2pyu65yiADwTxdK861BqXWIMtCnj9Q/gIAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQB9u1adIQIAAD0EAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQDtZG+g3AAAAAgBAAAPAAAAAAAAAAAAAAAAAHsEAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAAhAUAAAAA&#10;"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="002617DC">
-[...17 lines deleted...]
-      <w:r w:rsidR="002617DC">
+      <w:r w:rsidR="00397216">
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidR="00397216">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>zarejestrował</w:t>
+      </w:r>
+      <w:r w:rsidR="00944CEA">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>am/</w:t>
+      </w:r>
+      <w:r w:rsidR="00397216">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>em</w:t>
+      </w:r>
+      <w:r w:rsidR="00944CEA">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="002617DC">
-[...3 lines deleted...]
-    <w:p w14:paraId="149FF5F0" w14:textId="77777777" w:rsidR="00C26276" w:rsidRDefault="00C26276" w:rsidP="00C26276">
+      <w:r w:rsidR="00397216">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">    , nie zarejestrował</w:t>
+      </w:r>
+      <w:r w:rsidR="00944CEA">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>am/</w:t>
+      </w:r>
+      <w:r w:rsidR="00397216">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">em      </w:t>
+      </w:r>
+      <w:r w:rsidR="00397216" w:rsidRPr="00397216">
+        <w:t>w lokalu działalności gospodarczej</w:t>
+      </w:r>
+      <w:r w:rsidR="00944CEA">
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="023822A3" w14:textId="221AC7BA" w:rsidR="002617DC" w:rsidRDefault="0038776B" w:rsidP="0038776B">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
-        <w:jc w:val="both"/>
-[...5 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251701248" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="72AB70F2" wp14:editId="5FED633A">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="33CC317F" wp14:editId="785539BA">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>4008584</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>19837</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="146050" cy="130810"/>
+                <wp:effectExtent l="10160" t="12065" r="5715" b="9525"/>
+                <wp:wrapNone/>
+                <wp:docPr id="19" name="Rectangle 8"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="146050" cy="130810"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="FFFFFF"/>
+                        </a:solidFill>
+                        <a:ln w="9525">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:miter lim="800000"/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:rect w14:anchorId="5D6EB12B" id="Rectangle 8" o:spid="_x0000_s1026" style="position:absolute;margin-left:315.65pt;margin-top:1.55pt;width:11.5pt;height:10.3pt;z-index:251663360;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCxmcpUIAIAADwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNElplzZqulp1KUJa&#10;YMXCB7iOk1g4HjN2my5fz9jpli5wQuRgeTLj5zfvjVfXx96wg0KvwVa8mOScKSuh1rat+Ncv21cL&#10;znwQthYGrKr4o/L8ev3yxWpwpZpCB6ZWyAjE+nJwFe9CcGWWedmpXvgJOGUp2QD2IlCIbVajGAi9&#10;N9k0z6+yAbB2CFJ5T39vxyRfJ/ymUTJ8ahqvAjMVJ24hrZjWXVyz9UqULQrXaXmiIf6BRS+0pUvP&#10;ULciCLZH/QdUryWChyZMJPQZNI2WKvVA3RT5b908dMKp1AuJ491ZJv//YOXHwz0yXZN3S86s6Mmj&#10;z6SasK1RbBH1GZwvqezB3WPs0Ls7kN88s7DpqErdIMLQKVETqyLWZ88OxMDTUbYbPkBN6GIfIEl1&#10;bLCPgCQCOyZHHs+OqGNgkn4Ws6t8Tr5JShWv80WRHMtE+XTYoQ/vFPQsbiqORD2Bi8OdD5GMKJ9K&#10;Enkwut5qY1KA7W5jkB0EDcc2fYk/9XhZZiwbKr6cT+cJ+VnOX0Lk6fsbRK8DTbnRfcUX5yJRRtXe&#10;2jrNYBDajHuibOxJxqjc6MAO6kdSEWEcYXpytOkAf3A20PhW3H/fC1ScmfeWnFgWs1mc9xTM5m+m&#10;FOBlZneZEVYSVMUDZ+N2E8Y3sneo245uKlLvFm7IvUYnZaOzI6sTWRrRJPjpOcU3cBmnql+Pfv0T&#10;AAD//wMAUEsDBBQABgAIAAAAIQAGCZUH3QAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMw&#10;EITvSLyDtUjcqPMDoQ3ZVAhUJI5teuHmxCYJxOsodtrA07Oc4Dia0cw3xXaxgziZyfeOEOJVBMJQ&#10;43RPLcKx2t2sQfigSKvBkUH4Mh625eVFoXLtzrQ3p0NoBZeQzxVCF8KYS+mbzljlV240xN67m6wK&#10;LKdW6kmdudwOMomiTFrVEy90ajRPnWk+D7NFqPvkqL731UtkN7s0vC7Vx/z2jHh9tTw+gAhmCX9h&#10;+MVndCiZqXYzaS8GhCyNU44ipDEI9rO7W9Y1QpLegywL+f9A+QMAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQCxmcpUIAIAADwEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQAGCZUH3QAAAAgBAAAPAAAAAAAAAAAAAAAAAHoEAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAAhAUAAAAA&#10;"/>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3B9399D9" wp14:editId="1879E2F8">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>2460786</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>19837</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="146050" cy="130810"/>
+                <wp:effectExtent l="5080" t="12065" r="10795" b="9525"/>
+                <wp:wrapNone/>
+                <wp:docPr id="18" name="Rectangle 7"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="146050" cy="130810"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="FFFFFF"/>
+                        </a:solidFill>
+                        <a:ln w="9525">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:miter lim="800000"/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:rect w14:anchorId="39CCB89A" id="Rectangle 7" o:spid="_x0000_s1026" style="position:absolute;margin-left:193.75pt;margin-top:1.55pt;width:11.5pt;height:10.3pt;z-index:251662336;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAUdq2aIQIAADwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU1Fv0zAQfkfiP1h+p0lKu3VR02nqKEIa&#10;MDH4AVfHSSwc25zdpuPX7+x0pQOeEHmwfLnz5+++77y8PvSa7SV6ZU3Fi0nOmTTC1sq0Ff/2dfNm&#10;wZkPYGrQ1siKP0rPr1evXy0HV8qp7ayuJTICMb4cXMW7EFyZZV50sgc/sU4aSjYWewgUYpvVCAOh&#10;9zqb5vlFNlisHVohvae/t2OSrxJ+00gRPjeNl4HpihO3kFZM6zau2WoJZYvgOiWONOAfWPSgDF16&#10;grqFAGyH6g+oXgm03jZhImyf2aZRQqYeqJsi/62bhw6cTL2QON6dZPL/D1Z82t8jUzV5R04Z6Mmj&#10;L6QamFZLdhn1GZwvqezB3WPs0Ls7K757Zuy6oyp5g2iHTkJNrIpYn704EANPR9l2+GhrQoddsEmq&#10;Q4N9BCQR2CE58nhyRB4CE/SzmF3kc/JNUKp4my+K5FgG5fNhhz68l7ZncVNxJOoJHPZ3PkQyUD6X&#10;JPJWq3qjtE4Bttu1RrYHGo5N+hJ/6vG8TBs2VPxqPp0n5Bc5fw6Rp+9vEL0KNOVa9RVfnIqgjKq9&#10;M3WawQBKj3uirM1Rxqjc6MDW1o+kItpxhOnJ0aaz+JOzgca34v7HDlBypj8YcuKqmM3ivKdgNr+c&#10;UoDnme15BowgqIoHzsbtOoxvZOdQtR3dVKTejb0h9xqVlI3OjqyOZGlEk+DH5xTfwHmcqn49+tUT&#10;AAAA//8DAFBLAwQUAAYACAAAACEAz3nuX94AAAAIAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7D&#10;MBCE70i8g7VI3KjzA7SkcSoEKhLHNr1w28TbJBDbUey0gadnOZXbjmY0+02+mU0vTjT6zlkF8SIC&#10;QbZ2urONgkO5vVuB8AGtxt5ZUvBNHjbF9VWOmXZnu6PTPjSCS6zPUEEbwpBJ6euWDPqFG8iyd3Sj&#10;wcBybKQe8czlppdJFD1Kg53lDy0O9NJS/bWfjIKqSw74syvfIvO0TcP7XH5OH69K3d7Mz2sQgeZw&#10;CcMfPqNDwUyVm6z2oleQrpYPHOUjBsH+fRyxrhQk6RJkkcv/A4pfAAAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhABR2rZohAgAAPAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhAM957l/eAAAACAEAAA8AAAAAAAAAAAAAAAAAewQAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAACGBQAAAAA=&#10;"/>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidR="00C26276" w:rsidRPr="00AE1A04">
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidR="00016855" w:rsidRPr="00016855">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>nie</w:t>
+      </w:r>
+      <w:r w:rsidR="00D94C2A">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00016855">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>mam</w:t>
+      </w:r>
+      <w:r w:rsidR="00D94C2A">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00016855">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">tytułu prawnego  </w:t>
+      </w:r>
+      <w:r w:rsidR="00846393">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">  , </w:t>
+      </w:r>
+      <w:r w:rsidR="00016855">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>mam</w:t>
+      </w:r>
+      <w:r w:rsidR="00D94C2A">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C26276" w:rsidRPr="00016855">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>tytuł prawny</w:t>
+      </w:r>
+      <w:r w:rsidR="00D94C2A">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r w:rsidR="00C26276">
+        <w:t>do</w:t>
+      </w:r>
+      <w:r w:rsidR="00D94C2A">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C26276" w:rsidRPr="00AE1A04">
+        <w:t>innego mieszkania</w:t>
+      </w:r>
+      <w:r w:rsidR="00C26276">
+        <w:t xml:space="preserve"> lub innej nieruchomości zabudowanej budynkiem </w:t>
+      </w:r>
+      <w:r w:rsidR="00016855">
+        <w:t>mieszkalnym</w:t>
+      </w:r>
+      <w:r w:rsidR="00C26276">
+        <w:t xml:space="preserve"> na ter</w:t>
+      </w:r>
+      <w:r w:rsidR="002617DC">
+        <w:t>enie województwa dolnośląskiego,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10EB783A" w14:textId="15AC7542" w:rsidR="009872FE" w:rsidRPr="009872FE" w:rsidRDefault="008572F6" w:rsidP="0038776B">
+      <w:pPr>
+        <w:pStyle w:val="Tekstpodstawowy"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251749376" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="33CC317F" wp14:editId="3E81D3F0">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>3453130</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>19685</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="146050" cy="130810"/>
+                <wp:effectExtent l="9525" t="12700" r="6350" b="8890"/>
+                <wp:wrapNone/>
+                <wp:docPr id="17" name="Rectangle 90"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="146050" cy="130810"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="FFFFFF"/>
+                        </a:solidFill>
+                        <a:ln w="9525">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:miter lim="800000"/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:rect w14:anchorId="27D67E9E" id="Rectangle 90" o:spid="_x0000_s1026" style="position:absolute;margin-left:271.9pt;margin-top:1.55pt;width:11.5pt;height:10.3pt;z-index:251749376;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDRNHRpIQIAAD0EAAAOAAAAZHJzL2Uyb0RvYy54bWysU1Fv0zAQfkfiP1h+p0lKu7VR02nqKEIa&#10;MDH4AVfHSSwc25zdpuXXc3a7rgOeEH6wfL7z5+++u1vc7HvNdhK9sqbixSjnTBpha2Xain/7un4z&#10;48wHMDVoa2TFD9Lzm+XrV4vBlXJsO6triYxAjC8HV/EuBFdmmRed7MGPrJOGnI3FHgKZ2GY1wkDo&#10;vc7GeX6VDRZrh1ZI7+n27ujky4TfNFKEz03jZWC64sQtpB3Tvol7tlxA2SK4TokTDfgHFj0oQ5+e&#10;oe4gANui+gOqVwKtt00YCdtntmmUkCkHyqbIf8vmsQMnUy4kjndnmfz/gxWfdg/IVE21u+bMQE81&#10;+kKqgWm1ZPMk0OB8SXGP7gFjit7dW/HdM2NXHYXJW0Q7dBJqolVEQbMXD6Lh6SnbDB9tTfCwDTZp&#10;tW+wj4CkAtunkhzOJZH7wARdFpOrfEqFE+Qq3uazIjHKoHx67NCH99L2LB4qjsQ9gcPu3odIBsqn&#10;kETealWvldbJwHaz0sh2QN2xTivxpxwvw7RhQ8Xn0/E0Ib/w+UuIPK2/QfQqUJtr1Vd8dg6CMqr2&#10;ztSpCQMofTwTZW1OMkblYjP7cmPrA6mI9tjDNHN06Cz+5Gyg/q24/7EFlJzpD4YqMS8mk9jwyZhM&#10;r8dk4KVnc+kBIwiq4oGz43EVjkOydajajn4qUu7G3lL1GpWUfWZ1Iks9mgQ/zVMcgks7RT1P/fIX&#10;AAAA//8DAFBLAwQUAAYACAAAACEAAOlzAN0AAAAIAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU+D&#10;QBSE7yb+h80z8WaXgkWLLI3R1MRjSy/eHuwroOwuYZcW/fU+T/U4mcnMN/lmNr040eg7ZxUsFxEI&#10;srXTnW0UHMrt3SMIH9Bq7J0lBd/kYVNcX+WYaXe2OzrtQyO4xPoMFbQhDJmUvm7JoF+4gSx7Rzca&#10;DCzHRuoRz1xuehlHUSoNdpYXWhzopaX6az8ZBVUXH/BnV75FZr1Nwvtcfk4fr0rd3szPTyACzeES&#10;hj98RoeCmSo3We1Fr2B1nzB6UJAsQbC/SlPWlYI4eQBZ5PL/geIXAAD//wMAUEsBAi0AFAAGAAgA&#10;AAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwEC&#10;LQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwEC&#10;LQAUAAYACAAAACEA0TR0aSECAAA9BAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQ&#10;SwECLQAUAAYACAAAACEAAOlzAN0AAAAIAQAADwAAAAAAAAAAAAAAAAB7BAAAZHJzL2Rvd25yZXYu&#10;eG1sUEsFBgAAAAAEAAQA8wAAAIUFAAAAAA==&#10;"/>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251748352" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3B9399D9" wp14:editId="1D072A68">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>1779270</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>19685</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="146050" cy="130810"/>
+                <wp:effectExtent l="12065" t="12700" r="13335" b="8890"/>
+                <wp:wrapNone/>
+                <wp:docPr id="16" name="Rectangle 89"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="146050" cy="130810"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="FFFFFF"/>
+                        </a:solidFill>
+                        <a:ln w="9525">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:miter lim="800000"/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:rect w14:anchorId="27F2AD75" id="Rectangle 89" o:spid="_x0000_s1026" style="position:absolute;margin-left:140.1pt;margin-top:1.55pt;width:11.5pt;height:10.3pt;z-index:251748352;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA/rg8rIQIAAD0EAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNElpSxs1Xa26FCEt&#10;sGLhA1zHaSwcjxm7TcvXM3a6pQucEDlYnsz4+c174+XNsTPsoNBrsBUvRjlnykqotd1V/OuXzas5&#10;Zz4IWwsDVlX8pDy/Wb18sexdqcbQgqkVMgKxvuxdxdsQXJllXraqE34ETllKNoCdCBTiLqtR9ITe&#10;mWyc57OsB6wdglTe09+7IclXCb9plAyfmsarwEzFiVtIK6Z1G9dstRTlDoVrtTzTEP/AohPa0qUX&#10;qDsRBNuj/gOq0xLBQxNGEroMmkZLlXqgbor8t24eW+FU6oXE8e4ik/9/sPLj4QGZrsm7GWdWdOTR&#10;Z1JN2J1RbL6IAvXOl1T36B4wtujdPchvnllYt1SmbhGhb5WoiVYR67NnB2Lg6Sjb9h+gJnixD5C0&#10;OjbYRUBSgR2TJaeLJeoYmKSfxWSWT8k4SanidT4vkmWZKJ8OO/ThnYKOxU3FkbgncHG49yGSEeVT&#10;SSIPRtcbbUwKcLddG2QHQdOxSV/iTz1elxnL+oovpuNpQn6W89cQefr+BtHpQGNudFfx+aVIlFG1&#10;t7ZOQxiENsOeKBt7ljEqNziwhfpEKiIMM0xvjjYt4A/Oeprfivvve4GKM/PekhOLYjKJA5+CyfTN&#10;mAK8zmyvM8JKgqp44GzYrsPwSPYO9a6lm4rUu4Vbcq/RSdno7MDqTJZmNAl+fk/xEVzHqerXq1/9&#10;BAAA//8DAFBLAwQUAAYACAAAACEAb7zb/twAAAAIAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7D&#10;MBBE70j8g7VI3KjdWIIS4lQIVCSObXrhtolNEojXUey0ga9nOcFx9Eazb4vt4gdxclPsAxlYrxQI&#10;R02wPbUGjtXuZgMiJiSLQyBn4MtF2JaXFwXmNpxp706H1AoeoZijgS6lMZcyNp3zGFdhdMTsPUwe&#10;E8eplXbCM4/7QWZK3UqPPfGFDkf31Lnm8zB7A3WfHfF7X70of7/T6XWpPua3Z2Our5bHBxDJLemv&#10;DL/6rA4lO9VhJhvFYCDbqIyrBvQaBHOtNOeagb4DWRby/wPlDwAAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQA/rg8rIQIAAD0EAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQBvvNv+3AAAAAgBAAAPAAAAAAAAAAAAAAAAAHsEAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAAhAUAAAAA&#10;"/>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidR="009872FE">
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidR="009872FE">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">posiadałam/em </w:t>
+      </w:r>
+      <w:r w:rsidR="00175AF3">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidR="009872FE">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> , nie posiadałam/em    </w:t>
+      </w:r>
+      <w:r w:rsidR="00175AF3">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009872FE">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009872FE" w:rsidRPr="00E4223D">
+        <w:t>w okresie 5 lat poprzedzających nabycie lokalu, tytułu prawnego</w:t>
+      </w:r>
+      <w:r w:rsidR="009872FE">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009872FE">
+        <w:t xml:space="preserve">do </w:t>
+      </w:r>
+      <w:r w:rsidR="009872FE" w:rsidRPr="00AE1A04">
+        <w:t>innego mieszkania</w:t>
+      </w:r>
+      <w:r w:rsidR="009872FE">
+        <w:t xml:space="preserve"> lub innej nieruchomości zabudowanej budynkiem mieszkalnym na terenie województwa dolnośląskiego</w:t>
+      </w:r>
+      <w:r w:rsidR="00175AF3">
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E9588B4" w14:textId="47F8EFB4" w:rsidR="002617DC" w:rsidRPr="002617DC" w:rsidRDefault="008572F6" w:rsidP="0038776B">
+      <w:pPr>
+        <w:pStyle w:val="Tekstpodstawowy"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251719680" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2881E2F7" wp14:editId="38F91DCC">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>2816860</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>9525</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="146050" cy="130810"/>
+                <wp:effectExtent l="11430" t="11430" r="13970" b="10160"/>
+                <wp:wrapNone/>
+                <wp:docPr id="15" name="Rectangle 65"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="146050" cy="130810"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="FFFFFF"/>
+                        </a:solidFill>
+                        <a:ln w="9525">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:miter lim="800000"/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:rect w14:anchorId="6E2AC799" id="Rectangle 65" o:spid="_x0000_s1026" style="position:absolute;margin-left:221.8pt;margin-top:.75pt;width:11.5pt;height:10.3pt;z-index:251719680;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDeSg+7IQIAAD0EAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNElpSzdqulp1KUJa&#10;YMXCB0wdJ7FwbDN2my5fz9jpli5wQuRgeTLj5zfvjVfXx16zg0SvrKl4Mck5k0bYWpm24l+/bF8t&#10;OfMBTA3aGlnxR+n59frli9XgSjm1ndW1REYgxpeDq3gXgiuzzItO9uAn1klDycZiD4FCbLMaYSD0&#10;XmfTPF9kg8XaoRXSe/p7Oyb5OuE3jRThU9N4GZiuOHELacW07uKarVdQtgiuU+JEA/6BRQ/K0KVn&#10;qFsIwPao/oDqlUDrbRMmwvaZbRolZOqBuiny37p56MDJ1AuJ491ZJv//YMXHwz0yVZN3c84M9OTR&#10;Z1INTKslW8yjQIPzJdU9uHuMLXp3Z8U3z4zddFQmbxDt0EmoiVYR67NnB2Lg6SjbDR9sTfCwDzZp&#10;dWywj4CkAjsmSx7PlshjYIJ+FrNFPifjBKWK1/mySJZlUD4ddujDO2l7FjcVR+KewOFw50MkA+VT&#10;SSJvtaq3SusUYLvbaGQHoOnYpi/xpx4vy7RhQ8Wv5tN5Qn6W85cQefr+BtGrQGOuVV/x5bkIyqja&#10;W1OnIQyg9LgnytqcZIzKjQ7sbP1IKqIdZ5jeHG06iz84G2h+K+6/7wElZ/q9ISeuitksDnwKZvM3&#10;UwrwMrO7zIARBFXxwNm43YTxkewdqrajm4rUu7E35F6jkrLR2ZHViSzNaBL89J7iI7iMU9WvV7/+&#10;CQAA//8DAFBLAwQUAAYACAAAACEAK9duO9wAAAAIAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU+D&#10;QBCF7yb+h82YeLNLKRJFlsZoauKxpRdvA4yAsrOEXVr01zue9Pjyvbz5Jt8udlAnmnzv2MB6FYEi&#10;rl3Tc2vgWO5u7kD5gNzg4JgMfJGHbXF5kWPWuDPv6XQIrZIR9hka6EIYM6193ZFFv3IjsbB3N1kM&#10;EqdWNxOeZdwOOo6iVFvsWS50ONJTR/XnYbYGqj4+4ve+fIns/W4TXpfyY357Nub6anl8ABVoCX9l&#10;+NUXdSjEqXIzN14NBpJkk0pVwC0o4UmaSq4MxPEadJHr/w8UPwAAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQDeSg+7IQIAAD0EAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQAr12473AAAAAgBAAAPAAAAAAAAAAAAAAAAAHsEAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAAhAUAAAAA&#10;"/>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251718656" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="19ECDC00" wp14:editId="09EF18CE">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>1541145</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>9525</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="146050" cy="130810"/>
+                <wp:effectExtent l="12065" t="11430" r="13335" b="10160"/>
+                <wp:wrapNone/>
+                <wp:docPr id="14" name="Rectangle 64"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="146050" cy="130810"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="FFFFFF"/>
+                        </a:solidFill>
+                        <a:ln w="9525">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:miter lim="800000"/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:rect w14:anchorId="0207E4D9" id="Rectangle 64" o:spid="_x0000_s1026" style="position:absolute;margin-left:121.35pt;margin-top:.75pt;width:11.5pt;height:10.3pt;z-index:251718656;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDXer21IQIAAD0EAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNElpSzdqulp1KUJa&#10;YMXCB0wdJ7FwbDN2my5fz9jpli5wQuRgeTLj5zfvjVfXx16zg0SvrKl4Mck5k0bYWpm24l+/bF8t&#10;OfMBTA3aGlnxR+n59frli9XgSjm1ndW1REYgxpeDq3gXgiuzzItO9uAn1klDycZiD4FCbLMaYSD0&#10;XmfTPF9kg8XaoRXSe/p7Oyb5OuE3jRThU9N4GZiuOHELacW07uKarVdQtgiuU+JEA/6BRQ/K0KVn&#10;qFsIwPao/oDqlUDrbRMmwvaZbRolZOqBuiny37p56MDJ1AuJ491ZJv//YMXHwz0yVZN3M84M9OTR&#10;Z1INTKslW8yiQIPzJdU9uHuMLXp3Z8U3z4zddFQmbxDt0EmoiVYR67NnB2Lg6SjbDR9sTfCwDzZp&#10;dWywj4CkAjsmSx7PlshjYIJ+FrNFPifjBKWK1/mySJZlUD4ddujDO2l7FjcVR+KewOFw50MkA+VT&#10;SSJvtaq3SusUYLvbaGQHoOnYpi/xpx4vy7RhQ8Wv5tN5Qn6W85cQefr+BtGrQGOuVV/x5bkIyqja&#10;W1OnIQyg9LgnytqcZIzKjQ7sbP1IKqIdZ5jeHG06iz84G2h+K+6/7wElZ/q9ISeuitksDnwKZvM3&#10;UwrwMrO7zIARBFXxwNm43YTxkewdqrajm4rUu7E35F6jkrLR2ZHViSzNaBL89J7iI7iMU9WvV7/+&#10;CQAA//8DAFBLAwQUAAYACAAAACEAzxCBaNwAAAAIAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7D&#10;MBBE70j8g7VI3KhTQwuEOBUCFYljm164bZIlCcTrKHbawNeznOC2ozeanck2s+vVkcbQebawXCSg&#10;iCtfd9xYOBTbqztQISLX2HsmC18UYJOfn2WY1v7EOzruY6MkhEOKFtoYh1TrULXkMCz8QCzs3Y8O&#10;o8ix0fWIJwl3vTZJstYOO5YPLQ701FL1uZ+chbIzB/zeFS+Ju99ex9e5+Jjenq29vJgfH0BFmuOf&#10;GX7rS3XIpVPpJ66D6i2YG3MrVgErUMLNeiW6lMMsQeeZ/j8g/wEAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQDXer21IQIAAD0EAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQDPEIFo3AAAAAgBAAAPAAAAAAAAAAAAAAAAAHsEAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAAhAUAAAAA&#10;"/>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidR="002617DC">
+        <w:t xml:space="preserve">-      </w:t>
+      </w:r>
+      <w:r w:rsidR="00016855">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>mieszkam</w:t>
+      </w:r>
+      <w:r w:rsidR="00846393">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">     , </w:t>
+      </w:r>
+      <w:r w:rsidR="00016855">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>nie mieszkam</w:t>
+      </w:r>
+      <w:r w:rsidR="00D94C2A">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="002617DC">
+        <w:t>w lokalu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6144FF67" w14:textId="06BB91DD" w:rsidR="00662887" w:rsidRDefault="008572F6" w:rsidP="00C26276">
+      <w:pPr>
+        <w:pStyle w:val="Tekstpodstawowy"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251701248" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2EC09D4E" wp14:editId="1C626B50">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>3206750</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>161925</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="2652395" cy="481965"/>
-                <wp:effectExtent l="10795" t="12065" r="13335" b="10795"/>
+                <wp:effectExtent l="10795" t="13970" r="13335" b="8890"/>
                 <wp:wrapNone/>
-                <wp:docPr id="11" name="Rectangle 48"/>
+                <wp:docPr id="13" name="Rectangle 48"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="2652395" cy="481965"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="201FB559" id="Rectangle 48" o:spid="_x0000_s1026" style="position:absolute;margin-left:252.5pt;margin-top:12.75pt;width:208.85pt;height:37.95pt;z-index:251701248;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCQYXaMIQIAAD4EAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/0zShKW3UdLXqUoS0&#10;wIqFD3AdJ7HwjbHbtHw9Y6dbusATwg+WxzM+PnNmZnVz1IocBHhpTU3zyZQSYbhtpOlq+vXL9tWC&#10;Eh+YaZiyRtT0JDy9Wb98sRpcJQrbW9UIIAhifDW4mvYhuCrLPO+FZn5inTDobC1oFtCELmuADYiu&#10;VVZMp/NssNA4sFx4j7d3o5OuE37bCh4+ta0XgaiaIreQdkj7Lu7ZesWqDpjrJT/TYP/AQjNp8NML&#10;1B0LjOxB/gGlJQfrbRsm3OrMtq3kIuWA2eTT37J57JkTKRcUx7uLTP7/wfKPhwcgssHa5ZQYprFG&#10;n1E1ZjolyGwRBRqcrzDu0T1ATNG7e8u/eWLspscwcQtgh16wBmnlMT579iAaHp+S3fDBNgjP9sEm&#10;rY4t6AiIKpBjKsnpUhJxDITjZTEvi9fLkhKOvtkiX87L9AWrnl478OGdsJrEQ00BySd0drj3IbJh&#10;1VNIYm+VbLZSqWRAt9soIAeG7bFN64zur8OUIUNNl2VRJuRnPn8NMU3rbxBaBuxzJXVNF5cgVkXZ&#10;3pomdWFgUo1npKzMWcco3ViCnW1OKCPYsYlx6PDQW/hByYANXFP/fc9AUKLeGyzFMp/NYscnY1a+&#10;KdCAa8/u2sMMR6iaBkrG4yaMU7J3ILsef8pT7sbeYvlamZSNpR1ZnclikybBzwMVp+DaTlG/xn79&#10;EwAA//8DAFBLAwQUAAYACAAAACEA6cmrod8AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7D&#10;MBBE70j8g7VI3KjdQICmcSoEKhLHNr1wc+JtEojXUey0ga9nOcFxtU8zb/LN7HpxwjF0njQsFwoE&#10;Uu1tR42GQ7m9eQQRoiFrek+o4QsDbIrLi9xk1p9ph6d9bASHUMiMhjbGIZMy1C06ExZ+QOLf0Y/O&#10;RD7HRtrRnDnc9TJR6l460xE3tGbA5xbrz/3kNFRdcjDfu/JVudX2Nr7N5cf0/qL19dX8tAYRcY5/&#10;MPzqszoU7FT5iWwQvYZUpbwlakjSFAQDqyR5AFExqZZ3IItc/p9Q/AAAAP//AwBQSwECLQAUAAYA&#10;CAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBL&#10;AQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BL&#10;AQItABQABgAIAAAAIQCQYXaMIQIAAD4EAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnht&#10;bFBLAQItABQABgAIAAAAIQDpyauh3wAAAAoBAAAPAAAAAAAAAAAAAAAAAHsEAABkcnMvZG93bnJl&#10;di54bWxQSwUGAAAAAAQABADzAAAAhwUAAAAA&#10;"/>
+              <v:rect w14:anchorId="311B640F" id="Rectangle 48" o:spid="_x0000_s1026" style="position:absolute;margin-left:252.5pt;margin-top:12.75pt;width:208.85pt;height:37.95pt;z-index:251701248;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCXdJgoIgIAAD4EAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/0zTZprRR09WqSxHS&#10;AisWPsB1nMTCN8Zu0+Xrd+x0Sxd4QvjB8njGx2fOzKyuj1qRgwAvralpPplSIgy3jTRdTb993b5Z&#10;UOIDMw1T1oiaPgpPr9evX60GV4nC9lY1AgiCGF8NrqZ9CK7KMs97oZmfWCcMOlsLmgU0ocsaYAOi&#10;a5UV0+k8Gyw0DiwX3uPt7eik64TftoKHz23rRSCqpsgtpB3Svot7tl6xqgPmeslPNNg/sNBMGvz0&#10;DHXLAiN7kH9AacnBetuGCbc6s20ruUg5YDb59LdsHnrmRMoFxfHuLJP/f7D80+EeiGywdleUGKax&#10;Rl9QNWY6JchsEQUanK8w7sHdQ0zRuzvLv3ti7KbHMHEDYIdesAZp5TE+e/EgGh6fkt3w0TYIz/bB&#10;Jq2OLegIiCqQYyrJ47kk4hgIx8tiXhZXy5ISjr7ZIl/Oy/QFq55fO/DhvbCaxENNAckndHa48yGy&#10;YdVzSGJvlWy2UqlkQLfbKCAHhu2xTeuE7i/DlCFDTZdlUSbkFz5/CTFN628QWgbscyV1TRfnIFZF&#10;2d6ZJnVhYFKNZ6SszEnHKN1Ygp1tHlFGsGMT49Dhobfwk5IBG7im/seegaBEfTBYimU+m8WOT8as&#10;fFugAZee3aWHGY5QNQ2UjMdNGKdk70B2Pf6Up9yNvcHytTIpG0s7sjqRxSZNgp8GKk7BpZ2ifo39&#10;+gkAAP//AwBQSwMEFAAGAAgAAAAhAOnJq6HfAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FO&#10;wzAQRO9I/IO1SNyo3UCApnEqBCoSxza9cHPibRKI11HstIGvZznBcbVPM2/yzex6ccIxdJ40LBcK&#10;BFLtbUeNhkO5vXkEEaIha3pPqOELA2yKy4vcZNafaYenfWwEh1DIjIY2xiGTMtQtOhMWfkDi39GP&#10;zkQ+x0ba0Zw53PUyUepeOtMRN7RmwOcW68/95DRUXXIw37vyVbnV9ja+zeXH9P6i9fXV/LQGEXGO&#10;fzD86rM6FOxU+YlsEL2GVKW8JWpI0hQEA6skeQBRMamWdyCLXP6fUPwAAAD//wMAUEsBAi0AFAAG&#10;AAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQ&#10;SwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQ&#10;SwECLQAUAAYACAAAACEAl3SYKCICAAA+BAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54&#10;bWxQSwECLQAUAAYACAAAACEA6cmrod8AAAAKAQAADwAAAAAAAAAAAAAAAAB8BAAAZHJzL2Rvd25y&#10;ZXYueG1sUEsFBgAAAAAEAAQA8wAAAIgFAAAAAA==&#10;"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="480CFB80" w14:textId="77777777" w:rsidR="00C26276" w:rsidRPr="00AE1A04" w:rsidRDefault="00C26276" w:rsidP="00C26276">
+    <w:p w14:paraId="2F06F746" w14:textId="77777777" w:rsidR="00C26276" w:rsidRPr="00AE1A04" w:rsidRDefault="00C26276" w:rsidP="00C26276">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="35193DC9" w14:textId="77777777" w:rsidR="00662887" w:rsidRDefault="00662887" w:rsidP="00C26276">
+    <w:p w14:paraId="3948FEA3" w14:textId="77777777" w:rsidR="00662887" w:rsidRDefault="00662887" w:rsidP="00C26276">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="3538"/>
         <w:jc w:val="right"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="24640B28" w14:textId="77777777" w:rsidR="00662887" w:rsidRDefault="00662887" w:rsidP="00C26276">
+    <w:p w14:paraId="405D949F" w14:textId="77777777" w:rsidR="00662887" w:rsidRDefault="00662887" w:rsidP="00C26276">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="3538"/>
         <w:jc w:val="right"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2D0CCDC8" w14:textId="77777777" w:rsidR="00C26276" w:rsidRPr="00016855" w:rsidRDefault="008B20CC" w:rsidP="00C26276">
+    <w:p w14:paraId="611B76B2" w14:textId="77777777" w:rsidR="00C26276" w:rsidRPr="00016855" w:rsidRDefault="008B20CC" w:rsidP="00C26276">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="3538"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>podpis osoby</w:t>
       </w:r>
       <w:r w:rsidR="00C26276" w:rsidRPr="00016855">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> składając</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>ej</w:t>
       </w:r>
       <w:r w:rsidR="00C26276" w:rsidRPr="00016855">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> oświadczenie</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F3F39BC" w14:textId="77777777" w:rsidR="00C26276" w:rsidRPr="00016855" w:rsidRDefault="00C26276" w:rsidP="00C26276">
-[...24 lines deleted...]
-    <w:p w14:paraId="10D48E81" w14:textId="77777777" w:rsidR="00BD5650" w:rsidRPr="005A7624" w:rsidRDefault="00BD5650" w:rsidP="00BD5650">
+    <w:p w14:paraId="50EB459D" w14:textId="77777777" w:rsidR="00EC48E4" w:rsidRDefault="00EC48E4" w:rsidP="00EC48E4">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005A7624">
-[...11 lines deleted...]
-    <w:p w14:paraId="456BAD06" w14:textId="77777777" w:rsidR="00BD5650" w:rsidRPr="005A7624" w:rsidRDefault="00BD5650" w:rsidP="00BD5650">
+    </w:p>
+    <w:p w14:paraId="10015C75" w14:textId="1ED0F247" w:rsidR="00EC48E4" w:rsidRPr="005A7624" w:rsidRDefault="00EC48E4" w:rsidP="00EC48E4">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Hlk220932984"/>
       <w:r w:rsidRPr="005A7624">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">Jeśli nabędą Państwo lokal z bonifikatą na skutek poświadczenia nieprawdy w tym dokumencie, będzie to oznaczało wprowadzenie </w:t>
-[...38 lines deleted...]
-    <w:p w14:paraId="4ED9A7EE" w14:textId="77777777" w:rsidR="00BD5650" w:rsidRPr="005A7624" w:rsidRDefault="00BD5650" w:rsidP="00BD5650">
+        <w:t>Pouczenie</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29A4E612" w14:textId="022ECC5E" w:rsidR="00EC48E4" w:rsidRPr="005A7624" w:rsidRDefault="00EC48E4" w:rsidP="00EC48E4">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005A7624">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>W takiej sytuacji będziemy musieli powiadomić o tym prokuratora lub policję zgodnie z art. 304 § 2 kodeksu postępowania karnego [3].</w:t>
-[...29 lines deleted...]
-    <w:p w14:paraId="4EB2A936" w14:textId="77777777" w:rsidR="00016855" w:rsidRDefault="00016855" w:rsidP="00110F4A">
+        <w:t>Jeśli nabędą Państwo lokal na skutek poświadczenia nieprawdy w tym dokumencie, będzie to</w:t>
+      </w:r>
+      <w:r w:rsidR="00B050CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A7624">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>oznaczało wprowadzenie pracownika działającego w imieniu Gminy w błąd w celu osiągnięcia nieuprawnionej korzyści majątkowej i niekorzystne rozporządzenie mieniem publicznym. Jest to</w:t>
+      </w:r>
+      <w:r w:rsidR="00B050CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A7624">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>przestępstwo określone art. 286 § 1 kodeksu karnego [2]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>, w związku z art. 294 § 1 kodeksu karnego [3]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A7624">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, zagrożone karą pozbawienia wolności od </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>roku</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A7624">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> do </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A7624">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> lat. Przestępstwo to jest ścigane z urzędu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3709CB2E" w14:textId="2FA0C411" w:rsidR="00C26276" w:rsidRDefault="00EC48E4" w:rsidP="00EC48E4">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:jc w:val="right"/>
-[...14 lines deleted...]
-      </w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A7624">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>W takiej sytuacji będziemy musieli powiadomić o tym prokuratora lub policję zgodnie z art. 304 § 2 kodeksu postępowania karnego [</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...6 lines deleted...]
-    <w:p w14:paraId="54216878" w14:textId="77777777" w:rsidR="00016855" w:rsidRDefault="00016855" w:rsidP="00110F4A">
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A7624">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>]</w:t>
+      </w:r>
+      <w:r w:rsidR="00B050CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="458E9452" w14:textId="4BEDEFA2" w:rsidR="00B050CA" w:rsidRDefault="00B050CA" w:rsidP="00EC48E4">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:jc w:val="right"/>
-[...30 lines deleted...]
-      </w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B050CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Jeśli okaże się, że złożone oświadczenia lub przekazane dane były nieprawdziwe i na tej podstawie Gmina zawarła umowę sprzedaży lokalu, Gmina Wrocław będzie mogła żądać naprawienia szkody. Żądanie naprawienia szkody może obejmować zwrot nie</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>należnie</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B050CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> udzielonej bonifikaty, po jej waloryzacji.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w14:paraId="5D63541D" w14:textId="33ACB8A7" w:rsidR="00110F4A" w:rsidRPr="00B050CA" w:rsidRDefault="00BD5650" w:rsidP="00181EDC">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+      <w:r w:rsidR="008572F6">
+        <w:rPr>
           <w:noProof/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251723776" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3618F2C5" wp14:editId="5F15B0B0">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251723776" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2E5F80BE" wp14:editId="2CE53FEC">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>4744085</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>68580</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1365250" cy="215265"/>
-                <wp:effectExtent l="5080" t="12700" r="10795" b="10160"/>
+                <wp:effectExtent l="5080" t="10795" r="10795" b="12065"/>
                 <wp:wrapNone/>
-                <wp:docPr id="10" name="Rectangle 67"/>
+                <wp:docPr id="12" name="Rectangle 67"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1365250" cy="215265"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
@@ -4715,156 +5244,151 @@
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="6D529175" id="Rectangle 67" o:spid="_x0000_s1026" style="position:absolute;margin-left:373.55pt;margin-top:5.4pt;width:107.5pt;height:16.95pt;z-index:251723776;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDfu4cWGgIAABUEAAAOAAAAZHJzL2Uyb0RvYy54bWysU1Fv0zAQfkfiP1h+p2lC221R02nqGEIa&#10;MDH4Aa7jNBa2z5zdpuPXc3a60sEbIg+WL3f33XffnZfXB2vYXmHQ4BpeTqacKSeh1W7b8G9f795c&#10;chaicK0w4FTDn1Tg16vXr5aDr1UFPZhWISMQF+rBN7yP0ddFEWSvrAgT8MqRswO0IpKJ26JFMRC6&#10;NUU1nS6KAbD1CFKFQH9vRydfZfyuUzJ+7rqgIjMNJ24xn5jPTTqL1VLUWxS+1/JIQ/wDCyu0o6In&#10;qFsRBduh/gvKaokQoIsTCbaArtNS5R6om3L6RzePvfAq90LiBH+SKfw/WPlp/4BMtzQ7kscJSzP6&#10;QqoJtzWKLS6SQIMPNcU9+gdMLQZ/D/J7YA7WPYWpG0QYeiVaolWm+OJFQjICpbLN8BFaghe7CFmr&#10;Q4c2AZIK7JBH8nQaiTpEJuln+XYxr+ZETZKvKufVYp5LiPo522OI7xVYli4NRyKf0cX+PsTERtTP&#10;IamYgzttTB67cWxo+BXh54QARrfJmZvE7WZtkO1FWpz8Heu+CLM60voabRt+eQoSdVLjnWtzlSi0&#10;Ge/ExLijPEmRUdkNtE+kDsK4m/SW6NID/uRsoL1sePixE6g4Mx8cKXxVzmZpkbMxm19UZOC5Z3Pu&#10;EU4SVMMjZ+N1Hcfl33nU254qlbl3Bzc0lU5nwdLERlZHsrR7WcfjO0nLfW7nqN+vefULAAD//wMA&#10;UEsDBBQABgAIAAAAIQB3kypu3QAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyD&#10;tUjcqNMqNBDiVAHRayUKEnBz48WOGq+j2G3C37Oc4LgzT7Mz1Wb2vTjjGLtACpaLDARSG0xHVsHb&#10;6/bmDkRMmozuA6GCb4ywqS8vKl2aMNELnvfJCg6hWGoFLqWhlDK2Dr2OizAgsfcVRq8Tn6OVZtQT&#10;h/terrJsLb3uiD84PeCTw/a4P3kFz8Pnrrm1UTbvyX0cw+O0dTur1PXV3DyASDinPxh+63N1qLnT&#10;IZzIRNErKPJiySgbGU9g4H69YuGgIM8LkHUl/y+ofwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4&#10;kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAI&#10;AAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAI&#10;AAAAIQDfu4cWGgIAABUEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQA&#10;BgAIAAAAIQB3kypu3QAAAAkBAAAPAAAAAAAAAAAAAAAAAHQEAABkcnMvZG93bnJldi54bWxQSwUG&#10;AAAAAAQABADzAAAAfgUAAAAA&#10;" filled="f"/>
+              <v:rect w14:anchorId="00EDF6BE" id="Rectangle 67" o:spid="_x0000_s1026" style="position:absolute;margin-left:373.55pt;margin-top:5.4pt;width:107.5pt;height:16.95pt;z-index:251723776;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCBRCx8GwIAABUEAAAOAAAAZHJzL2Uyb0RvYy54bWysU1Fv0zAQfkfiP1h+p2lC221R02nqGEIa&#10;MDH4Aa7jNBa2z5zdpuPXc3a60sEbIg+WL3f33XffnZfXB2vYXmHQ4BpeTqacKSeh1W7b8G9f795c&#10;chaicK0w4FTDn1Tg16vXr5aDr1UFPZhWISMQF+rBN7yP0ddFEWSvrAgT8MqRswO0IpKJ26JFMRC6&#10;NUU1nS6KAbD1CFKFQH9vRydfZfyuUzJ+7rqgIjMNJ24xn5jPTTqL1VLUWxS+1/JIQ/wDCyu0o6In&#10;qFsRBduh/gvKaokQoIsTCbaArtNS5R6om3L6RzePvfAq90LiBH+SKfw/WPlp/4BMtzS7ijMnLM3o&#10;C6km3NYotrhIAg0+1BT36B8wtRj8PcjvgTlY9xSmbhBh6JVoiVaZ4osXCckIlMo2w0doCV7sImSt&#10;Dh3aBEgqsEMeydNpJOoQmaSf5dvFvJrT5CT5qnJeLea5hKifsz2G+F6BZenScCTyGV3s70NMbET9&#10;HJKKObjTxuSxG8eGhl8Rfk4IYHSbnLlJ3G7WBtlepMXJ37HuizCrI62v0bbhl6cgUSc13rk2V4lC&#10;m/FOTIw7ypMUGZXdQPtE6iCMu0lviS494E/OBtrLhocfO4GKM/PBkcJX5WyWFjkbs/lFRQaeezbn&#10;HuEkQTU8cjZe13Fc/p1Hve2pUpl7d3BDU+l0FixNbGR1JEu7l3U8vpO03Od2jvr9mle/AAAA//8D&#10;AFBLAwQUAAYACAAAACEAd5Mqbt0AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8&#10;g7VI3KjTKjQQ4lQB0WslChJwc+PFjhqvo9htwt+znOC4M0+zM9Vm9r044xi7QAqWiwwEUhtMR1bB&#10;2+v25g5ETJqM7gOhgm+MsKkvLypdmjDRC573yQoOoVhqBS6loZQytg69joswILH3FUavE5+jlWbU&#10;E4f7Xq6ybC297og/OD3gk8P2uD95Bc/D5665tVE278l9HMPjtHU7q9T11dw8gEg4pz8Yfutzdai5&#10;0yGcyETRKyjyYskoGxlPYOB+vWLhoCDPC5B1Jf8vqH8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaD&#10;OJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYA&#10;CAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYA&#10;CAAAACEAgUQsfBsCAAAVBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAU&#10;AAYACAAAACEAd5Mqbt0AAAAJAQAADwAAAAAAAAAAAAAAAAB1BAAAZHJzL2Rvd25yZXYueG1sUEsF&#10;BgAAAAAEAAQA8wAAAH8FAAAAAA==&#10;" filled="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00F22EEC" w:rsidRPr="005A7624">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Wypełnia małżonek </w:t>
       </w:r>
       <w:r w:rsidR="00894A6C">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>najemcy</w:t>
       </w:r>
-      <w:r w:rsidR="00110F4A" w:rsidRPr="005A7624">
+      <w:r w:rsidR="002F4896">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F22EEC" w:rsidRPr="005A7624">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>niebędący najemcą</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="350BF6BA" w14:textId="77777777" w:rsidR="00110F4A" w:rsidRPr="00016855" w:rsidRDefault="00016855" w:rsidP="00110F4A">
+    <w:p w14:paraId="469ECFED" w14:textId="77777777" w:rsidR="00110F4A" w:rsidRPr="00016855" w:rsidRDefault="00016855" w:rsidP="005052E6">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="3540" w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00016855">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:noProof/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Wrocław, dnia</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2704FD1D" w14:textId="77777777" w:rsidR="002B58B2" w:rsidRDefault="002B58B2" w:rsidP="00000E12">
+    <w:p w14:paraId="559B8672" w14:textId="77777777" w:rsidR="002B58B2" w:rsidRDefault="002B58B2" w:rsidP="00000E12">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="056EF637" w14:textId="2392BCAF" w:rsidR="00520654" w:rsidRPr="005A7624" w:rsidRDefault="009C4FE5" w:rsidP="00000E12">
+    <w:p w14:paraId="4A81AAF7" w14:textId="43282BD8" w:rsidR="00520654" w:rsidRPr="005A7624" w:rsidRDefault="008572F6" w:rsidP="00000E12">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251715584" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="762636F8" wp14:editId="5A810B13">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251715584" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="20DAD6D6" wp14:editId="3210A21E">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>-4445</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>140970</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="2366010" cy="349885"/>
-                <wp:effectExtent l="9525" t="9525" r="5715" b="12065"/>
+                <wp:effectExtent l="9525" t="7620" r="5715" b="13970"/>
                 <wp:wrapNone/>
-                <wp:docPr id="9" name="Rectangle 61"/>
+                <wp:docPr id="11" name="Rectangle 61"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="2366010" cy="349885"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
@@ -4874,113 +5398,113 @@
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="7A8486FE" id="Rectangle 61" o:spid="_x0000_s1026" style="position:absolute;margin-left:-.35pt;margin-top:11.1pt;width:186.3pt;height:27.55pt;z-index:251715584;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAzjJraGQIAABQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU1GPEjEQfjfxPzR9lwUOEDYslwvnGZNT&#10;L57+gNLtso1tp04LC/56p11ATt+M+9B0dma++eab6fL2YA3bKwwaXMVHgyFnykmotdtW/NvXhzdz&#10;zkIUrhYGnKr4UQV+u3r9atn5Uo2hBVMrZATiQtn5ircx+rIogmyVFWEAXjlyNoBWRDJxW9QoOkK3&#10;phgPh7OiA6w9glQh0N/73slXGb9plIyfmyaoyEzFiVvMJ+Zzk85itRTlFoVvtTzREP/AwgrtqOgF&#10;6l5EwXao/4KyWiIEaOJAgi2gabRUuQfqZjT8o5vnVniVeyFxgr/IFP4frPy0f0Km64ovOHPC0oi+&#10;kGjCbY1is1HSp/OhpLBn/4Spw+AfQX4PzMG6pTB1hwhdq0RNrHJ88SIhGYFS2ab7CDXBi12ELNWh&#10;QZsASQR2yBM5XiaiDpFJ+jm+mc1IF84k+W4mi/l8migVojxnewzxvQLL0qXiSOQzutg/htiHnkNS&#10;MQcP2pg8deNYR21Px9OcEMDoOjlzk7jdrA2yvUh7k79T3RdhVkfaXqNtxeeXIFEmNd65OleJQpv+&#10;TqSNI+5nRXplN1AfSR2EfjXpKdGlBfzJWUdrWfHwYydQcWY+OFJ4MZpM0h5nYzJ9OyYDrz2ba49w&#10;kqAqHjnrr+vY7/7Oo962VGmUe3dwR1NpdBYs8etZncjS6mXJT88k7fa1naN+P+bVLwAAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAGKmxBncAAAABwEAAA8AAABkcnMvZG93bnJldi54bWxMjsFOwzAQRO9I/IO1&#10;SNxap6kgELKpAqLXShQk4ObGix01Xkex24S/x5zgOJrRm1dtZteLM42h84ywWmYgiFuvOzYIb6/b&#10;xR2IEBVr1XsmhG8KsKkvLypVaj/xC5330YgE4VAqBBvjUEoZWktOhaUfiFP35UenYoqjkXpUU4K7&#10;XuZZdiud6jg9WDXQk6X2uD85hOfhc9fcmCCb92g/jv5x2tqdQby+mpsHEJHm+DeGX/2kDnVyOvgT&#10;6yB6hEWRhgh5noNI9bpY3YM4IBTFGmRdyf/+9Q8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAM4ya2hkCAAAUBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAYqbEGdwAAAAHAQAADwAAAAAAAAAAAAAAAABzBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAHwFAAAAAA==&#10;" filled="f"/>
+              <v:rect w14:anchorId="65767B99" id="Rectangle 61" o:spid="_x0000_s1026" style="position:absolute;margin-left:-.35pt;margin-top:11.1pt;width:186.3pt;height:27.55pt;z-index:251715584;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAykxz3GgIAABUEAAAOAAAAZHJzL2Uyb0RvYy54bWysU1GP0zAMfkfiP0R5Z11329iqdafTjkNI&#10;B5w4+AFZmrYRaRycbN349TjpNnbwhuhDFNf258+fndXtoTNsr9BrsCXPR2POlJVQaduU/NvXhzcL&#10;znwQthIGrCr5UXl+u379atW7Qk2gBVMpZARifdG7krchuCLLvGxVJ/wInLLkrAE7EcjEJqtQ9ITe&#10;mWwyHs+zHrByCFJ5T3/vBydfJ/y6VjJ8rmuvAjMlJ24hnZjObTyz9UoUDQrXanmiIf6BRSe0paIX&#10;qHsRBNuh/guq0xLBQx1GEroM6lpLlXqgbvLxH908t8Kp1AuJ491FJv//YOWn/RMyXdHscs6s6GhG&#10;X0g1YRuj2DyPAvXOFxT37J4wtujdI8jvnlnYtBSm7hChb5WoiFaKz14kRMNTKtv2H6EieLELkLQ6&#10;1NhFQFKBHdJIjpeRqENgkn5ObuZzEoYzSb6b6XKxmEVKmSjO2Q59eK+gY/FSciTyCV3sH30YQs8h&#10;sZiFB21MGruxrC/5cjaZpQQPRlfRmZrEZrsxyPYiLk76TnVfhHU60Poa3ZV8cQkSRVTjna1SlSC0&#10;Ge5E2ljiflZkUHYL1ZHUQRh2k94SXVrAn5z1tJcl9z92AhVn5oMlhZf5dBoXORnT2dsJGXjt2V57&#10;hJUEVfLA2XDdhGH5dw5101KlPPVu4Y6mUuskWOQ3sDqRpd1Lkp/eSVzuaztF/X7N618AAAD//wMA&#10;UEsDBBQABgAIAAAAIQBipsQZ3AAAAAcBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI7BTsMwEETvSPyD&#10;tUjcWqepIBCyqQKi10oUJODmxosdNV5HsduEv8ec4Dia0ZtXbWbXizONofOMsFpmIIhbrzs2CG+v&#10;28UdiBAVa9V7JoRvCrCpLy8qVWo/8Qud99GIBOFQKgQb41BKGVpLToWlH4hT9+VHp2KKo5F6VFOC&#10;u17mWXYrneo4PVg10JOl9rg/OYTn4XPX3Jggm/doP47+cdranUG8vpqbBxCR5vg3hl/9pA51cjr4&#10;E+sgeoRFkYYIeZ6DSPW6WN2DOCAUxRpkXcn//vUPAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS&#10;/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgA&#10;AAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgA&#10;AAAhADKTHPcaAgAAFQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAG&#10;AAgAAAAhAGKmxBncAAAABwEAAA8AAAAAAAAAAAAAAAAAdAQAAGRycy9kb3ducmV2LnhtbFBLBQYA&#10;AAAABAAEAPMAAAB9BQAAAAA=&#10;" filled="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00000E12" w:rsidRPr="005A7624">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>imię i nazwisko</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0CE843B2" w14:textId="77777777" w:rsidR="00520654" w:rsidRDefault="00520654" w:rsidP="00000E12">
+    <w:p w14:paraId="6B88A09E" w14:textId="77777777" w:rsidR="00520654" w:rsidRDefault="00520654" w:rsidP="00000E12">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4579C17B" w14:textId="77777777" w:rsidR="00000E12" w:rsidRPr="00520654" w:rsidRDefault="00000E12" w:rsidP="00000E12">
+    <w:p w14:paraId="7386B3E6" w14:textId="77777777" w:rsidR="00000E12" w:rsidRPr="00520654" w:rsidRDefault="00000E12" w:rsidP="00000E12">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6B005FE7" w14:textId="2972135D" w:rsidR="00FF535A" w:rsidRPr="005A7624" w:rsidRDefault="009C4FE5" w:rsidP="00FF535A">
+    <w:p w14:paraId="11B06AFB" w14:textId="4B60ECBA" w:rsidR="00FF535A" w:rsidRPr="005A7624" w:rsidRDefault="008572F6" w:rsidP="00FF535A">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251730944" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3317CC45" wp14:editId="2A376031">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251730944" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0670931B" wp14:editId="2FDCF99E">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>-4445</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>145415</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="3300095" cy="661035"/>
-                <wp:effectExtent l="9525" t="11430" r="5080" b="13335"/>
+                <wp:effectExtent l="9525" t="10160" r="5080" b="5080"/>
                 <wp:wrapNone/>
-                <wp:docPr id="8" name="Rectangle 71"/>
+                <wp:docPr id="10" name="Rectangle 71"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="3300095" cy="661035"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
@@ -4990,924 +5514,967 @@
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="5F1BEA19" id="Rectangle 71" o:spid="_x0000_s1026" style="position:absolute;margin-left:-.35pt;margin-top:11.45pt;width:259.85pt;height:52.05pt;z-index:251730944;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA6tImLGQIAABQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/06TXpVHT1arLIqQF&#10;Vix8gOs4iYXjMWO3afl6xk5buvCGyIPlycycOXNmvLo9dIbtFXoNtuTjUc6ZshIqbZuSf/v68OYt&#10;Zz4IWwkDVpX8qDy/Xb9+tepdoSbQgqkUMgKxvuhdydsQXJFlXraqE34ETlly1oCdCGRik1UoekLv&#10;TDbJ80XWA1YOQSrv6e/94OTrhF/XSobPde1VYKbkxC2kE9O5jWe2XomiQeFaLU80xD+w6IS2VPQC&#10;dS+CYDvUf0F1WiJ4qMNIQpdBXWupUg/UzTj/o5vnVjiVeiFxvLvI5P8frPy0f0Kmq5LToKzoaERf&#10;SDRhG6PYzTjq0ztfUNize8LYoXePIL97ZmHTUpi6Q4S+VaIiVik+e5EQDU+pbNt/hIrgxS5AkupQ&#10;YxcBSQR2SBM5XiaiDoFJ+jmd5nm+nHMmybdYjPPpPFLKRHHOdujDewUdi5eSI5FP6GL/6MMQeg6J&#10;xSw8aGPS1I1lfcmX88k8JXgwuorO1CQ2241Bthdxb9J3qvsirNOBttfojuS7BIkiqvHOVqlKENoM&#10;dyJtLHE/KzIou4XqSOogDKtJT4kuLeBPznpay5L7HzuBijPzwZLCy/FsFvc4GbP5zYQMvPZsrz3C&#10;SoIqeeBsuG7CsPs7h7ppqdI49W7hjqZS6yRY5DewOpGl1UuSn55J3O1rO0X9fszrXwAAAP//AwBQ&#10;SwMEFAAGAAgAAAAhADN61oHdAAAACAEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1&#10;SNxap5FKaYhTBUSvlShItDc3Xuyo8TqK3Sb8PcsJjqt5mn1TbibfiSsOsQ2kYDHPQCA1wbRkFXy8&#10;b2ePIGLSZHQXCBV8Y4RNdXtT6sKEkd7wuk9WcAnFQitwKfWFlLFx6HWchx6Js68weJ34HKw0gx65&#10;3Hcyz7IH6XVL/MHpHl8cNuf9xSt47Y+7emmjrD+TO5zD87h1O6vU/d1UP4FIOKU/GH71WR0qdjqF&#10;C5koOgWzFYMK8nwNguPlYs3TTszlqwxkVcr/A6ofAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS&#10;/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgA&#10;AAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgA&#10;AAAhADq0iYsZAgAAFAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAG&#10;AAgAAAAhADN61oHdAAAACAEAAA8AAAAAAAAAAAAAAAAAcwQAAGRycy9kb3ducmV2LnhtbFBLBQYA&#10;AAAABAAEAPMAAAB9BQAAAAA=&#10;" filled="f"/>
+              <v:rect w14:anchorId="39FB34F7" id="Rectangle 71" o:spid="_x0000_s1026" style="position:absolute;margin-left:-.35pt;margin-top:11.45pt;width:259.85pt;height:52.05pt;z-index:251730944;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA7qw+mGwIAABUEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtjOrY0RpyjSdRjQ&#10;bcW6fYAiy7EwWdQoJU739aXkJEu3t2F+EESTPDw8pJY3h86wvUKvwVa8GOWcKSuh1nZb8e/f7t9d&#10;c+aDsLUwYFXFn5XnN6u3b5a9K9UYWjC1QkYg1pe9q3gbgiuzzMtWdcKPwClLzgawE4FM3GY1ip7Q&#10;O5ON83ye9YC1Q5DKe/p7Nzj5KuE3jZLhS9N4FZipOHEL6cR0buKZrZai3KJwrZZHGuIfWHRCWyp6&#10;hroTQbAd6r+gOi0RPDRhJKHLoGm0VKkH6qbI/+jmqRVOpV5IHO/OMvn/Bys/7x+R6ZpmR/JY0dGM&#10;vpJqwm6NYldFFKh3vqS4J/eIsUXvHkD+8MzCuqUwdYsIfatETbRSfPYqIRqeUtmm/wQ1wYtdgKTV&#10;ocEuApIK7JBG8nweiToEJunnZJLn+WLGmSTffF7kk1mklInylO3Qhw8KOhYvFUcin9DF/sGHIfQU&#10;EotZuNfGpLEby/qKL2bjWUrwYHQdnalJ3G7WBtlexMVJ37Huq7BOB1pfo7uKX5+DRBnVeG/rVCUI&#10;bYY7kTaWuJ8UGZTdQP1M6iAMu0lviS4t4C/OetrLivufO4GKM/PRksKLYjqNi5yM6exqTAZeejaX&#10;HmElQVU8cDZc12FY/p1DvW2pUpF6t3BLU2l0EizyG1gdydLuJcmP7yQu96Wdon6/5tULAAAA//8D&#10;AFBLAwQUAAYACAAAACEAM3rWgd0AAAAIAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8&#10;g7VI3FqnkUppiFMFRK+VKEi0Nzde7KjxOordJvw9ywmOq3mafVNuJt+JKw6xDaRgMc9AIDXBtGQV&#10;fLxvZ48gYtJkdBcIFXxjhE11e1PqwoSR3vC6T1ZwCcVCK3Ap9YWUsXHodZyHHomzrzB4nfgcrDSD&#10;HrncdzLPsgfpdUv8wekeXxw25/3FK3jtj7t6aaOsP5M7nMPzuHU7q9T93VQ/gUg4pT8YfvVZHSp2&#10;OoULmSg6BbMVgwryfA2C4+VizdNOzOWrDGRVyv8Dqh8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaD&#10;OJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYA&#10;CAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYA&#10;CAAAACEAO6sPphsCAAAVBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAU&#10;AAYACAAAACEAM3rWgd0AAAAIAQAADwAAAAAAAAAAAAAAAAB1BAAAZHJzL2Rvd25yZXYueG1sUEsF&#10;BgAAAAAEAAQA8wAAAH8FAAAAAA==&#10;" filled="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00FF535A" w:rsidRPr="005A7624">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>adres (ulica, nr lokalu, nr budynku, miejscowość, kod pocztowy)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="086C010E" w14:textId="77777777" w:rsidR="00520654" w:rsidRDefault="00520654" w:rsidP="00000E12">
+    <w:p w14:paraId="3804CC5E" w14:textId="77777777" w:rsidR="00520654" w:rsidRDefault="00520654" w:rsidP="00000E12">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="32712B5C" w14:textId="77777777" w:rsidR="00520654" w:rsidRPr="00520654" w:rsidRDefault="00520654" w:rsidP="00000E12">
+    <w:p w14:paraId="2B20F9EE" w14:textId="77777777" w:rsidR="00520654" w:rsidRPr="00520654" w:rsidRDefault="00520654" w:rsidP="00000E12">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3A9947E2" w14:textId="77777777" w:rsidR="00F22EEC" w:rsidRPr="00520654" w:rsidRDefault="00F22EEC" w:rsidP="00000E12">
+    <w:p w14:paraId="2B20F9C0" w14:textId="77777777" w:rsidR="00F22EEC" w:rsidRPr="00520654" w:rsidRDefault="00F22EEC" w:rsidP="00000E12">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="25676C50" w14:textId="77777777" w:rsidR="00000E12" w:rsidRDefault="00000E12" w:rsidP="00000E12">
+    <w:p w14:paraId="2B1A0FDF" w14:textId="77777777" w:rsidR="00000E12" w:rsidRDefault="00000E12" w:rsidP="00000E12">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0BB31048" w14:textId="77777777" w:rsidR="00000E12" w:rsidRDefault="00000E12" w:rsidP="00000E12">
+    <w:p w14:paraId="21DF9EAD" w14:textId="77777777" w:rsidR="00000E12" w:rsidRDefault="00000E12" w:rsidP="00000E12">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6F845E1D" w14:textId="77777777" w:rsidR="008B20CC" w:rsidRPr="00AE1A04" w:rsidRDefault="008B20CC" w:rsidP="00000E12">
+    <w:p w14:paraId="1AD72353" w14:textId="77777777" w:rsidR="008B20CC" w:rsidRPr="00AE1A04" w:rsidRDefault="008B20CC" w:rsidP="00000E12">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="441B7512" w14:textId="77777777" w:rsidR="00000E12" w:rsidRDefault="00EA42F5" w:rsidP="00000E12">
+    <w:p w14:paraId="4A72DDC6" w14:textId="77777777" w:rsidR="00000E12" w:rsidRDefault="00EA42F5" w:rsidP="00000E12">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>OŚWIADCZENI</w:t>
       </w:r>
       <w:r w:rsidR="00000E12" w:rsidRPr="00AE1A04">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>E</w:t>
       </w:r>
       <w:r w:rsidR="00000E12">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> nr 2</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C671B2A" w14:textId="77777777" w:rsidR="00000E12" w:rsidRPr="00AE1A04" w:rsidRDefault="00000E12" w:rsidP="00000E12">
+    <w:p w14:paraId="33B2DEBB" w14:textId="77777777" w:rsidR="00000E12" w:rsidRPr="00AE1A04" w:rsidRDefault="00000E12" w:rsidP="00000E12">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">o </w:t>
       </w:r>
       <w:r w:rsidR="00110F4A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>spełnianiu</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> przesłanek wykupu lokalu z bonifikatą</w:t>
       </w:r>
       <w:r w:rsidR="002617DC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> [1]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A89FC1D" w14:textId="77777777" w:rsidR="00000E12" w:rsidRPr="00AE1A04" w:rsidRDefault="00000E12" w:rsidP="00000E12">
+    <w:p w14:paraId="701771B0" w14:textId="77777777" w:rsidR="00000E12" w:rsidRPr="00AE1A04" w:rsidRDefault="00000E12" w:rsidP="00000E12">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2A99C711" w14:textId="77777777" w:rsidR="00000E12" w:rsidRPr="00145714" w:rsidRDefault="00000E12" w:rsidP="00000E12">
+    <w:p w14:paraId="4E717143" w14:textId="77777777" w:rsidR="00000E12" w:rsidRPr="00145714" w:rsidRDefault="00000E12" w:rsidP="00000E12">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowywcity2"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>O</w:t>
       </w:r>
       <w:r w:rsidRPr="00EA235A">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>świadczam, że poniższe dane są zgodne z prawdą:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6876AB8B" w14:textId="4CB046E4" w:rsidR="00000E12" w:rsidRDefault="00862536" w:rsidP="00000E12">
+    <w:p w14:paraId="7112E8C9" w14:textId="39A13F25" w:rsidR="00000E12" w:rsidRDefault="008572F6" w:rsidP="00000E12">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251713536" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="43A8D8C0" wp14:editId="4FCC035C">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251713536" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="27C8319A" wp14:editId="54A784DF">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
-                  <wp:posOffset>2573655</wp:posOffset>
+                  <wp:posOffset>4114800</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>18415</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="146050" cy="130810"/>
-                <wp:effectExtent l="6350" t="12700" r="9525" b="8890"/>
+                <wp:effectExtent l="13970" t="10795" r="11430" b="10795"/>
                 <wp:wrapNone/>
-                <wp:docPr id="6" name="Rectangle 59"/>
+                <wp:docPr id="9" name="Rectangle 59"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="146050" cy="130810"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="29BB16B9" id="Rectangle 59" o:spid="_x0000_s1026" style="position:absolute;margin-left:202.65pt;margin-top:1.45pt;width:11.5pt;height:10.3pt;z-index:251713536;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAyARBNIQIAADwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNElpSxs1Xa26FCEt&#10;sGLhA6aO01g4thm7TcvXM3a6pQucED5YHs/4+c2bmeXNsdPsINEraypejHLOpBG2VmZX8a9fNq/m&#10;nPkApgZtjaz4SXp+s3r5Ytm7Uo5ta3UtkRGI8WXvKt6G4Mos86KVHfiRddKQs7HYQSATd1mN0BN6&#10;p7Nxns+y3mLt0ArpPd3eDU6+SvhNI0X41DReBqYrTtxC2jHt27hnqyWUOwTXKnGmAf/AogNl6NML&#10;1B0EYHtUf0B1SqD1tgkjYbvMNo0SMuVA2RT5b9k8tuBkyoXE8e4ik/9/sOLj4QGZqis+48xARyX6&#10;TKKB2WnJpouoT+98SWGP7gFjht7dW/HNM2PXLYXJW0TbtxJqYlXE+OzZg2h4esq2/QdbEzzsg01S&#10;HRvsIiCJwI6pIqdLReQxMEGXxWSWT6luglzF63xepIplUD49dujDO2k7Fg8VR+KewOFw70MkA+VT&#10;SCJvtao3Sutk4G671sgOQM2xSSvxpxyvw7RhfcUX0/E0IT/z+WuIPK2/QXQqUJdr1VV8fgmCMqr2&#10;1tSpBwMoPZyJsjZnGaNyQwW2tj6RimiHFqaRo0Nr8QdnPbVvxf33PaDkTL83VIlFMZnEfk/GZPpm&#10;TAZee7bXHjCCoCoeOBuO6zDMyN6h2rX0U5FyN/aWqteopGys7MDqTJZaNAl+Hqc4A9d2ivo19Kuf&#10;AAAA//8DAFBLAwQUAAYACAAAACEAzNJWat0AAAAIAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7D&#10;MBBE70j8g7VI3KhN0qI2xKkQqEgc2/TCbRMvSSC2o9hpA1/PcirHpxnNvs23s+3FicbQeafhfqFA&#10;kKu96Vyj4Vju7tYgQkRnsPeONHxTgG1xfZVjZvzZ7el0iI3gERcy1NDGOGRShroli2HhB3KcffjR&#10;YmQcG2lGPPO47WWi1IO02Dm+0OJAzy3VX4fJaqi65Ig/+/JV2c0ujW9z+Tm9v2h9ezM/PYKINMdL&#10;Gf70WR0Kdqr85EwQvYalWqVc1ZBsQHC+TNbMFXO6Alnk8v8DxS8AAAD//wMAUEsBAi0AFAAGAAgA&#10;AAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwEC&#10;LQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwEC&#10;LQAUAAYACAAAACEAMgEQTSECAAA8BAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQ&#10;SwECLQAUAAYACAAAACEAzNJWat0AAAAIAQAADwAAAAAAAAAAAAAAAAB7BAAAZHJzL2Rvd25yZXYu&#10;eG1sUEsFBgAAAAAEAAQA8wAAAIUFAAAAAA==&#10;"/>
+              <v:rect w14:anchorId="17D66E8C" id="Rectangle 59" o:spid="_x0000_s1026" style="position:absolute;margin-left:324pt;margin-top:1.45pt;width:11.5pt;height:10.3pt;z-index:251713536;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAzo87tIAIAADwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNElplzZqulp1KUJa&#10;YMXCB0wdJ7FwbDN2my5fz9jpli5wQvhgeTzj5zdvZlbXx16zg0SvrKl4Mck5k0bYWpm24l+/bF8t&#10;OPMBTA3aGlnxR+n59frli9XgSjm1ndW1REYgxpeDq3gXgiuzzItO9uAn1klDzsZiD4FMbLMaYSD0&#10;XmfTPL/KBou1Qyuk93R7Ozr5OuE3jRThU9N4GZiuOHELace07+KerVdQtgiuU+JEA/6BRQ/K0Kdn&#10;qFsIwPao/oDqlUDrbRMmwvaZbRolZMqBsiny37J56MDJlAuJ491ZJv//YMXHwz0yVVd8yZmBnkr0&#10;mUQD02rJ5suoz+B8SWEP7h5jht7dWfHNM2M3HYXJG0Q7dBJqYlXE+OzZg2h4esp2wwdbEzzsg01S&#10;HRvsIyCJwI6pIo/nishjYIIui9lVPqe6CXIVr/NFkSqWQfn02KEP76TtWTxUHIl7AofDnQ+RDJRP&#10;IYm81areKq2Tge1uo5EdgJpjm1biTzlehmnDBpJnPp0n5Gc+fwmRp/U3iF4F6nKt+oovzkFQRtXe&#10;mjr1YAClxzNR1uYkY1RurMDO1o+kItqxhWnk6NBZ/MHZQO1bcf99Dyg50+8NVWJZzGax35Mxm7+Z&#10;koGXnt2lB4wgqIoHzsbjJowzsneo2o5+KlLuxt5Q9RqVlI2VHVmdyFKLJsFP4xRn4NJOUb+Gfv0T&#10;AAD//wMAUEsDBBQABgAIAAAAIQB8DKRE3AAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT4NA&#10;EIXvJv6HzZh4s0upYossjdHUxGNLL94GGAFlZwm7tOivdzzp8cubvPletp1tr040+s6xgeUiAkVc&#10;ubrjxsCx2N2sQfmAXGPvmAx8kYdtfnmRYVq7M+/pdAiNkhL2KRpoQxhSrX3VkkW/cAOxZO9utBgE&#10;x0bXI56l3PY6jqJEW+xYPrQ40FNL1edhsgbKLj7i9754iexmtwqvc/ExvT0bc301Pz6ACjSHv2P4&#10;1Rd1yMWpdBPXXvUGktu1bAkG4g0oyZP7pXApvLoDnWf6/4D8BwAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhADOjzu0gAgAAPAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAHwMpETcAAAACAEAAA8AAAAAAAAAAAAAAAAAegQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAACDBQAAAAA=&#10;"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="009C4FE5">
+      <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251712512" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3304366E" wp14:editId="5FF7EEEC">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251712512" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="46239CAA" wp14:editId="455DDE11">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
-                  <wp:posOffset>521970</wp:posOffset>
+                  <wp:posOffset>2454275</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>18415</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="146050" cy="130810"/>
-                <wp:effectExtent l="12065" t="12700" r="13335" b="8890"/>
+                <wp:effectExtent l="10795" t="10795" r="5080" b="10795"/>
                 <wp:wrapNone/>
-                <wp:docPr id="7" name="Rectangle 58"/>
+                <wp:docPr id="8" name="Rectangle 58"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="146050" cy="130810"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="7E2F2E4F" id="Rectangle 58" o:spid="_x0000_s1026" style="position:absolute;margin-left:41.1pt;margin-top:1.45pt;width:11.5pt;height:10.3pt;z-index:251712512;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA7MaJDIQIAADwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU1Fv0zAQfkfiP1h+p0lKu3VR02nqKEIa&#10;MDH4AVfHSSwc25zdpuPX7+x0pQOeEH6wfL7z5+++u1teH3rN9hK9sqbixSTnTBpha2Xain/7unmz&#10;4MwHMDVoa2TFH6Xn16vXr5aDK+XUdlbXEhmBGF8OruJdCK7MMi862YOfWCcNORuLPQQysc1qhIHQ&#10;e51N8/wiGyzWDq2Q3tPt7ejkq4TfNFKEz03jZWC64sQtpB3Tvo17tlpC2SK4TokjDfgHFj0oQ5+e&#10;oG4hANuh+gOqVwKtt02YCNtntmmUkCkHyqbIf8vmoQMnUy4kjncnmfz/gxWf9vfIVF3xS84M9FSi&#10;LyQamFZLNl9EfQbnSwp7cPcYM/Tuzorvnhm77ihM3iDaoZNQE6sixmcvHkTD01O2HT7amuBhF2yS&#10;6tBgHwFJBHZIFXk8VUQeAhN0Wcwu8jnVTZCreJsvilSxDMrnxw59eC9tz+Kh4kjcEzjs73yIZKB8&#10;DknkrVb1RmmdDGy3a41sD9Qcm7QSf8rxPEwbNlT8aj6dJ+QXPn8Okaf1N4heBepyrfqKL05BUEbV&#10;3pk69WAApcczUdbmKGNUbqzA1taPpCLasYVp5OjQWfzJ2UDtW3H/YwcoOdMfDFXiqpjNYr8nYza/&#10;nJKB557tuQeMIKiKB87G4zqMM7JzqNqOfipS7sbeUPUalZSNlR1ZHclSiybBj+MUZ+DcTlG/hn71&#10;BAAA//8DAFBLAwQUAAYACAAAACEAMsmSH9oAAAAHAQAADwAAAGRycy9kb3ducmV2LnhtbEyOwU7D&#10;MBBE70j8g7VI3KiNq6I2xKkQqEgc2/TCbRMvSSBeR7HTBr4e9wTHpxnNvHw7u16caAydZwP3CwWC&#10;uPa248bAsdzdrUGEiGyx90wGvinAtri+yjGz/sx7Oh1iI9IIhwwNtDEOmZShbslhWPiBOGUffnQY&#10;E46NtCOe07jrpVbqQTrsOD20ONBzS/XXYXIGqk4f8Wdfviq32S3j21x+Tu8vxtzezE+PICLN8a8M&#10;F/2kDkVyqvzENojewFrr1DSgNyAusVolrhIvVyCLXP73L34BAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEAOzGiQyECAAA8BAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEAMsmSH9oAAAAHAQAADwAAAAAAAAAAAAAAAAB7BAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAAIIFAAAAAA==&#10;"/>
+              <v:rect w14:anchorId="60564468" id="Rectangle 58" o:spid="_x0000_s1026" style="position:absolute;margin-left:193.25pt;margin-top:1.45pt;width:11.5pt;height:10.3pt;z-index:251712512;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA6k3zjIAIAADwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNElpl27UdLXqUoS0&#10;wIqFD5g6TmLh2GbsNi1fz9jpli5wQuRgeTLj5zfvjZc3h16zvUSvrKl4Mck5k0bYWpm24l+/bF4t&#10;OPMBTA3aGlnxo/T8ZvXyxXJwpZzazupaIiMQ48vBVbwLwZVZ5kUne/AT66ShZGOxh0AhtlmNMBB6&#10;r7Npnl9lg8XaoRXSe/p7Nyb5KuE3jRThU9N4GZiuOHELacW0buOarZZQtgiuU+JEA/6BRQ/K0KVn&#10;qDsIwHao/oDqlUDrbRMmwvaZbRolZOqBuiny37p57MDJ1AuJ491ZJv//YMXH/QMyVVecjDLQk0Wf&#10;STQwrZZsvoj6DM6XVPboHjB26N29Fd88M3bdUZm8RbRDJ6EmVkWsz54diIGno2w7fLA1wcMu2CTV&#10;ocE+ApII7JAcOZ4dkYfABP0sZlf5nHwTlCpe54siOZZB+XTYoQ/vpO1Z3FQciXsCh/29D5EMlE8l&#10;ibzVqt4orVOA7Xatke2BhmOTvsSferws04YNFb+eT+cJ+VnOX0Lk6fsbRK8CTblWPcl8LoIyqvbW&#10;1GkGAyg97omyNicZo3KjA1tbH0lFtOMI05OjTWfxB2cDjW/F/fcdoORMvzfkxHUxm8V5T8Fs/mZK&#10;AV5mtpcZMIKgKh44G7frML6RnUPVdnRTkXo39pbca1RSNjo7sjqRpRFNgp+eU3wDl3Gq+vXoVz8B&#10;AAD//wMAUEsDBBQABgAIAAAAIQC8LT+e3QAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT4NA&#10;EIXvJv6HzZh4s7uCbQplaYymJh5bevE2wBRQdpewS4v+esdTPX55L2++ybaz6cWZRt85q+FxoUCQ&#10;rVzd2UbDsdg9rEH4gLbG3lnS8E0etvntTYZp7S52T+dDaASPWJ+ihjaEIZXSVy0Z9As3kOXs5EaD&#10;gXFsZD3ihcdNLyOlVtJgZ/lCiwO9tFR9HSajoeyiI/7sizdlkl0c3ufic/p41fr+bn7egAg0h2sZ&#10;/vRZHXJ2Kt1kay96DfF6teSqhigBwfmTSphL5ngJMs/k/wfyXwAAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQA6k3zjIAIAADwEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQC8LT+e3QAAAAgBAAAPAAAAAAAAAAAAAAAAAHoEAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAAhAUAAAAA&#10;"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00000E12" w:rsidRPr="00AE1A04">
         <w:t xml:space="preserve">- </w:t>
       </w:r>
+      <w:r w:rsidR="00FF535A" w:rsidRPr="00FF535A">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">nie </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF535A">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>mam tytułu prawnego</w:t>
+      </w:r>
+      <w:r w:rsidR="00415FBA">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">    , </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF535A">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>mam tytuł prawny</w:t>
+      </w:r>
+      <w:r w:rsidR="00D62FDB">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidR="00000E12">
-        <w:t xml:space="preserve">   </w:t>
-[...41 lines deleted...]
-        <w:t xml:space="preserve"> do </w:t>
+        <w:t xml:space="preserve">do </w:t>
       </w:r>
       <w:r w:rsidR="00000E12" w:rsidRPr="00AE1A04">
         <w:t>innego mieszkania</w:t>
       </w:r>
       <w:r w:rsidR="00000E12">
         <w:t xml:space="preserve"> lub innej nieruchomości zab</w:t>
       </w:r>
       <w:r w:rsidR="00FF535A">
         <w:t xml:space="preserve">udowanej budynkiem mieszkalnym </w:t>
       </w:r>
       <w:r w:rsidR="00000E12">
-        <w:t>na terenie województwa dolnośląskiego.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="2B9FE191" w14:textId="77777777" w:rsidR="00000E12" w:rsidRDefault="00000E12" w:rsidP="00000E12">
+        <w:t>na terenie województwa dolnośląskiego</w:t>
+      </w:r>
+      <w:r w:rsidR="00B4014F">
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="1" w:name="_Hlk216174352"/>
+    <w:p w14:paraId="4D255987" w14:textId="5385EF63" w:rsidR="00094523" w:rsidRPr="009872FE" w:rsidRDefault="008572F6" w:rsidP="00094523">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...16 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251717632" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3F901FD5" wp14:editId="7FAD9702">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251752448" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="20FB2093" wp14:editId="0C0C6B88">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>3453130</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>19685</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="146050" cy="130810"/>
+                <wp:effectExtent l="9525" t="11430" r="6350" b="10160"/>
+                <wp:wrapNone/>
+                <wp:docPr id="7" name="Rectangle 92"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="146050" cy="130810"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="FFFFFF"/>
+                        </a:solidFill>
+                        <a:ln w="9525">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:miter lim="800000"/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:rect w14:anchorId="7BED57DE" id="Rectangle 92" o:spid="_x0000_s1026" style="position:absolute;margin-left:271.9pt;margin-top:1.55pt;width:11.5pt;height:10.3pt;z-index:251752448;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA8FA7DIQIAADwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU1Fv0zAQfkfiP1h+p0lKu7VR02nqKEIa&#10;MDH4Aa7jNBaOz5zdpuXX7+x0pQOeEH6wfL7z5+++u1vcHDrD9gq9BlvxYpRzpqyEWtttxb99Xb+Z&#10;ceaDsLUwYFXFj8rzm+XrV4velWoMLZhaISMQ68veVbwNwZVZ5mWrOuFH4JQlZwPYiUAmbrMaRU/o&#10;ncnGeX6V9YC1Q5DKe7q9G5x8mfCbRsnwuWm8CsxUnLiFtGPaN3HPlgtRblG4VssTDfEPLDqhLX16&#10;hroTQbAd6j+gOi0RPDRhJKHLoGm0VCkHyqbIf8vmsRVOpVxIHO/OMvn/Bys/7R+Q6bri15xZ0VGJ&#10;vpBowm6NYvNx1Kd3vqSwR/eAMUPv7kF+98zCqqUwdYsIfatETayKGJ+9eBANT0/Zpv8INcGLXYAk&#10;1aHBLgKSCOyQKnI8V0QdApN0WUyu8inVTZKreJvPilSxTJTPjx368F5Bx+Kh4kjcE7jY3/sQyYjy&#10;OSSRB6PrtTYmGbjdrAyyvaDmWKeV+FOOl2HGsr7i8+l4mpBf+PwlRJ7W3yA6HajLje4qPjsHiTKq&#10;9s7WqQeD0GY4E2VjTzJG5YYKbKA+kooIQwvTyNGhBfzJWU/tW3H/YydQcWY+WKrEvJhMYr8nYzK9&#10;HpOBl57NpUdYSVAVD5wNx1UYZmTnUG9b+qlIuVu4peo1OikbKzuwOpGlFk2Cn8YpzsClnaJ+Df3y&#10;CQAA//8DAFBLAwQUAAYACAAAACEAAOlzAN0AAAAIAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU+D&#10;QBSE7yb+h80z8WaXgkWLLI3R1MRjSy/eHuwroOwuYZcW/fU+T/U4mcnMN/lmNr040eg7ZxUsFxEI&#10;srXTnW0UHMrt3SMIH9Bq7J0lBd/kYVNcX+WYaXe2OzrtQyO4xPoMFbQhDJmUvm7JoF+4gSx7Rzca&#10;DCzHRuoRz1xuehlHUSoNdpYXWhzopaX6az8ZBVUXH/BnV75FZr1Nwvtcfk4fr0rd3szPTyACzeES&#10;hj98RoeCmSo3We1Fr2B1nzB6UJAsQbC/SlPWlYI4eQBZ5PL/geIXAAD//wMAUEsBAi0AFAAGAAgA&#10;AAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwEC&#10;LQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwEC&#10;LQAUAAYACAAAACEAPBQOwyECAAA8BAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQ&#10;SwECLQAUAAYACAAAACEAAOlzAN0AAAAIAQAADwAAAAAAAAAAAAAAAAB7BAAAZHJzL2Rvd25yZXYu&#10;eG1sUEsFBgAAAAAEAAQA8wAAAIUFAAAAAA==&#10;"/>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251751424" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5D1D6E82" wp14:editId="533A7499">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>1779270</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>19685</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="146050" cy="130810"/>
+                <wp:effectExtent l="12065" t="11430" r="13335" b="10160"/>
+                <wp:wrapNone/>
+                <wp:docPr id="6" name="Rectangle 91"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="146050" cy="130810"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="FFFFFF"/>
+                        </a:solidFill>
+                        <a:ln w="9525">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:miter lim="800000"/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:rect w14:anchorId="26B57D4F" id="Rectangle 91" o:spid="_x0000_s1026" style="position:absolute;margin-left:140.1pt;margin-top:1.55pt;width:11.5pt;height:10.3pt;z-index:251751424;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBBLgnvIAIAADwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNElpSxs1Xa26FCEt&#10;sGLhA1zHaSxsjxm7TZevZ+K0pQucED5YHs/4+c2bmeXN0Rp2UBg0uIoXo5wz5STU2u0q/vXL5tWc&#10;sxCFq4UBpyr+pAK/Wb18sex8qcbQgqkVMgJxoex8xdsYfZllQbbKijACrxw5G0ArIpm4y2oUHaFb&#10;k43zfJZ1gLVHkCoEur0bnHyV8JtGyfipaYKKzFScuMW0Y9q3/Z6tlqLcofCtlica4h9YWKEdfXqB&#10;uhNRsD3qP6CslggBmjiSYDNoGi1VyoGyKfLfsnlshVcpFxIn+ItM4f/Byo+HB2S6rviMMycslegz&#10;iSbczii2KHp9Oh9KCnv0D9hnGPw9yG+BOVi3FKZuEaFrlaiJVYrPnj3ojUBP2bb7ADXBi32EJNWx&#10;QdsDkgjsmCrydKmIOkYm6bKYzPIp1U2Sq3idz4tUsUyU58ceQ3ynwLL+UHEk7glcHO5DJPIUeg5J&#10;5MHoeqONSQbutmuD7CCoOTZp9fnSk3AdZhzrKr6YjqcJ+ZkvXEPkaf0NwupIXW60rfj8EiTKXrW3&#10;rk49GIU2w5n+N45onJUbKrCF+olURBhamEaODi3gD846at+Kh+97gYoz895RJRbFZNL3ezIm0zdj&#10;MvDas732CCcJquKRs+G4jsOM7D3qXUs/FSl3B7dUvUYnZXt+A6sTWWrRpN5pnPoZuLZT1K+hX/0E&#10;AAD//wMAUEsDBBQABgAIAAAAIQBvvNv+3AAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMw&#10;EETvSPyDtUjcqN1YghLiVAhUJI5teuG2iU0SiNdR7LSBr2c5wXH0RrNvi+3iB3FyU+wDGVivFAhH&#10;TbA9tQaO1e5mAyImJItDIGfgy0XYlpcXBeY2nGnvTofUCh6hmKOBLqUxlzI2nfMYV2F0xOw9TB4T&#10;x6mVdsIzj/tBZkrdSo898YUOR/fUuebzMHsDdZ8d8XtfvSh/v9Ppdak+5rdnY66vlscHEMkt6a8M&#10;v/qsDiU71WEmG8VgINuojKsG9BoEc60055qBvgNZFvL/A+UPAAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAEEuCe8gAgAAPAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAG+82/7cAAAACAEAAA8AAAAAAAAAAAAAAAAAegQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAACDBQAAAAA=&#10;"/>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidR="00094523">
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidR="00094523">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">posiadałam/em      , nie posiadałam/em      </w:t>
+      </w:r>
+      <w:r w:rsidR="00094523" w:rsidRPr="00E4223D">
+        <w:t>w okresie 5 lat poprzedzających nabycie lokalu, tytułu prawnego</w:t>
+      </w:r>
+      <w:r w:rsidR="00094523">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00094523">
+        <w:t xml:space="preserve">do </w:t>
+      </w:r>
+      <w:r w:rsidR="00094523" w:rsidRPr="00AE1A04">
+        <w:t>innego mieszkania</w:t>
+      </w:r>
+      <w:r w:rsidR="00094523">
+        <w:t xml:space="preserve"> lub innej nieruchomości zabudowanej budynkiem mieszkalnym na terenie województwa dolnośląskiego</w:t>
+      </w:r>
+      <w:r w:rsidR="00B4014F">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:p w14:paraId="7D7951DD" w14:textId="77777777" w:rsidR="00000E12" w:rsidRDefault="00000E12" w:rsidP="00000E12">
+      <w:pPr>
+        <w:pStyle w:val="Tekstpodstawowy"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="32468C63" w14:textId="77777777" w:rsidR="00000E12" w:rsidRDefault="00000E12" w:rsidP="00000E12">
+      <w:pPr>
+        <w:pStyle w:val="Tekstpodstawowy"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="57848A9B" w14:textId="77777777" w:rsidR="00000E12" w:rsidRDefault="00000E12" w:rsidP="00000E12">
+      <w:pPr>
+        <w:pStyle w:val="Tekstpodstawowy"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="12C63194" w14:textId="6502EBE8" w:rsidR="00000E12" w:rsidRPr="00AE1A04" w:rsidRDefault="008572F6" w:rsidP="00000E12">
+      <w:pPr>
+        <w:pStyle w:val="Tekstpodstawowy"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251717632" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5F3DF6AE" wp14:editId="2966BA39">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>3206750</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>105410</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="2652395" cy="361315"/>
-                <wp:effectExtent l="10795" t="12065" r="13335" b="7620"/>
+                <wp:effectExtent l="10795" t="10160" r="13335" b="9525"/>
                 <wp:wrapNone/>
                 <wp:docPr id="5" name="Rectangle 63"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="2652395" cy="361315"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="4DB548BA" id="Rectangle 63" o:spid="_x0000_s1026" style="position:absolute;margin-left:252.5pt;margin-top:8.3pt;width:208.85pt;height:28.45pt;z-index:251717632;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBDwGsjIQIAAD0EAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/0zRpU7ZR09WqSxHS&#10;AisWPsB1nMTCN8Zu0+Xrd+x0Sxd4QvjB8njGx2fOzKyuj1qRgwAvralpPplSIgy3jTRdTb993b65&#10;osQHZhqmrBE1fRSeXq9fv1oNrhKF7a1qBBAEMb4aXE37EFyVZZ73QjM/sU4YdLYWNAtoQpc1wAZE&#10;1yorptNFNlhoHFguvMfb29FJ1wm/bQUPn9vWi0BUTZFbSDukfRf3bL1iVQfM9ZKfaLB/YKGZNPjp&#10;GeqWBUb2IP+A0pKD9bYNE251ZttWcpFywGzy6W/ZPPTMiZQLiuPdWSb//2D5p8M9ENnUtKTEMI0l&#10;+oKiMdMpQRazqM/gfIVhD+4eYobe3Vn+3RNjNz2GiRsAO/SCNcgqj/HZiwfR8PiU7IaPtkF4tg82&#10;SXVsQUdAFIEcU0UezxURx0A4XhaLspgtkRpH32yRz/IyfcGq59cOfHgvrCbxUFNA8gmdHe58iGxY&#10;9RyS2Fslm61UKhnQ7TYKyIFhd2zTOqH7yzBlyFDTZVmUCfmFz19CTNP6G4SWAdtcSV3Tq3MQq6Js&#10;70yTmjAwqcYzUlbmpGOUbizBzjaPKCPYsYdx5vDQW/hJyYD9W1P/Y89AUKI+GCzFMp/PY8MnY16+&#10;LdCAS8/u0sMMR6iaBkrG4yaMQ7J3ILsef8pT7sbeYPlamZSNpR1ZnchijybBT/MUh+DSTlG/pn79&#10;BAAA//8DAFBLAwQUAAYACAAAACEAZ7TSWt8AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU+D&#10;QBSE7yb+h80z8WYXaaCWsjRGUxOPLb14e7BPoLK7hF1a9Nf7PNXjZCYz3+Tb2fTiTKPvnFXwuIhA&#10;kK2d7myj4FjuHp5A+IBWY+8sKfgmD9vi9ibHTLuL3dP5EBrBJdZnqKANYcik9HVLBv3CDWTZ+3Sj&#10;wcBybKQe8cLlppdxFKXSYGd5ocWBXlqqvw6TUVB18RF/9uVbZNa7ZXify9P08arU/d38vAERaA7X&#10;MPzhMzoUzFS5yWovegVJlPCXwEaaguDAOo5XICoFq2UCssjl/wfFLwAAAP//AwBQSwECLQAUAAYA&#10;CAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBL&#10;AQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BL&#10;AQItABQABgAIAAAAIQBDwGsjIQIAAD0EAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnht&#10;bFBLAQItABQABgAIAAAAIQBntNJa3wAAAAkBAAAPAAAAAAAAAAAAAAAAAHsEAABkcnMvZG93bnJl&#10;di54bWxQSwUGAAAAAAQABADzAAAAhwUAAAAA&#10;"/>
+              <v:rect w14:anchorId="2877E7EB" id="Rectangle 63" o:spid="_x0000_s1026" style="position:absolute;margin-left:252.5pt;margin-top:8.3pt;width:208.85pt;height:28.45pt;z-index:251717632;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBDwGsjIQIAAD0EAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/0zRpU7ZR09WqSxHS&#10;AisWPsB1nMTCN8Zu0+Xrd+x0Sxd4QvjB8njGx2fOzKyuj1qRgwAvralpPplSIgy3jTRdTb993b65&#10;osQHZhqmrBE1fRSeXq9fv1oNrhKF7a1qBBAEMb4aXE37EFyVZZ73QjM/sU4YdLYWNAtoQpc1wAZE&#10;1yorptNFNlhoHFguvMfb29FJ1wm/bQUPn9vWi0BUTZFbSDukfRf3bL1iVQfM9ZKfaLB/YKGZNPjp&#10;GeqWBUb2IP+A0pKD9bYNE251ZttWcpFywGzy6W/ZPPTMiZQLiuPdWSb//2D5p8M9ENnUtKTEMI0l&#10;+oKiMdMpQRazqM/gfIVhD+4eYobe3Vn+3RNjNz2GiRsAO/SCNcgqj/HZiwfR8PiU7IaPtkF4tg82&#10;SXVsQUdAFIEcU0UezxURx0A4XhaLspgtkRpH32yRz/IyfcGq59cOfHgvrCbxUFNA8gmdHe58iGxY&#10;9RyS2Fslm61UKhnQ7TYKyIFhd2zTOqH7yzBlyFDTZVmUCfmFz19CTNP6G4SWAdtcSV3Tq3MQq6Js&#10;70yTmjAwqcYzUlbmpGOUbizBzjaPKCPYsYdx5vDQW/hJyYD9W1P/Y89AUKI+GCzFMp/PY8MnY16+&#10;LdCAS8/u0sMMR6iaBkrG4yaMQ7J3ILsef8pT7sbeYPlamZSNpR1ZnchijybBT/MUh+DSTlG/pn79&#10;BAAA//8DAFBLAwQUAAYACAAAACEAZ7TSWt8AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU+D&#10;QBSE7yb+h80z8WYXaaCWsjRGUxOPLb14e7BPoLK7hF1a9Nf7PNXjZCYz3+Tb2fTiTKPvnFXwuIhA&#10;kK2d7myj4FjuHp5A+IBWY+8sKfgmD9vi9ibHTLuL3dP5EBrBJdZnqKANYcik9HVLBv3CDWTZ+3Sj&#10;wcBybKQe8cLlppdxFKXSYGd5ocWBXlqqvw6TUVB18RF/9uVbZNa7ZXify9P08arU/d38vAERaA7X&#10;MPzhMzoUzFS5yWovegVJlPCXwEaaguDAOo5XICoFq2UCssjl/wfFLwAAAP//AwBQSwECLQAUAAYA&#10;CAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBL&#10;AQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BL&#10;AQItABQABgAIAAAAIQBDwGsjIQIAAD0EAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnht&#10;bFBLAQItABQABgAIAAAAIQBntNJa3wAAAAkBAAAPAAAAAAAAAAAAAAAAAHsEAABkcnMvZG93bnJl&#10;di54bWxQSwUGAAAAAAQABADzAAAAhwUAAAAA&#10;"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6CCBB189" w14:textId="77777777" w:rsidR="00000E12" w:rsidRDefault="00000E12" w:rsidP="00000E12">
+    <w:p w14:paraId="5868C95D" w14:textId="77777777" w:rsidR="00000E12" w:rsidRDefault="00000E12" w:rsidP="00000E12">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="3538"/>
         <w:jc w:val="right"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5D66C65C" w14:textId="77777777" w:rsidR="00000E12" w:rsidRDefault="00000E12" w:rsidP="00000E12">
+    <w:p w14:paraId="4701E361" w14:textId="77777777" w:rsidR="00000E12" w:rsidRDefault="00000E12" w:rsidP="00000E12">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="3538"/>
         <w:jc w:val="right"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4AD49F59" w14:textId="77777777" w:rsidR="00000E12" w:rsidRPr="005A7624" w:rsidRDefault="00FF535A" w:rsidP="00000E12">
+    <w:p w14:paraId="2E7CDDFA" w14:textId="77777777" w:rsidR="00000E12" w:rsidRPr="005A7624" w:rsidRDefault="00FF535A" w:rsidP="00000E12">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="3538"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005A7624">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>podpis osoby składającej oświadczenie</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59F1F0B2" w14:textId="77777777" w:rsidR="00C26276" w:rsidRDefault="00C26276" w:rsidP="00C26276">
+    <w:p w14:paraId="075C7C37" w14:textId="77777777" w:rsidR="00C26276" w:rsidRDefault="00C26276" w:rsidP="00C26276">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy2"/>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="31ABD4ED" w14:textId="77777777" w:rsidR="00C26276" w:rsidRDefault="00C26276" w:rsidP="00C26276">
+    <w:p w14:paraId="02160CE5" w14:textId="77777777" w:rsidR="00C26276" w:rsidRDefault="00C26276" w:rsidP="00C26276">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="28145008" w14:textId="77777777" w:rsidR="00000E12" w:rsidRDefault="00000E12" w:rsidP="00C26276">
+    <w:p w14:paraId="22F96889" w14:textId="77777777" w:rsidR="00000E12" w:rsidRDefault="00000E12" w:rsidP="00C26276">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2E4F04C5" w14:textId="77777777" w:rsidR="00000E12" w:rsidRDefault="00000E12" w:rsidP="00C26276">
+    <w:p w14:paraId="552C2437" w14:textId="77777777" w:rsidR="00000E12" w:rsidRDefault="00000E12" w:rsidP="00C26276">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2876C672" w14:textId="77777777" w:rsidR="00000E12" w:rsidRDefault="00000E12" w:rsidP="00C26276">
+    <w:p w14:paraId="197637A9" w14:textId="77777777" w:rsidR="00000E12" w:rsidRDefault="00000E12" w:rsidP="00C26276">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6FA7C4D3" w14:textId="77777777" w:rsidR="002617DC" w:rsidRDefault="002617DC" w:rsidP="00C26276">
+    <w:p w14:paraId="6D1A597B" w14:textId="77777777" w:rsidR="002617DC" w:rsidRDefault="002617DC" w:rsidP="00C26276">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1236C273" w14:textId="77777777" w:rsidR="002617DC" w:rsidRDefault="002617DC" w:rsidP="00C26276">
-[...4 lines deleted...]
-          <w:sz w:val="20"/>
+    <w:p w14:paraId="3C9C449A" w14:textId="77777777" w:rsidR="000C3A22" w:rsidRPr="000C3A22" w:rsidRDefault="000C3A22" w:rsidP="000C3A22">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C3A22">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Pouczenie</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5200944C" w14:textId="77777777" w:rsidR="000C3A22" w:rsidRPr="000C3A22" w:rsidRDefault="000C3A22" w:rsidP="000C3A22">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C3A22">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Jeśli nabędą Państwo lokal na skutek poświadczenia nieprawdy w tym dokumencie, będzie to oznaczało wprowadzenie pracownika działającego w imieniu Gminy w błąd w celu osiągnięcia nieuprawnionej korzyści majątkowej i niekorzystne rozporządzenie mieniem publicznym. Jest to przestępstwo określone art. 286 § 1 kodeksu karnego [2], w związku z art. 294 § 1 kodeksu karnego [3], zagrożone karą pozbawienia wolności od roku do 10 lat. Przestępstwo to jest ścigane z urzędu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B4604F7" w14:textId="77777777" w:rsidR="000C3A22" w:rsidRPr="000C3A22" w:rsidRDefault="000C3A22" w:rsidP="000C3A22">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C3A22">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>W takiej sytuacji będziemy musieli powiadomić o tym prokuratora lub policję zgodnie z art. 304 § 2 kodeksu postępowania karnego [4].</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4839845F" w14:textId="77777777" w:rsidR="000C3A22" w:rsidRPr="000C3A22" w:rsidRDefault="000C3A22" w:rsidP="000C3A22">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C3A22">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Jeśli okaże się, że złożone oświadczenia lub przekazane dane były nieprawdziwe i na tej podstawie Gmina zawarła umowę sprzedaży lokalu, Gmina Wrocław będzie mogła żądać naprawienia szkody. Żądanie naprawienia szkody może obejmować zwrot nienależnie udzielonej bonifikaty, po jej waloryzacji.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1557FD54" w14:textId="536A901B" w:rsidR="002B58B2" w:rsidRPr="00181EDC" w:rsidRDefault="00520654" w:rsidP="00181EDC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:sz w:val="18"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...60 lines deleted...]
-    <w:p w14:paraId="0D98205D" w14:textId="77777777" w:rsidR="00BD5650" w:rsidRPr="005A7624" w:rsidRDefault="00BD5650" w:rsidP="00BD5650">
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B9E4619" w14:textId="77777777" w:rsidR="008B20CC" w:rsidRPr="005A7624" w:rsidRDefault="008B20CC" w:rsidP="008B20CC">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005A7624">
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
-[...9 lines deleted...]
-    <w:p w14:paraId="201E522D" w14:textId="77777777" w:rsidR="00BD5650" w:rsidRPr="005A7624" w:rsidRDefault="00BD5650" w:rsidP="00BD5650">
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Wypełnia każdy z najemców indywidualnie</w:t>
+      </w:r>
+      <w:r w:rsidR="002E4303" w:rsidRPr="005A7624">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> oraz</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A7624">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> małżonek </w:t>
+      </w:r>
+      <w:r w:rsidR="00894A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">najemcy </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A7624">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>niebędący najemcą</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31F40AF8" w14:textId="77777777" w:rsidR="008B20CC" w:rsidRDefault="008B20CC" w:rsidP="008B20CC">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
-[...51 lines deleted...]
-    <w:p w14:paraId="46433947" w14:textId="77777777" w:rsidR="00BD5650" w:rsidRPr="005A7624" w:rsidRDefault="00BD5650" w:rsidP="00BD5650">
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7A55967F" w14:textId="4F621AA8" w:rsidR="00110F4A" w:rsidRDefault="008572F6" w:rsidP="008B20CC">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
-[...135 lines deleted...]
-        <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251725824" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1721FF4E" wp14:editId="46B2B37B">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251725824" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="672D51A4" wp14:editId="690DBEEB">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
-                  <wp:posOffset>4672330</wp:posOffset>
+                  <wp:posOffset>4827905</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>50165</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1437005" cy="271145"/>
-                <wp:effectExtent l="9525" t="13335" r="10795" b="10795"/>
+                <wp:effectExtent l="12700" t="6985" r="7620" b="7620"/>
                 <wp:wrapNone/>
                 <wp:docPr id="4" name="Rectangle 68"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1437005" cy="271145"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
@@ -5919,655 +6486,671 @@
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="2ED55200" id="Rectangle 68" o:spid="_x0000_s1026" style="position:absolute;margin-left:367.9pt;margin-top:3.95pt;width:113.15pt;height:21.35pt;z-index:251725824;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBqKfOVHAIAABQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU1Fv0zAQfkfiP1h+p0lKu3ZR02nqGEIa&#10;MDH4Aa7jJBaOz5zdpuXXc3a60sEbIg+WL3f33XffnVc3h96wvUKvwVa8mOScKSuh1rat+Lev92+W&#10;nPkgbC0MWFXxo/L8Zv361WpwpZpCB6ZWyAjE+nJwFe9CcGWWedmpXvgJOGXJ2QD2IpCJbVajGAi9&#10;N9k0z6+yAbB2CFJ5T3/vRidfJ/ymUTJ8bhqvAjMVJ24hnZjObTyz9UqULQrXaXmiIf6BRS+0paJn&#10;qDsRBNuh/guq1xLBQxMmEvoMmkZLlXqgbor8j26eOuFU6oXE8e4sk/9/sPLT/hGZris+48yKnkb0&#10;hUQTtjWKXS2jPoPzJYU9uUeMHXr3APK7ZxY2HYWpW0QYOiVqYlXE+OxFQjQ8pbLt8BFqghe7AEmq&#10;Q4N9BCQR2CFN5HieiDoEJulnMXu7yPM5Z5J800VRzOaphCifsx368F5Bz+Kl4kjkE7rYP/gQ2Yjy&#10;OSQWs3CvjUlTN5YNFb+eT+cpwYPRdXSmJrHdbgyyvYh7k75T3RdhvQ60vUb3FV+eg0QZ1Xhn61Ql&#10;CG3GOzEx9iRPVGRUdgv1kdRBGFeTnhJdOsCfnA20lhX3P3YCFWfmgyWFr4vZLO5xMmbzxZQMvPRs&#10;Lz3CSoKqeOBsvG7CuPs7h7rtqFKRerdwS1NpdBIsTmxkdSJLq5d0PD2TuNuXdor6/ZjXvwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAAfDnjzdAAAACAEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I&#10;/IO1SNyo06IEGuJUAdFrJQoScHPjxY4ar6PYbcLfs5zgtqMZzbytNrPvxRnH2AVSsFxkIJDaYDqy&#10;Ct5etzf3IGLSZHQfCBV8Y4RNfXlR6dKEiV7wvE9WcAnFUitwKQ2llLF16HVchAGJva8wep1Yjlaa&#10;UU9c7nu5yrJCet0RLzg94JPD9rg/eQXPw+euyW2UzXtyH8fwOG3dzip1fTU3DyASzukvDL/4jA41&#10;Mx3CiUwUvYK725zREx9rEOyvi9USxEFBnhUg60r+f6D+AQAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAGop85UcAgAAFAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAAfDnjzdAAAACAEAAA8AAAAAAAAAAAAAAAAAdgQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;" filled="f"/>
+              <v:rect w14:anchorId="1FDB535E" id="Rectangle 68" o:spid="_x0000_s1026" style="position:absolute;margin-left:380.15pt;margin-top:3.95pt;width:113.15pt;height:21.35pt;z-index:251725824;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBqKfOVHAIAABQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU1Fv0zAQfkfiP1h+p0lKu3ZR02nqGEIa&#10;MDH4Aa7jJBaOz5zdpuXXc3a60sEbIg+WL3f33XffnVc3h96wvUKvwVa8mOScKSuh1rat+Lev92+W&#10;nPkgbC0MWFXxo/L8Zv361WpwpZpCB6ZWyAjE+nJwFe9CcGWWedmpXvgJOGXJ2QD2IpCJbVajGAi9&#10;N9k0z6+yAbB2CFJ5T3/vRidfJ/ymUTJ8bhqvAjMVJ24hnZjObTyz9UqULQrXaXmiIf6BRS+0paJn&#10;qDsRBNuh/guq1xLBQxMmEvoMmkZLlXqgbor8j26eOuFU6oXE8e4sk/9/sPLT/hGZris+48yKnkb0&#10;hUQTtjWKXS2jPoPzJYU9uUeMHXr3APK7ZxY2HYWpW0QYOiVqYlXE+OxFQjQ8pbLt8BFqghe7AEmq&#10;Q4N9BCQR2CFN5HieiDoEJulnMXu7yPM5Z5J800VRzOaphCifsx368F5Bz+Kl4kjkE7rYP/gQ2Yjy&#10;OSQWs3CvjUlTN5YNFb+eT+cpwYPRdXSmJrHdbgyyvYh7k75T3RdhvQ60vUb3FV+eg0QZ1Xhn61Ql&#10;CG3GOzEx9iRPVGRUdgv1kdRBGFeTnhJdOsCfnA20lhX3P3YCFWfmgyWFr4vZLO5xMmbzxZQMvPRs&#10;Lz3CSoKqeOBsvG7CuPs7h7rtqFKRerdwS1NpdBIsTmxkdSJLq5d0PD2TuNuXdor6/ZjXvwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAI2YzIndAAAACAEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I&#10;/IO1SNyoDaimDXGqgOi1EgWJ9ubGix01tqPYbcLfs5zobVYzmnlbribfsTMOqY1Bwf1MAMPQRNMG&#10;q+DzY323AJayDkZ3MaCCH0ywqq6vSl2YOIZ3PG+zZVQSUqEVuJz7gvPUOPQ6zWKPgbzvOHid6Rws&#10;N4Meqdx3/EEIyb1uAy043eOrw+a4PXkFb/1+U89t4vVXdrtjfBnXbmOVur2Z6mdgGaf8H4Y/fEKH&#10;ipgO8RRMYp2CJykeKUpiCYz85UJKYAcFcyGBVyW/fKD6BQAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAGop85UcAgAAFAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAI2YzIndAAAACAEAAA8AAAAAAAAAAAAAAAAAdgQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;" filled="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="791E3732" w14:textId="77777777" w:rsidR="00110F4A" w:rsidRPr="00761D33" w:rsidRDefault="00110F4A" w:rsidP="00110F4A">
+    <w:p w14:paraId="407B6E23" w14:textId="67835A8F" w:rsidR="00110F4A" w:rsidRPr="00761D33" w:rsidRDefault="00110F4A" w:rsidP="00110F4A">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                                                  Wrocław, dnia</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="173881E9" w14:textId="77777777" w:rsidR="00110F4A" w:rsidRDefault="00110F4A" w:rsidP="00BD5650">
+        <w:t xml:space="preserve">                                                                  </w:t>
+      </w:r>
+      <w:r w:rsidR="005052E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Wrocław, dnia</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A3D130C" w14:textId="77777777" w:rsidR="00110F4A" w:rsidRDefault="00110F4A" w:rsidP="00BD5650">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2127"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6DDC8E26" w14:textId="77777777" w:rsidR="008B20CC" w:rsidRDefault="008B20CC" w:rsidP="00C26276">
+    <w:p w14:paraId="7410A77F" w14:textId="77777777" w:rsidR="008B20CC" w:rsidRDefault="008B20CC" w:rsidP="00C26276">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="41464516" w14:textId="77777777" w:rsidR="005A7624" w:rsidRDefault="00EA42F5" w:rsidP="00894A6C">
+    <w:p w14:paraId="3DF6A1CE" w14:textId="77777777" w:rsidR="005A7624" w:rsidRDefault="00EA42F5" w:rsidP="00894A6C">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>OŚWIADCZENI</w:t>
       </w:r>
       <w:r w:rsidR="00C26276" w:rsidRPr="006F3F5F">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>E</w:t>
       </w:r>
       <w:r w:rsidR="00000E12">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> nr 3</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3FD52B71" w14:textId="77777777" w:rsidR="00C26276" w:rsidRDefault="00C26276" w:rsidP="00894A6C">
+    <w:p w14:paraId="39AA409D" w14:textId="77777777" w:rsidR="00C26276" w:rsidRDefault="00C26276" w:rsidP="00894A6C">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t>O</w:t>
       </w:r>
       <w:r w:rsidRPr="00EA235A">
         <w:t>świadczam, że p</w:t>
       </w:r>
       <w:r w:rsidR="00894A6C">
         <w:t>oniższe dane są zgodne z prawdą.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FF06EB5" w14:textId="77777777" w:rsidR="00894A6C" w:rsidRDefault="00894A6C" w:rsidP="00894A6C">
+    <w:p w14:paraId="537DACA3" w14:textId="77777777" w:rsidR="00894A6C" w:rsidRDefault="00894A6C" w:rsidP="00894A6C">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
       </w:pPr>
       <w:r>
         <w:t>Wypełnia najemca</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75D3FBBA" w14:textId="77777777" w:rsidR="00894A6C" w:rsidRPr="005A7624" w:rsidRDefault="00894A6C" w:rsidP="00894A6C">
+    <w:p w14:paraId="1754CEBF" w14:textId="77777777" w:rsidR="00894A6C" w:rsidRPr="005A7624" w:rsidRDefault="00894A6C" w:rsidP="00894A6C">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabela-Siatka"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2223"/>
         <w:gridCol w:w="6844"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00CD01FD" w14:paraId="555BB42D" w14:textId="77777777" w:rsidTr="000D779C">
+      <w:tr w:rsidR="00CD01FD" w14:paraId="7242DA81" w14:textId="77777777" w:rsidTr="000D779C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2235" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="606D1703" w14:textId="77777777" w:rsidR="00CD01FD" w:rsidRDefault="00CD01FD" w:rsidP="00CD01FD">
+          <w:p w14:paraId="2B8C2D96" w14:textId="77777777" w:rsidR="00CD01FD" w:rsidRDefault="00CD01FD" w:rsidP="00CD01FD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2268"/>
               </w:tabs>
               <w:spacing w:line="480" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Imię i nazwisko</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6977" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5418C573" w14:textId="77777777" w:rsidR="00CD01FD" w:rsidRDefault="00CD01FD" w:rsidP="00CD01FD">
+          <w:p w14:paraId="3BBD8FCF" w14:textId="77777777" w:rsidR="00CD01FD" w:rsidRDefault="00CD01FD" w:rsidP="00CD01FD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2268"/>
               </w:tabs>
               <w:spacing w:line="480" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD01FD" w14:paraId="2C51A163" w14:textId="77777777" w:rsidTr="000D779C">
+      <w:tr w:rsidR="00CD01FD" w14:paraId="50836C94" w14:textId="77777777" w:rsidTr="000D779C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2235" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3A1C15AA" w14:textId="77777777" w:rsidR="00CD01FD" w:rsidRDefault="00CD01FD" w:rsidP="00CD01FD">
+          <w:p w14:paraId="09C56CB2" w14:textId="77777777" w:rsidR="00CD01FD" w:rsidRDefault="00CD01FD" w:rsidP="00CD01FD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2268"/>
               </w:tabs>
               <w:spacing w:line="480" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Stan cywilny</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6977" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6277E323" w14:textId="77777777" w:rsidR="00CD01FD" w:rsidRDefault="00CD01FD" w:rsidP="00CD01FD">
+          <w:p w14:paraId="75E79671" w14:textId="77777777" w:rsidR="00CD01FD" w:rsidRDefault="00CD01FD" w:rsidP="00CD01FD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2268"/>
               </w:tabs>
               <w:spacing w:line="480" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD01FD" w14:paraId="51F4DD73" w14:textId="77777777" w:rsidTr="000D779C">
+      <w:tr w:rsidR="00CD01FD" w14:paraId="6826B5EC" w14:textId="77777777" w:rsidTr="000D779C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2235" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="52A92D7A" w14:textId="77777777" w:rsidR="00CD01FD" w:rsidRDefault="00CD01FD" w:rsidP="00CD01FD">
+          <w:p w14:paraId="5CE94999" w14:textId="77777777" w:rsidR="00CD01FD" w:rsidRDefault="00CD01FD" w:rsidP="00CD01FD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2268"/>
               </w:tabs>
               <w:spacing w:line="480" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Adres zamieszkania</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6977" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3F428B58" w14:textId="77777777" w:rsidR="00CD01FD" w:rsidRDefault="00CD01FD" w:rsidP="00CD01FD">
+          <w:p w14:paraId="7CB958A2" w14:textId="77777777" w:rsidR="00CD01FD" w:rsidRDefault="00CD01FD" w:rsidP="00CD01FD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2268"/>
               </w:tabs>
               <w:spacing w:line="480" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="76E889A1" w14:textId="77777777" w:rsidR="00CD01FD" w:rsidRDefault="00CD01FD" w:rsidP="00CD01FD">
+          <w:p w14:paraId="6D8A27D3" w14:textId="77777777" w:rsidR="00CD01FD" w:rsidRDefault="00CD01FD" w:rsidP="00CD01FD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2268"/>
               </w:tabs>
               <w:spacing w:line="480" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD01FD" w14:paraId="63C6F3A4" w14:textId="77777777" w:rsidTr="000D779C">
+      <w:tr w:rsidR="00CD01FD" w14:paraId="511E58D5" w14:textId="77777777" w:rsidTr="000D779C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2235" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="39E05746" w14:textId="77777777" w:rsidR="00CD01FD" w:rsidRDefault="00CD01FD" w:rsidP="00CD01FD">
+          <w:p w14:paraId="301E0AB5" w14:textId="77777777" w:rsidR="00CD01FD" w:rsidRDefault="00CD01FD" w:rsidP="00CD01FD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2268"/>
               </w:tabs>
               <w:spacing w:line="480" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Adres zameldowania</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6977" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6E80F1BE" w14:textId="77777777" w:rsidR="00CD01FD" w:rsidRDefault="00CD01FD" w:rsidP="00CD01FD">
+          <w:p w14:paraId="0B8D91C8" w14:textId="77777777" w:rsidR="00CD01FD" w:rsidRDefault="00CD01FD" w:rsidP="00CD01FD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2268"/>
               </w:tabs>
               <w:spacing w:line="480" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD01FD" w14:paraId="5C146256" w14:textId="77777777" w:rsidTr="000D779C">
+      <w:tr w:rsidR="00CD01FD" w14:paraId="233C4875" w14:textId="77777777" w:rsidTr="000D779C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2235" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="627DD0E3" w14:textId="77777777" w:rsidR="00CD01FD" w:rsidRDefault="00CD01FD" w:rsidP="00CD01FD">
+          <w:p w14:paraId="1442BF8B" w14:textId="77777777" w:rsidR="00CD01FD" w:rsidRDefault="00CD01FD" w:rsidP="00CD01FD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2268"/>
               </w:tabs>
               <w:spacing w:line="480" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>PESEL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6977" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0FC38D67" w14:textId="77777777" w:rsidR="00CD01FD" w:rsidRDefault="00CD01FD" w:rsidP="00CD01FD">
+          <w:p w14:paraId="5FBAFB01" w14:textId="77777777" w:rsidR="00CD01FD" w:rsidRDefault="00CD01FD" w:rsidP="00CD01FD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2268"/>
               </w:tabs>
               <w:spacing w:line="480" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="150D66BF" w14:textId="77777777" w:rsidR="00C26276" w:rsidRDefault="00C26276" w:rsidP="003A79A5">
+    <w:p w14:paraId="5AB463FA" w14:textId="77777777" w:rsidR="00C26276" w:rsidRDefault="00C26276" w:rsidP="003A79A5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2127"/>
           <w:tab w:val="left" w:pos="8505"/>
         </w:tabs>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3E2B5746" w14:textId="6ABBFF2A" w:rsidR="00C26276" w:rsidRPr="00EA235A" w:rsidRDefault="009C4FE5" w:rsidP="00C26276">
+    <w:p w14:paraId="556C65DB" w14:textId="7039A462" w:rsidR="00C26276" w:rsidRPr="00EA235A" w:rsidRDefault="008572F6" w:rsidP="00C26276">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251742208" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0E4C0D69" wp14:editId="59429787">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251742208" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="50A1F803" wp14:editId="30E5855A">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>3190875</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>106680</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="2652395" cy="361315"/>
-                <wp:effectExtent l="13970" t="5080" r="10160" b="5080"/>
+                <wp:effectExtent l="13970" t="8890" r="10160" b="10795"/>
                 <wp:wrapNone/>
                 <wp:docPr id="3" name="Rectangle 84"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="2652395" cy="361315"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="70F78BD7" id="Rectangle 84" o:spid="_x0000_s1026" style="position:absolute;margin-left:251.25pt;margin-top:8.4pt;width:208.85pt;height:28.45pt;z-index:251742208;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBAMprOIQIAAD0EAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/0zTphTZqulp1KUJa&#10;YMXCB7iOk1j4xthtWr5+x063dIEnhB8sj2d8fObMzOrmqBU5CPDSmormozElwnBbS9NW9NvX7ZsF&#10;JT4wUzNljajoSXh6s379atW7UhS2s6oWQBDE+LJ3Fe1CcGWWed4JzfzIOmHQ2VjQLKAJbVYD6xFd&#10;q6wYj+dZb6F2YLnwHm/vBiddJ/ymETx8bhovAlEVRW4h7ZD2Xdyz9YqVLTDXSX6mwf6BhWbS4KcX&#10;qDsWGNmD/ANKSw7W2yaMuNWZbRrJRcoBs8nHv2Xz2DEnUi4ojncXmfz/g+WfDg9AZF3RCSWGaSzR&#10;FxSNmVYJsphGfXrnSwx7dA8QM/Tu3vLvnhi76TBM3ALYvhOsRlZ5jM9ePIiGx6dk13+0NcKzfbBJ&#10;qmMDOgKiCOSYKnK6VEQcA+F4WcxnxWQ5o4SjbzLPJ/ksfcHK59cOfHgvrCbxUFFA8gmdHe59iGxY&#10;+RyS2Fsl661UKhnQ7jYKyIFhd2zTOqP76zBlSF/R5ayYJeQXPn8NMU7rbxBaBmxzJXVFF5cgVkbZ&#10;3pk6NWFgUg1npKzMWcco3VCCna1PKCPYoYdx5vDQWfhJSY/9W1H/Y89AUKI+GCzFMp9OY8MnYzp7&#10;W6AB157dtYcZjlAVDZQMx00YhmTvQLYd/pSn3I29xfI1MikbSzuwOpPFHk2Cn+cpDsG1naJ+Tf36&#10;CQAA//8DAFBLAwQUAAYACAAAACEA9nIoxd4AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7D&#10;MBBE70j8g7VI3KhNqrY0jVMhUJE4tumF2yY2SUq8jmKnDXw9y6kcV/M0+ybbTq4TZzuE1pOGx5kC&#10;YanypqVaw7HYPTyBCBHJYOfJavi2Abb57U2GqfEX2tvzIdaCSyikqKGJsU+lDFVjHYaZ7y1x9ukH&#10;h5HPoZZmwAuXu04mSi2lw5b4Q4O9fWls9XUYnYayTY74sy/elFvv5vF9Kk7jx6vW93fT8wZEtFO8&#10;wvCnz+qQs1PpRzJBdBoWKlkwysGSJzCwTlQCotSwmq9A5pn8vyD/BQAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhAEAyms4hAgAAPQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhAPZyKMXeAAAACQEAAA8AAAAAAAAAAAAAAAAAewQAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAACGBQAAAAA=&#10;"/>
+              <v:rect w14:anchorId="5502CD44" id="Rectangle 84" o:spid="_x0000_s1026" style="position:absolute;margin-left:251.25pt;margin-top:8.4pt;width:208.85pt;height:28.45pt;z-index:251742208;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBAMprOIQIAAD0EAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/0zTphTZqulp1KUJa&#10;YMXCB7iOk1j4xthtWr5+x063dIEnhB8sj2d8fObMzOrmqBU5CPDSmormozElwnBbS9NW9NvX7ZsF&#10;JT4wUzNljajoSXh6s379atW7UhS2s6oWQBDE+LJ3Fe1CcGWWed4JzfzIOmHQ2VjQLKAJbVYD6xFd&#10;q6wYj+dZb6F2YLnwHm/vBiddJ/ymETx8bhovAlEVRW4h7ZD2Xdyz9YqVLTDXSX6mwf6BhWbS4KcX&#10;qDsWGNmD/ANKSw7W2yaMuNWZbRrJRcoBs8nHv2Xz2DEnUi4ojncXmfz/g+WfDg9AZF3RCSWGaSzR&#10;FxSNmVYJsphGfXrnSwx7dA8QM/Tu3vLvnhi76TBM3ALYvhOsRlZ5jM9ePIiGx6dk13+0NcKzfbBJ&#10;qmMDOgKiCOSYKnK6VEQcA+F4WcxnxWQ5o4SjbzLPJ/ksfcHK59cOfHgvrCbxUFFA8gmdHe59iGxY&#10;+RyS2Fsl661UKhnQ7jYKyIFhd2zTOqP76zBlSF/R5ayYJeQXPn8NMU7rbxBaBmxzJXVFF5cgVkbZ&#10;3pk6NWFgUg1npKzMWcco3VCCna1PKCPYoYdx5vDQWfhJSY/9W1H/Y89AUKI+GCzFMp9OY8MnYzp7&#10;W6AB157dtYcZjlAVDZQMx00YhmTvQLYd/pSn3I29xfI1MikbSzuwOpPFHk2Cn+cpDsG1naJ+Tf36&#10;CQAA//8DAFBLAwQUAAYACAAAACEA9nIoxd4AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7D&#10;MBBE70j8g7VI3KhNqrY0jVMhUJE4tumF2yY2SUq8jmKnDXw9y6kcV/M0+ybbTq4TZzuE1pOGx5kC&#10;YanypqVaw7HYPTyBCBHJYOfJavi2Abb57U2GqfEX2tvzIdaCSyikqKGJsU+lDFVjHYaZ7y1x9ukH&#10;h5HPoZZmwAuXu04mSi2lw5b4Q4O9fWls9XUYnYayTY74sy/elFvv5vF9Kk7jx6vW93fT8wZEtFO8&#10;wvCnz+qQs1PpRzJBdBoWKlkwysGSJzCwTlQCotSwmq9A5pn8vyD/BQAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhAEAyms4hAgAAPQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhAPZyKMXeAAAACQEAAA8AAAAAAAAAAAAAAAAAewQAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAACGBQAAAAA=&#10;"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1FBFE083" w14:textId="77777777" w:rsidR="00662887" w:rsidRDefault="00662887" w:rsidP="00C26276">
+    <w:p w14:paraId="3A8C5BF3" w14:textId="77777777" w:rsidR="00662887" w:rsidRDefault="00662887" w:rsidP="00C26276">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="3540"/>
         <w:jc w:val="right"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1F14D164" w14:textId="77777777" w:rsidR="007B33D7" w:rsidRDefault="007B33D7" w:rsidP="00662887">
+    <w:p w14:paraId="35B04781" w14:textId="77777777" w:rsidR="007B33D7" w:rsidRDefault="007B33D7" w:rsidP="00662887">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="3402" w:firstLine="138"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7CB1ADF6" w14:textId="77777777" w:rsidR="00C26276" w:rsidRPr="005A7624" w:rsidRDefault="00C26276" w:rsidP="00662887">
+    <w:p w14:paraId="46B3EB9E" w14:textId="34DE3093" w:rsidR="00C26276" w:rsidRPr="005A7624" w:rsidRDefault="00C26276" w:rsidP="00662887">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="3402" w:firstLine="138"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005A7624">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>podpis osoby składającej</w:t>
       </w:r>
-      <w:r w:rsidR="00662887" w:rsidRPr="005A7624">
+      <w:r w:rsidR="00DA5826">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="005A7624">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>oświadczenie</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="476B9EE4" w14:textId="77777777" w:rsidR="008B20CC" w:rsidRDefault="008B20CC" w:rsidP="00C26276">
+    <w:p w14:paraId="7F62D85F" w14:textId="77777777" w:rsidR="008B20CC" w:rsidRDefault="008B20CC" w:rsidP="00C26276">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="06BB79A8" w14:textId="77777777" w:rsidR="00C26276" w:rsidRDefault="00894A6C" w:rsidP="00CD01FD">
+    <w:p w14:paraId="0E13BBC3" w14:textId="0D2DE606" w:rsidR="00C26276" w:rsidRDefault="00894A6C" w:rsidP="00CD01FD">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2268"/>
         </w:tabs>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Wypełnia</w:t>
       </w:r>
-      <w:r w:rsidR="00C26276">
+      <w:r w:rsidR="00DA5826">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>najemca</w:t>
       </w:r>
-      <w:r w:rsidR="00C26276">
+      <w:r w:rsidR="00DA5826">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007B33D7">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>lub</w:t>
       </w:r>
       <w:r w:rsidR="00C26276">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> małżon</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -6585,1415 +7168,1561 @@
         </w:rPr>
         <w:t xml:space="preserve">k </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>najemcy</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabela-Siatka"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2223"/>
         <w:gridCol w:w="6844"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000D779C" w14:paraId="65BB917E" w14:textId="77777777" w:rsidTr="00BA18F4">
+      <w:tr w:rsidR="000D779C" w14:paraId="2CDF9820" w14:textId="77777777" w:rsidTr="00BA18F4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2235" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6136D9ED" w14:textId="77777777" w:rsidR="000D779C" w:rsidRDefault="000D779C" w:rsidP="00BA18F4">
+          <w:p w14:paraId="2616D613" w14:textId="77777777" w:rsidR="000D779C" w:rsidRDefault="000D779C" w:rsidP="00BA18F4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2268"/>
               </w:tabs>
               <w:spacing w:line="480" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Imię i nazwisko</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6977" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="10534645" w14:textId="77777777" w:rsidR="000D779C" w:rsidRDefault="000D779C" w:rsidP="00BA18F4">
+          <w:p w14:paraId="551F4D26" w14:textId="77777777" w:rsidR="000D779C" w:rsidRDefault="000D779C" w:rsidP="00BA18F4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2268"/>
               </w:tabs>
               <w:spacing w:line="480" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000D779C" w14:paraId="71D881D5" w14:textId="77777777" w:rsidTr="00BA18F4">
+      <w:tr w:rsidR="000D779C" w14:paraId="3FAC2F8B" w14:textId="77777777" w:rsidTr="00BA18F4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2235" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="67C9731A" w14:textId="77777777" w:rsidR="000D779C" w:rsidRDefault="000D779C" w:rsidP="00BA18F4">
+          <w:p w14:paraId="18DBDDFE" w14:textId="77777777" w:rsidR="000D779C" w:rsidRDefault="000D779C" w:rsidP="00BA18F4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2268"/>
               </w:tabs>
               <w:spacing w:line="480" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Stan cywilny</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6977" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="36518E9A" w14:textId="77777777" w:rsidR="000D779C" w:rsidRDefault="000D779C" w:rsidP="00BA18F4">
+          <w:p w14:paraId="45E00EFF" w14:textId="77777777" w:rsidR="000D779C" w:rsidRDefault="000D779C" w:rsidP="00BA18F4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2268"/>
               </w:tabs>
               <w:spacing w:line="480" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000D779C" w14:paraId="3867E534" w14:textId="77777777" w:rsidTr="00BA18F4">
+      <w:tr w:rsidR="000D779C" w14:paraId="7DA099F2" w14:textId="77777777" w:rsidTr="00BA18F4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2235" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="19F9CB0E" w14:textId="77777777" w:rsidR="000D779C" w:rsidRDefault="000D779C" w:rsidP="00BA18F4">
+          <w:p w14:paraId="4BA8B858" w14:textId="77777777" w:rsidR="000D779C" w:rsidRDefault="000D779C" w:rsidP="00BA18F4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2268"/>
               </w:tabs>
               <w:spacing w:line="480" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Adres zamieszkania</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6977" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1EEFA989" w14:textId="77777777" w:rsidR="000D779C" w:rsidRDefault="000D779C" w:rsidP="00BA18F4">
+          <w:p w14:paraId="22B4E16F" w14:textId="77777777" w:rsidR="000D779C" w:rsidRDefault="000D779C" w:rsidP="00BA18F4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2268"/>
               </w:tabs>
               <w:spacing w:line="480" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="6B47B140" w14:textId="77777777" w:rsidR="000D779C" w:rsidRDefault="000D779C" w:rsidP="00BA18F4">
+          <w:p w14:paraId="10393485" w14:textId="77777777" w:rsidR="000D779C" w:rsidRDefault="000D779C" w:rsidP="00BA18F4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2268"/>
               </w:tabs>
               <w:spacing w:line="480" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000D779C" w14:paraId="658CDDC8" w14:textId="77777777" w:rsidTr="00BA18F4">
+      <w:tr w:rsidR="000D779C" w14:paraId="745A96FA" w14:textId="77777777" w:rsidTr="00BA18F4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2235" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="04D0C699" w14:textId="77777777" w:rsidR="000D779C" w:rsidRDefault="000D779C" w:rsidP="00BA18F4">
+          <w:p w14:paraId="153ECBA2" w14:textId="77777777" w:rsidR="000D779C" w:rsidRDefault="000D779C" w:rsidP="00BA18F4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2268"/>
               </w:tabs>
               <w:spacing w:line="480" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Adres zameldowania</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6977" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="585F92BA" w14:textId="77777777" w:rsidR="000D779C" w:rsidRDefault="000D779C" w:rsidP="00BA18F4">
+          <w:p w14:paraId="2516BCED" w14:textId="77777777" w:rsidR="000D779C" w:rsidRDefault="000D779C" w:rsidP="00BA18F4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2268"/>
               </w:tabs>
               <w:spacing w:line="480" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000D779C" w14:paraId="4F105C06" w14:textId="77777777" w:rsidTr="00BA18F4">
+      <w:tr w:rsidR="000D779C" w14:paraId="7F1DA9DB" w14:textId="77777777" w:rsidTr="00BA18F4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2235" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6825374B" w14:textId="77777777" w:rsidR="000D779C" w:rsidRDefault="000D779C" w:rsidP="00BA18F4">
+          <w:p w14:paraId="525EEE94" w14:textId="77777777" w:rsidR="000D779C" w:rsidRDefault="000D779C" w:rsidP="00BA18F4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2268"/>
               </w:tabs>
               <w:spacing w:line="480" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>PESEL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6977" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="76C718D3" w14:textId="77777777" w:rsidR="000D779C" w:rsidRDefault="000D779C" w:rsidP="00BA18F4">
+          <w:p w14:paraId="1EF3840D" w14:textId="77777777" w:rsidR="000D779C" w:rsidRDefault="000D779C" w:rsidP="00BA18F4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2268"/>
               </w:tabs>
               <w:spacing w:line="480" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="41A7384F" w14:textId="77777777" w:rsidR="00662887" w:rsidRPr="00EA235A" w:rsidRDefault="00662887" w:rsidP="00C26276">
+    <w:p w14:paraId="300A2D2C" w14:textId="77777777" w:rsidR="00662887" w:rsidRPr="00EA235A" w:rsidRDefault="00662887" w:rsidP="00C26276">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4727F847" w14:textId="586809C3" w:rsidR="00C26276" w:rsidRPr="00EA235A" w:rsidRDefault="009C4FE5" w:rsidP="00C26276">
+    <w:p w14:paraId="1173B925" w14:textId="04D3BA25" w:rsidR="00C26276" w:rsidRPr="00EA235A" w:rsidRDefault="008572F6" w:rsidP="00C26276">
       <w:pPr>
         <w:ind w:left="4956"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251700224" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="16AB1FDB" wp14:editId="4F2BA50F">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251700224" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="70B47975" wp14:editId="6F0A9A70">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>3190875</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>102235</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="2652395" cy="361315"/>
-                <wp:effectExtent l="13970" t="12065" r="10160" b="7620"/>
+                <wp:effectExtent l="13970" t="5715" r="10160" b="13970"/>
                 <wp:wrapNone/>
                 <wp:docPr id="2" name="Rectangle 46"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="2652395" cy="361315"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="1398D0A0" id="Rectangle 46" o:spid="_x0000_s1026" style="position:absolute;margin-left:251.25pt;margin-top:8.05pt;width:208.85pt;height:28.45pt;z-index:251700224;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCYhOhpIgIAAD0EAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/0zRpU7ZR09WqSxHS&#10;AisWPsB1nMTCN8Zu0+Xrd+x0Sxd4QvjB8njGx2fOzKyuj1qRgwAvralpPplSIgy3jTRdTb993b65&#10;osQHZhqmrBE1fRSeXq9fv1oNrhKF7a1qBBAEMb4aXE37EFyVZZ73QjM/sU4YdLYWNAtoQpc1wAZE&#10;1yorptNFNlhoHFguvMfb29FJ1wm/bQUPn9vWi0BUTZFbSDukfRf3bL1iVQfM9ZKfaLB/YKGZNPjp&#10;GeqWBUb2IP+A0pKD9bYNE251ZttWcpFywGzy6W/ZPPTMiZQLiuPdWSb//2D5p8M9ENnUtKDEMI0l&#10;+oKiMdMpQeaLqM/gfIVhD+4eYobe3Vn+3RNjNz2GiRsAO/SCNcgqj/HZiwfR8PiU7IaPtkF4tg82&#10;SXVsQUdAFIEcU0UezxURx0A4XhaLspgtS0o4+maLfJaX6QtWPb924MN7YTWJh5oCkk/o7HDnQ2TD&#10;queQxN4q2WylUsmAbrdRQA4Mu2Ob1gndX4YpQ4aaLsuiTMgvfP4SYprW3yC0DNjmSuqaXp2DWBVl&#10;e2ea1ISBSTWekbIyJx2jdGMJdrZ5RBnBjj2MM4eH3sJPSgbs35r6H3sGghL1wWAplvl8Hhs+GfPy&#10;bYEGXHp2lx5mOELVNFAyHjdhHJK9A9n1+FOecjf2BsvXyqRsLO3I6kQWezQJfpqnOASXdor6NfXr&#10;JwAAAP//AwBQSwMEFAAGAAgAAAAhAAacxmreAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FO&#10;wzAQRO9I/IO1SNyo3VQtNI1TIVCROLbphdsmXpKUeB3FThv4esyJHlfzNPM22062E2cafOtYw3ym&#10;QBBXzrRcazgWu4cnED4gG+wck4Zv8rDNb28yTI278J7Oh1CLWMI+RQ1NCH0qpa8asuhnrieO2acb&#10;LIZ4DrU0A15iue1kotRKWmw5LjTY00tD1ddhtBrKNjniz754U3a9W4T3qTiNH69a399NzxsQgabw&#10;D8OfflSHPDqVbmTjRadhqZJlRGOwmoOIwDpRCYhSw+NCgcwzef1B/gsAAP//AwBQSwECLQAUAAYA&#10;CAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBL&#10;AQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BL&#10;AQItABQABgAIAAAAIQCYhOhpIgIAAD0EAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnht&#10;bFBLAQItABQABgAIAAAAIQAGnMZq3gAAAAkBAAAPAAAAAAAAAAAAAAAAAHwEAABkcnMvZG93bnJl&#10;di54bWxQSwUGAAAAAAQABADzAAAAhwUAAAAA&#10;"/>
+              <v:rect w14:anchorId="53267F6E" id="Rectangle 46" o:spid="_x0000_s1026" style="position:absolute;margin-left:251.25pt;margin-top:8.05pt;width:208.85pt;height:28.45pt;z-index:251700224;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCYhOhpIgIAAD0EAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/0zRpU7ZR09WqSxHS&#10;AisWPsB1nMTCN8Zu0+Xrd+x0Sxd4QvjB8njGx2fOzKyuj1qRgwAvralpPplSIgy3jTRdTb993b65&#10;osQHZhqmrBE1fRSeXq9fv1oNrhKF7a1qBBAEMb4aXE37EFyVZZ73QjM/sU4YdLYWNAtoQpc1wAZE&#10;1yorptNFNlhoHFguvMfb29FJ1wm/bQUPn9vWi0BUTZFbSDukfRf3bL1iVQfM9ZKfaLB/YKGZNPjp&#10;GeqWBUb2IP+A0pKD9bYNE251ZttWcpFywGzy6W/ZPPTMiZQLiuPdWSb//2D5p8M9ENnUtKDEMI0l&#10;+oKiMdMpQeaLqM/gfIVhD+4eYobe3Vn+3RNjNz2GiRsAO/SCNcgqj/HZiwfR8PiU7IaPtkF4tg82&#10;SXVsQUdAFIEcU0UezxURx0A4XhaLspgtS0o4+maLfJaX6QtWPb924MN7YTWJh5oCkk/o7HDnQ2TD&#10;queQxN4q2WylUsmAbrdRQA4Mu2Ob1gndX4YpQ4aaLsuiTMgvfP4SYprW3yC0DNjmSuqaXp2DWBVl&#10;e2ea1ISBSTWekbIyJx2jdGMJdrZ5RBnBjj2MM4eH3sJPSgbs35r6H3sGghL1wWAplvl8Hhs+GfPy&#10;bYEGXHp2lx5mOELVNFAyHjdhHJK9A9n1+FOecjf2BsvXyqRsLO3I6kQWezQJfpqnOASXdor6NfXr&#10;JwAAAP//AwBQSwMEFAAGAAgAAAAhAAacxmreAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FO&#10;wzAQRO9I/IO1SNyo3VQtNI1TIVCROLbphdsmXpKUeB3FThv4esyJHlfzNPM22062E2cafOtYw3ym&#10;QBBXzrRcazgWu4cnED4gG+wck4Zv8rDNb28yTI278J7Oh1CLWMI+RQ1NCH0qpa8asuhnrieO2acb&#10;LIZ4DrU0A15iue1kotRKWmw5LjTY00tD1ddhtBrKNjniz754U3a9W4T3qTiNH69a399NzxsQgabw&#10;D8OfflSHPDqVbmTjRadhqZJlRGOwmoOIwDpRCYhSw+NCgcwzef1B/gsAAP//AwBQSwECLQAUAAYA&#10;CAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBL&#10;AQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BL&#10;AQItABQABgAIAAAAIQCYhOhpIgIAAD0EAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnht&#10;bFBLAQItABQABgAIAAAAIQAGnMZq3gAAAAkBAAAPAAAAAAAAAAAAAAAAAHwEAABkcnMvZG93bnJl&#10;di54bWxQSwUGAAAAAAQABADzAAAAhwUAAAAA&#10;"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="636CA3DE" w14:textId="77777777" w:rsidR="00C26276" w:rsidRPr="00EA235A" w:rsidRDefault="00C26276" w:rsidP="00C26276">
+    <w:p w14:paraId="1F9270D9" w14:textId="77777777" w:rsidR="00C26276" w:rsidRPr="00EA235A" w:rsidRDefault="00C26276" w:rsidP="00C26276">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="59D760F3" w14:textId="77777777" w:rsidR="00C26276" w:rsidRPr="00EA235A" w:rsidRDefault="00C26276" w:rsidP="00C26276">
+    <w:p w14:paraId="4FFFF558" w14:textId="77777777" w:rsidR="00C26276" w:rsidRPr="00EA235A" w:rsidRDefault="00C26276" w:rsidP="00C26276">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="36AF3A4C" w14:textId="77777777" w:rsidR="00C26276" w:rsidRPr="005A7624" w:rsidRDefault="00C26276" w:rsidP="00C26276">
+    <w:p w14:paraId="297419DF" w14:textId="77777777" w:rsidR="00C26276" w:rsidRPr="005A7624" w:rsidRDefault="00C26276" w:rsidP="00C26276">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="3540"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005A7624">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>podpis osoby składającej oświadczenie</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B5C3E49" w14:textId="77777777" w:rsidR="007B33D7" w:rsidRDefault="007B33D7" w:rsidP="00C26276"/>
-    <w:p w14:paraId="1CCE7E11" w14:textId="77777777" w:rsidR="00BA18F4" w:rsidRDefault="00BA18F4" w:rsidP="00BD5650">
+    <w:p w14:paraId="66113EE0" w14:textId="77777777" w:rsidR="007B33D7" w:rsidRDefault="007B33D7" w:rsidP="00C26276"/>
+    <w:p w14:paraId="3EA6006D" w14:textId="77777777" w:rsidR="00BA18F4" w:rsidRDefault="00BA18F4" w:rsidP="00BD5650">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="38C71C48" w14:textId="77777777" w:rsidR="00BA18F4" w:rsidRDefault="00BA18F4" w:rsidP="00BD5650">
+    <w:p w14:paraId="016B2267" w14:textId="77777777" w:rsidR="00BA18F4" w:rsidRDefault="00BA18F4" w:rsidP="00BD5650">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4994C248" w14:textId="77777777" w:rsidR="00BA18F4" w:rsidRDefault="00BA18F4" w:rsidP="00BD5650">
+    <w:p w14:paraId="061383DE" w14:textId="77777777" w:rsidR="00BA18F4" w:rsidRDefault="00BA18F4" w:rsidP="00BD5650">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6AEE32F9" w14:textId="77777777" w:rsidR="005A7624" w:rsidRDefault="005A7624" w:rsidP="00BD5650">
+    <w:p w14:paraId="35B682D7" w14:textId="77777777" w:rsidR="005A7624" w:rsidRDefault="005A7624" w:rsidP="00BD5650">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4F266D19" w14:textId="77777777" w:rsidR="0085619F" w:rsidRDefault="0085619F" w:rsidP="00BD5650">
+    <w:p w14:paraId="35C63101" w14:textId="77777777" w:rsidR="0085619F" w:rsidRDefault="0085619F" w:rsidP="00BD5650">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="10342EA1" w14:textId="77777777" w:rsidR="0085619F" w:rsidRDefault="0085619F" w:rsidP="00BD5650">
+    <w:p w14:paraId="0F52C51D" w14:textId="77777777" w:rsidR="0085619F" w:rsidRDefault="0085619F" w:rsidP="00BD5650">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3CED8219" w14:textId="77777777" w:rsidR="00BD5650" w:rsidRPr="004614A3" w:rsidRDefault="00BD5650" w:rsidP="00BD5650">
-[...3 lines deleted...]
-        <w:adjustRightInd w:val="0"/>
+    <w:p w14:paraId="23285DB7" w14:textId="77777777" w:rsidR="00112371" w:rsidRPr="00112371" w:rsidRDefault="00112371" w:rsidP="00112371">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00112371">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Pouczenie</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E9FFB3D" w14:textId="77777777" w:rsidR="00112371" w:rsidRPr="00112371" w:rsidRDefault="00112371" w:rsidP="00112371">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00112371">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Jeśli nabędą Państwo lokal na skutek poświadczenia nieprawdy w tym dokumencie, będzie to oznaczało wprowadzenie pracownika działającego w imieniu Gminy w błąd w celu osiągnięcia nieuprawnionej korzyści majątkowej i niekorzystne rozporządzenie mieniem publicznym. Jest to przestępstwo określone art. 286 § 1 kodeksu karnego [2], w związku z art. 294 § 1 kodeksu karnego [3], zagrożone karą pozbawienia wolności od roku do 10 lat. Przestępstwo to jest ścigane z urzędu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A76311F" w14:textId="77777777" w:rsidR="00112371" w:rsidRPr="00112371" w:rsidRDefault="00112371" w:rsidP="00112371">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00112371">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>W takiej sytuacji będziemy musieli powiadomić o tym prokuratora lub policję zgodnie z art. 304 § 2 kodeksu postępowania karnego [4].</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6347438F" w14:textId="77777777" w:rsidR="00112371" w:rsidRPr="00112371" w:rsidRDefault="00112371" w:rsidP="00112371">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00112371">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Jeśli okaże się, że złożone oświadczenia lub przekazane dane były nieprawdziwe i na tej podstawie Gmina zawarła umowę sprzedaży lokalu, Gmina Wrocław będzie mogła żądać naprawienia szkody. Żądanie naprawienia szkody może obejmować zwrot nienależnie udzielonej bonifikaty, po jej waloryzacji.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4825C62B" w14:textId="77777777" w:rsidR="002617DC" w:rsidRPr="004614A3" w:rsidRDefault="002617DC" w:rsidP="00000E12">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6C304E24" w14:textId="77777777" w:rsidR="002617DC" w:rsidRPr="004614A3" w:rsidRDefault="002617DC" w:rsidP="002617DC">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:b/>
-          <w:bCs/>
-          <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004614A3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:b/>
-          <w:bCs/>
-[...11 lines deleted...]
-        <w:adjustRightInd w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Podstawy prawne</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30FEAFF0" w14:textId="1472AC8A" w:rsidR="0039685E" w:rsidRDefault="002617DC" w:rsidP="0039685E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004614A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">[1] </w:t>
+      </w:r>
+      <w:r w:rsidR="008964C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Uchwała nr XXIV/476/25 Rady Miejskiej Wrocławia z dnia 20 października 2025 r. w sprawie wieloletniego programu gospodarowania mieszkaniowym zasobem Gminy Wrocław na lata 2026</w:t>
+      </w:r>
+      <w:r w:rsidR="00112371">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t> - </w:t>
+      </w:r>
+      <w:r w:rsidR="008964C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2031 </w:t>
+      </w:r>
+      <w:r w:rsidR="0039685E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(Dziennik Urzędowy Województwa Dolnośląskiego z 2025 r. poz. 4534).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74C9BEA1" w14:textId="603B6B2B" w:rsidR="00D46DEB" w:rsidRPr="004614A3" w:rsidRDefault="00D46DEB" w:rsidP="00000E12">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7AA32C02" w14:textId="7625560A" w:rsidR="00F559DD" w:rsidRPr="00112371" w:rsidRDefault="00F559DD" w:rsidP="00000E12">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004614A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>[2]</w:t>
+      </w:r>
+      <w:r w:rsidR="007B33D7" w:rsidRPr="004614A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00112371" w:rsidRPr="00112371">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Ustawa z dnia 6 czerwca 1997 r. Kodeks karny (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00112371" w:rsidRPr="00112371">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>t.j</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00112371" w:rsidRPr="00112371">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Dz. U. z 2025 r. poz. 383 z </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00112371" w:rsidRPr="00112371">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>późn</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00112371" w:rsidRPr="00112371">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>. zm.)</w:t>
+      </w:r>
+      <w:r w:rsidR="007B33D7" w:rsidRPr="004614A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>, art.</w:t>
+      </w:r>
+      <w:r w:rsidR="00112371">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="007B33D7" w:rsidRPr="004614A3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-      </w:pPr>
+        <w:t xml:space="preserve">286 § 1: </w:t>
+      </w:r>
+      <w:r w:rsidR="008D1AD6" w:rsidRPr="004614A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Kto, w celu osiągnięcia korzyści majątkowej, doprowadza inną osobę do niekorzystnego rozporządzenia własnym lub cudzym mieniem za pomocą wprowadzenia jej w błąd albo wyzyskania błędu lub niezdolności do należytego pojmowania przedsiębranego działania, </w:t>
+      </w:r>
+      <w:r w:rsidR="008D1AD6" w:rsidRPr="004614A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>podlega karze pozbawienia wolności od 6 miesięcy do lat 8.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="093EFABC" w14:textId="77777777" w:rsidR="002F3F68" w:rsidRDefault="002F3F68" w:rsidP="002F3F68">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="_Hlk216174379"/>
+    </w:p>
+    <w:p w14:paraId="1D5A4CDC" w14:textId="11B5481D" w:rsidR="002F3F68" w:rsidRPr="00112371" w:rsidRDefault="002F3F68" w:rsidP="002F3F68">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>[3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004614A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004614A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00112371" w:rsidRPr="00112371">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Ustawa z dnia 6 czerwca 1997 r. Kodeks karny (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00112371" w:rsidRPr="00112371">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>t.j</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00112371" w:rsidRPr="00112371">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Dz. U. z 2025 r. poz. 383 z </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00112371" w:rsidRPr="00112371">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>późn</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00112371" w:rsidRPr="00112371">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>. zm.)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004614A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>, art.</w:t>
+      </w:r>
+      <w:r w:rsidR="00112371">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE4614">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>294</w:t>
+      </w:r>
       <w:r w:rsidRPr="004614A3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">Jeśli nabędą Państwo lokal z bonifikatą na skutek poświadczenia nieprawdy w tym dokumencie, będzie to oznaczało wprowadzenie </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="007B33D7" w:rsidRPr="004614A3">
+        <w:t xml:space="preserve"> § 1: </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE4614" w:rsidRPr="00FE4614">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Kto dopuszcza się przestępstwa określonego w art. 278 § 1, 1a, 2, 3a lub 5, art. 284 § 1 lub 2, art. 285 § 1, art. 286 § 1 lub 2, art. 287 § 1, art. 288 § 1 lub 3, art. 290 § 1 lub w art. 291 § 1, w stosunku do mienia znacznej wartości, podlega karze pozbawienia wolności od roku do lat 10</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE4614">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:p w14:paraId="60DC3CF0" w14:textId="77777777" w:rsidR="00D46DEB" w:rsidRPr="004614A3" w:rsidRDefault="00D46DEB" w:rsidP="00000E12">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1AB8E6" w14:textId="73145007" w:rsidR="008D1AD6" w:rsidRPr="004614A3" w:rsidRDefault="00F559DD" w:rsidP="008D1AD6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004614A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidR="00181EDC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004614A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>]</w:t>
+      </w:r>
+      <w:r w:rsidR="008D1AD6" w:rsidRPr="004614A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00112371" w:rsidRPr="00112371">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Ustawa z dnia 6 czerwca 1997 r. Kodeks postępowania karnego (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00112371" w:rsidRPr="00112371">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>t.j</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00112371" w:rsidRPr="00112371">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>. Dz. U. z 2025 r. poz. 46 z</w:t>
+      </w:r>
+      <w:r w:rsidR="0038776B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00112371" w:rsidRPr="00112371">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>późn</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00112371" w:rsidRPr="00112371">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>. zm.)</w:t>
+      </w:r>
+      <w:r w:rsidR="008D1AD6" w:rsidRPr="004614A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="008D1AD6" w:rsidRPr="004614A3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>p</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="004614A3">
+        <w:t xml:space="preserve">304 § 2: </w:t>
+      </w:r>
+      <w:r w:rsidR="008D1AD6" w:rsidRPr="004614A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Instytucje państwowe i samorządowe, które w związku ze swą działalnością dowiedziały się o popełnieniu przestępstwa ściganego z urzędu, są obowiązane niezwłocznie zawiadomić o tym prokuratora lub Policję oraz przedsięwziąć niezbędne czynności do czasu przybycia organu powołanego do ścigania przestępstw lub do czasu wydania przez ten organ stosownego zarządzenia, aby nie dopuścić do zatarcia śladów i dowodów przestępstwa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2834371B" w14:textId="77777777" w:rsidR="00F559DD" w:rsidRPr="004614A3" w:rsidRDefault="00F559DD" w:rsidP="00000E12">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
-          <w:color w:val="000000"/>
-[...10 lines deleted...]
-        <w:adjustRightInd w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7632E1D8" w14:textId="77777777" w:rsidR="00E31A9C" w:rsidRDefault="00E31A9C">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
-          <w:color w:val="000000"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="004614A3">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
-          <w:color w:val="000000"/>
-[...211 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-      </w:pPr>
-[...5 lines deleted...]
-        </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D4C2E2E" w14:textId="77777777" w:rsidR="00E31A9C" w:rsidRDefault="00E31A9C" w:rsidP="00E31A9C">
-[...14 lines deleted...]
-    <w:p w14:paraId="5E946723" w14:textId="77777777" w:rsidR="00E31A9C" w:rsidRPr="00615A92" w:rsidRDefault="00E31A9C" w:rsidP="00E31A9C">
+    <w:p w14:paraId="71E21B9C" w14:textId="77777777" w:rsidR="00E31A9C" w:rsidRPr="00615A92" w:rsidRDefault="00E31A9C" w:rsidP="00E31A9C">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy3"/>
         <w:spacing w:before="360" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>IN</w:t>
       </w:r>
       <w:r w:rsidRPr="00615A92">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>FORMACJE DOTYCZĄCE PRZETWARZANIA TWOICH DANYCH OSOBOWYCH</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E458E0A" w14:textId="77777777" w:rsidR="00E31A9C" w:rsidRDefault="00E31A9C" w:rsidP="00E31A9C">
+    <w:p w14:paraId="0A4A11D5" w14:textId="77777777" w:rsidR="00E31A9C" w:rsidRDefault="00E31A9C" w:rsidP="00E31A9C">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy3"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00615A92">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Niniejszą informację otrzymałeś w związku z obowiązkami określonymi w art. 13 rozporządzenia Parlamentu Europejskiego i Rady (UE) 2016/679 z dnia 27 kwietnia </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00615A92">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>2016 r. w sprawie ochrony osób fizycznych w związku z przetwarzaniem danych osobowych i w sprawie swobodnego przepływu takich danych oraz uchylenia dyrektywy 95/46/WE (ogólne rozporządzenie o ochronie danych) (Dziennik Urzędowy Unii Europejskiej z dnia 4 maja 2016 r. L 119/1).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9180" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2405"/>
         <w:gridCol w:w="6775"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C04C5E" w14:paraId="58E113DC" w14:textId="77777777" w:rsidTr="007A2385">
+      <w:tr w:rsidR="00C04C5E" w14:paraId="18A33D13" w14:textId="77777777" w:rsidTr="007A2385">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="537"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2405" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="4D671E27" w14:textId="77777777" w:rsidR="00C04C5E" w:rsidRDefault="00C04C5E" w:rsidP="007A2385">
+          <w:p w14:paraId="569ACA0E" w14:textId="77777777" w:rsidR="00C04C5E" w:rsidRDefault="00C04C5E" w:rsidP="007A2385">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Administrator danych</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6775" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="07FC9636" w14:textId="77777777" w:rsidR="00C04C5E" w:rsidRPr="006E69CC" w:rsidRDefault="00C04C5E" w:rsidP="007A2385">
+          <w:p w14:paraId="0B466556" w14:textId="77777777" w:rsidR="00C04C5E" w:rsidRPr="006E69CC" w:rsidRDefault="00C04C5E" w:rsidP="007A2385">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E69CC">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Administratorem Twoich danych osobowych jest Prezydent Wrocławia. Możesz się z nami skontaktować w następujący sposób:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="001B5982" w14:textId="77777777" w:rsidR="00C04C5E" w:rsidRPr="006E69CC" w:rsidRDefault="00C04C5E" w:rsidP="007A2385">
+          <w:p w14:paraId="26AA5D73" w14:textId="77777777" w:rsidR="00C04C5E" w:rsidRPr="006E69CC" w:rsidRDefault="00C04C5E" w:rsidP="007A2385">
             <w:pPr>
               <w:ind w:left="289" w:hanging="289"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="st"/>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E69CC">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r w:rsidRPr="006E69CC">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:tab/>
               <w:t>listownie na adres: Prezydent Wrocławia, Urząd Miejski Wrocławia, pl. Nowy Targ 1-8, 50-141 Wrocław,</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="34457312" w14:textId="4EA200E6" w:rsidR="00C04C5E" w:rsidRPr="006E69CC" w:rsidRDefault="00C04C5E" w:rsidP="007A2385">
+          <w:p w14:paraId="70CFCA02" w14:textId="77777777" w:rsidR="00C04C5E" w:rsidRPr="006E69CC" w:rsidRDefault="00C04C5E" w:rsidP="007A2385">
             <w:pPr>
               <w:ind w:left="289" w:hanging="284"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="st"/>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E69CC">
               <w:rPr>
                 <w:rStyle w:val="st"/>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">- przez e-mail: </w:t>
-[...17 lines deleted...]
-              <w:t>sl@um.wroc.pl</w:t>
+              <w:t>- przez e-mail: bsl@um.wroc.pl</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="675C3EC6" w14:textId="77777777" w:rsidR="00C04C5E" w:rsidRPr="006E69CC" w:rsidRDefault="00C04C5E" w:rsidP="007A2385">
+          <w:p w14:paraId="6E85A8A2" w14:textId="77777777" w:rsidR="00C04C5E" w:rsidRPr="006E69CC" w:rsidRDefault="00C04C5E" w:rsidP="007A2385">
             <w:pPr>
               <w:ind w:left="289" w:hanging="289"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E69CC">
               <w:rPr>
                 <w:rStyle w:val="st"/>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>- telefonicznie: 71 777 70 30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C04C5E" w14:paraId="37553459" w14:textId="77777777" w:rsidTr="007A2385">
+      <w:tr w:rsidR="00C04C5E" w14:paraId="0E65F01B" w14:textId="77777777" w:rsidTr="007A2385">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="537"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2405" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="4DC3C845" w14:textId="77777777" w:rsidR="00C04C5E" w:rsidRDefault="00C04C5E" w:rsidP="007A2385">
+          <w:p w14:paraId="496ABCDF" w14:textId="77777777" w:rsidR="00C04C5E" w:rsidRDefault="00C04C5E" w:rsidP="007A2385">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6775" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="6AE6E7BD" w14:textId="77777777" w:rsidR="00C04C5E" w:rsidRPr="006E69CC" w:rsidRDefault="00C04C5E" w:rsidP="007A2385">
+          <w:p w14:paraId="1EDC8EFB" w14:textId="77777777" w:rsidR="00C04C5E" w:rsidRPr="006E69CC" w:rsidRDefault="00C04C5E" w:rsidP="007A2385">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C04C5E" w14:paraId="4C0AFA94" w14:textId="77777777" w:rsidTr="007A2385">
+      <w:tr w:rsidR="00C04C5E" w14:paraId="585233F3" w14:textId="77777777" w:rsidTr="007A2385">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2405" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5AC60961" w14:textId="77777777" w:rsidR="00C04C5E" w:rsidRDefault="00C04C5E" w:rsidP="007A2385">
+          <w:p w14:paraId="77B8E2C5" w14:textId="77777777" w:rsidR="00C04C5E" w:rsidRDefault="00C04C5E" w:rsidP="007A2385">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Inspektor Ochrony Danych</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6775" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7A62C047" w14:textId="77777777" w:rsidR="00C04C5E" w:rsidRPr="006E69CC" w:rsidRDefault="00C04C5E" w:rsidP="007A2385">
+          <w:p w14:paraId="0AE08ACB" w14:textId="77777777" w:rsidR="00C04C5E" w:rsidRPr="006E69CC" w:rsidRDefault="00C04C5E" w:rsidP="007A2385">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E69CC">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">W Urzędzie wyznaczony został Inspektor Ochrony Danych – Pan Sebastian Sobecki. Jest to osoba, z </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">którą można się kontaktować we </w:t>
             </w:r>
             <w:r w:rsidRPr="006E69CC">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">wszystkich sprawach dotyczących przetwarzania Twoich danych osobowych oraz korzystania </w:t>
             </w:r>
             <w:r w:rsidRPr="006E69CC">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
               <w:t>z przysługujących Ci praw związanych z przetwarzaniem danych.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="39774F2A" w14:textId="77777777" w:rsidR="00C04C5E" w:rsidRPr="006E69CC" w:rsidRDefault="00C04C5E" w:rsidP="007A2385">
+          <w:p w14:paraId="63393E86" w14:textId="77777777" w:rsidR="00C04C5E" w:rsidRPr="006E69CC" w:rsidRDefault="00C04C5E" w:rsidP="007A2385">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E69CC">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Z Inspektorem można kontaktować się w następujący sposób:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3124E356" w14:textId="475F93C7" w:rsidR="00C04C5E" w:rsidRPr="006E69CC" w:rsidRDefault="00C04C5E" w:rsidP="007A2385">
+          <w:p w14:paraId="26207E09" w14:textId="77777777" w:rsidR="00C04C5E" w:rsidRPr="006E69CC" w:rsidRDefault="00C04C5E" w:rsidP="007A2385">
             <w:pPr>
               <w:ind w:left="289" w:hanging="284"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E69CC">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r w:rsidRPr="006E69CC">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:tab/>
-              <w:t xml:space="preserve">listownie na adres: </w:t>
-[...79 lines deleted...]
-              <w:t xml:space="preserve"> Wrocław</w:t>
+              <w:t>listownie na adres: ul. G. Zapolskiej 4, 50-032 Wrocław</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6F32355A" w14:textId="77777777" w:rsidR="00C04C5E" w:rsidRPr="006E69CC" w:rsidRDefault="00C04C5E" w:rsidP="007A2385">
+          <w:p w14:paraId="478FF390" w14:textId="77777777" w:rsidR="00C04C5E" w:rsidRPr="006E69CC" w:rsidRDefault="00C04C5E" w:rsidP="007A2385">
             <w:pPr>
               <w:ind w:left="289" w:hanging="289"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E69CC">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r w:rsidRPr="006E69CC">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:tab/>
               <w:t>przez e-mail: iod@um.wroc.pl</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7435B919" w14:textId="77777777" w:rsidR="00C04C5E" w:rsidRPr="006E69CC" w:rsidRDefault="00C04C5E" w:rsidP="007A2385">
+          <w:p w14:paraId="787FC269" w14:textId="77777777" w:rsidR="00C04C5E" w:rsidRPr="006E69CC" w:rsidRDefault="00C04C5E" w:rsidP="007A2385">
             <w:pPr>
               <w:ind w:left="289" w:hanging="289"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E69CC">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r w:rsidRPr="006E69CC">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:tab/>
               <w:t>telefonicznie: 71 777 77 24.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C04C5E" w14:paraId="53421891" w14:textId="77777777" w:rsidTr="007A2385">
+      <w:tr w:rsidR="00C04C5E" w14:paraId="4E21E0C1" w14:textId="77777777" w:rsidTr="007A2385">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2405" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5C3BDB67" w14:textId="77777777" w:rsidR="00C04C5E" w:rsidRDefault="00C04C5E" w:rsidP="007A2385">
+          <w:p w14:paraId="649FCA37" w14:textId="77777777" w:rsidR="00C04C5E" w:rsidRDefault="00C04C5E" w:rsidP="007A2385">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Cele przetwarzania danych </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6775" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7F5CDDE0" w14:textId="77777777" w:rsidR="00C04C5E" w:rsidRPr="006E69CC" w:rsidRDefault="00C04C5E" w:rsidP="007A2385">
+          <w:p w14:paraId="611D911F" w14:textId="77777777" w:rsidR="00C04C5E" w:rsidRPr="006E69CC" w:rsidRDefault="00C04C5E" w:rsidP="007A2385">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E69CC">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Będziemy przetwarzać Twoje dane osobowe, aby sprawdzić, czy wynajmowan</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">y przez Ciebie lokal </w:t>
             </w:r>
             <w:r w:rsidRPr="006E69CC">
@@ -8031,104 +8760,104 @@
             <w:r w:rsidRPr="006E69CC">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">i skorzystania przez Ciebie z prawa pierwszeństwa </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="006E69CC">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>w jego nabyciu – w celu zawarcia z Tobą umowy sprzedaży.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="28B8C3F3" w14:textId="77777777" w:rsidR="00C04C5E" w:rsidRPr="006E69CC" w:rsidRDefault="00C04C5E" w:rsidP="007A2385">
+          <w:p w14:paraId="465536BE" w14:textId="77777777" w:rsidR="00C04C5E" w:rsidRPr="006E69CC" w:rsidRDefault="00C04C5E" w:rsidP="007A2385">
             <w:pPr>
               <w:pStyle w:val="Tekstpodstawowy3"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Po sprzedaży lokalu </w:t>
             </w:r>
             <w:r w:rsidRPr="006E69CC">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>mieszkalnego przetwarzanie Twoich danych osobowych może okazać się niezbędne  w celu dochodzenia ewentualnych roszczeń wynikających z zawartej umowy.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C04C5E" w14:paraId="1398E9A6" w14:textId="77777777" w:rsidTr="007A2385">
+      <w:tr w:rsidR="00C04C5E" w14:paraId="42FDFDCA" w14:textId="77777777" w:rsidTr="007A2385">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2405" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="29B563F8" w14:textId="77777777" w:rsidR="00C04C5E" w:rsidRDefault="00C04C5E" w:rsidP="007A2385">
+          <w:p w14:paraId="04B81BC4" w14:textId="77777777" w:rsidR="00C04C5E" w:rsidRDefault="00C04C5E" w:rsidP="007A2385">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Podstawy prawne przetwarzania</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6775" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2EC8ED26" w14:textId="77777777" w:rsidR="00C04C5E" w:rsidRPr="006E69CC" w:rsidRDefault="00C04C5E" w:rsidP="007A2385">
+          <w:p w14:paraId="260DE4E7" w14:textId="77777777" w:rsidR="00C04C5E" w:rsidRPr="006E69CC" w:rsidRDefault="00C04C5E" w:rsidP="007A2385">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E69CC">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Będziemy przetwarzać Twoje dane osobowe na podstawie przepisów ustawy z dnia 21 sierpnia 1997 r.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> o gospodarce nieruchomościami</w:t>
             </w:r>
             <w:r w:rsidRPr="006E69CC">
@@ -8166,110 +8895,110 @@
             <w:r w:rsidRPr="006E69CC">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>, ustawy z dnia 6 lipca 1982 r. o k</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>sięgach wieczystych i hipotece</w:t>
             </w:r>
             <w:r w:rsidRPr="006E69CC">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>, ustawy z dnia 17 listopada 1964 r. Kodeks postępowania cywilnego.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6D3E8C4A" w14:textId="77777777" w:rsidR="00C04C5E" w:rsidRPr="006E69CC" w:rsidRDefault="00C04C5E" w:rsidP="007A2385">
+          <w:p w14:paraId="7E133C51" w14:textId="77777777" w:rsidR="00C04C5E" w:rsidRPr="006E69CC" w:rsidRDefault="00C04C5E" w:rsidP="007A2385">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E69CC">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Twoje dane osobowe w zakresie: numer telefonu, adres </w:t>
             </w:r>
             <w:r w:rsidRPr="006E69CC">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
               <w:t>e-mail będziemy przetwarzać na podstawie Twojej wyraźnej zgody, którą możesz wycofać w dowolnym momencie.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C04C5E" w14:paraId="67E2ED5E" w14:textId="77777777" w:rsidTr="007A2385">
+      <w:tr w:rsidR="00C04C5E" w14:paraId="3E6DB8E1" w14:textId="77777777" w:rsidTr="007A2385">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2405" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6C483508" w14:textId="77777777" w:rsidR="00C04C5E" w:rsidRPr="00DB3523" w:rsidRDefault="00C04C5E" w:rsidP="007A2385">
+          <w:p w14:paraId="24FE0CB8" w14:textId="77777777" w:rsidR="00C04C5E" w:rsidRPr="00DB3523" w:rsidRDefault="00C04C5E" w:rsidP="007A2385">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Okres przechowywania danych</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6775" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="292768CC" w14:textId="77777777" w:rsidR="00C04C5E" w:rsidRPr="006E69CC" w:rsidRDefault="00C04C5E" w:rsidP="007A2385">
+          <w:p w14:paraId="413ABC9F" w14:textId="77777777" w:rsidR="00C04C5E" w:rsidRPr="006E69CC" w:rsidRDefault="00C04C5E" w:rsidP="007A2385">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E69CC">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Będziemy przechowywać Twoje dane na czas prowadzonego postępowan</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">ia w sprawie sprzedaży lokalu </w:t>
             </w:r>
             <w:r w:rsidRPr="006E69CC">
@@ -8307,169 +9036,183 @@
             <w:r w:rsidRPr="006E69CC">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">mieszkalnego stanowią materiały archiwalne </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="006E69CC">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">i będą przechowywane przez Urząd Miejski Wrocławia przez 25 lat od stycznia kolejnego roku po zakończeniu Twojej sprawy. Następnie zostaną przekazane do Archiwum Państwowego we Wrocławiu, gdzie będą przechowywane wieczyście. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="67EC1B5F" w14:textId="77777777" w:rsidR="00C04C5E" w:rsidRPr="006E69CC" w:rsidRDefault="00C04C5E" w:rsidP="007A2385">
+          <w:p w14:paraId="0562E812" w14:textId="77777777" w:rsidR="00C04C5E" w:rsidRPr="006E69CC" w:rsidRDefault="00C04C5E" w:rsidP="007A2385">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E69CC">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Dane osobowe, na przetwarzanie których została wyrażona przez Ciebie zgoda, będziemy przechowywać do</w:t>
+              <w:t xml:space="preserve">Dane osobowe, na przetwarzanie których została wyrażona przez Ciebie zgoda, będziemy przechowywać </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006E69CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>do</w:t>
             </w:r>
             <w:r w:rsidRPr="006E69CC">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-                <w:i/>
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>czasu</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="006E69CC">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>czasu jej wycofania.</w:t>
+              <w:t xml:space="preserve"> jej wycofania.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C04C5E" w14:paraId="2AC25851" w14:textId="77777777" w:rsidTr="007A2385">
+      <w:tr w:rsidR="00C04C5E" w14:paraId="0154E425" w14:textId="77777777" w:rsidTr="007A2385">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2405" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="07B91188" w14:textId="77777777" w:rsidR="00C04C5E" w:rsidRDefault="00C04C5E" w:rsidP="007A2385">
+          <w:p w14:paraId="125A6E60" w14:textId="77777777" w:rsidR="00C04C5E" w:rsidRDefault="00C04C5E" w:rsidP="007A2385">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Odbiorcy danych</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6775" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="61E254D6" w14:textId="77777777" w:rsidR="00C04C5E" w:rsidRPr="00EF2E61" w:rsidRDefault="00C04C5E" w:rsidP="007A2385">
+          <w:p w14:paraId="32491C29" w14:textId="77777777" w:rsidR="00C04C5E" w:rsidRPr="00EF2E61" w:rsidRDefault="00C04C5E" w:rsidP="007A2385">
             <w:pPr>
               <w:pStyle w:val="Tekstpodstawowy"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EF2E61">
               <w:t xml:space="preserve">W toku prowadzonego postępowania może zaistnieć konieczność wykonania pomiarów i sporządzenia szkicu lokalu mieszkalnego. W tym przypadku przekażemy Twoje dane osobowe architektowi </w:t>
             </w:r>
             <w:r w:rsidRPr="00EF2E61">
               <w:br/>
-            </w:r>
-[...1 lines deleted...]
-              <w:lastRenderedPageBreak/>
               <w:t>w celach kontaktowych. Bę</w:t>
             </w:r>
             <w:r w:rsidRPr="00EF2E61">
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
-              <w:t xml:space="preserve">dziemy przekazywać wyłącznie dane osobowe w zakresie: imię i nazwisko, numer telefonu, adres </w:t>
+              <w:t xml:space="preserve">dziemy przekazywać wyłącznie dane </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EF2E61">
+              <w:rPr>
+                <w:iCs/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">osobowe w zakresie: imię i nazwisko, numer telefonu, adres </w:t>
             </w:r>
             <w:r w:rsidRPr="00EF2E61">
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
               <w:br/>
               <w:t>e-mail.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="42DD8C0E" w14:textId="77777777" w:rsidR="00C04C5E" w:rsidRPr="00EF2E61" w:rsidRDefault="00C04C5E" w:rsidP="007A2385">
+          <w:p w14:paraId="39CA2F15" w14:textId="77777777" w:rsidR="00C04C5E" w:rsidRPr="00EF2E61" w:rsidRDefault="00C04C5E" w:rsidP="007A2385">
             <w:pPr>
               <w:pStyle w:val="Tekstpodstawowy"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EF2E61">
               <w:t xml:space="preserve">W związku z koniecznością sporządzenia wyceny wartości lokalu mieszkalnego przekażemy Twoje dane osobowe rzeczoznawcy majątkowemu w celach kontaktowych. </w:t>
             </w:r>
             <w:r w:rsidRPr="00EF2E61">
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
               <w:t>W tym przypadku będziemy przekazywać wyłącznie dane osobowe w zakresie: imię i nazwisko, numer telefonu, adres e-mail.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4852C7A8" w14:textId="77777777" w:rsidR="00C04C5E" w:rsidRPr="00EF2E61" w:rsidRDefault="00C04C5E" w:rsidP="00C04C5E">
+          <w:p w14:paraId="1C7CF878" w14:textId="77777777" w:rsidR="00C04C5E" w:rsidRPr="00EF2E61" w:rsidRDefault="00C04C5E" w:rsidP="00C04C5E">
             <w:pPr>
               <w:pStyle w:val="Tytu"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EF2E61">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Twoje dane zostaną udostępnione podmiotom upoważnionym na podstawie przepisów prawa</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -8493,109 +9236,109 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">dczenia usług serwisu, rozwoju </w:t>
             </w:r>
             <w:r w:rsidRPr="00EF2E61">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>i utrzymania systemów informatycznych</w:t>
             </w:r>
             <w:r w:rsidRPr="00EF2E61">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C04C5E" w14:paraId="55C51FC0" w14:textId="77777777" w:rsidTr="007A2385">
+      <w:tr w:rsidR="00C04C5E" w14:paraId="4520FFE5" w14:textId="77777777" w:rsidTr="007A2385">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2405" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7CC2DE8F" w14:textId="77777777" w:rsidR="00C04C5E" w:rsidRDefault="00C04C5E" w:rsidP="007A2385">
+          <w:p w14:paraId="30C11D09" w14:textId="77777777" w:rsidR="00C04C5E" w:rsidRDefault="00C04C5E" w:rsidP="007A2385">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>P</w:t>
             </w:r>
             <w:r w:rsidRPr="006F0378">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>rawa związane z przetwarzaniem danych osobowych</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6775" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5AE10A8F" w14:textId="77777777" w:rsidR="00C04C5E" w:rsidRPr="006E69CC" w:rsidRDefault="00C04C5E" w:rsidP="007A2385">
+          <w:p w14:paraId="7B83A195" w14:textId="77777777" w:rsidR="00C04C5E" w:rsidRPr="006E69CC" w:rsidRDefault="00C04C5E" w:rsidP="007A2385">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E69CC">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Przysługują Ci następujące prawa związane z przetwarzaniem danych osobowych:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="065EFE79" w14:textId="77777777" w:rsidR="00C04C5E" w:rsidRPr="006E69CC" w:rsidRDefault="00C04C5E" w:rsidP="007A2385">
+          <w:p w14:paraId="03DAC921" w14:textId="77777777" w:rsidR="00C04C5E" w:rsidRPr="006E69CC" w:rsidRDefault="00C04C5E" w:rsidP="007A2385">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:suppressLineNumbers/>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="289" w:hanging="284"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E69CC">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r w:rsidRPr="006E69CC">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
@@ -8616,376 +9359,360 @@
             <w:r w:rsidRPr="006E69CC">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Wycofanie zgody nie ma wpływu na zgodność z prawem przetwarzania, którego dokonano </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="006E69CC">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>na podstawie Twojej zgody przed jej wycofaniem,</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0555185D" w14:textId="77777777" w:rsidR="00C04C5E" w:rsidRPr="006E69CC" w:rsidRDefault="00C04C5E" w:rsidP="007A2385">
+          <w:p w14:paraId="7B62B9BF" w14:textId="77777777" w:rsidR="00C04C5E" w:rsidRPr="006E69CC" w:rsidRDefault="00C04C5E" w:rsidP="007A2385">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:suppressLineNumbers/>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="289" w:hanging="289"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E69CC">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r w:rsidRPr="006E69CC">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:tab/>
               <w:t>prawo dostępu do Twoich danych osobowych,</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2C94684D" w14:textId="77777777" w:rsidR="00C04C5E" w:rsidRPr="006E69CC" w:rsidRDefault="00C04C5E" w:rsidP="007A2385">
+          <w:p w14:paraId="157CCE86" w14:textId="77777777" w:rsidR="00C04C5E" w:rsidRPr="006E69CC" w:rsidRDefault="00C04C5E" w:rsidP="007A2385">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:suppressLineNumbers/>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="289" w:hanging="284"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E69CC">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r w:rsidRPr="006E69CC">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:tab/>
               <w:t>prawo żądania sprostowania Twoich danych osobowych,</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="54721482" w14:textId="77777777" w:rsidR="00C04C5E" w:rsidRPr="006E69CC" w:rsidRDefault="00C04C5E" w:rsidP="007A2385">
+          <w:p w14:paraId="700BA126" w14:textId="77777777" w:rsidR="00C04C5E" w:rsidRPr="006E69CC" w:rsidRDefault="00C04C5E" w:rsidP="007A2385">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:suppressLineNumbers/>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="289" w:hanging="284"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E69CC">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r w:rsidRPr="006E69CC">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:tab/>
               <w:t>prawo żądania usunięcia Twoich danych osobowych,</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3789A475" w14:textId="77777777" w:rsidR="00C04C5E" w:rsidRPr="006E69CC" w:rsidRDefault="00C04C5E" w:rsidP="007A2385">
+          <w:p w14:paraId="09323109" w14:textId="77777777" w:rsidR="00C04C5E" w:rsidRPr="006E69CC" w:rsidRDefault="00C04C5E" w:rsidP="007A2385">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:suppressLineNumbers/>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="289" w:hanging="289"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E69CC">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r w:rsidRPr="006E69CC">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:tab/>
               <w:t>prawo żądania ograniczenia przetwarzania Twoich danych osobowych,</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3676DF31" w14:textId="77777777" w:rsidR="00C04C5E" w:rsidRPr="006E69CC" w:rsidRDefault="00C04C5E" w:rsidP="007A2385">
+          <w:p w14:paraId="658FCE0E" w14:textId="77777777" w:rsidR="00C04C5E" w:rsidRPr="006E69CC" w:rsidRDefault="00C04C5E" w:rsidP="007A2385">
             <w:pPr>
               <w:pStyle w:val="Akapitzlist"/>
               <w:suppressLineNumbers/>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="289" w:hanging="289"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E69CC">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r w:rsidRPr="006E69CC">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:tab/>
               <w:t xml:space="preserve">prawo do przenoszenia Twoich danych osobowych, tj. prawo otrzymania od nas Twoich danych osobowych, </w:t>
             </w:r>
             <w:r w:rsidRPr="006E69CC">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">w ustrukturyzowanym, powszechnie używanym formacie informatycznym nadającym się do odczytu maszynowego. Możesz przesłać te dane innemu administratorowi danych lub zażądać, abyśmy przesłali Twoje dane do innego administratora. Jednakże zrobimy to tylko jeśli takie przesłanie jest technicznie możliwe. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="095D279B" w14:textId="77777777" w:rsidR="00C04C5E" w:rsidRPr="00964A9F" w:rsidRDefault="00C04C5E" w:rsidP="007A2385">
+          <w:p w14:paraId="58E0DA3B" w14:textId="77777777" w:rsidR="00C04C5E" w:rsidRPr="00964A9F" w:rsidRDefault="00C04C5E" w:rsidP="007A2385">
             <w:pPr>
               <w:pStyle w:val="Tekstpodstawowy"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="00964A9F">
               <w:t xml:space="preserve">Aby skorzystać z </w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">powyższych praw, skontaktuj się </w:t>
             </w:r>
             <w:r w:rsidRPr="00964A9F">
               <w:t>z Administratorem danych lub Inspektorem Ochrony Danych (dane kontaktowe powyżej, w wierszach 1 i 2 tabeli).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C04C5E" w:rsidRPr="00113890" w14:paraId="0AC7E263" w14:textId="77777777" w:rsidTr="007A2385">
+      <w:tr w:rsidR="00C04C5E" w:rsidRPr="00113890" w14:paraId="67F2096C" w14:textId="77777777" w:rsidTr="007A2385">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2405" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="065FFCAB" w14:textId="77777777" w:rsidR="00C04C5E" w:rsidRPr="00EF2E61" w:rsidRDefault="00C04C5E" w:rsidP="007A2385">
+          <w:p w14:paraId="1E05D4B4" w14:textId="77777777" w:rsidR="00C04C5E" w:rsidRPr="00EF2E61" w:rsidRDefault="00C04C5E" w:rsidP="007A2385">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EF2E61">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Prawo wniesienia skargi do organu</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6775" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2B6CDF86" w14:textId="24D419CC" w:rsidR="00C04C5E" w:rsidRPr="006E69CC" w:rsidRDefault="00C04C5E" w:rsidP="007A2385">
+          <w:p w14:paraId="60BDAF11" w14:textId="77777777" w:rsidR="00C04C5E" w:rsidRPr="006E69CC" w:rsidRDefault="00C04C5E" w:rsidP="007A2385">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E69CC">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Przysługuje Ci także prawo wniesienia skargi do organu nadzorczego zajmującego się ochroną danych osobowych, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="006E69CC">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>tj. Prezesa Urzędu Ochrony Danych Osobowych</w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">tj. Prezesa Urzędu Ochrony Danych Osobowych, ul. Stawki 2, 00-193 Warszawa. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3144A71D" w14:textId="77777777" w:rsidR="00E31A9C" w:rsidRPr="00615A92" w:rsidRDefault="00E31A9C" w:rsidP="00E31A9C">
+    <w:p w14:paraId="4B6063CD" w14:textId="77777777" w:rsidR="00E31A9C" w:rsidRPr="00615A92" w:rsidRDefault="00E31A9C" w:rsidP="00E31A9C">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy3"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="31CBD163" w14:textId="77777777" w:rsidR="00E31A9C" w:rsidRDefault="00E31A9C" w:rsidP="00E31A9C">
+    <w:p w14:paraId="4BE19B12" w14:textId="77777777" w:rsidR="00E31A9C" w:rsidRDefault="00E31A9C" w:rsidP="00E31A9C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist1"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="NSimSun" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="732C923C" w14:textId="77777777" w:rsidR="00E31A9C" w:rsidRPr="006E69CC" w:rsidRDefault="00E31A9C" w:rsidP="00E31A9C">
+    <w:p w14:paraId="2906D516" w14:textId="77777777" w:rsidR="00E31A9C" w:rsidRPr="006E69CC" w:rsidRDefault="00E31A9C" w:rsidP="00E31A9C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist1"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="NSimSun" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006E69CC">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="NSimSun" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Zgoda na przetwarzanie danych osobowych:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FF30EBF" w14:textId="77777777" w:rsidR="00E31A9C" w:rsidRPr="006E69CC" w:rsidRDefault="00E31A9C" w:rsidP="00E31A9C">
+    <w:p w14:paraId="062974C7" w14:textId="77777777" w:rsidR="00E31A9C" w:rsidRPr="006E69CC" w:rsidRDefault="00E31A9C" w:rsidP="00E31A9C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist1"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="NSimSun" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7A896E1B" w14:textId="77777777" w:rsidR="00E31A9C" w:rsidRPr="006E69CC" w:rsidRDefault="00E31A9C" w:rsidP="00E31A9C">
+    <w:p w14:paraId="7F71AA37" w14:textId="77777777" w:rsidR="00E31A9C" w:rsidRPr="006E69CC" w:rsidRDefault="00E31A9C" w:rsidP="00E31A9C">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006E69CC">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="NSimSun" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Wyrażam zgodę</w:t>
       </w:r>
       <w:r w:rsidRPr="006E69CC">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>, aby moje dane osobowe w zakresie obejmującym: numer telefonu, adres e-mail, były przetwarzane przez Gminę Wrocław w celu realizacj</w:t>
       </w:r>
       <w:r>
@@ -9007,305 +9734,311 @@
       <w:r w:rsidRPr="006E69CC">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="NSimSun" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="006E69CC">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Zgoda może być w każdym momencie wycofana poprzez złożenie pisemnego oświadczenia w </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Kancelarii Urzędu Miejskiego Wrocławia.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0551EEE8" w14:textId="77777777" w:rsidR="00E31A9C" w:rsidRDefault="00E31A9C" w:rsidP="00E31A9C">
+    <w:p w14:paraId="469BFB76" w14:textId="77777777" w:rsidR="00E31A9C" w:rsidRDefault="00E31A9C" w:rsidP="00E31A9C">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3346FFBE" w14:textId="0C1F6ED6" w:rsidR="00E31A9C" w:rsidRPr="006E69CC" w:rsidRDefault="009C4FE5" w:rsidP="00E31A9C">
+    <w:p w14:paraId="690AC4E4" w14:textId="177F3CB5" w:rsidR="00E31A9C" w:rsidRPr="006E69CC" w:rsidRDefault="008572F6" w:rsidP="00E31A9C">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251734016" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3DF1DC91" wp14:editId="592218D4">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251734016" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="56A46CB2" wp14:editId="1D45BD63">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>3184525</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>76200</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="2693035" cy="527685"/>
-                <wp:effectExtent l="7620" t="7620" r="13970" b="7620"/>
+                <wp:effectExtent l="7620" t="5080" r="13970" b="10160"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Rectangle 76"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="2693035" cy="527685"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="11B8271A" id="Rectangle 76" o:spid="_x0000_s1026" style="position:absolute;margin-left:250.75pt;margin-top:6pt;width:212.05pt;height:41.55pt;z-index:251734016;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA7yGf2IQIAAD0EAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/06TZXqOmq1WXIqQF&#10;Vix8gOs4iYVvjN2m5esZO93SBZ4QfrA8nvHxmTMzq9ujVuQgwEtrKjoe5ZQIw20tTVvRr1+2bxaU&#10;+MBMzZQ1oqIn4ent+vWrVe9KUdjOqloAQRDjy95VtAvBlVnmeSc08yPrhEFnY0GzgCa0WQ2sR3St&#10;siLPZ1lvoXZgufAeb+8HJ10n/KYRPHxqGi8CURVFbiHtkPZd3LP1ipUtMNdJfqbB/oGFZtLgpxeo&#10;exYY2YP8A0pLDtbbJoy41ZltGslFygGzGee/ZfPUMSdSLiiOdxeZ/P+D5R8Pj0BkjbWjxDCNJfqM&#10;ojHTKkHms6hP73yJYU/uEWKG3j1Y/s0TYzcdhok7ANt3gtXIahzjsxcPouHxKdn1H2yN8GwfbJLq&#10;2ICOgCgCOaaKnC4VEcdAOF4Ws+VNfjOlhKNvWsxni2n6gpXPrx348E5YTeKhooDkEzo7PPgQ2bDy&#10;OSSxt0rWW6lUMqDdbRSQA8Pu2KZ1RvfXYcqQvqLLaTFNyC98/hoiT+tvEFoGbHMldUUXlyBWRtne&#10;mjo1YWBSDWekrMxZxyjdUIKdrU8oI9ihh3Hm8NBZ+EFJj/1bUf99z0BQot4bLMVyPJnEhk/GZDov&#10;0IBrz+7awwxHqIoGSobjJgxDsncg2w5/Gqfcjb3D8jUyKRtLO7A6k8UeTYKf5ykOwbWdon5N/fon&#10;AAAA//8DAFBLAwQUAAYACAAAACEAqBMDSN4AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7D&#10;MBBE70j8g7VI3KidoFQ0xKkQqEgc2/TCzYmXJBCvo9hpA1/PcqK3Hc3T7EyxXdwgTjiF3pOGZKVA&#10;IDXe9tRqOFa7uwcQIRqyZvCEGr4xwLa8vipMbv2Z9ng6xFZwCIXcaOhiHHMpQ9OhM2HlRyT2Pvzk&#10;TGQ5tdJO5szhbpCpUmvpTE/8oTMjPnfYfB1mp6Hu06P52Vevym129/FtqT7n9xetb2+Wp0cQEZf4&#10;D8Nffa4OJXeq/Uw2iEFDppKMUTZS3sTAJs3WIGo+sgRkWcjLBeUvAAAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhADvIZ/YhAgAAPQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhAKgTA0jeAAAACQEAAA8AAAAAAAAAAAAAAAAAewQAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAACGBQAAAAA=&#10;"/>
+              <v:rect w14:anchorId="5123FA81" id="Rectangle 76" o:spid="_x0000_s1026" style="position:absolute;margin-left:250.75pt;margin-top:6pt;width:212.05pt;height:41.55pt;z-index:251734016;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA7yGf2IQIAAD0EAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/06TZXqOmq1WXIqQF&#10;Vix8gOs4iYVvjN2m5esZO93SBZ4QfrA8nvHxmTMzq9ujVuQgwEtrKjoe5ZQIw20tTVvRr1+2bxaU&#10;+MBMzZQ1oqIn4ent+vWrVe9KUdjOqloAQRDjy95VtAvBlVnmeSc08yPrhEFnY0GzgCa0WQ2sR3St&#10;siLPZ1lvoXZgufAeb+8HJ10n/KYRPHxqGi8CURVFbiHtkPZd3LP1ipUtMNdJfqbB/oGFZtLgpxeo&#10;exYY2YP8A0pLDtbbJoy41ZltGslFygGzGee/ZfPUMSdSLiiOdxeZ/P+D5R8Pj0BkjbWjxDCNJfqM&#10;ojHTKkHms6hP73yJYU/uEWKG3j1Y/s0TYzcdhok7ANt3gtXIahzjsxcPouHxKdn1H2yN8GwfbJLq&#10;2ICOgCgCOaaKnC4VEcdAOF4Ws+VNfjOlhKNvWsxni2n6gpXPrx348E5YTeKhooDkEzo7PPgQ2bDy&#10;OSSxt0rWW6lUMqDdbRSQA8Pu2KZ1RvfXYcqQvqLLaTFNyC98/hoiT+tvEFoGbHMldUUXlyBWRtne&#10;mjo1YWBSDWekrMxZxyjdUIKdrU8oI9ihh3Hm8NBZ+EFJj/1bUf99z0BQot4bLMVyPJnEhk/GZDov&#10;0IBrz+7awwxHqIoGSobjJgxDsncg2w5/Gqfcjb3D8jUyKRtLO7A6k8UeTYKf5ykOwbWdon5N/fon&#10;AAAA//8DAFBLAwQUAAYACAAAACEAqBMDSN4AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7D&#10;MBBE70j8g7VI3KidoFQ0xKkQqEgc2/TCzYmXJBCvo9hpA1/PcqK3Hc3T7EyxXdwgTjiF3pOGZKVA&#10;IDXe9tRqOFa7uwcQIRqyZvCEGr4xwLa8vipMbv2Z9ng6xFZwCIXcaOhiHHMpQ9OhM2HlRyT2Pvzk&#10;TGQ5tdJO5szhbpCpUmvpTE/8oTMjPnfYfB1mp6Hu06P52Vevym129/FtqT7n9xetb2+Wp0cQEZf4&#10;D8Nffa4OJXeq/Uw2iEFDppKMUTZS3sTAJs3WIGo+sgRkWcjLBeUvAAAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhADvIZ/YhAgAAPQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhAKgTA0jeAAAACQEAAA8AAAAAAAAAAAAAAAAAewQAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAACGBQAAAAA=&#10;"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45CDDE1C" w14:textId="77777777" w:rsidR="00E31A9C" w:rsidRDefault="00E31A9C" w:rsidP="00E31A9C">
+    <w:p w14:paraId="5D3055AA" w14:textId="77777777" w:rsidR="00E31A9C" w:rsidRDefault="00E31A9C" w:rsidP="00E31A9C">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="3538" w:firstLine="708"/>
         <w:jc w:val="right"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="05CEB9F5" w14:textId="77777777" w:rsidR="00E31A9C" w:rsidRDefault="00E31A9C" w:rsidP="00E31A9C">
+    <w:p w14:paraId="225337BF" w14:textId="77777777" w:rsidR="00E31A9C" w:rsidRDefault="00E31A9C" w:rsidP="00E31A9C">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="3538" w:firstLine="708"/>
         <w:jc w:val="right"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="66C0A10D" w14:textId="77777777" w:rsidR="00E31A9C" w:rsidRDefault="00E31A9C" w:rsidP="00E31A9C">
+    <w:p w14:paraId="6D8E5DD2" w14:textId="77777777" w:rsidR="00E31A9C" w:rsidRDefault="00E31A9C" w:rsidP="00E31A9C">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="3538" w:firstLine="708"/>
         <w:jc w:val="right"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="06EF60A5" w14:textId="77777777" w:rsidR="00E31A9C" w:rsidRPr="002E3EEB" w:rsidRDefault="00E31A9C" w:rsidP="00E31A9C">
+    <w:p w14:paraId="09B22D6A" w14:textId="77777777" w:rsidR="00E31A9C" w:rsidRPr="002E3EEB" w:rsidRDefault="00E31A9C" w:rsidP="00E31A9C">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="3538" w:firstLine="708"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002E3EEB">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>podpis osoby lub osób wyrażających zgodę</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="285B4327" w14:textId="77777777" w:rsidR="00E31A9C" w:rsidRPr="002E3EEB" w:rsidRDefault="00E31A9C" w:rsidP="00000E12">
+    <w:p w14:paraId="1384F32F" w14:textId="77777777" w:rsidR="00E31A9C" w:rsidRPr="002E3EEB" w:rsidRDefault="00E31A9C" w:rsidP="00000E12">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00E31A9C" w:rsidRPr="002E3EEB" w:rsidSect="003438A4">
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="899" w:right="1417" w:bottom="360" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="782DE6F1" w14:textId="77777777" w:rsidR="00396709" w:rsidRDefault="00396709">
+    <w:p w14:paraId="6FDAC196" w14:textId="77777777" w:rsidR="00F13473" w:rsidRDefault="00F13473">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1EB6C1D5" w14:textId="77777777" w:rsidR="00396709" w:rsidRDefault="00396709">
+    <w:p w14:paraId="0E14B173" w14:textId="77777777" w:rsidR="00F13473" w:rsidRDefault="00F13473">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="EE"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="EE"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana,Bold">
     <w:altName w:val="Verdana"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="EE"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000005" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000002" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Liberation Mono">
-    <w:altName w:val="Courier New"/>
+    <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
-    <w:family w:val="modern"/>
+    <w:family w:val="roman"/>
     <w:notTrueType/>
-    <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="NSimSun">
     <w:panose1 w:val="02010609030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Helv">
     <w:panose1 w:val="020B0604020202030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
@@ -9320,187 +10053,187 @@
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:id w:val="173105411"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr/>
     <w:sdtContent>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="810570653"/>
           <w:docPartObj>
             <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
             <w:docPartUnique/>
           </w:docPartObj>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:p w14:paraId="185EB285" w14:textId="77777777" w:rsidR="004614A3" w:rsidRPr="00DF038E" w:rsidRDefault="004614A3" w:rsidP="00DF038E">
+          <w:p w14:paraId="4CDD5E72" w14:textId="77777777" w:rsidR="00F13473" w:rsidRPr="00DF038E" w:rsidRDefault="00F13473" w:rsidP="00DF038E">
             <w:pPr>
               <w:pStyle w:val="Stopka"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002E3EEB">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Strona </w:t>
             </w:r>
-            <w:r w:rsidR="00F817D7" w:rsidRPr="002E3EEB">
+            <w:r w:rsidR="003D7B57" w:rsidRPr="002E3EEB">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="002E3EEB">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText>PAGE</w:instrText>
             </w:r>
-            <w:r w:rsidR="00F817D7" w:rsidRPr="002E3EEB">
+            <w:r w:rsidR="003D7B57" w:rsidRPr="002E3EEB">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00CB077F">
+            <w:r w:rsidR="004957F0">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>1</w:t>
+              <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00F817D7" w:rsidRPr="002E3EEB">
+            <w:r w:rsidR="003D7B57" w:rsidRPr="002E3EEB">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="002E3EEB">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> z </w:t>
             </w:r>
-            <w:r w:rsidR="00F817D7" w:rsidRPr="002E3EEB">
+            <w:r w:rsidR="003D7B57" w:rsidRPr="002E3EEB">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="002E3EEB">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText>NUMPAGES</w:instrText>
             </w:r>
-            <w:r w:rsidR="00F817D7" w:rsidRPr="002E3EEB">
+            <w:r w:rsidR="003D7B57" w:rsidRPr="002E3EEB">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00CB077F">
+            <w:r w:rsidR="004957F0">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
-            <w:r w:rsidR="00F817D7" w:rsidRPr="002E3EEB">
+            <w:r w:rsidR="003D7B57" w:rsidRPr="002E3EEB">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:sdtContent>
       </w:sdt>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="12D90537" w14:textId="77777777" w:rsidR="00396709" w:rsidRDefault="00396709">
+    <w:p w14:paraId="7CEAD7C8" w14:textId="77777777" w:rsidR="00F13473" w:rsidRDefault="00F13473">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4C344415" w14:textId="77777777" w:rsidR="00396709" w:rsidRDefault="00396709">
+    <w:p w14:paraId="351CFA42" w14:textId="77777777" w:rsidR="00F13473" w:rsidRDefault="00F13473">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="368418BD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6D362FFE"/>
     <w:lvl w:ilvl="0" w:tplc="04150001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
@@ -10287,213 +11020,265 @@
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="140"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="009616FF"/>
+    <w:rsid w:val="000003FB"/>
     <w:rsid w:val="00000E12"/>
     <w:rsid w:val="00016855"/>
     <w:rsid w:val="0001766C"/>
     <w:rsid w:val="000223D0"/>
     <w:rsid w:val="00061BD7"/>
     <w:rsid w:val="00081182"/>
     <w:rsid w:val="00081C72"/>
     <w:rsid w:val="00084910"/>
     <w:rsid w:val="00091EE5"/>
+    <w:rsid w:val="00094523"/>
+    <w:rsid w:val="000C3A22"/>
     <w:rsid w:val="000C6094"/>
-    <w:rsid w:val="000D413F"/>
     <w:rsid w:val="000D779C"/>
+    <w:rsid w:val="000E3DA1"/>
     <w:rsid w:val="00110F4A"/>
+    <w:rsid w:val="00112371"/>
+    <w:rsid w:val="00175AF3"/>
     <w:rsid w:val="0017660D"/>
     <w:rsid w:val="001808C9"/>
+    <w:rsid w:val="00181EDC"/>
     <w:rsid w:val="00195972"/>
     <w:rsid w:val="001B480C"/>
+    <w:rsid w:val="001B58D5"/>
+    <w:rsid w:val="001E1146"/>
+    <w:rsid w:val="001E731B"/>
     <w:rsid w:val="001F5E8E"/>
+    <w:rsid w:val="002335D2"/>
     <w:rsid w:val="002617DC"/>
     <w:rsid w:val="002920CE"/>
     <w:rsid w:val="002B58B2"/>
     <w:rsid w:val="002C7E2E"/>
     <w:rsid w:val="002E3EEB"/>
     <w:rsid w:val="002E4303"/>
-    <w:rsid w:val="00316034"/>
+    <w:rsid w:val="002F3F68"/>
+    <w:rsid w:val="002F4896"/>
     <w:rsid w:val="00316FAF"/>
     <w:rsid w:val="003438A4"/>
     <w:rsid w:val="0037157E"/>
-    <w:rsid w:val="00396709"/>
+    <w:rsid w:val="003818BE"/>
+    <w:rsid w:val="0038776B"/>
+    <w:rsid w:val="0039685E"/>
+    <w:rsid w:val="00397216"/>
     <w:rsid w:val="003A79A5"/>
     <w:rsid w:val="003C1C9B"/>
-    <w:rsid w:val="003D500E"/>
+    <w:rsid w:val="003C67D8"/>
+    <w:rsid w:val="003D2EBC"/>
+    <w:rsid w:val="003D7B57"/>
+    <w:rsid w:val="00400A72"/>
     <w:rsid w:val="0040507A"/>
+    <w:rsid w:val="00415FBA"/>
     <w:rsid w:val="00430FBD"/>
+    <w:rsid w:val="0045258A"/>
     <w:rsid w:val="004614A3"/>
+    <w:rsid w:val="00483E39"/>
+    <w:rsid w:val="004957F0"/>
+    <w:rsid w:val="004C06A4"/>
+    <w:rsid w:val="004C1B53"/>
+    <w:rsid w:val="004C662C"/>
     <w:rsid w:val="004E76F6"/>
     <w:rsid w:val="004F4114"/>
     <w:rsid w:val="0050425B"/>
+    <w:rsid w:val="005052E6"/>
     <w:rsid w:val="00520654"/>
+    <w:rsid w:val="00521ABA"/>
     <w:rsid w:val="00561D44"/>
+    <w:rsid w:val="00566774"/>
     <w:rsid w:val="005877C9"/>
     <w:rsid w:val="00590A11"/>
     <w:rsid w:val="005A7624"/>
     <w:rsid w:val="00611711"/>
     <w:rsid w:val="00661CEE"/>
     <w:rsid w:val="00661D49"/>
     <w:rsid w:val="00662887"/>
     <w:rsid w:val="006F3F5F"/>
     <w:rsid w:val="00735A9E"/>
     <w:rsid w:val="007843EB"/>
+    <w:rsid w:val="007911DE"/>
     <w:rsid w:val="007970FC"/>
     <w:rsid w:val="007A2385"/>
     <w:rsid w:val="007B33D7"/>
+    <w:rsid w:val="007C7E8E"/>
     <w:rsid w:val="007D3251"/>
     <w:rsid w:val="007D64EB"/>
     <w:rsid w:val="007D7A5F"/>
+    <w:rsid w:val="007E13FF"/>
     <w:rsid w:val="0080501A"/>
+    <w:rsid w:val="00843BD6"/>
+    <w:rsid w:val="00846393"/>
     <w:rsid w:val="00854935"/>
     <w:rsid w:val="0085619F"/>
-    <w:rsid w:val="00862536"/>
+    <w:rsid w:val="008572F6"/>
     <w:rsid w:val="0087523E"/>
+    <w:rsid w:val="0087600F"/>
+    <w:rsid w:val="00876273"/>
+    <w:rsid w:val="00893796"/>
     <w:rsid w:val="00894A6C"/>
+    <w:rsid w:val="008964C5"/>
     <w:rsid w:val="008B20CC"/>
     <w:rsid w:val="008B48A1"/>
     <w:rsid w:val="008D1AD6"/>
     <w:rsid w:val="00906ADF"/>
     <w:rsid w:val="009158D2"/>
+    <w:rsid w:val="00944CEA"/>
     <w:rsid w:val="009616FF"/>
     <w:rsid w:val="00964A9F"/>
     <w:rsid w:val="00967FC3"/>
     <w:rsid w:val="00983B34"/>
-    <w:rsid w:val="009C4FE5"/>
+    <w:rsid w:val="009872FE"/>
+    <w:rsid w:val="0099660E"/>
+    <w:rsid w:val="009C7571"/>
     <w:rsid w:val="009E7FB6"/>
-    <w:rsid w:val="009F4EA1"/>
+    <w:rsid w:val="00A078CA"/>
     <w:rsid w:val="00A36700"/>
     <w:rsid w:val="00A402CE"/>
     <w:rsid w:val="00AE1A04"/>
+    <w:rsid w:val="00B050CA"/>
     <w:rsid w:val="00B14DCB"/>
+    <w:rsid w:val="00B4014F"/>
     <w:rsid w:val="00B45DE0"/>
     <w:rsid w:val="00BA18F4"/>
+    <w:rsid w:val="00BA2292"/>
+    <w:rsid w:val="00BC1B43"/>
     <w:rsid w:val="00BD5650"/>
     <w:rsid w:val="00BE6F1D"/>
+    <w:rsid w:val="00BF356F"/>
     <w:rsid w:val="00C04C5E"/>
-    <w:rsid w:val="00C11A16"/>
     <w:rsid w:val="00C26276"/>
     <w:rsid w:val="00C5416F"/>
+    <w:rsid w:val="00C7274E"/>
     <w:rsid w:val="00CB077F"/>
     <w:rsid w:val="00CD01FD"/>
     <w:rsid w:val="00CE5983"/>
     <w:rsid w:val="00CF7763"/>
     <w:rsid w:val="00D104A6"/>
     <w:rsid w:val="00D2090E"/>
+    <w:rsid w:val="00D27E00"/>
     <w:rsid w:val="00D46DEB"/>
-    <w:rsid w:val="00D6213E"/>
-    <w:rsid w:val="00D80D46"/>
+    <w:rsid w:val="00D62FDB"/>
+    <w:rsid w:val="00D94C2A"/>
+    <w:rsid w:val="00DA5826"/>
     <w:rsid w:val="00DB60F8"/>
-    <w:rsid w:val="00DC03F1"/>
     <w:rsid w:val="00DF038E"/>
+    <w:rsid w:val="00E12EAA"/>
     <w:rsid w:val="00E3085E"/>
     <w:rsid w:val="00E31A9C"/>
-    <w:rsid w:val="00E455B9"/>
+    <w:rsid w:val="00E4223D"/>
     <w:rsid w:val="00EA235A"/>
-    <w:rsid w:val="00EA250D"/>
     <w:rsid w:val="00EA42F5"/>
+    <w:rsid w:val="00EC48E4"/>
     <w:rsid w:val="00ED5351"/>
     <w:rsid w:val="00EF2E61"/>
     <w:rsid w:val="00F10A12"/>
+    <w:rsid w:val="00F13473"/>
     <w:rsid w:val="00F22EEC"/>
     <w:rsid w:val="00F369BA"/>
     <w:rsid w:val="00F559DD"/>
+    <w:rsid w:val="00F758AF"/>
     <w:rsid w:val="00F817D7"/>
     <w:rsid w:val="00FA17FA"/>
+    <w:rsid w:val="00FE4614"/>
     <w:rsid w:val="00FF535A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="0"/>
+    <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pl-PL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026">
+      <o:colormenu v:ext="edit" fillcolor="none"/>
+    </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="053AE6E7"/>
-  <w15:docId w15:val="{B2EC961B-78EF-4E89-A00F-3D47C243FDA5}"/>
+  <w14:docId w14:val="48DDC151"/>
+  <w15:docId w15:val="{91A1E99F-458A-433B-B998-D71C3C5263A3}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="pl-PL" w:eastAsia="pl-PL" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -11201,83 +11986,162 @@
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="text-justify">
     <w:name w:val="text-justify"/>
     <w:basedOn w:val="Normalny"/>
     <w:rsid w:val="008D1AD6"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
   </w:style>
   <w:style w:type="table" w:styleId="Tabela-Siatka">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="Standardowy"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00CD01FD"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Tekstdymka">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:link w:val="TekstdymkaZnak"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="003D2EBC"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TekstdymkaZnak">
+    <w:name w:val="Tekst dymka Znak"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:link w:val="Tekstdymka"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="003D2EBC"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="976645697">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1188714441">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1452556921">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1643342438">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1686860220">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1852793936">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2011787472">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2072117777">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
@@ -11562,78 +12426,78 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AEFB2291-101C-4EE7-A65A-3EFEE548D065}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{48F39535-81AC-4AB9-8ECD-FC5C091D0F19}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>7</Pages>
-  <Words>1738</Words>
-  <Characters>10429</Characters>
+  <Words>1911</Words>
+  <Characters>11955</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>86</Lines>
-  <Paragraphs>24</Paragraphs>
+  <Lines>99</Lines>
+  <Paragraphs>27</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>UMW</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>12143</CharactersWithSpaces>
+  <CharactersWithSpaces>13839</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>umjowi02</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>