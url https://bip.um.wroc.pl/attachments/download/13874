--- v0 (2025-10-07)
+++ v1 (2026-02-02)
@@ -1,31 +1,32 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
@@ -139,547 +140,1260 @@
         <w:ind w:left="4248" w:firstLine="708"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Urzędu Miejskiego Wrocławia</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="67CD1E5E" w14:textId="77777777" w:rsidR="00CC7B58" w:rsidRDefault="00CC7B58" w:rsidP="00570ADB">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="4248" w:firstLine="708"/>
       </w:pPr>
       <w:r>
         <w:t>pl. Nowy Targ 1-8     50-141 Wrocław</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4312E5A6" w14:textId="77777777" w:rsidR="00CC7B58" w:rsidRDefault="00CC7B58" w:rsidP="00570ADB">
+    <w:p w14:paraId="4B176A0F" w14:textId="77777777" w:rsidR="00464687" w:rsidRDefault="00464687" w:rsidP="00464687">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9639" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="57" w:type="dxa"/>
           <w:left w:w="57" w:type="dxa"/>
           <w:bottom w:w="57" w:type="dxa"/>
           <w:right w:w="57" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="380"/>
         <w:gridCol w:w="9259"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00CC7B58" w14:paraId="498D8BEB" w14:textId="77777777">
+      <w:tr w:rsidR="00464687" w:rsidRPr="00A54046" w14:paraId="5BD7BEDB" w14:textId="77777777" w:rsidTr="00380986">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="383" w:type="dxa"/>
+            <w:tcW w:w="380" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4700E18E" w14:textId="77777777" w:rsidR="00CC7B58" w:rsidRDefault="00CC7B58" w:rsidP="00570ADB">
+          <w:p w14:paraId="5C4CA447" w14:textId="77777777" w:rsidR="00464687" w:rsidRPr="00A54046" w:rsidRDefault="00464687" w:rsidP="00380986">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-              <w:rPr>
+            <w:bookmarkStart w:id="1" w:name="_Hlk134097901"/>
+            <w:r w:rsidRPr="00A54046">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9360" w:type="dxa"/>
+            <w:tcW w:w="9259" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="07D9CCAC" w14:textId="77777777" w:rsidR="00CC7B58" w:rsidRDefault="00CC7B58" w:rsidP="00570ADB">
+          <w:p w14:paraId="0347280A" w14:textId="20E59E6F" w:rsidR="00464687" w:rsidRPr="00A54046" w:rsidRDefault="00464687" w:rsidP="00380986">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="00A54046">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>DANE IDENTYFIKACYJNE WNIOSKODAWCY</w:t>
+              <w:t xml:space="preserve">DANE IDENTYFIKACYJNE </w:t>
+            </w:r>
+            <w:r w:rsidR="000A0AE4" w:rsidRPr="00A54046">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>WNIOSKODAWCY</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CC7B58" w14:paraId="15647BAD" w14:textId="77777777">
+      <w:tr w:rsidR="00464687" w:rsidRPr="00A54046" w14:paraId="66FEE764" w14:textId="77777777" w:rsidTr="00380986">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="284"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9743" w:type="dxa"/>
+            <w:tcW w:w="9639" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="563DA15E" w14:textId="77777777" w:rsidR="00CC7B58" w:rsidRDefault="00CC7B58" w:rsidP="00570ADB">
+          <w:p w14:paraId="7EC1AC60" w14:textId="77777777" w:rsidR="00464687" w:rsidRPr="00A54046" w:rsidRDefault="00464687" w:rsidP="00380986">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
-                <w:sz w:val="16"/>
-[...6 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A54046">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Imię i nazwisko lub nazwa instytucji</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CC7B58" w14:paraId="75D0FB16" w14:textId="77777777">
+      <w:tr w:rsidR="00464687" w:rsidRPr="00A54046" w14:paraId="031D2130" w14:textId="77777777" w:rsidTr="00380986">
         <w:trPr>
-          <w:trHeight w:val="397"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9743" w:type="dxa"/>
+            <w:tcW w:w="9639" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4AE95E3C" w14:textId="77777777" w:rsidR="00CC7B58" w:rsidRDefault="00CC7B58" w:rsidP="00570ADB">
+          <w:p w14:paraId="5BFFE5BB" w14:textId="77777777" w:rsidR="00464687" w:rsidRPr="00A54046" w:rsidRDefault="00464687" w:rsidP="00380986">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CC7B58" w14:paraId="686FF892" w14:textId="77777777">
+      <w:tr w:rsidR="00464687" w:rsidRPr="00A54046" w14:paraId="74FF7C64" w14:textId="77777777" w:rsidTr="00380986">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="284"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9743" w:type="dxa"/>
+            <w:tcW w:w="9639" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6D3D6C48" w14:textId="77777777" w:rsidR="00CC7B58" w:rsidRDefault="00CC7B58" w:rsidP="00570ADB">
+          <w:p w14:paraId="0F8ED148" w14:textId="77777777" w:rsidR="00464687" w:rsidRPr="00A54046" w:rsidRDefault="00464687" w:rsidP="00380986">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
-                <w:sz w:val="16"/>
-[...22 lines deleted...]
-              <w:t xml:space="preserve">) </w:t>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A54046">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Adres </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CC7B58" w14:paraId="52863B19" w14:textId="77777777">
+      <w:tr w:rsidR="00464687" w:rsidRPr="00A54046" w14:paraId="13BB51CA" w14:textId="77777777" w:rsidTr="00380986">
         <w:trPr>
-          <w:trHeight w:val="397"/>
+          <w:trHeight w:val="1519"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9743" w:type="dxa"/>
+            <w:tcW w:w="9639" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
-              <w:bottom w:val="double" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2A9FE0F7" w14:textId="77777777" w:rsidR="00CC7B58" w:rsidRDefault="00CC7B58" w:rsidP="00570ADB">
+          <w:tbl>
+            <w:tblPr>
+              <w:tblStyle w:val="Tabela-Siatka"/>
+              <w:tblW w:w="0" w:type="auto"/>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+            </w:tblPr>
+            <w:tblGrid>
+              <w:gridCol w:w="4903"/>
+              <w:gridCol w:w="2268"/>
+              <w:gridCol w:w="2339"/>
+            </w:tblGrid>
+            <w:tr w:rsidR="00464687" w:rsidRPr="00A54046" w14:paraId="721BDCFE" w14:textId="77777777" w:rsidTr="00380986">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="4903" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                </w:tcPr>
+                <w:p w14:paraId="0853F2E1" w14:textId="74EDC5A6" w:rsidR="00464687" w:rsidRPr="00A54046" w:rsidRDefault="00464687" w:rsidP="00380986">
+                  <w:pPr>
+                    <w:spacing w:line="288" w:lineRule="auto"/>
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times New Roman"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00A54046">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times New Roman"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>Kraj:</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="4607" w:type="dxa"/>
+                  <w:gridSpan w:val="2"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                </w:tcPr>
+                <w:p w14:paraId="1799609B" w14:textId="77777777" w:rsidR="00464687" w:rsidRPr="00A54046" w:rsidRDefault="00464687" w:rsidP="00380986">
+                  <w:pPr>
+                    <w:spacing w:line="288" w:lineRule="auto"/>
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times New Roman"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00A54046">
+                    <w:rPr>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>Województwo:</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="00464687" w:rsidRPr="00A54046" w14:paraId="6FAEC18E" w14:textId="77777777" w:rsidTr="00380986">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="4903" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                </w:tcPr>
+                <w:p w14:paraId="31F9EF70" w14:textId="77777777" w:rsidR="00464687" w:rsidRPr="00A54046" w:rsidRDefault="00464687" w:rsidP="00380986">
+                  <w:pPr>
+                    <w:spacing w:line="288" w:lineRule="auto"/>
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times New Roman"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00A54046">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times New Roman"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>Powiat:</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="4607" w:type="dxa"/>
+                  <w:gridSpan w:val="2"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                </w:tcPr>
+                <w:p w14:paraId="5C637C92" w14:textId="77777777" w:rsidR="00464687" w:rsidRPr="00A54046" w:rsidRDefault="00464687" w:rsidP="00380986">
+                  <w:pPr>
+                    <w:spacing w:line="288" w:lineRule="auto"/>
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times New Roman"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00A54046">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times New Roman"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>Gmina:</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="00464687" w:rsidRPr="00A54046" w14:paraId="1C53E215" w14:textId="77777777" w:rsidTr="00380986">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="4903" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                </w:tcPr>
+                <w:p w14:paraId="1E446098" w14:textId="77777777" w:rsidR="00464687" w:rsidRPr="00A54046" w:rsidRDefault="00464687" w:rsidP="00380986">
+                  <w:pPr>
+                    <w:spacing w:line="288" w:lineRule="auto"/>
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times New Roman"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00A54046">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times New Roman"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>Ulica:</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2268" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                </w:tcPr>
+                <w:p w14:paraId="403A725F" w14:textId="77777777" w:rsidR="00464687" w:rsidRPr="00A54046" w:rsidRDefault="00464687" w:rsidP="00380986">
+                  <w:pPr>
+                    <w:spacing w:line="288" w:lineRule="auto"/>
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times New Roman"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00A54046">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times New Roman"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>Nr domu:</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2339" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                </w:tcPr>
+                <w:p w14:paraId="1D428779" w14:textId="77777777" w:rsidR="00464687" w:rsidRPr="00A54046" w:rsidRDefault="00464687" w:rsidP="00380986">
+                  <w:pPr>
+                    <w:spacing w:line="288" w:lineRule="auto"/>
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times New Roman"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00A54046">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times New Roman"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>Nr lokalu:</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="00464687" w:rsidRPr="00A54046" w14:paraId="63333A3A" w14:textId="77777777" w:rsidTr="00380986">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="4903" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                </w:tcPr>
+                <w:p w14:paraId="59151126" w14:textId="77777777" w:rsidR="00464687" w:rsidRPr="00A54046" w:rsidRDefault="00464687" w:rsidP="00380986">
+                  <w:pPr>
+                    <w:spacing w:line="288" w:lineRule="auto"/>
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times New Roman"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00A54046">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times New Roman"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>Miejscowość:</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="4607" w:type="dxa"/>
+                  <w:gridSpan w:val="2"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                </w:tcPr>
+                <w:p w14:paraId="183FD0A0" w14:textId="77777777" w:rsidR="00464687" w:rsidRPr="00A54046" w:rsidRDefault="00464687" w:rsidP="00380986">
+                  <w:pPr>
+                    <w:spacing w:line="288" w:lineRule="auto"/>
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times New Roman"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00A54046">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times New Roman"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>Kod pocztowy:</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="00464687" w:rsidRPr="00F84673" w14:paraId="37D1A67C" w14:textId="77777777" w:rsidTr="00380986">
+              <w:trPr>
+                <w:trHeight w:val="499"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="4903" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                </w:tcPr>
+                <w:p w14:paraId="3F4DB470" w14:textId="022875B0" w:rsidR="00464687" w:rsidRPr="00F84673" w:rsidRDefault="00D218F1" w:rsidP="00380986">
+                  <w:pPr>
+                    <w:spacing w:line="288" w:lineRule="auto"/>
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times New Roman"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Arial Unicode MS"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>Adres do doręczeń elektronicznych (E-doręczenia):</w:t>
+                  </w:r>
+                  <w:r w:rsidR="00464687" w:rsidRPr="00F84673">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times New Roman"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:vertAlign w:val="superscript"/>
+                    </w:rPr>
+                    <w:endnoteReference w:id="1"/>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="4607" w:type="dxa"/>
+                  <w:gridSpan w:val="2"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                </w:tcPr>
+                <w:p w14:paraId="230FFFB6" w14:textId="77777777" w:rsidR="00464687" w:rsidRPr="00F84673" w:rsidRDefault="00464687" w:rsidP="00380986">
+                  <w:pPr>
+                    <w:spacing w:line="288" w:lineRule="auto"/>
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times New Roman"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00F84673">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times New Roman"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>Nr tel.:</w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rStyle w:val="Odwoanieprzypisukocowego"/>
+                      <w:rFonts w:eastAsia="Times New Roman"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:endnoteReference w:id="2"/>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+          </w:tbl>
+          <w:p w14:paraId="00ECB3D3" w14:textId="77777777" w:rsidR="00464687" w:rsidRPr="00A54046" w:rsidRDefault="00464687" w:rsidP="00380986">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:bookmarkEnd w:id="1"/>
     </w:tbl>
-    <w:p w14:paraId="0295FFFC" w14:textId="77777777" w:rsidR="00CC7B58" w:rsidRDefault="00CC7B58" w:rsidP="00570ADB">
+    <w:p w14:paraId="143D6557" w14:textId="77777777" w:rsidR="00464687" w:rsidRDefault="00464687" w:rsidP="00464687">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="9639" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="57" w:type="dxa"/>
           <w:left w:w="57" w:type="dxa"/>
           <w:bottom w:w="57" w:type="dxa"/>
           <w:right w:w="57" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="380"/>
-        <w:gridCol w:w="5381"/>
-        <w:gridCol w:w="3878"/>
+        <w:gridCol w:w="9259"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00CC7B58" w14:paraId="725A05A0" w14:textId="77777777">
+      <w:tr w:rsidR="00464687" w:rsidRPr="00A54046" w14:paraId="7F6A65B1" w14:textId="77777777" w:rsidTr="0092369B">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="340"/>
+          <w:trHeight w:hRule="exact" w:val="369"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="380" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4F8A081D" w14:textId="77777777" w:rsidR="00CC7B58" w:rsidRDefault="00CC7B58" w:rsidP="00570ADB">
+          <w:p w14:paraId="12656701" w14:textId="77777777" w:rsidR="00464687" w:rsidRPr="00A54046" w:rsidRDefault="00464687" w:rsidP="00380986">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
+            <w:bookmarkStart w:id="3" w:name="_Hlk134098041"/>
             <w:r>
               <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>B</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5381" w:type="dxa"/>
+            <w:tcW w:w="9259" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:right w:val="nil"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="7D6628C2" w14:textId="77777777" w:rsidR="00CC7B58" w:rsidRDefault="00CC7B58" w:rsidP="00570ADB">
+              <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="572D4985" w14:textId="4C84DDD6" w:rsidR="00464687" w:rsidRPr="00A54046" w:rsidRDefault="00464687" w:rsidP="00380986">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
-              </w:rPr>
-[...2 lines deleted...]
-              <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A54046">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
               <w:t>DANE IDENTYFIKACYJNE PEŁNOMOCNIKA</w:t>
             </w:r>
-          </w:p>
-[...16 lines deleted...]
-              <w:jc w:val="right"/>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
-              </w:rPr>
-            </w:pPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737BBC">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">          </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(proszę podać adres do korespondencji)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CC7B58" w14:paraId="0061A468" w14:textId="77777777">
+      <w:tr w:rsidR="00464687" w:rsidRPr="00A54046" w14:paraId="472F9068" w14:textId="77777777" w:rsidTr="00380986">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="284"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9639" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0296C2B7" w14:textId="77777777" w:rsidR="00CC7B58" w:rsidRDefault="00CC7B58" w:rsidP="00570ADB">
-[...6 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="2FCC2EE3" w14:textId="71775A80" w:rsidR="00464687" w:rsidRPr="00A54046" w:rsidRDefault="00464687" w:rsidP="00380986">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A54046">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Wypełnia się, jeżeli </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
-                <w:sz w:val="16"/>
-[...8 lines deleted...]
-              <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
-                <w:sz w:val="16"/>
-[...2 lines deleted...]
-            </w:pPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">inwestor / </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A54046">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">wnioskodawca ustanowił pełnomocnika </w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CC7B58" w14:paraId="66F3B302" w14:textId="77777777">
+      <w:tr w:rsidR="00464687" w:rsidRPr="00A54046" w14:paraId="209211CE" w14:textId="77777777" w:rsidTr="00380986">
         <w:trPr>
-          <w:trHeight w:val="397"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9639" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
-[...26 lines deleted...]
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2E27483E" w14:textId="77777777" w:rsidR="00CC7B58" w:rsidRDefault="00CC7B58" w:rsidP="00570ADB">
+          <w:p w14:paraId="06C3CCBD" w14:textId="77777777" w:rsidR="00464687" w:rsidRPr="00A54046" w:rsidRDefault="00464687" w:rsidP="00380986">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A54046">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Imię i nazwisko</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00464687" w:rsidRPr="00A54046" w14:paraId="2B63B589" w14:textId="77777777" w:rsidTr="00380986">
+        <w:trPr>
+          <w:trHeight w:val="1646"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9639" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:tbl>
+            <w:tblPr>
+              <w:tblStyle w:val="Tabela-Siatka"/>
+              <w:tblW w:w="0" w:type="auto"/>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+            </w:tblPr>
+            <w:tblGrid>
+              <w:gridCol w:w="4903"/>
+              <w:gridCol w:w="2268"/>
+              <w:gridCol w:w="2339"/>
+            </w:tblGrid>
+            <w:tr w:rsidR="00464687" w:rsidRPr="00A54046" w14:paraId="1B8FF215" w14:textId="77777777" w:rsidTr="00380986">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="4903" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                </w:tcPr>
+                <w:p w14:paraId="1EC1C695" w14:textId="77777777" w:rsidR="00464687" w:rsidRPr="00A54046" w:rsidRDefault="00464687" w:rsidP="00380986">
+                  <w:pPr>
+                    <w:spacing w:line="288" w:lineRule="auto"/>
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times New Roman"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00A54046">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times New Roman"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>Kraj:</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="4607" w:type="dxa"/>
+                  <w:gridSpan w:val="2"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                </w:tcPr>
+                <w:p w14:paraId="0AEC0531" w14:textId="77777777" w:rsidR="00464687" w:rsidRPr="00A54046" w:rsidRDefault="00464687" w:rsidP="00380986">
+                  <w:pPr>
+                    <w:spacing w:line="288" w:lineRule="auto"/>
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times New Roman"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00A54046">
+                    <w:rPr>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>Województwo:</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="00464687" w:rsidRPr="00A54046" w14:paraId="66582BFD" w14:textId="77777777" w:rsidTr="00380986">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="4903" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                </w:tcPr>
+                <w:p w14:paraId="7C46DBD4" w14:textId="77777777" w:rsidR="00464687" w:rsidRPr="00A54046" w:rsidRDefault="00464687" w:rsidP="00380986">
+                  <w:pPr>
+                    <w:spacing w:line="288" w:lineRule="auto"/>
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times New Roman"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00A54046">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times New Roman"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>Powiat:</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="4607" w:type="dxa"/>
+                  <w:gridSpan w:val="2"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                </w:tcPr>
+                <w:p w14:paraId="456C49CE" w14:textId="77777777" w:rsidR="00464687" w:rsidRPr="00A54046" w:rsidRDefault="00464687" w:rsidP="00380986">
+                  <w:pPr>
+                    <w:spacing w:line="288" w:lineRule="auto"/>
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times New Roman"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00A54046">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times New Roman"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>Gmina:</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="00464687" w:rsidRPr="00A54046" w14:paraId="5708B8DA" w14:textId="77777777" w:rsidTr="00380986">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="4903" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                </w:tcPr>
+                <w:p w14:paraId="5F9C860A" w14:textId="77777777" w:rsidR="00464687" w:rsidRPr="00A54046" w:rsidRDefault="00464687" w:rsidP="00380986">
+                  <w:pPr>
+                    <w:spacing w:line="288" w:lineRule="auto"/>
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times New Roman"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00A54046">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times New Roman"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>Ulica:</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2268" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                </w:tcPr>
+                <w:p w14:paraId="12CF1483" w14:textId="77777777" w:rsidR="00464687" w:rsidRPr="00A54046" w:rsidRDefault="00464687" w:rsidP="00380986">
+                  <w:pPr>
+                    <w:spacing w:line="288" w:lineRule="auto"/>
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times New Roman"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00A54046">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times New Roman"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>Nr domu:</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2339" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                </w:tcPr>
+                <w:p w14:paraId="2D52A821" w14:textId="77777777" w:rsidR="00464687" w:rsidRPr="00A54046" w:rsidRDefault="00464687" w:rsidP="00380986">
+                  <w:pPr>
+                    <w:spacing w:line="288" w:lineRule="auto"/>
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times New Roman"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00A54046">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times New Roman"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>Nr lokalu:</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="00464687" w:rsidRPr="00A54046" w14:paraId="534235BE" w14:textId="77777777" w:rsidTr="00380986">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="4903" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                </w:tcPr>
+                <w:p w14:paraId="04A86C40" w14:textId="77777777" w:rsidR="00464687" w:rsidRPr="00A54046" w:rsidRDefault="00464687" w:rsidP="00380986">
+                  <w:pPr>
+                    <w:spacing w:line="288" w:lineRule="auto"/>
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times New Roman"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00A54046">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times New Roman"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>Miejscowość:</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="4607" w:type="dxa"/>
+                  <w:gridSpan w:val="2"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                </w:tcPr>
+                <w:p w14:paraId="4C4D79B0" w14:textId="77777777" w:rsidR="00464687" w:rsidRPr="00A54046" w:rsidRDefault="00464687" w:rsidP="00380986">
+                  <w:pPr>
+                    <w:spacing w:line="288" w:lineRule="auto"/>
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times New Roman"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00A54046">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times New Roman"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>Kod pocztowy:</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="00464687" w:rsidRPr="00F84673" w14:paraId="3FC1C058" w14:textId="77777777" w:rsidTr="00380986">
+              <w:trPr>
+                <w:trHeight w:val="499"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="4903" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                </w:tcPr>
+                <w:p w14:paraId="2E14ADF0" w14:textId="7FB33B5C" w:rsidR="00464687" w:rsidRPr="00F84673" w:rsidRDefault="00D218F1" w:rsidP="00380986">
+                  <w:pPr>
+                    <w:spacing w:line="288" w:lineRule="auto"/>
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times New Roman"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Arial Unicode MS"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>Adres do doręczeń elektronicznych (E-doręczenia):</w:t>
+                  </w:r>
+                  <w:r w:rsidR="00464687">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times New Roman"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:vertAlign w:val="superscript"/>
+                    </w:rPr>
+                    <w:t>1</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="4607" w:type="dxa"/>
+                  <w:gridSpan w:val="2"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                </w:tcPr>
+                <w:p w14:paraId="6A61A9F3" w14:textId="77777777" w:rsidR="00464687" w:rsidRPr="00F84673" w:rsidRDefault="00464687" w:rsidP="00380986">
+                  <w:pPr>
+                    <w:spacing w:line="288" w:lineRule="auto"/>
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times New Roman"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00F84673">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times New Roman"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>Nr tel.:</w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times New Roman"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:vertAlign w:val="superscript"/>
+                    </w:rPr>
+                    <w:t>2</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+          </w:tbl>
+          <w:p w14:paraId="06FCCD7C" w14:textId="77777777" w:rsidR="00464687" w:rsidRPr="00A54046" w:rsidRDefault="00464687" w:rsidP="00380986">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...19 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CC7B58" w14:paraId="492CEF9E" w14:textId="77777777">
-[...25 lines deleted...]
-      </w:tr>
+      <w:bookmarkEnd w:id="3"/>
     </w:tbl>
-    <w:p w14:paraId="5BF15870" w14:textId="77777777" w:rsidR="00CC7B58" w:rsidRDefault="00CC7B58" w:rsidP="00570ADB">
+    <w:p w14:paraId="2B38180C" w14:textId="77777777" w:rsidR="00464687" w:rsidRDefault="00464687" w:rsidP="00464687">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="54DAAAEF" w14:textId="77777777" w:rsidR="00CC7B58" w:rsidRDefault="00CC7B58" w:rsidP="00570ADB">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">Na podstawie art. 73 ustawy z dnia 14 czerwca 1960 r.- Kodeks postępowania administracyjnego </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="63DC8264" w14:textId="77777777" w:rsidR="00CC7B58" w:rsidRDefault="00CC7B58" w:rsidP="00570ADB">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
@@ -981,51 +1695,65 @@
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2A6B0CD7" w14:textId="77777777" w:rsidR="00CC7B58" w:rsidRDefault="00CC7B58" w:rsidP="00570ADB">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="714179A6" w14:textId="77777777" w:rsidR="002E5D6C" w:rsidRDefault="002E5D6C" w:rsidP="00570ADB">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="77E4CC4A" w14:textId="77777777" w:rsidR="002E5D6C" w:rsidRDefault="002E5D6C" w:rsidP="00570ADB">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1F7E1DCF" w14:textId="77777777" w:rsidR="002E5D6C" w:rsidRDefault="002E5D6C" w:rsidP="00570ADB">
+    <w:p w14:paraId="013A4AFA" w14:textId="77777777" w:rsidR="00464687" w:rsidRDefault="00464687" w:rsidP="00570ADB">
+      <w:pPr>
+        <w:pStyle w:val="Stopka"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="4536"/>
+          <w:tab w:val="clear" w:pos="9072"/>
+        </w:tabs>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1F7E1DCF" w14:textId="3F5D8168" w:rsidR="002E5D6C" w:rsidRDefault="002E5D6C" w:rsidP="00570ADB">
       <w:pPr>
         <w:pStyle w:val="Stopka"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4536"/>
           <w:tab w:val="clear" w:pos="9072"/>
         </w:tabs>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F40E1B">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Oświadczam</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>, że wnioskodawca jest</w:t>
@@ -1111,192 +1839,187 @@
         <w:t>*</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="70F14E11" w14:textId="77777777" w:rsidR="002E5D6C" w:rsidRDefault="002E5D6C" w:rsidP="00570ADB">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="57" w:type="dxa"/>
           <w:left w:w="57" w:type="dxa"/>
           <w:bottom w:w="57" w:type="dxa"/>
           <w:right w:w="57" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="361"/>
         <w:gridCol w:w="9278"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00CC7B58" w14:paraId="36DAE642" w14:textId="77777777">
+      <w:tr w:rsidR="00CC7B58" w14:paraId="36DAE642" w14:textId="77777777" w:rsidTr="00737BBC">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="567"/>
+          <w:trHeight w:val="454"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="361" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="744CDB55" w14:textId="77777777" w:rsidR="00CC7B58" w:rsidRDefault="00CC7B58" w:rsidP="00570ADB">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9278" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="43874124" w14:textId="77777777" w:rsidR="00CC7B58" w:rsidRDefault="00CC7B58" w:rsidP="00570ADB">
+          <w:p w14:paraId="43874124" w14:textId="0AA697A8" w:rsidR="00CC7B58" w:rsidRDefault="00CC7B58" w:rsidP="00570ADB">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>UZASADNIENIE WAŻNEGO INTERESU STRONY -</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">w przypadku żądania wydania </w:t>
-[...8 lines deleted...]
-              <w:t>uwierzytelnionych kopii</w:t>
+              <w:t>w przypadku żądania wydania uwierzytelnionych kopii</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CC7B58" w14:paraId="1951CC4D" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="397"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9639" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="06C04633" w14:textId="77777777" w:rsidR="00CC7B58" w:rsidRDefault="00CC7B58" w:rsidP="00570ADB">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="72175B2B" w14:textId="77777777" w:rsidR="00CC7B58" w:rsidRDefault="00CC7B58" w:rsidP="00570ADB">
+    <w:p w14:paraId="72175B2B" w14:textId="77777777" w:rsidR="00CC7B58" w:rsidRPr="00464687" w:rsidRDefault="00CC7B58" w:rsidP="00570ADB">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="05117F7B" w14:textId="77777777" w:rsidR="00CC7B58" w:rsidRDefault="00CC7B58" w:rsidP="00570ADB">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>WNOSZĘ O WYDANIE UWIERZYTELNIONYCH KOPII DOKUMENTÓW*</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B5432BB" w14:textId="77777777" w:rsidR="00CC7B58" w:rsidRDefault="00CC7B58" w:rsidP="00570ADB">
+    <w:p w14:paraId="0B5432BB" w14:textId="77777777" w:rsidR="00CC7B58" w:rsidRPr="00464687" w:rsidRDefault="00CC7B58" w:rsidP="00570ADB">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="57" w:type="dxa"/>
           <w:left w:w="57" w:type="dxa"/>
           <w:bottom w:w="57" w:type="dxa"/>
           <w:right w:w="57" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="361"/>
         <w:gridCol w:w="9278"/>
       </w:tblGrid>
       <w:tr w:rsidR="00CC7B58" w14:paraId="26508B86" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
@@ -1366,164 +2089,168 @@
       <w:tr w:rsidR="00CC7B58" w14:paraId="15C3CCFB" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="397"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9639" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7B054F65" w14:textId="77777777" w:rsidR="00CC7B58" w:rsidRDefault="00CC7B58" w:rsidP="00570ADB">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="139B7342" w14:textId="77777777" w:rsidR="00CC7B58" w:rsidRDefault="00CC7B58" w:rsidP="00570ADB">
+    <w:p w14:paraId="139B7342" w14:textId="77777777" w:rsidR="00CC7B58" w:rsidRPr="00464687" w:rsidRDefault="00CC7B58" w:rsidP="00570ADB">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9639" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="57" w:type="dxa"/>
           <w:left w:w="57" w:type="dxa"/>
           <w:bottom w:w="57" w:type="dxa"/>
           <w:right w:w="57" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="367"/>
         <w:gridCol w:w="244"/>
         <w:gridCol w:w="390"/>
         <w:gridCol w:w="548"/>
         <w:gridCol w:w="412"/>
         <w:gridCol w:w="140"/>
         <w:gridCol w:w="249"/>
         <w:gridCol w:w="392"/>
         <w:gridCol w:w="515"/>
         <w:gridCol w:w="693"/>
         <w:gridCol w:w="817"/>
         <w:gridCol w:w="154"/>
         <w:gridCol w:w="392"/>
         <w:gridCol w:w="43"/>
         <w:gridCol w:w="1148"/>
         <w:gridCol w:w="256"/>
         <w:gridCol w:w="935"/>
         <w:gridCol w:w="469"/>
-        <w:gridCol w:w="712"/>
-        <w:gridCol w:w="347"/>
+        <w:gridCol w:w="602"/>
+        <w:gridCol w:w="457"/>
         <w:gridCol w:w="416"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00CC7B58" w14:paraId="33DA0C25" w14:textId="77777777" w:rsidTr="009D19E9">
+      <w:tr w:rsidR="00CC7B58" w14:paraId="33DA0C25" w14:textId="77777777" w:rsidTr="00464687">
         <w:trPr>
           <w:trHeight w:val="510"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="370" w:type="dxa"/>
+            <w:tcW w:w="367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4DA155AF" w14:textId="77777777" w:rsidR="00CC7B58" w:rsidRDefault="00CC7B58" w:rsidP="00570ADB">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>F</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3607" w:type="dxa"/>
+            <w:tcW w:w="3583" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="416108F2" w14:textId="77777777" w:rsidR="00CC7B58" w:rsidRDefault="00CC7B58" w:rsidP="00570ADB">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>OPŁATA SKARBOWA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5661" w:type="dxa"/>
+            <w:tcW w:w="5689" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="42A0F4BF" w14:textId="77777777" w:rsidR="00CC7B58" w:rsidRDefault="00CC7B58" w:rsidP="00570ADB">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(</w:t>
@@ -1539,58 +2266,58 @@
               </w:rPr>
               <w:t>wypełnia wnioskodawca</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> zaznaczając właściwe kwadraty</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:br/>
               <w:t>i wpisując wartości w pola oznaczone kolorem białym)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CC7B58" w14:paraId="0428B0EC" w14:textId="77777777" w:rsidTr="009D19E9">
+      <w:tr w:rsidR="00CC7B58" w14:paraId="0428B0EC" w14:textId="77777777" w:rsidTr="00464687">
         <w:trPr>
           <w:trHeight w:val="510"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9638" w:type="dxa"/>
+            <w:tcW w:w="9639" w:type="dxa"/>
             <w:gridSpan w:val="21"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4F10A93A" w14:textId="77777777" w:rsidR="00B33155" w:rsidRPr="00322853" w:rsidRDefault="00B33155" w:rsidP="00570ADB">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00322853">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">wpłata opłaty skarbowej na rachunek bankowy Gminy Wrocław </w:t>
             </w:r>
@@ -1677,1199 +2404,1190 @@
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Dla </w:t>
             </w:r>
             <w:r w:rsidRPr="005F3FC8">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>pełnomocnictwa w formie elektronicznej złożonego za pośrednictwem systemu teleinformatycznego</w:t>
             </w:r>
             <w:r w:rsidRPr="005F3FC8">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> organem podatkowym właściwym w sprawach opłaty skarbowej jest wójt (burmistrz, prezydent miasta) właściwy ze względu na miejsce zamieszkania albo siedzibę mocodawcy, a w przypadku udzielenia pełnomocnictwa lub prokury przez więcej niż jednego mocodawcę w jednym dokumencie - właściwy ze względu na miejsce zamieszkania albo siedzibę mocodawcy wskazanego w tym dokumencie jako pierwszy, który ma miejsce zamieszkania albo siedzibę na terytorium Rzeczypospolitej Polskiej  (art.12 ust.2 pkt 3 ustawy o opłacie skarbowej).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CC7B58" w14:paraId="118EF019" w14:textId="77777777" w:rsidTr="009D19E9">
+      <w:tr w:rsidR="00CC7B58" w14:paraId="118EF019" w14:textId="77777777" w:rsidTr="00464687">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2115" w:type="dxa"/>
+            <w:tcW w:w="2101" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="28180509" w14:textId="77777777" w:rsidR="00CC7B58" w:rsidRDefault="00CC7B58" w:rsidP="00570ADB">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>nie podlega</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1862" w:type="dxa"/>
+            <w:tcW w:w="1849" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3C85DFB2" w14:textId="77777777" w:rsidR="00CC7B58" w:rsidRDefault="00CC7B58" w:rsidP="00570ADB">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>art. 2 ust. 1 pkt 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4963" w:type="dxa"/>
+            <w:tcW w:w="4816" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="76E376B1" w14:textId="77777777" w:rsidR="00CC7B58" w:rsidRDefault="00CC7B58" w:rsidP="00570ADB">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">budownictwo mieszkaniowe </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">(w tym urządzenia </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:br/>
               <w:t>i budowle z nim związane)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="349" w:type="dxa"/>
+            <w:tcW w:w="457" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0F4D6C00" w14:textId="77777777" w:rsidR="00CC7B58" w:rsidRDefault="00CC7B58" w:rsidP="00570ADB">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="349" w:type="dxa"/>
+            <w:tcW w:w="416" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2834EDAE" w14:textId="77777777" w:rsidR="00CC7B58" w:rsidRDefault="00CC7B58" w:rsidP="00570ADB">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CC7B58" w14:paraId="39B64256" w14:textId="77777777" w:rsidTr="009D19E9">
+      <w:tr w:rsidR="00CC7B58" w14:paraId="39B64256" w14:textId="77777777" w:rsidTr="00464687">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2115" w:type="dxa"/>
+            <w:tcW w:w="2101" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="339DB84A" w14:textId="77777777" w:rsidR="00CC7B58" w:rsidRDefault="00CC7B58" w:rsidP="00570ADB">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1862" w:type="dxa"/>
+            <w:tcW w:w="1849" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="44B3B41E" w14:textId="77777777" w:rsidR="00CC7B58" w:rsidRDefault="00CC7B58" w:rsidP="00570ADB">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4963" w:type="dxa"/>
+            <w:tcW w:w="4816" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3D11B672" w14:textId="77777777" w:rsidR="00CC7B58" w:rsidRDefault="00CC7B58" w:rsidP="00570ADB">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="349" w:type="dxa"/>
+            <w:tcW w:w="457" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6B90FB31" w14:textId="77777777" w:rsidR="00CC7B58" w:rsidRDefault="00CC7B58" w:rsidP="00570ADB">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="349" w:type="dxa"/>
+            <w:tcW w:w="416" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="34018774" w14:textId="77777777" w:rsidR="00CC7B58" w:rsidRDefault="00CC7B58" w:rsidP="00570ADB">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CC7B58" w14:paraId="587F93C3" w14:textId="77777777" w:rsidTr="009D19E9">
+      <w:tr w:rsidR="00CC7B58" w14:paraId="587F93C3" w14:textId="77777777" w:rsidTr="00464687">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2115" w:type="dxa"/>
+            <w:tcW w:w="2101" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="201BA4E0" w14:textId="77777777" w:rsidR="00CC7B58" w:rsidRDefault="00CC7B58" w:rsidP="00570ADB">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>zwolnienie</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1164" w:type="dxa"/>
+            <w:tcW w:w="1156" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5F90F1BA" w14:textId="77777777" w:rsidR="00CC7B58" w:rsidRDefault="00CC7B58" w:rsidP="00570ADB">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>art. 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="698" w:type="dxa"/>
+            <w:tcW w:w="693" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="569649EE" w14:textId="77777777" w:rsidR="00CC7B58" w:rsidRDefault="00CC7B58" w:rsidP="00570ADB">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>pkt 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4963" w:type="dxa"/>
+            <w:tcW w:w="4816" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5E9F15BD" w14:textId="77777777" w:rsidR="00CC7B58" w:rsidRDefault="00CC7B58" w:rsidP="00570ADB">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>jednostki budżetowe</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="349" w:type="dxa"/>
+            <w:tcW w:w="457" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1811CB2E" w14:textId="77777777" w:rsidR="00CC7B58" w:rsidRDefault="00CC7B58" w:rsidP="00570ADB">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="349" w:type="dxa"/>
+            <w:tcW w:w="416" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7DAC5D2D" w14:textId="77777777" w:rsidR="00CC7B58" w:rsidRDefault="00CC7B58" w:rsidP="00570ADB">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CC7B58" w14:paraId="13DF69C0" w14:textId="77777777" w:rsidTr="009D19E9">
+      <w:tr w:rsidR="00CC7B58" w14:paraId="13DF69C0" w14:textId="77777777" w:rsidTr="00464687">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2115" w:type="dxa"/>
+            <w:tcW w:w="2101" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="315488F7" w14:textId="77777777" w:rsidR="00CC7B58" w:rsidRDefault="00CC7B58" w:rsidP="00570ADB">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1164" w:type="dxa"/>
+            <w:tcW w:w="1156" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="13173F81" w14:textId="77777777" w:rsidR="00CC7B58" w:rsidRDefault="00CC7B58" w:rsidP="00570ADB">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="698" w:type="dxa"/>
+            <w:tcW w:w="693" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7DEBEE2F" w14:textId="77777777" w:rsidR="00CC7B58" w:rsidRDefault="00CC7B58" w:rsidP="00570ADB">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>pkt 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4963" w:type="dxa"/>
+            <w:tcW w:w="4816" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5F1D755D" w14:textId="77777777" w:rsidR="00CC7B58" w:rsidRDefault="00CC7B58" w:rsidP="00570ADB">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>jednostki samorządu terytorialnego</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="349" w:type="dxa"/>
+            <w:tcW w:w="457" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="082C4708" w14:textId="77777777" w:rsidR="00CC7B58" w:rsidRDefault="00CC7B58" w:rsidP="00570ADB">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="349" w:type="dxa"/>
+            <w:tcW w:w="416" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="25ADB402" w14:textId="77777777" w:rsidR="00CC7B58" w:rsidRDefault="00CC7B58" w:rsidP="00570ADB">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CC7B58" w14:paraId="1258455A" w14:textId="77777777" w:rsidTr="009D19E9">
+      <w:tr w:rsidR="00CC7B58" w14:paraId="1258455A" w14:textId="77777777" w:rsidTr="00464687">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2115" w:type="dxa"/>
+            <w:tcW w:w="2101" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7CE8A6FD" w14:textId="77777777" w:rsidR="00CC7B58" w:rsidRDefault="00CC7B58" w:rsidP="00570ADB">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1164" w:type="dxa"/>
+            <w:tcW w:w="1156" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="045B399D" w14:textId="77777777" w:rsidR="00CC7B58" w:rsidRDefault="00CC7B58" w:rsidP="00570ADB">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>załącznik cz. IV</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="698" w:type="dxa"/>
+            <w:tcW w:w="693" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3ABDFFB2" w14:textId="77777777" w:rsidR="00CC7B58" w:rsidRDefault="00CC7B58" w:rsidP="00570ADB">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>ppkt</w:t>
-[...13 lines deleted...]
-            <w:tcW w:w="4963" w:type="dxa"/>
+              <w:t>ppkt 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4816" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="26072A54" w14:textId="77777777" w:rsidR="00CC7B58" w:rsidRDefault="00CC7B58" w:rsidP="00570ADB">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>pełnomocnictwo dla małżonka, rodzeństwa ......</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="349" w:type="dxa"/>
+            <w:tcW w:w="457" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7BEFAA1C" w14:textId="77777777" w:rsidR="00CC7B58" w:rsidRDefault="00CC7B58" w:rsidP="00570ADB">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="349" w:type="dxa"/>
+            <w:tcW w:w="416" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="345DECF5" w14:textId="77777777" w:rsidR="00CC7B58" w:rsidRDefault="00CC7B58" w:rsidP="00570ADB">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CC7B58" w14:paraId="4CC596E4" w14:textId="77777777" w:rsidTr="009D19E9">
+      <w:tr w:rsidR="00CC7B58" w14:paraId="4CC596E4" w14:textId="77777777" w:rsidTr="00464687">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2115" w:type="dxa"/>
+            <w:tcW w:w="2101" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5F695912" w14:textId="77777777" w:rsidR="00CC7B58" w:rsidRDefault="00CC7B58" w:rsidP="00570ADB">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1164" w:type="dxa"/>
+            <w:tcW w:w="1156" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="678AFD66" w14:textId="77777777" w:rsidR="00CC7B58" w:rsidRDefault="00CC7B58" w:rsidP="00570ADB">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="698" w:type="dxa"/>
+            <w:tcW w:w="693" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5A28278A" w14:textId="77777777" w:rsidR="00CC7B58" w:rsidRDefault="00CC7B58" w:rsidP="00570ADB">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4963" w:type="dxa"/>
+            <w:tcW w:w="4816" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5181D224" w14:textId="77777777" w:rsidR="00CC7B58" w:rsidRDefault="00CC7B58" w:rsidP="00570ADB">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="349" w:type="dxa"/>
+            <w:tcW w:w="457" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7C679653" w14:textId="77777777" w:rsidR="00CC7B58" w:rsidRDefault="00CC7B58" w:rsidP="00570ADB">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="349" w:type="dxa"/>
+            <w:tcW w:w="416" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2CFEF9E5" w14:textId="77777777" w:rsidR="00CC7B58" w:rsidRDefault="00CC7B58" w:rsidP="00570ADB">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CC7B58" w14:paraId="5E8B19E6" w14:textId="77777777" w:rsidTr="009D19E9">
+      <w:tr w:rsidR="00CC7B58" w14:paraId="5E8B19E6" w14:textId="77777777" w:rsidTr="00464687">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2115" w:type="dxa"/>
+            <w:tcW w:w="2101" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="533A745B" w14:textId="77777777" w:rsidR="00CC7B58" w:rsidRDefault="00CC7B58" w:rsidP="00570ADB">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6825" w:type="dxa"/>
+            <w:tcW w:w="6665" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="048EA480" w14:textId="77777777" w:rsidR="00CC7B58" w:rsidRDefault="00CC7B58" w:rsidP="00570ADB">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>inne przypadki przewidziane ustawą, art.  ........</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="349" w:type="dxa"/>
+            <w:tcW w:w="457" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6F496304" w14:textId="77777777" w:rsidR="00CC7B58" w:rsidRDefault="00CC7B58" w:rsidP="00570ADB">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="349" w:type="dxa"/>
+            <w:tcW w:w="416" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6D688A36" w14:textId="77777777" w:rsidR="00CC7B58" w:rsidRDefault="00CC7B58" w:rsidP="00570ADB">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CC7B58" w14:paraId="49CB2C8D" w14:textId="77777777" w:rsidTr="009D19E9">
+      <w:tr w:rsidR="00CC7B58" w14:paraId="49CB2C8D" w14:textId="77777777" w:rsidTr="00464687">
         <w:trPr>
           <w:trHeight w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2115" w:type="dxa"/>
+            <w:tcW w:w="2101" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="196D7622" w14:textId="77777777" w:rsidR="00CC7B58" w:rsidRDefault="00CC7B58" w:rsidP="00570ADB">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>kwota</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1862" w:type="dxa"/>
+            <w:tcW w:w="1849" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1759A735" w14:textId="77777777" w:rsidR="00CC7B58" w:rsidRDefault="00CC7B58" w:rsidP="00570ADB">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>zapłacona</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1415" w:type="dxa"/>
+            <w:tcW w:w="1406" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="65706036" w14:textId="77777777" w:rsidR="00CC7B58" w:rsidRDefault="00CC7B58" w:rsidP="00570ADB">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>uzupełniona</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1415" w:type="dxa"/>
+            <w:tcW w:w="1404" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2327EE28" w14:textId="77777777" w:rsidR="00CC7B58" w:rsidRDefault="00CC7B58" w:rsidP="00570ADB">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>należna</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2831" w:type="dxa"/>
+            <w:tcW w:w="2879" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4DE835A5" w14:textId="77777777" w:rsidR="00CC7B58" w:rsidRDefault="00CC7B58" w:rsidP="00570ADB">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -2883,783 +3601,772 @@
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>wysokość opłaty</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3032B88C" w14:textId="77777777" w:rsidR="00CC7B58" w:rsidRDefault="00CC7B58" w:rsidP="00570ADB">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="24DE988B" w14:textId="77777777" w:rsidR="00CC7B58" w:rsidRDefault="00CC7B58" w:rsidP="00570ADB">
+          <w:p w14:paraId="5468D9C2" w14:textId="77777777" w:rsidR="00464687" w:rsidRDefault="00464687" w:rsidP="00570ADB">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="0A8EE37E" w14:textId="77777777" w:rsidR="00CC7B58" w:rsidRDefault="00CC7B58" w:rsidP="00570ADB">
+          <w:p w14:paraId="26BA07D5" w14:textId="77777777" w:rsidR="00CC7B58" w:rsidRDefault="00CC7B58" w:rsidP="00570ADB">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-            </w:pPr>
-[...15 lines deleted...]
-              </w:rPr>
               <w:t>podpis i pieczęć</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CC7B58" w14:paraId="2839829B" w14:textId="77777777" w:rsidTr="009D19E9">
+      <w:tr w:rsidR="00CC7B58" w14:paraId="2839829B" w14:textId="77777777" w:rsidTr="00464687">
         <w:trPr>
           <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="370" w:type="dxa"/>
+            <w:tcW w:w="367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="12790394" w14:textId="77777777" w:rsidR="00CC7B58" w:rsidRDefault="00CC7B58" w:rsidP="00570ADB">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1745" w:type="dxa"/>
+            <w:tcW w:w="1734" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="478AFCE3" w14:textId="77777777" w:rsidR="00CC7B58" w:rsidRDefault="00CC7B58" w:rsidP="00570ADB">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">uwierzytelnienie kopii dokumentu </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(za każdą stronę</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:br/>
               <w:t>5 zł)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1862" w:type="dxa"/>
+            <w:tcW w:w="1849" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3A146C2E" w14:textId="77777777" w:rsidR="00CC7B58" w:rsidRDefault="00CC7B58" w:rsidP="00570ADB">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>5 zł x  = zł</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1415" w:type="dxa"/>
+            <w:tcW w:w="1406" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3C86E0C6" w14:textId="77777777" w:rsidR="00CC7B58" w:rsidRDefault="00CC7B58" w:rsidP="00570ADB">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1415" w:type="dxa"/>
+            <w:tcW w:w="1404" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1D69F163" w14:textId="77777777" w:rsidR="00CC7B58" w:rsidRDefault="00CC7B58" w:rsidP="00570ADB">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2831" w:type="dxa"/>
+            <w:tcW w:w="2879" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="045E1432" w14:textId="77777777" w:rsidR="00CC7B58" w:rsidRDefault="00CC7B58" w:rsidP="00570ADB">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CC7B58" w14:paraId="5C81D57B" w14:textId="77777777" w:rsidTr="009D19E9">
+      <w:tr w:rsidR="00CC7B58" w14:paraId="5C81D57B" w14:textId="77777777" w:rsidTr="00464687">
         <w:trPr>
           <w:trHeight w:val="397"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="370" w:type="dxa"/>
+            <w:tcW w:w="367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="41542FE0" w14:textId="77777777" w:rsidR="00CC7B58" w:rsidRDefault="00CC7B58" w:rsidP="00570ADB">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1745" w:type="dxa"/>
+            <w:tcW w:w="1734" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="55BD8DB9" w14:textId="77777777" w:rsidR="00CC7B58" w:rsidRDefault="00CC7B58" w:rsidP="00570ADB">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>pełnomocnictwo</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1862" w:type="dxa"/>
+            <w:tcW w:w="1849" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="63F2DAE1" w14:textId="77777777" w:rsidR="00CC7B58" w:rsidRDefault="00CC7B58" w:rsidP="00570ADB">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>17 zł x  = zł</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1415" w:type="dxa"/>
+            <w:tcW w:w="1406" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="76C3E06C" w14:textId="77777777" w:rsidR="00CC7B58" w:rsidRDefault="00CC7B58" w:rsidP="00570ADB">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1415" w:type="dxa"/>
+            <w:tcW w:w="1404" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="538584A5" w14:textId="77777777" w:rsidR="00CC7B58" w:rsidRDefault="00CC7B58" w:rsidP="00570ADB">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1415" w:type="dxa"/>
+            <w:tcW w:w="1404" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="443EA00F" w14:textId="77777777" w:rsidR="00CC7B58" w:rsidRDefault="00CC7B58" w:rsidP="00570ADB">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>dopłata</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1416" w:type="dxa"/>
+            <w:tcW w:w="1475" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="318F2B6D" w14:textId="77777777" w:rsidR="00CC7B58" w:rsidRDefault="00CC7B58" w:rsidP="00570ADB">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>zwrot</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CC7B58" w14:paraId="6FC3C172" w14:textId="77777777" w:rsidTr="009D19E9">
+      <w:tr w:rsidR="00CC7B58" w14:paraId="6FC3C172" w14:textId="77777777" w:rsidTr="00464687">
         <w:trPr>
           <w:trHeight w:val="397"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="370" w:type="dxa"/>
+            <w:tcW w:w="367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7BE7A433" w14:textId="77777777" w:rsidR="00CC7B58" w:rsidRDefault="00CC7B58" w:rsidP="00570ADB">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1745" w:type="dxa"/>
+            <w:tcW w:w="1734" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0093348A" w14:textId="77777777" w:rsidR="00CC7B58" w:rsidRDefault="00CC7B58" w:rsidP="00570ADB">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:ind w:left="28"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>suma opłat</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2A5336ED" w14:textId="77777777" w:rsidR="00CC7B58" w:rsidRDefault="00CC7B58" w:rsidP="00570ADB">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>poz. 1-2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1862" w:type="dxa"/>
+            <w:tcW w:w="1849" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="556EDCB1" w14:textId="77777777" w:rsidR="00CC7B58" w:rsidRDefault="00CC7B58" w:rsidP="00570ADB">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>zł</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1415" w:type="dxa"/>
+            <w:tcW w:w="1406" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1915594B" w14:textId="77777777" w:rsidR="00CC7B58" w:rsidRDefault="00CC7B58" w:rsidP="00570ADB">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>........ zł</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1415" w:type="dxa"/>
+            <w:tcW w:w="1404" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="630F4C17" w14:textId="77777777" w:rsidR="00CC7B58" w:rsidRDefault="00CC7B58" w:rsidP="00570ADB">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>........ zł</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1415" w:type="dxa"/>
+            <w:tcW w:w="1404" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5CE6F0E2" w14:textId="77777777" w:rsidR="00CC7B58" w:rsidRDefault="00CC7B58" w:rsidP="00570ADB">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>........ zł</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1416" w:type="dxa"/>
+            <w:tcW w:w="1475" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="22B408D6" w14:textId="77777777" w:rsidR="00CC7B58" w:rsidRDefault="00CC7B58" w:rsidP="00570ADB">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>........ zł</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CC7B58" w14:paraId="14BCDCE3" w14:textId="77777777" w:rsidTr="009D19E9">
+      <w:tr w:rsidR="00CC7B58" w14:paraId="14BCDCE3" w14:textId="77777777" w:rsidTr="00464687">
         <w:trPr>
           <w:trHeight w:val="624"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcW w:w="1549" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="43E12C19" w14:textId="77777777" w:rsidR="00CC7B58" w:rsidRDefault="00CC7B58" w:rsidP="00570ADB">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:ind w:left="57"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>dołączenie dowodu zapłaty w ciągu 3 dni</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1200" w:type="dxa"/>
+            <w:tcW w:w="1193" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="30659453" w14:textId="77777777" w:rsidR="00CC7B58" w:rsidRDefault="00CC7B58" w:rsidP="00570ADB">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>zwrot dowodu zapłaty</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2041" w:type="dxa"/>
+            <w:tcW w:w="2025" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="26C21896" w14:textId="7C301DC5" w:rsidR="00CC7B58" w:rsidRDefault="00CC7B58" w:rsidP="00570ADB">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="18"/>
@@ -3712,682 +4419,682 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="154" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1A69670C" w14:textId="77777777" w:rsidR="00CC7B58" w:rsidRDefault="00CC7B58" w:rsidP="00570ADB">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="394" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="58A30296" w14:textId="77777777" w:rsidR="00CC7B58" w:rsidRDefault="00CC7B58" w:rsidP="00570ADB">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1200" w:type="dxa"/>
+            <w:tcW w:w="1191" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="00A71C6C" w14:textId="77777777" w:rsidR="00CC7B58" w:rsidRDefault="00CC7B58" w:rsidP="00570ADB">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>kwota</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1200" w:type="dxa"/>
+            <w:tcW w:w="1191" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="25FA0C3D" w14:textId="77777777" w:rsidR="00CC7B58" w:rsidRDefault="00CC7B58" w:rsidP="00570ADB">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">data </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:br/>
               <w:t>wpłaty</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1958" w:type="dxa"/>
+            <w:tcW w:w="1944" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="04B45210" w14:textId="77777777" w:rsidR="00CC7B58" w:rsidRDefault="00CC7B58" w:rsidP="00570ADB">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">podpis i pieczęć </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:br/>
               <w:t>osoby przyjmującej</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CC7B58" w14:paraId="1545969E" w14:textId="77777777" w:rsidTr="009D19E9">
+      <w:tr w:rsidR="00CC7B58" w14:paraId="1545969E" w14:textId="77777777" w:rsidTr="00464687">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcW w:w="1549" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2C729A9D" w14:textId="77777777" w:rsidR="00CC7B58" w:rsidRDefault="00CC7B58" w:rsidP="00570ADB">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1200" w:type="dxa"/>
+            <w:tcW w:w="1193" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="43A24653" w14:textId="77777777" w:rsidR="00CC7B58" w:rsidRDefault="00CC7B58" w:rsidP="00570ADB">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1972" w:type="dxa"/>
+            <w:tcW w:w="2025" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4370B2B6" w14:textId="77777777" w:rsidR="00CC7B58" w:rsidRDefault="00CC7B58" w:rsidP="00570ADB">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="154" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5584B619" w14:textId="77777777" w:rsidR="00CC7B58" w:rsidRDefault="00CC7B58" w:rsidP="00570ADB">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="394" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5F4ACFF2" w14:textId="77777777" w:rsidR="00CC7B58" w:rsidRDefault="00CC7B58" w:rsidP="00570ADB">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1200" w:type="dxa"/>
+            <w:tcW w:w="1191" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="54186236" w14:textId="77777777" w:rsidR="00CC7B58" w:rsidRDefault="00CC7B58" w:rsidP="00570ADB">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1200" w:type="dxa"/>
+            <w:tcW w:w="1191" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="467C8FA7" w14:textId="77777777" w:rsidR="00CC7B58" w:rsidRDefault="00CC7B58" w:rsidP="00570ADB">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1958" w:type="dxa"/>
+            <w:tcW w:w="1944" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="339FD1EF" w14:textId="77777777" w:rsidR="00CC7B58" w:rsidRDefault="00CC7B58" w:rsidP="00570ADB">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CC7B58" w14:paraId="60FF23C8" w14:textId="77777777" w:rsidTr="009D19E9">
+      <w:tr w:rsidR="00CC7B58" w14:paraId="60FF23C8" w14:textId="77777777" w:rsidTr="00464687">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="616" w:type="dxa"/>
+            <w:tcW w:w="611" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="29AFE83E" w14:textId="77777777" w:rsidR="00CC7B58" w:rsidRDefault="00CC7B58" w:rsidP="00570ADB">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="390" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5C6D58E1" w14:textId="77777777" w:rsidR="00CC7B58" w:rsidRDefault="00CC7B58" w:rsidP="00570ADB">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="548" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="69F79F14" w14:textId="77777777" w:rsidR="00CC7B58" w:rsidRDefault="00CC7B58" w:rsidP="00570ADB">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="414" w:type="dxa"/>
+            <w:tcW w:w="412" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5B9EBF52" w14:textId="77777777" w:rsidR="00CC7B58" w:rsidRDefault="00CC7B58" w:rsidP="00570ADB">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="389" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="741E8CB2" w14:textId="77777777" w:rsidR="00CC7B58" w:rsidRDefault="00CC7B58" w:rsidP="00570ADB">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="394" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="530875AF" w14:textId="77777777" w:rsidR="00CC7B58" w:rsidRDefault="00CC7B58" w:rsidP="00570ADB">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1972" w:type="dxa"/>
+            <w:tcW w:w="2025" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="06979F82" w14:textId="77777777" w:rsidR="00CC7B58" w:rsidRDefault="00CC7B58" w:rsidP="00570ADB">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="154" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="01CEE50B" w14:textId="77777777" w:rsidR="00CC7B58" w:rsidRDefault="00CC7B58" w:rsidP="00570ADB">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="394" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="79358DEA" w14:textId="77777777" w:rsidR="00CC7B58" w:rsidRDefault="00CC7B58" w:rsidP="00570ADB">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1200" w:type="dxa"/>
+            <w:tcW w:w="1191" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="16924FAF" w14:textId="77777777" w:rsidR="00CC7B58" w:rsidRDefault="00CC7B58" w:rsidP="00570ADB">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1200" w:type="dxa"/>
+            <w:tcW w:w="1191" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0607B8EE" w14:textId="77777777" w:rsidR="00CC7B58" w:rsidRDefault="00CC7B58" w:rsidP="00570ADB">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1958" w:type="dxa"/>
+            <w:tcW w:w="1944" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="714E3975" w14:textId="77777777" w:rsidR="00CC7B58" w:rsidRDefault="00CC7B58" w:rsidP="00570ADB">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CC7B58" w14:paraId="76AD62AF" w14:textId="77777777" w:rsidTr="009D19E9">
+      <w:tr w:rsidR="00CC7B58" w14:paraId="76AD62AF" w14:textId="77777777" w:rsidTr="00464687">
         <w:trPr>
           <w:trHeight w:val="397"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9638" w:type="dxa"/>
+            <w:tcW w:w="9639" w:type="dxa"/>
             <w:gridSpan w:val="21"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="370C8740" w14:textId="77777777" w:rsidR="00CC7B58" w:rsidRDefault="00CC7B58" w:rsidP="00570ADB">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
@@ -4412,65 +5119,50 @@
               <w:t xml:space="preserve">ustawy </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">z dnia 16 listopada 2006 roku </w:t>
             </w:r>
             <w:r w:rsidR="009C76C0">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>o opłacie skarbowej</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="74AFDBDE" w14:textId="493B71D9" w:rsidR="00CC7B58" w:rsidRDefault="00CC7B58" w:rsidP="00570ADB">
-      <w:pPr>
-[...13 lines deleted...]
-    <w:p w14:paraId="5EA29B39" w14:textId="77777777" w:rsidR="0008581C" w:rsidRDefault="0008581C" w:rsidP="00570ADB">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9639" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="57" w:type="dxa"/>
           <w:left w:w="57" w:type="dxa"/>
           <w:bottom w:w="57" w:type="dxa"/>
           <w:right w:w="57" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="365"/>
         <w:gridCol w:w="6940"/>
         <w:gridCol w:w="1408"/>
         <w:gridCol w:w="926"/>
       </w:tblGrid>
       <w:tr w:rsidR="00CC7B58" w14:paraId="63E2DB1B" w14:textId="77777777">
         <w:trPr>
@@ -4482,51 +5174,50 @@
           <w:tcPr>
             <w:tcW w:w="365" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1992BD13" w14:textId="77777777" w:rsidR="00CC7B58" w:rsidRDefault="00CC7B58" w:rsidP="00570ADB">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>G</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8348" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2D6C4B42" w14:textId="77777777" w:rsidR="00CC7B58" w:rsidRDefault="00CC7B58" w:rsidP="00570ADB">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
@@ -4926,81 +5617,76 @@
               <w:left w:val="nil"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6F6BFBEC" w14:textId="77777777" w:rsidR="00CC7B58" w:rsidRDefault="00CC7B58" w:rsidP="00570ADB">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1E4C571D" w14:textId="77777777" w:rsidR="002E5D6C" w:rsidRDefault="002E5D6C" w:rsidP="00570ADB">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="71B6C79A" w14:textId="77777777" w:rsidR="00570ADB" w:rsidRDefault="00570ADB" w:rsidP="00570ADB">
-[...3 lines deleted...]
-    </w:p>
     <w:p w14:paraId="0C145782" w14:textId="77777777" w:rsidR="00570ADB" w:rsidRDefault="00570ADB" w:rsidP="00570ADB">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="036DD3BF" w14:textId="77777777" w:rsidR="002E5D6C" w:rsidRDefault="002E5D6C" w:rsidP="00570ADB">
       <w:pPr>
         <w:spacing w:before="40" w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="Uwaga"/>
+      <w:bookmarkStart w:id="4" w:name="Uwaga"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>UWAGA</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="1"/>
+      <w:bookmarkEnd w:id="4"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2760FEBC" w14:textId="77777777" w:rsidR="002E5D6C" w:rsidRDefault="002E5D6C" w:rsidP="00570ADB">
       <w:pPr>
         <w:spacing w:before="120" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Nie wykonuje się kopii projektu budowlanego, który zgodnie z rozporządzeniem Ministra Transportu, Budownictwa i Gospodarki Morskiej z dnia 25 kwietnia 2012 r. w sprawie szczegółowego zakresu i formy </w:t>
@@ -5077,69 +5763,51 @@
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="67ED3FD5" w14:textId="77777777" w:rsidR="00570ADB" w:rsidRPr="00D90EA4" w:rsidRDefault="00570ADB" w:rsidP="00570ADB">
       <w:pPr>
         <w:pStyle w:val="Teksttreci0"/>
         <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D90EA4">
         <w:rPr>
           <w:rStyle w:val="Teksttreci"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">Niniejszą informację otrzymała/otrzymał Pani/Pan w związku z obowiązkami określonymi w art. 13 rozporządzenia Parlamentu Europejskiego i Rady (UE) 2016/679 z dnia 27 kwietnia 2016 r. w sprawie ochrony osób fizycznych w związku z przetwarzaniem danych osobowych i w sprawie swobodnego przepływu takich danych oraz uchylenia dyrektywy 95/46/WE (ogólne rozporządzenie o ochronie danych - </w:t>
-[...17 lines deleted...]
-        <w:t>) (Dziennik Urzędowy Unii Europejskiej z dnia 14 maja 2016 r. L 119/1).</w:t>
+        <w:t>Niniejszą informację otrzymała/otrzymał Pani/Pan w związku z obowiązkami określonymi w art. 13 rozporządzenia Parlamentu Europejskiego i Rady (UE) 2016/679 z dnia 27 kwietnia 2016 r. w sprawie ochrony osób fizycznych w związku z przetwarzaniem danych osobowych i w sprawie swobodnego przepływu takich danych oraz uchylenia dyrektywy 95/46/WE (ogólne rozporządzenie o ochronie danych - RODO) (Dziennik Urzędowy Unii Europejskiej z dnia 14 maja 2016 r. L 119/1).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="13B6B5B5" w14:textId="77777777" w:rsidR="00570ADB" w:rsidRDefault="00570ADB" w:rsidP="00570ADB">
       <w:pPr>
         <w:pStyle w:val="Stopka"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4536"/>
           <w:tab w:val="clear" w:pos="9072"/>
         </w:tabs>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9639" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
@@ -5337,51 +6005,51 @@
             <w:pPr>
               <w:pStyle w:val="Inne0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="21"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="2880"/>
                 <w:tab w:val="left" w:pos="301"/>
               </w:tabs>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:ind w:hanging="2880"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D90EA4">
               <w:rPr>
                 <w:rStyle w:val="Inne"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>przez e-mail:</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r w:rsidRPr="00D90EA4">
                 <w:rPr>
                   <w:rStyle w:val="Inne"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t xml:space="preserve"> </w:t>
               </w:r>
               <w:r w:rsidRPr="00D90EA4">
                 <w:rPr>
                   <w:rStyle w:val="Inne"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                   <w:u w:val="single"/>
                   <w:lang w:val="en-US" w:eastAsia="en-US"/>
                 </w:rPr>
                 <w:t>waz@um.wroc.pl</w:t>
               </w:r>
               <w:r w:rsidRPr="00D90EA4">
                 <w:rPr>
                   <w:rStyle w:val="Inne"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                   <w:lang w:val="en-US" w:eastAsia="en-US"/>
@@ -5519,153 +6187,242 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A47ACB">
               <w:rPr>
                 <w:rStyle w:val="Inne"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Kategorie odnośnych danych osobowych</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7193" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="25114ED3" w14:textId="77777777" w:rsidR="00570ADB" w:rsidRPr="003B1723" w:rsidRDefault="00570ADB" w:rsidP="00570ADB">
+          <w:p w14:paraId="25114ED3" w14:textId="33EC1A3C" w:rsidR="00570ADB" w:rsidRPr="003B1723" w:rsidRDefault="00737BBC" w:rsidP="00570ADB">
             <w:pPr>
               <w:pStyle w:val="Inne0"/>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D90EA4">
+            <w:r w:rsidRPr="00737BBC">
               <w:rPr>
                 <w:rStyle w:val="Inne"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Dane osobowe wnioskodawcy lub pełnomocnika: imię i nazwisko, adres zamieszkania lub adres do korespondencji, inne dane kontaktowe.</w:t>
+              <w:t>Dane osobowe wnioskodawcy lub pełnomocnika: imię i nazwisko, adres zamieszkania lub adres do korespondencji, adres do doręczeń elektronicznych, pesel, inne dane kontaktowe.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00570ADB" w:rsidRPr="00341E6D" w14:paraId="152F9A09" w14:textId="77777777" w:rsidTr="003720E3">
         <w:trPr>
           <w:cantSplit/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2553" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="224742DE" w14:textId="77777777" w:rsidR="00570ADB" w:rsidRPr="00A47ACB" w:rsidRDefault="00570ADB" w:rsidP="00570ADB">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A47ACB">
               <w:rPr>
                 <w:rStyle w:val="Inne"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Podstawa prawna przetwarzania danych osobowych</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7193" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="22DD0C5A" w14:textId="77777777" w:rsidR="00570ADB" w:rsidRPr="003E671B" w:rsidRDefault="00570ADB" w:rsidP="00570ADB">
+          <w:p w14:paraId="22DD0C5A" w14:textId="53054771" w:rsidR="00570ADB" w:rsidRPr="003E671B" w:rsidRDefault="00570ADB" w:rsidP="00570ADB">
             <w:pPr>
               <w:suppressLineNumbers/>
               <w:suppressAutoHyphens/>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D90EA4">
               <w:rPr>
                 <w:rStyle w:val="Inne"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Będziemy przetwarzać Pani/Pana dane osobowe na podstawie przepisów prawa, w szczególności ustawy z dnia: 14 czerwca 1960 r. Kodeks postępowania administracyjnego; 7 lipca 1994 r. Prawo budowlane; 27 marca 2003 r. o planowaniu i zagospodarowaniu przestrzennym; 10 kwietnia 2003 r. o szczególnych zasadach przygotowania i realizacji inwestycji w zakresie dróg publicznych; 24 czerwca 1994 r. o własności lokali; 5 czerwca 1998 r. o</w:t>
+              <w:t>Będziemy przetwarzać Pani/Pana dane osobowe na podstawie przepisów prawa, w szczególności ustawy z dnia: 14 czerwca 1960 r. Kodeks postępowania administracyjnego; 7 lipca 1994 r. Prawo budowlane; 27 marca 2003 r. o planowaniu i zagospodarowaniu przestrzennym; 10</w:t>
+            </w:r>
+            <w:r w:rsidR="00473162">
+              <w:rPr>
+                <w:rStyle w:val="Inne"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D90EA4">
+              <w:rPr>
+                <w:rStyle w:val="Inne"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> kwietnia 2003 r. o szczególnych zasadach przygotowania i realizacji inwestycji w zakresie dróg publicznych; 24 czerwca 1994 r. o własności lokali; 5 czerwca 1998 r. o</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Inne"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D90EA4">
               <w:rPr>
                 <w:rStyle w:val="Inne"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>samorządzie powiatowym.</w:t>
+              <w:t>samorządzie powiatowym</w:t>
+            </w:r>
+            <w:r w:rsidR="009514A3">
+              <w:rPr>
+                <w:rStyle w:val="Inne"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidR="00EE6D9D">
+              <w:rPr>
+                <w:rStyle w:val="Inne"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00737BBC" w:rsidRPr="00372AFF">
+              <w:rPr>
+                <w:rStyle w:val="Inne"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>18 listopada 2020 r.</w:t>
+            </w:r>
+            <w:r w:rsidR="00737BBC">
+              <w:rPr>
+                <w:rStyle w:val="Inne"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00737BBC" w:rsidRPr="00372AFF">
+              <w:rPr>
+                <w:rStyle w:val="Inne"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>o</w:t>
+            </w:r>
+            <w:r w:rsidR="00737BBC" w:rsidRPr="00D90EA4">
+              <w:rPr>
+                <w:rStyle w:val="Inne"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00737BBC" w:rsidRPr="00372AFF">
+              <w:rPr>
+                <w:rStyle w:val="Inne"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>doręczeniach elektronicznych</w:t>
+            </w:r>
+            <w:r w:rsidR="00737BBC" w:rsidRPr="00D90EA4">
+              <w:rPr>
+                <w:rStyle w:val="Inne"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00737BBC" w:rsidRPr="00372AFF">
+              <w:rPr>
+                <w:rStyle w:val="Inne"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00570ADB" w:rsidRPr="00341E6D" w14:paraId="60074DF8" w14:textId="77777777" w:rsidTr="003720E3">
         <w:trPr>
           <w:cantSplit/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2553" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5E350DBB" w14:textId="77777777" w:rsidR="00570ADB" w:rsidRPr="00A47ACB" w:rsidRDefault="00570ADB" w:rsidP="00570ADB">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
@@ -5730,51 +6487,50 @@
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="134715E3" w14:textId="77777777" w:rsidR="00570ADB" w:rsidRPr="00A47ACB" w:rsidRDefault="00570ADB" w:rsidP="00570ADB">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A47ACB">
               <w:rPr>
                 <w:rStyle w:val="Inne"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Okres przechowywania danych osobowych</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7193" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="291F636F" w14:textId="77777777" w:rsidR="00570ADB" w:rsidRPr="00C43B8B" w:rsidRDefault="00570ADB" w:rsidP="00570ADB">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D90EA4">
@@ -6138,51 +6894,51 @@
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="414A7C5B" w14:textId="77777777" w:rsidR="00570ADB" w:rsidRPr="00D90EA4" w:rsidRDefault="00570ADB" w:rsidP="00570ADB">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Inne"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D90EA4">
               <w:rPr>
                 <w:rStyle w:val="Inne"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>W przypadku nieprawidłowości przy przetwarzaniu Pani/Pana danych osobowych, przysługuje Pani/Panu także prawo wniesienia skargi do organu nadzorczego zajmującego się ochroną danych osobowych, tj. Prezesa Urzędu Ochrony Danych Osobowych. Dane dotyczące możliwych form kontaktu:</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r w:rsidRPr="00D90EA4">
                 <w:rPr>
                   <w:rStyle w:val="Hipercze"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                   <w:lang w:val="en-US" w:eastAsia="en-US"/>
                 </w:rPr>
                 <w:t>https://uodo.gov.pl/pl/p/kontakt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00D90EA4">
               <w:rPr>
                 <w:rStyle w:val="Inne"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00570ADB" w:rsidRPr="00341E6D" w14:paraId="15004D0A" w14:textId="77777777" w:rsidTr="003720E3">
         <w:trPr>
           <w:cantSplit/>
@@ -6318,51 +7074,51 @@
             <w:pPr>
               <w:pStyle w:val="Inne0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="21"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="2880"/>
                 <w:tab w:val="left" w:pos="301"/>
               </w:tabs>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:ind w:left="284" w:hanging="284"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Inne"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">przez e-mail: </w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rStyle w:val="Hipercze"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>iod@um.wroc.pl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00570ADB" w:rsidRPr="00D90EA4">
               <w:rPr>
                 <w:rStyle w:val="Inne"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="53EF0E31" w14:textId="77777777" w:rsidR="00570ADB" w:rsidRPr="00C43B8B" w:rsidRDefault="00570ADB" w:rsidP="00570ADB">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="21"/>
               </w:numPr>
               <w:suppressLineNumbers/>
@@ -6373,82 +7129,66 @@
               <w:suppressAutoHyphens/>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:ind w:hanging="2880"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D90EA4">
               <w:rPr>
                 <w:rStyle w:val="Inne"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>telefonicznie: +48 71 777 77 24.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="479826F0" w14:textId="77777777" w:rsidR="00570ADB" w:rsidRDefault="00570ADB" w:rsidP="00570ADB">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="331AA8C5" w14:textId="77777777" w:rsidR="005623DC" w:rsidRDefault="005623DC" w:rsidP="00570ADB">
+    <w:p w14:paraId="331AA8C5" w14:textId="03B74645" w:rsidR="005623DC" w:rsidRDefault="005623DC" w:rsidP="00570ADB">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="20C95068" w14:textId="77777777" w:rsidR="00CC7B58" w:rsidRDefault="00CC7B58" w:rsidP="00570ADB">
+    <w:p w14:paraId="290F69B5" w14:textId="77777777" w:rsidR="00737BBC" w:rsidRDefault="00737BBC" w:rsidP="00570ADB">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
-      </w:pPr>
-[...18 lines deleted...]
-        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="79195261" w14:textId="77777777" w:rsidR="004F2377" w:rsidRDefault="004F2377" w:rsidP="00570ADB">
       <w:pPr>
         <w:pStyle w:val="Stopka"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4536"/>
           <w:tab w:val="clear" w:pos="9072"/>
         </w:tabs>
         <w:spacing w:line="288" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="right"/>
         <w:tblBorders>
           <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
@@ -6526,90 +7266,150 @@
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AA30C4">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Data oraz czytelny podpis wnioskodawcy lub osoby upoważnionej do działania w jego imieniu </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4FBAB8A4" w14:textId="77777777" w:rsidR="00CC7B58" w:rsidRDefault="00CC7B58" w:rsidP="00570ADB">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00CC7B58">
-[...5 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId15"/>
+    <w:sectPr w:rsidR="00CC7B58" w:rsidSect="00464687">
+      <w:headerReference w:type="even" r:id="rId11"/>
+      <w:headerReference w:type="default" r:id="rId12"/>
+      <w:footerReference w:type="even" r:id="rId13"/>
+      <w:footerReference w:type="default" r:id="rId14"/>
+      <w:headerReference w:type="first" r:id="rId15"/>
+      <w:footerReference w:type="first" r:id="rId16"/>
+      <w:endnotePr>
+        <w:numFmt w:val="decimal"/>
+      </w:endnotePr>
+      <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="794" w:right="1134" w:bottom="794" w:left="1134" w:header="567" w:footer="567" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="62463C99" w14:textId="77777777" w:rsidR="00C719E8" w:rsidRDefault="00C719E8">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="0DF20997" w14:textId="77777777" w:rsidR="00C719E8" w:rsidRDefault="00C719E8">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
+  <w:endnote w:id="1">
+    <w:p w14:paraId="21FF3E95" w14:textId="77777777" w:rsidR="00464687" w:rsidRDefault="00464687" w:rsidP="00464687">
+      <w:pPr>
+        <w:pStyle w:val="Tekstprzypisukocowego"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008F2755">
+        <w:rPr>
+          <w:rStyle w:val="Odwoanieprzypisukocowego"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:endnoteRef/>
+      </w:r>
+      <w:r w:rsidRPr="008F2755">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="2" w:name="_Hlk218762392"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Adres do doręczeń elektronicznych należy podać jeżeli wnioskodawca/pełnomocnik go posiada</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="2"/>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:id="2">
+    <w:p w14:paraId="581092C6" w14:textId="77777777" w:rsidR="00464687" w:rsidRDefault="00464687" w:rsidP="00464687">
+      <w:pPr>
+        <w:pStyle w:val="Tekstprzypisukocowego"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002F27FD">
+        <w:rPr>
+          <w:rStyle w:val="Odwoanieprzypisukocowego"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:endnoteRef/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F2755">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Nieobowiązkowe</w:t>
+      </w:r>
+    </w:p>
+  </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="EE"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="EE"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
@@ -6636,56 +7436,62 @@
   </w:font>
   <w:font w:name="Arial Narrow">
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Liberation Mono">
     <w:altName w:val="Courier New"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:notTrueType/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="NSimSun">
     <w:panose1 w:val="02010609030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
-    <w:altName w:val="Tahoma"/>
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial Unicode MS">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="3D6CB123" w14:textId="77777777" w:rsidR="005038F6" w:rsidRDefault="005038F6">
     <w:pPr>
       <w:pStyle w:val="Stopka"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="26885E6F" w14:textId="77777777" w:rsidR="00CC7B58" w:rsidRDefault="00CC7B58">
     <w:pPr>
@@ -9422,155 +10228,164 @@
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="17">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="18">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="19">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="20">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="21">
     <w:abstractNumId w:val="7"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:val="bestFit" w:percent="225"/>
   <w:embedSystemFonts/>
   <w:mirrorMargins/>
-  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="425"/>
   <w:doNotHyphenateCaps/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:doNotValidateAgainstSchema/>
   <w:doNotDemarcateInvalidXml/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
+    <w:numFmt w:val="decimal"/>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00CC7B58"/>
     <w:rsid w:val="00051920"/>
     <w:rsid w:val="00052B8A"/>
     <w:rsid w:val="000574B4"/>
     <w:rsid w:val="00077810"/>
     <w:rsid w:val="0008581C"/>
+    <w:rsid w:val="000A0AE4"/>
     <w:rsid w:val="000A45C3"/>
     <w:rsid w:val="000E1AEA"/>
     <w:rsid w:val="00127FF9"/>
     <w:rsid w:val="00150F1B"/>
     <w:rsid w:val="00247388"/>
     <w:rsid w:val="002A6AD6"/>
     <w:rsid w:val="002B3B70"/>
     <w:rsid w:val="002C767D"/>
     <w:rsid w:val="002E5D6C"/>
     <w:rsid w:val="00322853"/>
     <w:rsid w:val="00341E6D"/>
     <w:rsid w:val="003720E3"/>
     <w:rsid w:val="003A79BA"/>
     <w:rsid w:val="003B1723"/>
     <w:rsid w:val="003E671B"/>
     <w:rsid w:val="00427B7C"/>
+    <w:rsid w:val="00464687"/>
+    <w:rsid w:val="00473162"/>
     <w:rsid w:val="00474F6D"/>
     <w:rsid w:val="00487973"/>
     <w:rsid w:val="004E4112"/>
     <w:rsid w:val="004F2377"/>
     <w:rsid w:val="005038F6"/>
     <w:rsid w:val="00551A49"/>
     <w:rsid w:val="005623DC"/>
     <w:rsid w:val="00570ADB"/>
     <w:rsid w:val="005D041B"/>
     <w:rsid w:val="0062746B"/>
     <w:rsid w:val="00652B44"/>
     <w:rsid w:val="006A7934"/>
     <w:rsid w:val="007004CE"/>
     <w:rsid w:val="00710AD6"/>
+    <w:rsid w:val="00737BBC"/>
     <w:rsid w:val="007C0449"/>
     <w:rsid w:val="008350B4"/>
     <w:rsid w:val="008405B2"/>
     <w:rsid w:val="0087364D"/>
     <w:rsid w:val="008A0E5B"/>
     <w:rsid w:val="008B7A2B"/>
     <w:rsid w:val="008F5718"/>
+    <w:rsid w:val="0092369B"/>
+    <w:rsid w:val="009514A3"/>
     <w:rsid w:val="009C090A"/>
     <w:rsid w:val="009C76C0"/>
     <w:rsid w:val="009D19E9"/>
     <w:rsid w:val="00A03246"/>
     <w:rsid w:val="00A45AE3"/>
     <w:rsid w:val="00A47ACB"/>
     <w:rsid w:val="00AA30C4"/>
     <w:rsid w:val="00AB4942"/>
+    <w:rsid w:val="00AC5C42"/>
     <w:rsid w:val="00AD2BD0"/>
     <w:rsid w:val="00B33155"/>
     <w:rsid w:val="00B808FB"/>
     <w:rsid w:val="00BB13BD"/>
     <w:rsid w:val="00C43B8B"/>
     <w:rsid w:val="00C47BC2"/>
     <w:rsid w:val="00C65BAC"/>
     <w:rsid w:val="00C719E8"/>
     <w:rsid w:val="00C74439"/>
     <w:rsid w:val="00C91C94"/>
     <w:rsid w:val="00CC7B58"/>
     <w:rsid w:val="00CF3FAD"/>
     <w:rsid w:val="00D16FA0"/>
+    <w:rsid w:val="00D218F1"/>
     <w:rsid w:val="00D85D80"/>
     <w:rsid w:val="00D90EA4"/>
     <w:rsid w:val="00D9461D"/>
     <w:rsid w:val="00DD12E4"/>
     <w:rsid w:val="00DE7394"/>
     <w:rsid w:val="00E13B65"/>
     <w:rsid w:val="00E33272"/>
     <w:rsid w:val="00E33D86"/>
     <w:rsid w:val="00E347DB"/>
     <w:rsid w:val="00EC52C7"/>
+    <w:rsid w:val="00EE6D9D"/>
     <w:rsid w:val="00F40E1B"/>
     <w:rsid w:val="00F607AD"/>
     <w:rsid w:val="00FC58BE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pl-PL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
@@ -10601,76 +11416,134 @@
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Inne">
     <w:name w:val="Inne_"/>
     <w:link w:val="Inne0"/>
     <w:locked/>
     <w:rsid w:val="00C91C94"/>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Inne0">
     <w:name w:val="Inne"/>
     <w:basedOn w:val="Normalny"/>
     <w:link w:val="Inne"/>
     <w:rsid w:val="00C91C94"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Times New Roman"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Tekstprzypisukocowego">
+    <w:name w:val="endnote text"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:link w:val="TekstprzypisukocowegoZnak"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00464687"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TekstprzypisukocowegoZnak">
+    <w:name w:val="Tekst przypisu końcowego Znak"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:link w:val="Tekstprzypisukocowego"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00464687"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Odwoanieprzypisukocowego">
+    <w:name w:val="endnote reference"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00464687"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:vertAlign w:val="superscript"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Tabela-Siatka">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="Standardowy"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="00464687"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="416367027">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uodo.gov.pl/pl/p/kontakt" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:wab@um.wroc.pl" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:iod@um.wroc.pl" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:wab@um.wroc.pl" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:iod@um.wroc.pl" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uodo.gov.pl/pl/p/kontakt" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motyw pakietu Office">
   <a:themeElements>
     <a:clrScheme name="Pakiet Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -10912,60 +11785,91 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CBF139E4-0095-4BE5-9460-74B5ABC94B6A}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>1029</Words>
-  <Characters>7026</Characters>
+  <Words>1075</Words>
+  <Characters>7342</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>58</Lines>
+  <Lines>61</Lines>
   <Paragraphs>16</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Tytuł</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr>W43 Wniosek o udostępnienie akt zakończonych postępowań oraz wydanie uwierzytelnionych kopii dokumentów</vt:lpstr>
+    </vt:vector>
+  </TitlesOfParts>
   <Company>UMW</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8039</CharactersWithSpaces>
+  <CharactersWithSpaces>8401</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>W43 Wniosek o udostępnienie akt zakończonych postępowań oraz wydanie uwierzytelnionych kopii dokumentów</dc:title>
   <dc:subject>Wniosek o udostępnienie akt</dc:subject>
   <dc:creator>XYZ</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>