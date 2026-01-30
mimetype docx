--- v0 (2025-10-07)
+++ v1 (2026-01-30)
@@ -166,2592 +166,2098 @@
         <w:ind w:left="4248" w:firstLine="708"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Urzędu Miejskiego Wrocławia</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6CC88AA9" w14:textId="77777777" w:rsidR="00696B85" w:rsidRDefault="00696B85" w:rsidP="00460560">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="4248" w:firstLine="708"/>
       </w:pPr>
       <w:r>
         <w:t>pl. Nowy Targ 1-8     50-141 Wrocław</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="647C6842" w14:textId="77777777" w:rsidR="008F2755" w:rsidRPr="0046627A" w:rsidRDefault="008F2755" w:rsidP="00460560">
+    <w:p w14:paraId="401E869C" w14:textId="77777777" w:rsidR="000D2506" w:rsidRPr="00837EFD" w:rsidRDefault="000D2506" w:rsidP="000D2506">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="12"/>
-          <w:szCs w:val="12"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9639" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="57" w:type="dxa"/>
           <w:left w:w="57" w:type="dxa"/>
           <w:bottom w:w="57" w:type="dxa"/>
           <w:right w:w="57" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="380"/>
         <w:gridCol w:w="9259"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00696B85" w:rsidRPr="00917135" w14:paraId="44CCB563" w14:textId="77777777" w:rsidTr="006B044D">
+      <w:tr w:rsidR="000D2506" w:rsidRPr="00A54046" w14:paraId="3C446B41" w14:textId="77777777" w:rsidTr="009E03C6">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="380" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="13B8975A" w14:textId="77777777" w:rsidR="00696B85" w:rsidRDefault="00696B85" w:rsidP="00460560">
+          <w:p w14:paraId="6E1EE416" w14:textId="77777777" w:rsidR="000D2506" w:rsidRPr="00A54046" w:rsidRDefault="000D2506" w:rsidP="009E03C6">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="1" w:name="_Hlk134097901"/>
-            <w:r w:rsidRPr="00917135">
+            <w:r w:rsidRPr="00A54046">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9259" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2B931656" w14:textId="77777777" w:rsidR="00696B85" w:rsidRDefault="00696B85" w:rsidP="00460560">
+          <w:p w14:paraId="322122E5" w14:textId="77777777" w:rsidR="000D2506" w:rsidRPr="00A54046" w:rsidRDefault="000D2506" w:rsidP="009E03C6">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00917135">
+            <w:r w:rsidRPr="00A54046">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>DANE IDENTYFIKACYJNE WNIOSKODAWCY</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00696B85" w:rsidRPr="00917135" w14:paraId="417581AC" w14:textId="77777777" w:rsidTr="006B044D">
+      <w:tr w:rsidR="000D2506" w:rsidRPr="00A54046" w14:paraId="78319DC4" w14:textId="77777777" w:rsidTr="009E03C6">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="284"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9639" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7C577020" w14:textId="77777777" w:rsidR="00696B85" w:rsidRPr="00917135" w:rsidRDefault="00696B85" w:rsidP="00460560">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00917135">
+          <w:p w14:paraId="27D38211" w14:textId="77777777" w:rsidR="000D2506" w:rsidRPr="00A54046" w:rsidRDefault="000D2506" w:rsidP="009E03C6">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A54046">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Imię i nazwisko lub nazwa instytucji</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00696B85" w:rsidRPr="00917135" w14:paraId="18216DAC" w14:textId="77777777" w:rsidTr="00460560">
+      <w:tr w:rsidR="000D2506" w:rsidRPr="00A54046" w14:paraId="62A9BB4B" w14:textId="77777777" w:rsidTr="009E03C6">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9639" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="53FC7BAD" w14:textId="77777777" w:rsidR="00696B85" w:rsidRDefault="00696B85" w:rsidP="00460560">
+          <w:p w14:paraId="227E4F02" w14:textId="77777777" w:rsidR="000D2506" w:rsidRPr="00A54046" w:rsidRDefault="000D2506" w:rsidP="009E03C6">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00696B85" w:rsidRPr="00917135" w14:paraId="22DEA1C3" w14:textId="77777777" w:rsidTr="006B044D">
+      <w:tr w:rsidR="000D2506" w:rsidRPr="00A54046" w14:paraId="53E050E5" w14:textId="77777777" w:rsidTr="009E03C6">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="284"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9639" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="55792072" w14:textId="77777777" w:rsidR="00696B85" w:rsidRPr="00917135" w:rsidRDefault="00696B85" w:rsidP="00460560">
-[...12 lines deleted...]
-              <w:t>Adres siedziby</w:t>
+          <w:p w14:paraId="24831599" w14:textId="77777777" w:rsidR="000D2506" w:rsidRPr="00A54046" w:rsidRDefault="000D2506" w:rsidP="009E03C6">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A54046">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Adres </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00320475" w:rsidRPr="00917135" w14:paraId="2EA34E98" w14:textId="77777777" w:rsidTr="0046627A">
+      <w:tr w:rsidR="000D2506" w:rsidRPr="00A54046" w14:paraId="057AC627" w14:textId="77777777" w:rsidTr="009E03C6">
         <w:trPr>
-          <w:trHeight w:val="1594"/>
+          <w:trHeight w:val="1519"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9639" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:tbl>
             <w:tblPr>
               <w:tblStyle w:val="Tabela-Siatka"/>
               <w:tblW w:w="0" w:type="auto"/>
               <w:tblLayout w:type="fixed"/>
               <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="4903"/>
               <w:gridCol w:w="2268"/>
               <w:gridCol w:w="2339"/>
             </w:tblGrid>
-            <w:tr w:rsidR="00FA3CCA" w14:paraId="31A531F4" w14:textId="77777777" w:rsidTr="00460560">
-[...2 lines deleted...]
-              </w:trPr>
+            <w:tr w:rsidR="000D2506" w:rsidRPr="00A54046" w14:paraId="608D460A" w14:textId="77777777" w:rsidTr="009E03C6">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4903" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="51F08257" w14:textId="77777777" w:rsidR="00FA3CCA" w:rsidRPr="00FA3CCA" w:rsidRDefault="00FA3CCA" w:rsidP="00460560">
+                <w:p w14:paraId="5F8C3183" w14:textId="77777777" w:rsidR="000D2506" w:rsidRPr="00A54046" w:rsidRDefault="000D2506" w:rsidP="009E03C6">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="00FA3CCA">
+                  <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Kraj:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4607" w:type="dxa"/>
                   <w:gridSpan w:val="2"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="12C52EE8" w14:textId="77777777" w:rsidR="00FA3CCA" w:rsidRPr="00FA3CCA" w:rsidRDefault="00FA3CCA" w:rsidP="00460560">
+                <w:p w14:paraId="20546401" w14:textId="77777777" w:rsidR="000D2506" w:rsidRPr="00A54046" w:rsidRDefault="000D2506" w:rsidP="009E03C6">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="00FA3CCA">
+                  <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
-                    <w:t xml:space="preserve">Województwo: </w:t>
+                    <w:t>Województwo:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00FA3CCA" w14:paraId="61BE3BBE" w14:textId="77777777" w:rsidTr="00460560">
-[...2 lines deleted...]
-              </w:trPr>
+            <w:tr w:rsidR="000D2506" w:rsidRPr="00A54046" w14:paraId="0A3D4A4C" w14:textId="77777777" w:rsidTr="009E03C6">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4903" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="297A35E8" w14:textId="77777777" w:rsidR="00FA3CCA" w:rsidRPr="00FA3CCA" w:rsidRDefault="00FA3CCA" w:rsidP="00460560">
+                <w:p w14:paraId="26C4D902" w14:textId="77777777" w:rsidR="000D2506" w:rsidRPr="00A54046" w:rsidRDefault="000D2506" w:rsidP="009E03C6">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="00FA3CCA">
+                  <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Powiat:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4607" w:type="dxa"/>
                   <w:gridSpan w:val="2"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="5072DE12" w14:textId="77777777" w:rsidR="00FA3CCA" w:rsidRPr="00FA3CCA" w:rsidRDefault="00FA3CCA" w:rsidP="00460560">
+                <w:p w14:paraId="68C5E05D" w14:textId="77777777" w:rsidR="000D2506" w:rsidRPr="00A54046" w:rsidRDefault="000D2506" w:rsidP="009E03C6">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="00FA3CCA">
+                  <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Gmina:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00E02318" w14:paraId="4409A004" w14:textId="77777777" w:rsidTr="00460560">
-[...2 lines deleted...]
-              </w:trPr>
+            <w:tr w:rsidR="000D2506" w:rsidRPr="00A54046" w14:paraId="65F45713" w14:textId="77777777" w:rsidTr="009E03C6">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4903" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="5A06D4BE" w14:textId="77777777" w:rsidR="00E02318" w:rsidRPr="00FA3CCA" w:rsidRDefault="00E02318" w:rsidP="00460560">
+                <w:p w14:paraId="6C57F869" w14:textId="77777777" w:rsidR="000D2506" w:rsidRPr="00A54046" w:rsidRDefault="000D2506" w:rsidP="009E03C6">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="00FA3CCA">
+                  <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Ulica:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2268" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="531C6C5E" w14:textId="77777777" w:rsidR="00E02318" w:rsidRPr="00FA3CCA" w:rsidRDefault="00E02318" w:rsidP="00460560">
+                <w:p w14:paraId="05E1B3D5" w14:textId="77777777" w:rsidR="000D2506" w:rsidRPr="00A54046" w:rsidRDefault="000D2506" w:rsidP="009E03C6">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="00FA3CCA">
+                  <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
-                    <w:t>Nr domu</w:t>
-[...6 lines deleted...]
-                    <w:t>:</w:t>
+                    <w:t>Nr domu:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2339" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="047628D8" w14:textId="77777777" w:rsidR="00E02318" w:rsidRPr="00FA3CCA" w:rsidRDefault="00E02318" w:rsidP="00460560">
+                <w:p w14:paraId="3EBCA435" w14:textId="77777777" w:rsidR="000D2506" w:rsidRPr="00A54046" w:rsidRDefault="000D2506" w:rsidP="009E03C6">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="00FA3CCA">
+                  <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Nr lokalu:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00FA3CCA" w14:paraId="703DADC0" w14:textId="77777777" w:rsidTr="00460560">
-[...2 lines deleted...]
-              </w:trPr>
+            <w:tr w:rsidR="000D2506" w:rsidRPr="00A54046" w14:paraId="5E20515F" w14:textId="77777777" w:rsidTr="009E03C6">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4903" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="404C801C" w14:textId="77777777" w:rsidR="00FA3CCA" w:rsidRPr="00FA3CCA" w:rsidRDefault="00FA3CCA" w:rsidP="00460560">
+                <w:p w14:paraId="69BD5B3A" w14:textId="77777777" w:rsidR="000D2506" w:rsidRPr="00A54046" w:rsidRDefault="000D2506" w:rsidP="009E03C6">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="00FA3CCA">
+                  <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Miejscowość:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4607" w:type="dxa"/>
                   <w:gridSpan w:val="2"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="51DB9706" w14:textId="77777777" w:rsidR="00FA3CCA" w:rsidRPr="00FA3CCA" w:rsidRDefault="00FA3CCA" w:rsidP="00460560">
+                <w:p w14:paraId="2061AC6B" w14:textId="77777777" w:rsidR="000D2506" w:rsidRPr="00A54046" w:rsidRDefault="000D2506" w:rsidP="009E03C6">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="00FA3CCA">
+                  <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Kod pocztowy:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00FA3CCA" w14:paraId="62227D63" w14:textId="77777777" w:rsidTr="00460560">
+            <w:tr w:rsidR="000D2506" w:rsidRPr="00F84673" w14:paraId="43BF8110" w14:textId="77777777" w:rsidTr="009E03C6">
               <w:trPr>
-                <w:trHeight w:val="57"/>
+                <w:trHeight w:val="499"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4903" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="093F8029" w14:textId="77777777" w:rsidR="00FA3CCA" w:rsidRPr="00FA3CCA" w:rsidRDefault="00FA3CCA" w:rsidP="00460560">
+                <w:p w14:paraId="18DE94D0" w14:textId="573D675A" w:rsidR="000D2506" w:rsidRPr="00F84673" w:rsidRDefault="00C26291" w:rsidP="009E03C6">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="00FA3CCA">
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Arial Unicode MS"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>Adres do doręczeń elektronicznych (E-doręczenia):</w:t>
+                  </w:r>
+                  <w:r w:rsidR="000D2506" w:rsidRPr="00F84673">
                     <w:rPr>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
-                    </w:rPr>
-[...7 lines deleted...]
-                      <w:szCs w:val="16"/>
+                      <w:vertAlign w:val="superscript"/>
                     </w:rPr>
                     <w:endnoteReference w:id="1"/>
-                  </w:r>
-[...5 lines deleted...]
-                    <w:t>:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4607" w:type="dxa"/>
                   <w:gridSpan w:val="2"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="64245D77" w14:textId="77777777" w:rsidR="00FA3CCA" w:rsidRPr="00FA3CCA" w:rsidRDefault="00FA3CCA" w:rsidP="00460560">
+                <w:p w14:paraId="2DFFA73C" w14:textId="77777777" w:rsidR="000D2506" w:rsidRPr="00F84673" w:rsidRDefault="000D2506" w:rsidP="009E03C6">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="00FA3CCA">
+                  <w:r w:rsidRPr="00F84673">
                     <w:rPr>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
-                    <w:t>Nr tel</w:t>
+                    <w:t>Nr tel.:</w:t>
                   </w:r>
-                  <w:r w:rsidR="00127861">
-[...6 lines deleted...]
-                  <w:r w:rsidR="00127861">
+                  <w:r>
                     <w:rPr>
                       <w:rStyle w:val="Odwoanieprzypisukocowego"/>
-                      <w:rFonts w:cs="Verdana"/>
-[...79 lines deleted...]
-                      <w:rFonts w:cs="Verdana"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:endnoteReference w:id="2"/>
                   </w:r>
-                  <w:r w:rsidRPr="00FA3CCA">
-[...5 lines deleted...]
-                  </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
-          <w:p w14:paraId="67A7E259" w14:textId="77777777" w:rsidR="006B044D" w:rsidRPr="006B044D" w:rsidRDefault="006B044D" w:rsidP="00460560">
+          <w:p w14:paraId="24C71B9B" w14:textId="77777777" w:rsidR="000D2506" w:rsidRPr="00A54046" w:rsidRDefault="000D2506" w:rsidP="009E03C6">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkEnd w:id="1"/>
     </w:tbl>
-    <w:p w14:paraId="4A0AE407" w14:textId="77777777" w:rsidR="00696B85" w:rsidRPr="0046627A" w:rsidRDefault="00696B85" w:rsidP="00460560">
+    <w:p w14:paraId="52108C86" w14:textId="77777777" w:rsidR="000D2506" w:rsidRDefault="000D2506" w:rsidP="000D2506">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="14"/>
-          <w:szCs w:val="14"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9639" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="57" w:type="dxa"/>
           <w:left w:w="57" w:type="dxa"/>
           <w:bottom w:w="57" w:type="dxa"/>
           <w:right w:w="57" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="380"/>
         <w:gridCol w:w="9259"/>
       </w:tblGrid>
-      <w:tr w:rsidR="008F2755" w:rsidRPr="00917135" w14:paraId="690D3363" w14:textId="77777777" w:rsidTr="00C52C60">
+      <w:tr w:rsidR="000D2506" w:rsidRPr="00A54046" w14:paraId="0DA676EC" w14:textId="77777777" w:rsidTr="009E03C6">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="380" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1EDAACF9" w14:textId="77777777" w:rsidR="008F2755" w:rsidRDefault="008F2755" w:rsidP="00460560">
+          <w:p w14:paraId="5FEBE006" w14:textId="77777777" w:rsidR="000D2506" w:rsidRPr="00A54046" w:rsidRDefault="000D2506" w:rsidP="009E03C6">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="2" w:name="_Hlk134097935"/>
-            <w:r>
+            <w:r w:rsidRPr="00A54046">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>B</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9259" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="462A8A6C" w14:textId="77777777" w:rsidR="008F2755" w:rsidRDefault="008F2755" w:rsidP="00460560">
+          <w:p w14:paraId="76FE1CDE" w14:textId="77777777" w:rsidR="000D2506" w:rsidRPr="00A54046" w:rsidRDefault="000D2506" w:rsidP="009E03C6">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00917135">
+            <w:r w:rsidRPr="00A54046">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>DANE WNIOSKODAWCY</w:t>
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> DO KORESPONDENCJI</w:t>
+              <w:t>DANE WNIOSKODAWCY DO KORESPONDENCJI</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008F2755" w:rsidRPr="00917135" w14:paraId="5CAD4FA7" w14:textId="77777777" w:rsidTr="00C52C60">
+      <w:tr w:rsidR="000D2506" w:rsidRPr="00A54046" w14:paraId="47C19B2E" w14:textId="77777777" w:rsidTr="009E03C6">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="284"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9639" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3A795B38" w14:textId="77777777" w:rsidR="008F2755" w:rsidRPr="00917135" w:rsidRDefault="008F2755" w:rsidP="00460560">
-[...19 lines deleted...]
-              <w:t>A</w:t>
+          <w:p w14:paraId="462D0264" w14:textId="77777777" w:rsidR="000D2506" w:rsidRPr="00A54046" w:rsidRDefault="000D2506" w:rsidP="009E03C6">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A54046">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Wypełnia się, jeżeli adres do korespondencji wnioskodawcy jest inny niż wskazany w pkt A</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008F2755" w:rsidRPr="00917135" w14:paraId="4FBA8ED1" w14:textId="77777777" w:rsidTr="0046627A">
+      <w:tr w:rsidR="000D2506" w:rsidRPr="00A54046" w14:paraId="6716ADC2" w14:textId="77777777" w:rsidTr="009E03C6">
         <w:trPr>
-          <w:trHeight w:val="1576"/>
+          <w:trHeight w:val="1034"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9639" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:tbl>
             <w:tblPr>
               <w:tblStyle w:val="Tabela-Siatka"/>
               <w:tblW w:w="0" w:type="auto"/>
               <w:tblLayout w:type="fixed"/>
               <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="4903"/>
               <w:gridCol w:w="2268"/>
               <w:gridCol w:w="2339"/>
             </w:tblGrid>
-            <w:tr w:rsidR="008F2755" w:rsidRPr="008F2755" w14:paraId="486FCC5C" w14:textId="77777777" w:rsidTr="008F2755">
+            <w:tr w:rsidR="000D2506" w:rsidRPr="00A54046" w14:paraId="31D9B23F" w14:textId="77777777" w:rsidTr="009E03C6">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4903" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="7FD5B17A" w14:textId="77777777" w:rsidR="008F2755" w:rsidRPr="008F2755" w:rsidRDefault="008F2755" w:rsidP="00460560">
+                <w:p w14:paraId="696B2048" w14:textId="77777777" w:rsidR="000D2506" w:rsidRPr="00A54046" w:rsidRDefault="000D2506" w:rsidP="009E03C6">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="008F2755">
+                  <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Kraj:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4607" w:type="dxa"/>
                   <w:gridSpan w:val="2"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="4406802B" w14:textId="77777777" w:rsidR="008F2755" w:rsidRPr="008F2755" w:rsidRDefault="008F2755" w:rsidP="00460560">
+                <w:p w14:paraId="4DC24B90" w14:textId="77777777" w:rsidR="000D2506" w:rsidRPr="00A54046" w:rsidRDefault="000D2506" w:rsidP="009E03C6">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="008F2755">
+                  <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
-                    <w:t xml:space="preserve">Województwo: </w:t>
+                    <w:t>Województwo:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="008F2755" w:rsidRPr="008F2755" w14:paraId="79262756" w14:textId="77777777" w:rsidTr="008F2755">
+            <w:tr w:rsidR="000D2506" w:rsidRPr="00A54046" w14:paraId="4A1E6326" w14:textId="77777777" w:rsidTr="009E03C6">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4903" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="03FFBDFE" w14:textId="77777777" w:rsidR="008F2755" w:rsidRPr="008F2755" w:rsidRDefault="008F2755" w:rsidP="00460560">
+                <w:p w14:paraId="0797FA0D" w14:textId="77777777" w:rsidR="000D2506" w:rsidRPr="00A54046" w:rsidRDefault="000D2506" w:rsidP="009E03C6">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="008F2755">
+                  <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Powiat:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4607" w:type="dxa"/>
                   <w:gridSpan w:val="2"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="05286137" w14:textId="77777777" w:rsidR="008F2755" w:rsidRPr="008F2755" w:rsidRDefault="008F2755" w:rsidP="00460560">
+                <w:p w14:paraId="6C606C0F" w14:textId="77777777" w:rsidR="000D2506" w:rsidRPr="00A54046" w:rsidRDefault="000D2506" w:rsidP="009E03C6">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="008F2755">
+                  <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Gmina:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="008F2755" w:rsidRPr="008F2755" w14:paraId="5EE7CD0D" w14:textId="77777777" w:rsidTr="008F2755">
+            <w:tr w:rsidR="000D2506" w:rsidRPr="00A54046" w14:paraId="5FE45960" w14:textId="77777777" w:rsidTr="009E03C6">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4903" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="47BFFC76" w14:textId="77777777" w:rsidR="008F2755" w:rsidRPr="008F2755" w:rsidRDefault="008F2755" w:rsidP="00460560">
+                <w:p w14:paraId="0ACE91A2" w14:textId="77777777" w:rsidR="000D2506" w:rsidRPr="00A54046" w:rsidRDefault="000D2506" w:rsidP="009E03C6">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="008F2755">
+                  <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Ulica:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2268" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="2B451C33" w14:textId="77777777" w:rsidR="008F2755" w:rsidRPr="008F2755" w:rsidRDefault="008F2755" w:rsidP="00460560">
+                <w:p w14:paraId="31B5ABC0" w14:textId="77777777" w:rsidR="000D2506" w:rsidRPr="00A54046" w:rsidRDefault="000D2506" w:rsidP="009E03C6">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="008F2755">
+                  <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
-                    <w:t>Nr domu</w:t>
-[...6 lines deleted...]
-                    <w:t>:</w:t>
+                    <w:t>Nr domu:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2339" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="1557A87F" w14:textId="77777777" w:rsidR="008F2755" w:rsidRPr="008F2755" w:rsidRDefault="008F2755" w:rsidP="00460560">
+                <w:p w14:paraId="218AAB8F" w14:textId="77777777" w:rsidR="000D2506" w:rsidRPr="00A54046" w:rsidRDefault="000D2506" w:rsidP="009E03C6">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="008F2755">
+                  <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Nr lokalu:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="008F2755" w:rsidRPr="008F2755" w14:paraId="777D2F49" w14:textId="77777777" w:rsidTr="008F2755">
+            <w:tr w:rsidR="000D2506" w:rsidRPr="00A54046" w14:paraId="0812F941" w14:textId="77777777" w:rsidTr="009E03C6">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4903" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="7DB25F69" w14:textId="77777777" w:rsidR="008F2755" w:rsidRPr="008F2755" w:rsidRDefault="008F2755" w:rsidP="00460560">
+                <w:p w14:paraId="56459C34" w14:textId="77777777" w:rsidR="000D2506" w:rsidRPr="00A54046" w:rsidRDefault="000D2506" w:rsidP="009E03C6">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="008F2755">
+                  <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Miejscowość:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4607" w:type="dxa"/>
                   <w:gridSpan w:val="2"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="3F032A5E" w14:textId="77777777" w:rsidR="008F2755" w:rsidRPr="008F2755" w:rsidRDefault="008F2755" w:rsidP="00460560">
+                <w:p w14:paraId="4786590C" w14:textId="77777777" w:rsidR="000D2506" w:rsidRPr="00A54046" w:rsidRDefault="000D2506" w:rsidP="009E03C6">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="008F2755">
+                  <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Kod pocztowy:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="008F2755" w:rsidRPr="008F2755" w14:paraId="137E55FD" w14:textId="77777777" w:rsidTr="008F2755">
-[...164 lines deleted...]
-            </w:tr>
           </w:tbl>
-          <w:p w14:paraId="62722321" w14:textId="77777777" w:rsidR="008F2755" w:rsidRPr="008F2755" w:rsidRDefault="008F2755" w:rsidP="00460560">
+          <w:p w14:paraId="5AF0E88F" w14:textId="77777777" w:rsidR="000D2506" w:rsidRPr="00A54046" w:rsidRDefault="000D2506" w:rsidP="009E03C6">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkEnd w:id="2"/>
     </w:tbl>
-    <w:p w14:paraId="4305BBFF" w14:textId="77777777" w:rsidR="008F2755" w:rsidRPr="0046627A" w:rsidRDefault="008F2755" w:rsidP="00460560">
+    <w:p w14:paraId="6C14D652" w14:textId="77777777" w:rsidR="000D2506" w:rsidRDefault="000D2506" w:rsidP="000D2506">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="14"/>
-          <w:szCs w:val="14"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9639" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="57" w:type="dxa"/>
           <w:left w:w="57" w:type="dxa"/>
           <w:bottom w:w="57" w:type="dxa"/>
           <w:right w:w="57" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="380"/>
         <w:gridCol w:w="9259"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C84BD3" w:rsidRPr="00C84BD3" w14:paraId="0B4304D2" w14:textId="77777777" w:rsidTr="007F0543">
+      <w:tr w:rsidR="000D2506" w:rsidRPr="00A54046" w14:paraId="072D5C29" w14:textId="77777777" w:rsidTr="009E03C6">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="380" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4E09F7D5" w14:textId="77777777" w:rsidR="00C84BD3" w:rsidRPr="00C84BD3" w:rsidRDefault="00C84BD3" w:rsidP="00460560">
+          <w:p w14:paraId="766F08BD" w14:textId="77777777" w:rsidR="000D2506" w:rsidRPr="00A54046" w:rsidRDefault="000D2506" w:rsidP="009E03C6">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="3" w:name="_Hlk134098041"/>
-            <w:r w:rsidRPr="00C84BD3">
+            <w:r w:rsidRPr="00A54046">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>C</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9259" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6F758A2E" w14:textId="77777777" w:rsidR="00C84BD3" w:rsidRPr="00C84BD3" w:rsidRDefault="00C84BD3" w:rsidP="00460560">
+          <w:p w14:paraId="1CAF2BBB" w14:textId="77777777" w:rsidR="000D2506" w:rsidRPr="00A54046" w:rsidRDefault="000D2506" w:rsidP="009E03C6">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C84BD3">
+            <w:r w:rsidRPr="00A54046">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>DANE IDENTYFIKACYJNE PEŁNOMOCNIKA</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C84BD3" w:rsidRPr="00C84BD3" w14:paraId="54750788" w14:textId="77777777" w:rsidTr="007F0543">
+      <w:tr w:rsidR="000D2506" w:rsidRPr="00A54046" w14:paraId="7FCC2AD8" w14:textId="77777777" w:rsidTr="009E03C6">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="284"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9639" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="251C9461" w14:textId="77777777" w:rsidR="00C84BD3" w:rsidRPr="00C84BD3" w:rsidRDefault="00C84BD3" w:rsidP="00460560">
-[...12 lines deleted...]
-              <w:t>Wypełnia się, jeżeli inwestor / wnioskodawca ustanowił pełnomocnika lub pełnomocnika do doręczeń</w:t>
+          <w:p w14:paraId="72353F59" w14:textId="77777777" w:rsidR="000D2506" w:rsidRPr="00A54046" w:rsidRDefault="000D2506" w:rsidP="009E03C6">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A54046">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Wypełnia się, jeżeli </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">inwestor / </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A54046">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>wnioskodawca ustanowił pełnomocnika lub pełnomocnika do doręczeń</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C84BD3" w:rsidRPr="00C84BD3" w14:paraId="55C9DB9B" w14:textId="77777777" w:rsidTr="00460560">
+      <w:tr w:rsidR="000D2506" w:rsidRPr="00A54046" w14:paraId="1FF8ABD1" w14:textId="77777777" w:rsidTr="009E03C6">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9639" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="28AED263" w14:textId="77777777" w:rsidR="00C84BD3" w:rsidRPr="00C84BD3" w:rsidRDefault="00C84BD3" w:rsidP="00460560">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00C84BD3">
+          <w:p w14:paraId="5694A7DD" w14:textId="77777777" w:rsidR="000D2506" w:rsidRPr="00A54046" w:rsidRDefault="000D2506" w:rsidP="009E03C6">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A54046">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Imię i nazwisko</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C84BD3" w:rsidRPr="00C84BD3" w14:paraId="174D0A5E" w14:textId="77777777" w:rsidTr="0046627A">
+      <w:tr w:rsidR="000D2506" w:rsidRPr="00A54046" w14:paraId="7F81EC1F" w14:textId="77777777" w:rsidTr="009E03C6">
         <w:trPr>
-          <w:trHeight w:val="1621"/>
+          <w:trHeight w:val="1646"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9639" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:tbl>
             <w:tblPr>
-              <w:tblStyle w:val="Tabela-Siatka2"/>
+              <w:tblStyle w:val="Tabela-Siatka"/>
               <w:tblW w:w="0" w:type="auto"/>
               <w:tblLayout w:type="fixed"/>
               <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="4903"/>
               <w:gridCol w:w="2268"/>
               <w:gridCol w:w="2339"/>
             </w:tblGrid>
-            <w:tr w:rsidR="00C84BD3" w:rsidRPr="00C84BD3" w14:paraId="29EFCAE9" w14:textId="77777777" w:rsidTr="007F0543">
+            <w:tr w:rsidR="000D2506" w:rsidRPr="00A54046" w14:paraId="276DC2BF" w14:textId="77777777" w:rsidTr="009E03C6">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4903" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="3BFAB9A0" w14:textId="77777777" w:rsidR="00C84BD3" w:rsidRPr="00C84BD3" w:rsidRDefault="00C84BD3" w:rsidP="00460560">
+                <w:p w14:paraId="21E4454C" w14:textId="77777777" w:rsidR="000D2506" w:rsidRPr="00A54046" w:rsidRDefault="000D2506" w:rsidP="009E03C6">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="00C84BD3">
+                  <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Kraj:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4607" w:type="dxa"/>
                   <w:gridSpan w:val="2"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="1CB013AE" w14:textId="77777777" w:rsidR="00C84BD3" w:rsidRPr="00C84BD3" w:rsidRDefault="00C84BD3" w:rsidP="00460560">
+                <w:p w14:paraId="4D433C51" w14:textId="77777777" w:rsidR="000D2506" w:rsidRPr="00A54046" w:rsidRDefault="000D2506" w:rsidP="009E03C6">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="00C84BD3">
+                  <w:r w:rsidRPr="00A54046">
                     <w:rPr>
-                      <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
-                    <w:t xml:space="preserve">Województwo: </w:t>
+                    <w:t>Województwo:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00C84BD3" w:rsidRPr="00C84BD3" w14:paraId="55DF4F31" w14:textId="77777777" w:rsidTr="007F0543">
+            <w:tr w:rsidR="000D2506" w:rsidRPr="00A54046" w14:paraId="54AC0849" w14:textId="77777777" w:rsidTr="009E03C6">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4903" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="6F48182B" w14:textId="77777777" w:rsidR="00C84BD3" w:rsidRPr="00C84BD3" w:rsidRDefault="00C84BD3" w:rsidP="00460560">
+                <w:p w14:paraId="38D4F2A1" w14:textId="77777777" w:rsidR="000D2506" w:rsidRPr="00A54046" w:rsidRDefault="000D2506" w:rsidP="009E03C6">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="00C84BD3">
+                  <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Powiat:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4607" w:type="dxa"/>
                   <w:gridSpan w:val="2"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="3BD42D6C" w14:textId="77777777" w:rsidR="00C84BD3" w:rsidRPr="00C84BD3" w:rsidRDefault="00C84BD3" w:rsidP="00460560">
+                <w:p w14:paraId="5C6CCAC6" w14:textId="77777777" w:rsidR="000D2506" w:rsidRPr="00A54046" w:rsidRDefault="000D2506" w:rsidP="009E03C6">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="00C84BD3">
+                  <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Gmina:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00C84BD3" w:rsidRPr="00C84BD3" w14:paraId="29B7E418" w14:textId="77777777" w:rsidTr="007F0543">
+            <w:tr w:rsidR="000D2506" w:rsidRPr="00A54046" w14:paraId="7AB9E7D2" w14:textId="77777777" w:rsidTr="009E03C6">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4903" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="72EDE529" w14:textId="77777777" w:rsidR="00C84BD3" w:rsidRPr="00C84BD3" w:rsidRDefault="00C84BD3" w:rsidP="00460560">
+                <w:p w14:paraId="66C6CA1C" w14:textId="77777777" w:rsidR="000D2506" w:rsidRPr="00A54046" w:rsidRDefault="000D2506" w:rsidP="009E03C6">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="00C84BD3">
+                  <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Ulica:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2268" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="2B7D5859" w14:textId="77777777" w:rsidR="00C84BD3" w:rsidRPr="00C84BD3" w:rsidRDefault="00C84BD3" w:rsidP="00460560">
+                <w:p w14:paraId="73447C18" w14:textId="77777777" w:rsidR="000D2506" w:rsidRPr="00A54046" w:rsidRDefault="000D2506" w:rsidP="009E03C6">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="00C84BD3">
+                  <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Nr domu:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2339" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="02B30AF4" w14:textId="77777777" w:rsidR="00C84BD3" w:rsidRPr="00C84BD3" w:rsidRDefault="00C84BD3" w:rsidP="00460560">
+                <w:p w14:paraId="2559A273" w14:textId="77777777" w:rsidR="000D2506" w:rsidRPr="00A54046" w:rsidRDefault="000D2506" w:rsidP="009E03C6">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="00C84BD3">
+                  <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Nr lokalu:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00C84BD3" w:rsidRPr="00C84BD3" w14:paraId="0FAC2D03" w14:textId="77777777" w:rsidTr="007F0543">
+            <w:tr w:rsidR="000D2506" w:rsidRPr="00A54046" w14:paraId="0F418458" w14:textId="77777777" w:rsidTr="009E03C6">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4903" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="0EB64211" w14:textId="77777777" w:rsidR="00C84BD3" w:rsidRPr="00C84BD3" w:rsidRDefault="00C84BD3" w:rsidP="00460560">
+                <w:p w14:paraId="48FF5F85" w14:textId="77777777" w:rsidR="000D2506" w:rsidRPr="00A54046" w:rsidRDefault="000D2506" w:rsidP="009E03C6">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="00C84BD3">
+                  <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Miejscowość:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4607" w:type="dxa"/>
                   <w:gridSpan w:val="2"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="01114C63" w14:textId="77777777" w:rsidR="00C84BD3" w:rsidRPr="00C84BD3" w:rsidRDefault="00C84BD3" w:rsidP="00460560">
+                <w:p w14:paraId="08005174" w14:textId="77777777" w:rsidR="000D2506" w:rsidRPr="00A54046" w:rsidRDefault="000D2506" w:rsidP="009E03C6">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="00C84BD3">
+                  <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Kod pocztowy:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00C84BD3" w:rsidRPr="00C84BD3" w14:paraId="18C21F66" w14:textId="77777777" w:rsidTr="007F0543">
+            <w:tr w:rsidR="000D2506" w:rsidRPr="00F84673" w14:paraId="2C956D5A" w14:textId="77777777" w:rsidTr="009E03C6">
+              <w:trPr>
+                <w:trHeight w:val="499"/>
+              </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4903" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="5B4784A9" w14:textId="77777777" w:rsidR="00C84BD3" w:rsidRPr="00C84BD3" w:rsidRDefault="00C84BD3" w:rsidP="00460560">
+                <w:p w14:paraId="5F7ED618" w14:textId="41651E7B" w:rsidR="000D2506" w:rsidRPr="00F84673" w:rsidRDefault="00C26291" w:rsidP="009E03C6">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="00C84BD3">
+                  <w:r>
                     <w:rPr>
+                      <w:rFonts w:eastAsia="Arial Unicode MS"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
-                    <w:t>E-mail</w:t>
+                    <w:t>Adres do doręczeń elektronicznych (E-doręczenia):</w:t>
                   </w:r>
-                  <w:r w:rsidRPr="00C84BD3">
+                  <w:r w:rsidR="000D2506">
                     <w:rPr>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                       <w:vertAlign w:val="superscript"/>
                     </w:rPr>
                     <w:t>1</w:t>
-                  </w:r>
-[...5 lines deleted...]
-                    <w:t>:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4607" w:type="dxa"/>
                   <w:gridSpan w:val="2"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="61B9320E" w14:textId="77777777" w:rsidR="00C84BD3" w:rsidRPr="00C84BD3" w:rsidRDefault="00C84BD3" w:rsidP="00460560">
+                <w:p w14:paraId="1FE8446B" w14:textId="77777777" w:rsidR="000D2506" w:rsidRPr="00F84673" w:rsidRDefault="000D2506" w:rsidP="009E03C6">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="00C84BD3">
+                  <w:r w:rsidRPr="00F84673">
                     <w:rPr>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
-                    <w:t>Nr tel.</w:t>
+                    <w:t>Nr tel.:</w:t>
                   </w:r>
-                  <w:r w:rsidRPr="00C84BD3">
-[...61 lines deleted...]
-                  <w:r w:rsidRPr="00C84BD3">
+                  <w:r>
                     <w:rPr>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                       <w:vertAlign w:val="superscript"/>
                     </w:rPr>
                     <w:t>2</w:t>
                   </w:r>
-                  <w:r w:rsidRPr="00C84BD3">
-[...5 lines deleted...]
-                  </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
-          <w:p w14:paraId="58BE4AEB" w14:textId="77777777" w:rsidR="00C84BD3" w:rsidRPr="00C84BD3" w:rsidRDefault="00C84BD3" w:rsidP="00460560">
+          <w:p w14:paraId="7B90DD2C" w14:textId="77777777" w:rsidR="000D2506" w:rsidRPr="00A54046" w:rsidRDefault="000D2506" w:rsidP="009E03C6">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkEnd w:id="3"/>
     </w:tbl>
-    <w:p w14:paraId="01937F56" w14:textId="77777777" w:rsidR="008F2755" w:rsidRPr="0046627A" w:rsidRDefault="008F2755" w:rsidP="00460560">
+    <w:p w14:paraId="364C6D4E" w14:textId="77777777" w:rsidR="000D2506" w:rsidRDefault="000D2506" w:rsidP="000D2506">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
+        <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9639" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="57" w:type="dxa"/>
           <w:left w:w="57" w:type="dxa"/>
           <w:bottom w:w="57" w:type="dxa"/>
           <w:right w:w="57" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="380"/>
         <w:gridCol w:w="9259"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0099775F" w:rsidRPr="0099775F" w14:paraId="2269C68E" w14:textId="77777777" w:rsidTr="00C52C60">
+      <w:tr w:rsidR="000D2506" w:rsidRPr="006915DA" w14:paraId="724504D9" w14:textId="77777777" w:rsidTr="009E03C6">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="380" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1288A8CA" w14:textId="77777777" w:rsidR="0099775F" w:rsidRPr="0099775F" w:rsidRDefault="0099775F" w:rsidP="00460560">
+          <w:p w14:paraId="2D0A0F8C" w14:textId="77777777" w:rsidR="000D2506" w:rsidRPr="006915DA" w:rsidRDefault="000D2506" w:rsidP="009E03C6">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="4" w:name="_Hlk134172882"/>
-            <w:r w:rsidRPr="0099775F">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9259" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1FBFF6BF" w14:textId="77777777" w:rsidR="0099775F" w:rsidRPr="0099775F" w:rsidRDefault="0099775F" w:rsidP="00460560">
+          <w:p w14:paraId="760328E6" w14:textId="77777777" w:rsidR="000D2506" w:rsidRPr="006915DA" w:rsidRDefault="000D2506" w:rsidP="009E03C6">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0099775F">
+            <w:r w:rsidRPr="006915DA">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>DANE PEŁNOMOCNIKA DO KORESPONDENCJI</w:t>
+              <w:t xml:space="preserve">DANE </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>PEŁNOMOCNIKA</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006915DA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> DO KORESPONDENCJI</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0099775F" w:rsidRPr="0099775F" w14:paraId="5CE752BD" w14:textId="77777777" w:rsidTr="00C52C60">
+      <w:tr w:rsidR="000D2506" w:rsidRPr="006915DA" w14:paraId="654896B4" w14:textId="77777777" w:rsidTr="009E03C6">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="284"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9639" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4EF30A84" w14:textId="77777777" w:rsidR="0099775F" w:rsidRPr="0099775F" w:rsidRDefault="0099775F" w:rsidP="00460560">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="0099775F">
+          <w:p w14:paraId="5CD7FE6E" w14:textId="77777777" w:rsidR="000D2506" w:rsidRPr="006915DA" w:rsidRDefault="000D2506" w:rsidP="009E03C6">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006915DA">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Wypełnia się, jeżeli adres do korespondencji </w:t>
             </w:r>
-            <w:r w:rsidR="0090020A">
+            <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>pełnomocnika</w:t>
             </w:r>
-            <w:r w:rsidRPr="0099775F">
-[...4 lines deleted...]
-              <w:t xml:space="preserve"> jest inny niż wskazany w pkt C</w:t>
+            <w:r w:rsidRPr="006915DA">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> jest inny niż wskazany w pkt </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>C</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0099775F" w:rsidRPr="0099775F" w14:paraId="0E55FFFD" w14:textId="77777777" w:rsidTr="0046627A">
+      <w:tr w:rsidR="000D2506" w:rsidRPr="006915DA" w14:paraId="09743E61" w14:textId="77777777" w:rsidTr="009E03C6">
         <w:trPr>
-          <w:trHeight w:val="1541"/>
+          <w:trHeight w:val="397"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9639" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:tbl>
             <w:tblPr>
-              <w:tblStyle w:val="Tabela-Siatka1"/>
+              <w:tblStyle w:val="Tabela-Siatka"/>
               <w:tblW w:w="0" w:type="auto"/>
               <w:tblLayout w:type="fixed"/>
               <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="4903"/>
               <w:gridCol w:w="2268"/>
               <w:gridCol w:w="2339"/>
             </w:tblGrid>
-            <w:tr w:rsidR="0099775F" w:rsidRPr="0099775F" w14:paraId="4114DBF6" w14:textId="77777777" w:rsidTr="00C52C60">
+            <w:tr w:rsidR="000D2506" w:rsidRPr="006915DA" w14:paraId="300220D1" w14:textId="77777777" w:rsidTr="009E03C6">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4903" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="315E0AA8" w14:textId="77777777" w:rsidR="0099775F" w:rsidRPr="0099775F" w:rsidRDefault="0099775F" w:rsidP="00460560">
+                <w:p w14:paraId="2CCA61F1" w14:textId="77777777" w:rsidR="000D2506" w:rsidRPr="006915DA" w:rsidRDefault="000D2506" w:rsidP="009E03C6">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="0099775F">
+                  <w:r w:rsidRPr="006915DA">
                     <w:rPr>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Kraj:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4607" w:type="dxa"/>
                   <w:gridSpan w:val="2"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="7FCB9B61" w14:textId="77777777" w:rsidR="0099775F" w:rsidRPr="0099775F" w:rsidRDefault="0099775F" w:rsidP="00460560">
+                <w:p w14:paraId="6B1C1943" w14:textId="77777777" w:rsidR="000D2506" w:rsidRPr="006915DA" w:rsidRDefault="000D2506" w:rsidP="009E03C6">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="0099775F">
+                  <w:r w:rsidRPr="006915DA">
                     <w:rPr>
-                      <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
-                    <w:t xml:space="preserve">Województwo: </w:t>
+                    <w:t>Województwo:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="0099775F" w:rsidRPr="0099775F" w14:paraId="0D604B1F" w14:textId="77777777" w:rsidTr="00C52C60">
+            <w:tr w:rsidR="000D2506" w:rsidRPr="006915DA" w14:paraId="2A7EC4C3" w14:textId="77777777" w:rsidTr="009E03C6">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4903" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="584752CB" w14:textId="77777777" w:rsidR="0099775F" w:rsidRPr="0099775F" w:rsidRDefault="0099775F" w:rsidP="00460560">
+                <w:p w14:paraId="5CB1C6F8" w14:textId="77777777" w:rsidR="000D2506" w:rsidRPr="006915DA" w:rsidRDefault="000D2506" w:rsidP="009E03C6">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="0099775F">
+                  <w:r w:rsidRPr="006915DA">
                     <w:rPr>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Powiat:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4607" w:type="dxa"/>
                   <w:gridSpan w:val="2"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="43401B33" w14:textId="77777777" w:rsidR="0099775F" w:rsidRPr="0099775F" w:rsidRDefault="0099775F" w:rsidP="00460560">
+                <w:p w14:paraId="2B2AF827" w14:textId="77777777" w:rsidR="000D2506" w:rsidRPr="006915DA" w:rsidRDefault="000D2506" w:rsidP="009E03C6">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="0099775F">
+                  <w:r w:rsidRPr="006915DA">
                     <w:rPr>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Gmina:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="0099775F" w:rsidRPr="0099775F" w14:paraId="2EFB0D5F" w14:textId="77777777" w:rsidTr="00C52C60">
+            <w:tr w:rsidR="000D2506" w:rsidRPr="006915DA" w14:paraId="7663247F" w14:textId="77777777" w:rsidTr="009E03C6">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4903" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="422EA4B3" w14:textId="77777777" w:rsidR="0099775F" w:rsidRPr="0099775F" w:rsidRDefault="0099775F" w:rsidP="00460560">
+                <w:p w14:paraId="5C4F4973" w14:textId="77777777" w:rsidR="000D2506" w:rsidRPr="006915DA" w:rsidRDefault="000D2506" w:rsidP="009E03C6">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="0099775F">
+                  <w:r w:rsidRPr="006915DA">
                     <w:rPr>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Ulica:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2268" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="127148F6" w14:textId="77777777" w:rsidR="0099775F" w:rsidRPr="0099775F" w:rsidRDefault="0099775F" w:rsidP="00460560">
+                <w:p w14:paraId="68C1AE18" w14:textId="77777777" w:rsidR="000D2506" w:rsidRPr="006915DA" w:rsidRDefault="000D2506" w:rsidP="009E03C6">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="0099775F">
+                  <w:r w:rsidRPr="006915DA">
                     <w:rPr>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
-                    <w:t>Nr domu:</w:t>
+                    <w:t>Nr domu</w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2339" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="1F08C85B" w14:textId="77777777" w:rsidR="0099775F" w:rsidRPr="0099775F" w:rsidRDefault="0099775F" w:rsidP="00460560">
+                <w:p w14:paraId="6940CF71" w14:textId="77777777" w:rsidR="000D2506" w:rsidRPr="006915DA" w:rsidRDefault="000D2506" w:rsidP="009E03C6">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="0099775F">
+                  <w:r w:rsidRPr="006915DA">
                     <w:rPr>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Nr lokalu:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="0099775F" w:rsidRPr="0099775F" w14:paraId="1BE04480" w14:textId="77777777" w:rsidTr="00C52C60">
+            <w:tr w:rsidR="000D2506" w:rsidRPr="006915DA" w14:paraId="436414F4" w14:textId="77777777" w:rsidTr="009E03C6">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4903" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="703CC5D5" w14:textId="77777777" w:rsidR="0099775F" w:rsidRPr="0099775F" w:rsidRDefault="0099775F" w:rsidP="00460560">
+                <w:p w14:paraId="547C2568" w14:textId="77777777" w:rsidR="000D2506" w:rsidRPr="006915DA" w:rsidRDefault="000D2506" w:rsidP="009E03C6">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="0099775F">
+                  <w:r w:rsidRPr="006915DA">
                     <w:rPr>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Miejscowość:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4607" w:type="dxa"/>
                   <w:gridSpan w:val="2"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="667E71CA" w14:textId="77777777" w:rsidR="0099775F" w:rsidRPr="0099775F" w:rsidRDefault="0099775F" w:rsidP="00460560">
+                <w:p w14:paraId="39B3D7A1" w14:textId="77777777" w:rsidR="000D2506" w:rsidRPr="006915DA" w:rsidRDefault="000D2506" w:rsidP="009E03C6">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="0099775F">
+                  <w:r w:rsidRPr="006915DA">
                     <w:rPr>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Kod pocztowy:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="0099775F" w:rsidRPr="0099775F" w14:paraId="4FAB2269" w14:textId="77777777" w:rsidTr="00C52C60">
-[...147 lines deleted...]
-            </w:tr>
           </w:tbl>
-          <w:p w14:paraId="3485DC02" w14:textId="77777777" w:rsidR="0099775F" w:rsidRPr="0099775F" w:rsidRDefault="0099775F" w:rsidP="00460560">
+          <w:p w14:paraId="7184A9D5" w14:textId="77777777" w:rsidR="000D2506" w:rsidRPr="006915DA" w:rsidRDefault="000D2506" w:rsidP="009E03C6">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkEnd w:id="4"/>
     </w:tbl>
-    <w:p w14:paraId="144A366C" w14:textId="77777777" w:rsidR="0099775F" w:rsidRPr="0046627A" w:rsidRDefault="0099775F" w:rsidP="00460560">
+    <w:p w14:paraId="4B89B53A" w14:textId="0F4BF90F" w:rsidR="000D2506" w:rsidRDefault="000D2506" w:rsidP="000D2506">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="709E7EC7" w14:textId="7CBBD8F1" w:rsidR="000D2506" w:rsidRDefault="000D2506" w:rsidP="000D2506">
+      <w:pPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9639" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="57" w:type="dxa"/>
           <w:left w:w="57" w:type="dxa"/>
           <w:bottom w:w="57" w:type="dxa"/>
           <w:right w:w="57" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="362"/>
         <w:gridCol w:w="9277"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B732D3" w:rsidRPr="00B732D3" w14:paraId="3CE12A91" w14:textId="77777777" w:rsidTr="00C52C60">
+      <w:tr w:rsidR="00B732D3" w:rsidRPr="00B732D3" w14:paraId="3CE12A91" w14:textId="77777777" w:rsidTr="000D2506">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="363" w:type="dxa"/>
+            <w:tcW w:w="362" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7E1698D5" w14:textId="77777777" w:rsidR="00B732D3" w:rsidRPr="00B732D3" w:rsidRDefault="0099775F" w:rsidP="00460560">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>E</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9324" w:type="dxa"/>
+            <w:tcW w:w="9277" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="43F22E25" w14:textId="77777777" w:rsidR="00B732D3" w:rsidRPr="00B732D3" w:rsidRDefault="00B732D3" w:rsidP="00460560">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B732D3">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>DANE IDENTYFIKACYJNE NIERUCHOMOŚCI</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -3881,51 +3387,51 @@
             <w:tcW w:w="178" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5D153961" w14:textId="77777777" w:rsidR="00283026" w:rsidRDefault="0099775F" w:rsidP="00460560">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="5" w:name="_Hlk134088179"/>
+            <w:bookmarkStart w:id="2" w:name="_Hlk134088179"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>H</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4822" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
@@ -4172,51 +3678,51 @@
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>odbiór osobisty w siedzibie organu</w:t>
             </w:r>
             <w:r w:rsidR="0099775F">
               <w:rPr>
                 <w:rStyle w:val="Odwoanieprzypisukocowego"/>
                 <w:rFonts w:cs="Verdana"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:endnoteReference w:id="3"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1667" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="147099D5" w14:textId="725A5052" w:rsidR="003A6748" w:rsidRPr="00917135" w:rsidRDefault="009A674E" w:rsidP="00460560">
+          <w:p w14:paraId="147099D5" w14:textId="131B0D48" w:rsidR="003A6748" w:rsidRPr="00917135" w:rsidRDefault="009A674E" w:rsidP="00460560">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
                     <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7A274C2E" wp14:editId="67D50629">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>851535</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>395605</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="250190" cy="233045"/>
                       <wp:effectExtent l="6985" t="7620" r="9525" b="6985"/>
@@ -4232,743 +3738,120 @@
                               <a:spLocks noChangeArrowheads="1"/>
                             </wps:cNvSpPr>
                             <wps:spPr bwMode="auto">
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="250190" cy="233045"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                               <a:ln w="9525">
                                 <a:solidFill>
                                   <a:srgbClr val="000000"/>
                                 </a:solidFill>
                                 <a:miter lim="800000"/>
                                 <a:headEnd/>
                                 <a:tailEnd/>
                               </a:ln>
                             </wps:spPr>
                             <wps:txbx>
                               <w:txbxContent>
                                 <w:p w14:paraId="225FDDB5" w14:textId="77777777" w:rsidR="00460560" w:rsidRDefault="00460560" w:rsidP="00147961">
-                                  <w:bookmarkStart w:id="6" w:name="_M670445567"/>
-                                  <w:bookmarkEnd w:id="6"/>
+                                  <w:bookmarkStart w:id="3" w:name="_M670445567"/>
+                                  <w:bookmarkEnd w:id="3"/>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="page">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="page">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
                     <v:rect w14:anchorId="7A274C2E" id="Rectangle 4" o:spid="_x0000_s1028" style="position:absolute;left:0;text-align:left;margin-left:67.05pt;margin-top:31.15pt;width:19.7pt;height:18.35pt;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAfajy2KQIAAE0EAAAOAAAAZHJzL2Uyb0RvYy54bWysVG1v0zAQ/o7Ef7D8neZlDaxR02nqKEIa&#10;MDH4AY7jJBaObc5uk/Hrd3a6rgM+IfLB8vnOj5977i7rq2lQ5CDASaMrmi1SSoTmppG6q+j3b7s3&#10;l5Q4z3TDlNGiog/C0avN61fr0ZYiN71RjQCCINqVo61o770tk8TxXgzMLYwVGp2tgYF5NKFLGmAj&#10;og8qydP0bTIaaCwYLpzD05vZSTcRv20F91/a1glPVEWRm48rxLUOa7JZs7IDZnvJjzTYP7AYmNT4&#10;6AnqhnlG9iD/gBokB+NM6xfcDIlpW8lFzAGzydLfsrnvmRUxFxTH2ZNM7v/B8s+HOyCyqWhBiWYD&#10;lugrisZ0pwRZBnlG60qMurd3EBJ09tbwH45os+0xSlwDmLEXrEFSWYhPXlwIhsOrpB4/mQbR2d6b&#10;qNTUwhAAUQMyxYI8nAoiJk84HuZFmq2wbBxd+cVFuiziC6x8umzB+Q/CDCRsKgpIPYKzw63zgQwr&#10;n0IieaNks5NKRQO6equAHBj2xi5+R3R3HqY0GSu6KvIiIr/wuXOINH5/gxikxyZXcqjo5SmIlUG1&#10;97qJLeiZVPMeKSt9lDEoN1fAT/UUy5SHB4KqtWkeUFcwc0/jDOKmN/CLkhH7uaLu556BoER91Fib&#10;VbZchgGIxrJ4l6MB55763MM0R6iKekrm7dbPQ7O3ILseX8qiGtpcYz1bGbV+ZnWkjz0bS3CcrzAU&#10;53aMev4LbB4BAAD//wMAUEsDBBQABgAIAAAAIQDnS2qS3gAAAAkBAAAPAAAAZHJzL2Rvd25yZXYu&#10;eG1sTI9BT4NAEIXvJv6HzZh4s0tBqyBLYzRt4rGlF28DOwLKzhJ2adFf3+1Jjy/z5b1v8vVsenGk&#10;0XWWFSwXEQji2uqOGwWHcnP3BMJ5ZI29ZVLwQw7WxfVVjpm2J97Rce8bEUrYZaig9X7IpHR1Swbd&#10;wg7E4fZpR4M+xLGResRTKDe9jKNoJQ12HBZaHOi1pfp7PxkFVRcf8HdXbiOTbhL/Ppdf08ebUrc3&#10;88szCE+z/4Phoh/UoQhOlZ1YO9GHnNwvA6pgFScgLsBj8gCiUpCmEcgil/8/KM4AAAD//wMAUEsB&#10;Ai0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVz&#10;XS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMv&#10;LnJlbHNQSwECLQAUAAYACAAAACEAH2o8tikCAABNBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uy&#10;b0RvYy54bWxQSwECLQAUAAYACAAAACEA50tqkt4AAAAJAQAADwAAAAAAAAAAAAAAAACDBAAAZHJz&#10;L2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAI4FAAAAAA==&#10;">
                       <v:textbox>
                         <w:txbxContent>
                           <w:p w14:paraId="225FDDB5" w14:textId="77777777" w:rsidR="00460560" w:rsidRDefault="00460560" w:rsidP="00147961">
-                            <w:bookmarkStart w:id="7" w:name="_M670445567"/>
-                            <w:bookmarkEnd w:id="7"/>
+                            <w:bookmarkStart w:id="4" w:name="_M670445567"/>
+                            <w:bookmarkEnd w:id="4"/>
                           </w:p>
                         </w:txbxContent>
                       </v:textbox>
                     </v:rect>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidR="00147961" w:rsidRPr="00917135">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>w</w:t>
             </w:r>
             <w:r w:rsidR="003A6748" w:rsidRPr="00917135">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve">ysyłka na adres </w:t>
+              <w:t xml:space="preserve">ysyłka na </w:t>
             </w:r>
             <w:r w:rsidR="003A6748" w:rsidRPr="000F5F44">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>skr</w:t>
-[...31 lines deleted...]
-            <w:r w:rsidR="000F5F44" w:rsidRPr="000F5F44">
+              <w:t>do doręczeń elektronicznych</w:t>
+            </w:r>
+            <w:r w:rsidR="000D2506">
               <w:rPr>
                 <w:rStyle w:val="Odwoanieprzypisukocowego"/>
                 <w:rFonts w:cs="Verdana"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>2</w:t>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkEnd w:id="5"/>
-[...592 lines deleted...]
-      <w:bookmarkEnd w:id="8"/>
+      <w:bookmarkEnd w:id="2"/>
     </w:tbl>
     <w:p w14:paraId="131FE4B7" w14:textId="77777777" w:rsidR="00917135" w:rsidRPr="0046627A" w:rsidRDefault="00917135" w:rsidP="00460560">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9639" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="57" w:type="dxa"/>
           <w:left w:w="57" w:type="dxa"/>
           <w:bottom w:w="57" w:type="dxa"/>
@@ -4994,65 +3877,65 @@
         <w:gridCol w:w="1088"/>
         <w:gridCol w:w="327"/>
         <w:gridCol w:w="887"/>
         <w:gridCol w:w="528"/>
         <w:gridCol w:w="718"/>
         <w:gridCol w:w="349"/>
         <w:gridCol w:w="328"/>
       </w:tblGrid>
       <w:tr w:rsidR="00AE065E" w:rsidRPr="00AE065E" w14:paraId="08D2A833" w14:textId="77777777" w:rsidTr="007F3EFF">
         <w:trPr>
           <w:trHeight w:val="510"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4995F441" w14:textId="77777777" w:rsidR="00AE065E" w:rsidRPr="00AE065E" w:rsidRDefault="00BE52C0" w:rsidP="00460560">
+          <w:p w14:paraId="4995F441" w14:textId="3D1F639E" w:rsidR="00AE065E" w:rsidRPr="00AE065E" w:rsidRDefault="000D2506" w:rsidP="00460560">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>J</w:t>
+              <w:t>I</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3607" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="18C84F29" w14:textId="77777777" w:rsidR="00AE065E" w:rsidRPr="00AE065E" w:rsidRDefault="00AE065E" w:rsidP="00460560">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AE065E">
               <w:rPr>
@@ -5942,65 +4825,56 @@
               <w:t>załącznik cz. IV</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="701C642A" w14:textId="77777777" w:rsidR="00AE065E" w:rsidRPr="00AE065E" w:rsidRDefault="00AE065E" w:rsidP="00460560">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00AE065E">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>ppkt</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> 3</w:t>
+              <w:t>ppkt 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4963" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0C3B95CC" w14:textId="77777777" w:rsidR="00AE065E" w:rsidRPr="00AE065E" w:rsidRDefault="00AE065E" w:rsidP="00460560">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AE065E">
@@ -6314,50 +5188,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2137" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="732D94C0" w14:textId="77777777" w:rsidR="00AE065E" w:rsidRPr="00AE065E" w:rsidRDefault="00AE065E" w:rsidP="007F2AEE">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AE065E">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>kwota</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1862" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="36B0787F" w14:textId="77777777" w:rsidR="00AE065E" w:rsidRPr="00AE065E" w:rsidRDefault="00AE065E" w:rsidP="00460560">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
@@ -6766,51 +5641,51 @@
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1522" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="16AD5228" w14:textId="77777777" w:rsidR="007F3EFF" w:rsidRPr="0027690E" w:rsidRDefault="007F3EFF" w:rsidP="00A43840">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:ind w:left="57"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="9" w:name="_Hlk197333638"/>
+            <w:bookmarkStart w:id="5" w:name="_Hlk197333638"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>dołączenie dowodu zapłaty w ciągu 3 dni</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1215" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="12357E7C" w14:textId="77777777" w:rsidR="007F3EFF" w:rsidRPr="0027690E" w:rsidRDefault="007F3EFF" w:rsidP="00A43840">
             <w:pPr>
@@ -7299,108 +6174,108 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0027690E">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">wysokość opłaty zostanie zweryfikowana po opracowaniu dokumentu wg przepisów </w:t>
             </w:r>
             <w:r w:rsidRPr="0027690E">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:br/>
               <w:t>ustawy z dnia 16 listopada 2006 roku o opłacie skarbowej</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkEnd w:id="9"/>
+      <w:bookmarkEnd w:id="5"/>
     </w:tbl>
     <w:p w14:paraId="06C5D8B9" w14:textId="77777777" w:rsidR="00824FD1" w:rsidRDefault="00824FD1" w:rsidP="00460560">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9639" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="57" w:type="dxa"/>
           <w:left w:w="57" w:type="dxa"/>
           <w:bottom w:w="57" w:type="dxa"/>
           <w:right w:w="57" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="362"/>
         <w:gridCol w:w="8411"/>
         <w:gridCol w:w="866"/>
       </w:tblGrid>
       <w:tr w:rsidR="00696B85" w:rsidRPr="00917135" w14:paraId="6285B363" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="362" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6F17E1E8" w14:textId="77777777" w:rsidR="00696B85" w:rsidRPr="00917135" w:rsidRDefault="00824FD1" w:rsidP="00460560">
+          <w:p w14:paraId="6F17E1E8" w14:textId="69C4BFF8" w:rsidR="00696B85" w:rsidRPr="00917135" w:rsidRDefault="000D2506" w:rsidP="00460560">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>K</w:t>
+              <w:t>J</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8411" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="02428409" w14:textId="77777777" w:rsidR="00696B85" w:rsidRDefault="0002573B" w:rsidP="00460560">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0002573B">
               <w:rPr>
                 <w:b/>
@@ -7735,61 +6610,61 @@
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="23BC381F" w14:textId="77777777" w:rsidR="00696B85" w:rsidRDefault="00696B85" w:rsidP="00460560">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="06C1B097" w14:textId="77777777" w:rsidR="008E27A5" w:rsidRDefault="008E27A5" w:rsidP="00460560">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="10" w:name="Uwagi"/>
+      <w:bookmarkStart w:id="6" w:name="Uwagi"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>UWAGI</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="10"/>
+      <w:bookmarkEnd w:id="6"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4FA05497" w14:textId="77777777" w:rsidR="008E27A5" w:rsidRDefault="008E27A5" w:rsidP="00460560">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
@@ -7872,85 +6747,57 @@
         <w:t xml:space="preserve">oraz </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="336FF543" w14:textId="77777777" w:rsidR="009A4DBB" w:rsidRPr="009A4DBB" w:rsidRDefault="009A4DBB" w:rsidP="00460560">
       <w:pPr>
         <w:pStyle w:val="Stopka"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4536"/>
           <w:tab w:val="clear" w:pos="9072"/>
         </w:tabs>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A4DBB">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Uchwały Rady Miejskiej Wrocławia nr LVI/1465/14 z dnia 10 kwietnia 2014 r. w sprawie utworzenia parku kulturowego „Stare Miasto” (</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="009A4DBB">
         <w:rPr>
           <w:rStyle w:val="ng-binding"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>t.j</w:t>
-[...26 lines deleted...]
-        <w:t>. z 20</w:t>
+        <w:t>t.j. uchwały Dz. Urz. Woj. Doln. z 20</w:t>
       </w:r>
       <w:r w:rsidR="004B4162">
         <w:rPr>
           <w:rStyle w:val="ng-binding"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>23</w:t>
       </w:r>
       <w:r w:rsidRPr="009A4DBB">
         <w:rPr>
           <w:rStyle w:val="ng-binding"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> r. poz.</w:t>
       </w:r>
       <w:r w:rsidR="004B6CFD">
         <w:rPr>
           <w:rStyle w:val="ng-binding"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -8063,77 +6910,58 @@
     <w:p w14:paraId="2E23901E" w14:textId="77777777" w:rsidR="00233626" w:rsidRPr="0062746B" w:rsidRDefault="00233626" w:rsidP="00233626">
       <w:pPr>
         <w:spacing w:after="240" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0062746B">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>PAŃSTWA DANYCH OSOBOWYCH PRZEZ PREZYDENTA WROCŁAWIA</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="255C981B" w14:textId="77777777" w:rsidR="008D12A7" w:rsidRPr="006F505B" w:rsidRDefault="008D12A7" w:rsidP="008D12A7">
       <w:pPr>
         <w:pStyle w:val="Teksttreci0"/>
         <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="11" w:name="_Hlk181691379"/>
+      <w:bookmarkStart w:id="7" w:name="_Hlk181691379"/>
       <w:r w:rsidRPr="006F505B">
         <w:rPr>
           <w:rStyle w:val="Teksttreci"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">Niniejszą informację otrzymała/otrzymał Pani/Pan w związku z obowiązkami określonymi w art. 13 rozporządzenia Parlamentu Europejskiego i Rady (UE) 2016/679 z dnia 27 kwietnia 2016 r. w sprawie ochrony osób fizycznych w związku z przetwarzaniem danych osobowych i w sprawie swobodnego przepływu takich danych oraz uchylenia dyrektywy 95/46/WE (ogólne rozporządzenie o ochronie danych - </w:t>
-[...18 lines deleted...]
-        <w:t>) (Dziennik Urzędowy Unii Europejskiej z dnia 14 maja 2016 r. L 119/1).</w:t>
+        <w:t>Niniejszą informację otrzymała/otrzymał Pani/Pan w związku z obowiązkami określonymi w art. 13 rozporządzenia Parlamentu Europejskiego i Rady (UE) 2016/679 z dnia 27 kwietnia 2016 r. w sprawie ochrony osób fizycznych w związku z przetwarzaniem danych osobowych i w sprawie swobodnego przepływu takich danych oraz uchylenia dyrektywy 95/46/WE (ogólne rozporządzenie o ochronie danych - RODO) (Dziennik Urzędowy Unii Europejskiej z dnia 14 maja 2016 r. L 119/1).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C44090A" w14:textId="77777777" w:rsidR="008D12A7" w:rsidRPr="006F505B" w:rsidRDefault="008D12A7" w:rsidP="008D12A7">
       <w:pPr>
         <w:pStyle w:val="Stopka"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4536"/>
           <w:tab w:val="clear" w:pos="9072"/>
         </w:tabs>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9639" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
@@ -8148,63 +6976,63 @@
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="341"/>
         <w:gridCol w:w="2102"/>
         <w:gridCol w:w="7196"/>
       </w:tblGrid>
       <w:tr w:rsidR="008D12A7" w:rsidRPr="006D56BB" w14:paraId="578637F3" w14:textId="77777777" w:rsidTr="003720E3">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="341" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="091BBE8B" w14:textId="77777777" w:rsidR="008D12A7" w:rsidRPr="006D56BB" w:rsidRDefault="008D12A7" w:rsidP="008D12A7">
+          <w:p w14:paraId="091BBE8B" w14:textId="38C3140C" w:rsidR="008D12A7" w:rsidRPr="006D56BB" w:rsidRDefault="000D2506" w:rsidP="008D12A7">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>L</w:t>
+              <w:t>K</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9411" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0869A25B" w14:textId="77777777" w:rsidR="008D12A7" w:rsidRPr="006D56BB" w:rsidRDefault="008D12A7" w:rsidP="008D12A7">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D56BB">
               <w:rPr>
                 <w:rStyle w:val="Inne"/>
@@ -8426,50 +7254,51 @@
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="14F0C093" w14:textId="77777777" w:rsidR="008D12A7" w:rsidRPr="006F505B" w:rsidRDefault="008D12A7" w:rsidP="008D12A7">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F505B">
               <w:rPr>
                 <w:rStyle w:val="Inne"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Cele przetwarzania danych osobowych</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7287" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="731872A2" w14:textId="77777777" w:rsidR="008D12A7" w:rsidRPr="006F505B" w:rsidRDefault="008D12A7" w:rsidP="008D12A7">
             <w:pPr>
               <w:suppressLineNumbers/>
               <w:suppressAutoHyphens/>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
@@ -8511,66 +7340,74 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F505B">
               <w:rPr>
                 <w:rStyle w:val="Inne"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Kategorie odnośnych danych osobowych</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7287" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1E4FF3B1" w14:textId="77777777" w:rsidR="008D12A7" w:rsidRPr="006F505B" w:rsidRDefault="008D12A7" w:rsidP="008D12A7">
+          <w:p w14:paraId="1E4FF3B1" w14:textId="53C09E58" w:rsidR="008D12A7" w:rsidRPr="006F505B" w:rsidRDefault="000D677C" w:rsidP="008D12A7">
             <w:pPr>
               <w:pStyle w:val="Inne0"/>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006F505B">
+            <w:r w:rsidRPr="000D677C">
               <w:rPr>
                 <w:rStyle w:val="Inne"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Dane osobowe wnioskodawcy lub pełnomocnika: imię i nazwisko, adres zamieszkania lub adres do korespondencji, inne dane kontaktowe.</w:t>
+              <w:t>Dane osobowe wnioskodawcy lub pełnomocnika: imię i nazwisko, adres zamieszkania lub adres do korespondencji, adres do doręczeń elektronicznych, pesel, inne dane kontaktowe</w:t>
+            </w:r>
+            <w:r w:rsidR="008D12A7" w:rsidRPr="006F505B">
+              <w:rPr>
+                <w:rStyle w:val="Inne"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008D12A7" w:rsidRPr="006F505B" w14:paraId="183FC38C" w14:textId="77777777" w:rsidTr="003720E3">
         <w:trPr>
           <w:cantSplit/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2465" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6F45F356" w14:textId="77777777" w:rsidR="008D12A7" w:rsidRPr="006F505B" w:rsidRDefault="008D12A7" w:rsidP="008D12A7">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
@@ -8580,67 +7417,107 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F505B">
               <w:rPr>
                 <w:rStyle w:val="Inne"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Podstawa prawna przetwarzania danych osobowych</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7287" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="69951B28" w14:textId="77777777" w:rsidR="008D12A7" w:rsidRPr="006F505B" w:rsidRDefault="008D12A7" w:rsidP="008D12A7">
+          <w:p w14:paraId="69951B28" w14:textId="19DF913D" w:rsidR="008D12A7" w:rsidRPr="006F505B" w:rsidRDefault="008D12A7" w:rsidP="008D12A7">
             <w:pPr>
               <w:suppressLineNumbers/>
               <w:suppressAutoHyphens/>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F505B">
               <w:rPr>
                 <w:rStyle w:val="Inne"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Będziemy przetwarzać Pani/Pana dane osobowe na podstawie przepisów prawa, w szczególności ustawy z dnia: 14 czerwca 1960 r. Kodeks postępowania administracyjnego; 7 lipca 1994 r. Prawo budowlane; 27 marca 2003 r. o planowaniu i zagospodarowaniu przestrzennym; 10 kwietnia 2003 r. o szczególnych zasadach przygotowania i realizacji inwestycji w zakresie dróg publicznych; 24 czerwca 1994 r. o własności lokali; 5 czerwca 1998 r. o samorządzie powiatowym.</w:t>
+              <w:t>Będziemy przetwarzać Pani/Pana dane osobowe na podstawie przepisów prawa, w szczególności ustawy z dnia: 14 czerwca 1960 r. Kodeks postępowania administracyjnego; 7 lipca 1994 r. Prawo budowlane; 27 marca 2003 r. o planowaniu i zagospodarowaniu przestrzennym; 10 kwietnia 2003</w:t>
+            </w:r>
+            <w:r w:rsidR="00DE5C4D">
+              <w:rPr>
+                <w:rStyle w:val="Inne"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F505B">
+              <w:rPr>
+                <w:rStyle w:val="Inne"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>r. o szczególnych zasadach przygotowania i realizacji inwestycji w zakresie dróg publicznych; 24 czerwca 1994 r. o własności lokali; 5 czerwca 1998 r. o samorządzie powiatowym</w:t>
+            </w:r>
+            <w:r w:rsidR="000D677C">
+              <w:rPr>
+                <w:rStyle w:val="Inne"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:r w:rsidR="000D677C" w:rsidRPr="000D677C">
+              <w:rPr>
+                <w:rStyle w:val="Inne"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>18 listopada 2020 r. o doręczeniach elektronicznych</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F505B">
+              <w:rPr>
+                <w:rStyle w:val="Inne"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008D12A7" w:rsidRPr="006F505B" w14:paraId="499084B2" w14:textId="77777777" w:rsidTr="003720E3">
         <w:trPr>
           <w:cantSplit/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2465" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="613D888E" w14:textId="77777777" w:rsidR="008D12A7" w:rsidRPr="006F505B" w:rsidRDefault="008D12A7" w:rsidP="008D12A7">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
@@ -9139,51 +8016,50 @@
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="15BFA715" w14:textId="77777777" w:rsidR="008D12A7" w:rsidRPr="006F505B" w:rsidRDefault="008D12A7" w:rsidP="008D12A7">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F505B">
               <w:rPr>
                 <w:rStyle w:val="Inne"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Inspektor Ochrony Danych</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7287" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="74799A21" w14:textId="77777777" w:rsidR="008D12A7" w:rsidRPr="006F505B" w:rsidRDefault="008D12A7" w:rsidP="008D12A7">
             <w:pPr>
               <w:pStyle w:val="Inne0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="307"/>
               </w:tabs>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -9293,112 +8169,132 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F505B">
               <w:rPr>
                 <w:rStyle w:val="Inne"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>telefonicznie: +48 71 777 77 24.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="27F05689" w14:textId="77777777" w:rsidR="008D12A7" w:rsidRPr="006F505B" w:rsidRDefault="008D12A7" w:rsidP="008D12A7">
       <w:pPr>
         <w:spacing w:before="60" w:after="60" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4A349C3D" w14:textId="77777777" w:rsidR="007A48FE" w:rsidRPr="006F505B" w:rsidRDefault="007A48FE" w:rsidP="007A48FE">
+    <w:p w14:paraId="4A349C3D" w14:textId="3CC09600" w:rsidR="007A48FE" w:rsidRDefault="007A48FE" w:rsidP="007A48FE">
+      <w:pPr>
+        <w:spacing w:before="60" w:after="60" w:line="288" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="434743AF" w14:textId="6636A441" w:rsidR="000D2506" w:rsidRDefault="000D2506" w:rsidP="007A48FE">
+      <w:pPr>
+        <w:spacing w:before="60" w:after="60" w:line="288" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="594837F7" w14:textId="77777777" w:rsidR="000D2506" w:rsidRPr="006F505B" w:rsidRDefault="000D2506" w:rsidP="007A48FE">
       <w:pPr>
         <w:spacing w:before="60" w:after="60" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9639" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="57" w:type="dxa"/>
           <w:left w:w="57" w:type="dxa"/>
           <w:bottom w:w="57" w:type="dxa"/>
           <w:right w:w="57" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="362"/>
         <w:gridCol w:w="9277"/>
       </w:tblGrid>
       <w:tr w:rsidR="00E73495" w:rsidRPr="00917135" w14:paraId="2F102086" w14:textId="77777777" w:rsidTr="00A42F3A">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="362" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5F5A9B29" w14:textId="77777777" w:rsidR="00E73495" w:rsidRPr="00917135" w:rsidRDefault="007A48FE" w:rsidP="00A42F3A">
+          <w:p w14:paraId="5F5A9B29" w14:textId="1B44E2E1" w:rsidR="00E73495" w:rsidRPr="00917135" w:rsidRDefault="000D2506" w:rsidP="00A42F3A">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="12" w:name="_Hlk134088397"/>
-            <w:bookmarkEnd w:id="11"/>
+            <w:bookmarkStart w:id="8" w:name="_Hlk134088397"/>
+            <w:bookmarkEnd w:id="7"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>Ł</w:t>
+              <w:t>L</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9277" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="31FF6D48" w14:textId="77777777" w:rsidR="00E73495" w:rsidRDefault="00E73495" w:rsidP="00A42F3A">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
@@ -9507,51 +8403,51 @@
             </w:r>
             <w:r w:rsidRPr="00BA095D">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Data: ………………………………………………………</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>…….</w:t>
             </w:r>
             <w:r w:rsidRPr="00BA095D">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>……..</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkEnd w:id="12"/>
+      <w:bookmarkEnd w:id="8"/>
     </w:tbl>
     <w:p w14:paraId="27A5F275" w14:textId="77777777" w:rsidR="00233626" w:rsidRDefault="00233626" w:rsidP="00460560">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2453308C" w14:textId="77777777" w:rsidR="00E73495" w:rsidRDefault="00E73495" w:rsidP="00460560">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="267A2D9F" w14:textId="77777777" w:rsidR="00567A5E" w:rsidRDefault="00233626" w:rsidP="00460560">
       <w:pPr>
         <w:pStyle w:val="Stopka"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4536"/>
           <w:tab w:val="clear" w:pos="9072"/>
         </w:tabs>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00824FD1">
@@ -9590,133 +8486,137 @@
       <w:pgMar w:top="794" w:right="1134" w:bottom="794" w:left="1134" w:header="567" w:footer="567" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="3DBD3A13" w14:textId="77777777" w:rsidR="004A2F74" w:rsidRDefault="004A2F74">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="38EF7036" w14:textId="77777777" w:rsidR="004A2F74" w:rsidRDefault="004A2F74">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:id="1">
-    <w:p w14:paraId="32B658EE" w14:textId="77777777" w:rsidR="0001287F" w:rsidRDefault="00460560">
+    <w:p w14:paraId="7CFA4F6D" w14:textId="77777777" w:rsidR="000D2506" w:rsidRDefault="000D2506" w:rsidP="000D2506">
       <w:pPr>
         <w:pStyle w:val="Tekstprzypisukocowego"/>
       </w:pPr>
       <w:r w:rsidRPr="008F2755">
         <w:rPr>
           <w:rStyle w:val="Odwoanieprzypisukocowego"/>
           <w:rFonts w:cs="Verdana"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:endnoteRef/>
       </w:r>
       <w:r w:rsidRPr="008F2755">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0099775F">
+      <w:bookmarkStart w:id="1" w:name="_Hlk218762392"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Adres do doręczeń elektronicznych należy podać jeżeli wnioskodawca/pełnomocnik go posiada</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="1"/>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:id="2">
+    <w:p w14:paraId="29C6153D" w14:textId="77777777" w:rsidR="000D2506" w:rsidRDefault="000D2506" w:rsidP="000D2506">
+      <w:pPr>
+        <w:pStyle w:val="Tekstprzypisukocowego"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002F27FD">
+        <w:rPr>
+          <w:rStyle w:val="Odwoanieprzypisukocowego"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:endnoteRef/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F2755">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>Nieobowiązkowe</w:t>
-      </w:r>
-[...21 lines deleted...]
-        <w:t xml:space="preserve"> Adres skrzynki ePUAP lub do doręczeń elektronicznych wskazuje się w przypadku wyrażenia zgody na doręczanie korespondencji za pomocą środków komunikacji elektronicznej, z zastrzeżeniem przypadków, w których organ w świetle przepisów ustawy z dnia 18 listopada 2020 r. o doręczeniach elektronicznych ma obowiązek doręczenia korespondencji na adres do doręczeń elektronicznych.</w:t>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:id="3">
     <w:p w14:paraId="43C49210" w14:textId="77777777" w:rsidR="0001287F" w:rsidRDefault="00460560">
       <w:pPr>
         <w:pStyle w:val="Tekstprzypisukocowego"/>
       </w:pPr>
       <w:r w:rsidRPr="0099775F">
         <w:rPr>
           <w:rStyle w:val="Odwoanieprzypisukocowego"/>
           <w:rFonts w:cs="Verdana"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:endnoteRef/>
       </w:r>
       <w:r w:rsidRPr="0099775F">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> Na pisemne żądanie wnioskodawcy istnieje możliwość osobistego odbioru dokumentów w okresie do 3 dni po ich zarejestrowaniu. Po tym terminie dokumenty będę przekazywane drogą pocztową na adres wskazany we wniosku.</w:t>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="EE"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="EE"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
@@ -13553,94 +12453,95 @@
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="23">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="24">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="25">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="26">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="27">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="28">
     <w:abstractNumId w:val="11"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:val="bestFit" w:percent="225"/>
   <w:embedSystemFonts/>
   <w:mirrorMargins/>
-  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="425"/>
   <w:doNotHyphenateCaps/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:doNotValidateAgainstSchema/>
   <w:doNotDemarcateInvalidXml/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:numFmt w:val="decimal"/>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00696B85"/>
     <w:rsid w:val="000035FD"/>
     <w:rsid w:val="000076BD"/>
     <w:rsid w:val="0001287F"/>
     <w:rsid w:val="00016314"/>
     <w:rsid w:val="0002573B"/>
     <w:rsid w:val="00052018"/>
     <w:rsid w:val="00052B8A"/>
     <w:rsid w:val="00081A2C"/>
     <w:rsid w:val="0009025D"/>
     <w:rsid w:val="00092AA4"/>
+    <w:rsid w:val="000D2506"/>
     <w:rsid w:val="000D3C98"/>
     <w:rsid w:val="000D456B"/>
+    <w:rsid w:val="000D677C"/>
     <w:rsid w:val="000E6ECA"/>
     <w:rsid w:val="000F5F44"/>
     <w:rsid w:val="001059C7"/>
     <w:rsid w:val="00127861"/>
     <w:rsid w:val="00145EC4"/>
     <w:rsid w:val="00147961"/>
     <w:rsid w:val="001F7A69"/>
     <w:rsid w:val="00226397"/>
     <w:rsid w:val="00233626"/>
     <w:rsid w:val="00241FF3"/>
     <w:rsid w:val="002523B8"/>
     <w:rsid w:val="0027064B"/>
     <w:rsid w:val="002827BE"/>
     <w:rsid w:val="00283026"/>
     <w:rsid w:val="00287694"/>
     <w:rsid w:val="00297DC1"/>
     <w:rsid w:val="002A3A76"/>
     <w:rsid w:val="002B78FF"/>
     <w:rsid w:val="002C0011"/>
     <w:rsid w:val="002C7F99"/>
     <w:rsid w:val="002D7EFD"/>
     <w:rsid w:val="002E6132"/>
     <w:rsid w:val="003153A0"/>
     <w:rsid w:val="00320475"/>
     <w:rsid w:val="00341E6D"/>
@@ -13711,59 +12612,62 @@
     <w:rsid w:val="0098573F"/>
     <w:rsid w:val="009975BE"/>
     <w:rsid w:val="0099775F"/>
     <w:rsid w:val="009A02EC"/>
     <w:rsid w:val="009A4DBB"/>
     <w:rsid w:val="009A674E"/>
     <w:rsid w:val="009E3012"/>
     <w:rsid w:val="00A42F3A"/>
     <w:rsid w:val="00A45AE3"/>
     <w:rsid w:val="00A83218"/>
     <w:rsid w:val="00AA6C8E"/>
     <w:rsid w:val="00AD2304"/>
     <w:rsid w:val="00AD2BD0"/>
     <w:rsid w:val="00AE065E"/>
     <w:rsid w:val="00AE1066"/>
     <w:rsid w:val="00B030BB"/>
     <w:rsid w:val="00B041D0"/>
     <w:rsid w:val="00B53FF7"/>
     <w:rsid w:val="00B71576"/>
     <w:rsid w:val="00B732D3"/>
     <w:rsid w:val="00B7405F"/>
     <w:rsid w:val="00B834A5"/>
     <w:rsid w:val="00B977D5"/>
     <w:rsid w:val="00BA095D"/>
     <w:rsid w:val="00BE52C0"/>
+    <w:rsid w:val="00C26291"/>
     <w:rsid w:val="00C52C60"/>
     <w:rsid w:val="00C84BD3"/>
     <w:rsid w:val="00C85A0E"/>
     <w:rsid w:val="00C86B7B"/>
     <w:rsid w:val="00CA6682"/>
     <w:rsid w:val="00CD400A"/>
     <w:rsid w:val="00CF0F1D"/>
     <w:rsid w:val="00CF3472"/>
     <w:rsid w:val="00D35070"/>
+    <w:rsid w:val="00DE5C4D"/>
+    <w:rsid w:val="00DF0476"/>
     <w:rsid w:val="00E02318"/>
     <w:rsid w:val="00E0300E"/>
     <w:rsid w:val="00E119A3"/>
     <w:rsid w:val="00E30A05"/>
     <w:rsid w:val="00E33D86"/>
     <w:rsid w:val="00E347DB"/>
     <w:rsid w:val="00E421C4"/>
     <w:rsid w:val="00E43722"/>
     <w:rsid w:val="00E4382C"/>
     <w:rsid w:val="00E4467A"/>
     <w:rsid w:val="00E46FC8"/>
     <w:rsid w:val="00E73495"/>
     <w:rsid w:val="00E749B7"/>
     <w:rsid w:val="00E940CB"/>
     <w:rsid w:val="00EB65CD"/>
     <w:rsid w:val="00EC25E2"/>
     <w:rsid w:val="00ED1A23"/>
     <w:rsid w:val="00ED24A8"/>
     <w:rsid w:val="00F11D06"/>
     <w:rsid w:val="00FA3CCA"/>
     <w:rsid w:val="00FE642F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
@@ -15301,55 +14205,70 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{221647D0-4A98-46A4-8FAE-5EDAA8A49835}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>1259</Words>
-  <Characters>8452</Characters>
+  <Words>1198</Words>
+  <Characters>8106</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>384</Lines>
-  <Paragraphs>236</Paragraphs>
+  <Lines>67</Lines>
+  <Paragraphs>18</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Tytuł</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr>W3 Wniosek o wydanie opinii dotyczącej lokalizacji i formy szyldu, autoreklamy,...obiektu małej architektury</vt:lpstr>
+    </vt:vector>
+  </TitlesOfParts>
   <Company>UMW</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9475</CharactersWithSpaces>
+  <CharactersWithSpaces>9286</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>W3 Wniosek o wydanie opinii dotyczącej lokalizacji i formy szyldu, autoreklamy,...obiektu małej architektury</dc:title>
   <dc:subject>W3 Wniosek o wydanie opinii dotyczącej lokalizacji i formy szyldu, autoreklamy,...obiektu małej architektury</dc:subject>
   <dc:creator>XYZ</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>