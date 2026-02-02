--- v0 (2025-10-07)
+++ v1 (2026-02-02)
@@ -847,241 +847,136 @@
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
                 <w:p w14:paraId="71C2C5BE" w14:textId="77777777" w:rsidR="00A54046" w:rsidRPr="00F84673" w:rsidRDefault="00A54046" w:rsidP="00F52346">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00F84673">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Kod pocztowy:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00A54046" w:rsidRPr="00F84673" w14:paraId="66C05F6F" w14:textId="77777777" w:rsidTr="00C52C60">
+            <w:tr w:rsidR="00A54046" w:rsidRPr="00F84673" w14:paraId="66C05F6F" w14:textId="77777777" w:rsidTr="00A650DF">
+              <w:trPr>
+                <w:trHeight w:val="499"/>
+              </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4903" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="3788DB44" w14:textId="77777777" w:rsidR="00A54046" w:rsidRPr="00F84673" w:rsidRDefault="00A54046" w:rsidP="00F52346">
+                <w:p w14:paraId="3788DB44" w14:textId="715B0D95" w:rsidR="00A54046" w:rsidRPr="00F84673" w:rsidRDefault="004800C4" w:rsidP="00F52346">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="00F84673">
+                  <w:r>
                     <w:rPr>
-                      <w:rFonts w:eastAsia="Times New Roman"/>
+                      <w:rFonts w:eastAsia="Arial Unicode MS"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
-                    <w:t>E-mail</w:t>
+                    <w:t>Adres do doręczeń elektronicznych (E-doręczenia):</w:t>
                   </w:r>
-                  <w:r w:rsidRPr="00F84673">
+                  <w:r w:rsidR="00A650DF" w:rsidRPr="00F84673">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                       <w:vertAlign w:val="superscript"/>
                     </w:rPr>
                     <w:endnoteReference w:id="1"/>
-                  </w:r>
-[...6 lines deleted...]
-                    <w:t>:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4607" w:type="dxa"/>
                   <w:gridSpan w:val="2"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="18509712" w14:textId="77777777" w:rsidR="00A54046" w:rsidRPr="00F84673" w:rsidRDefault="00A54046" w:rsidP="00F52346">
+                <w:p w14:paraId="18509712" w14:textId="2B1E6FFA" w:rsidR="00A54046" w:rsidRPr="00F84673" w:rsidRDefault="00A54046" w:rsidP="00F52346">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00F84673">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Nr tel.</w:t>
                   </w:r>
-                  <w:r w:rsidRPr="00F84673">
-[...8 lines deleted...]
-                  <w:r w:rsidRPr="00F84673">
+                  <w:r w:rsidR="002F27FD" w:rsidRPr="00F84673">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>:</w:t>
                   </w:r>
-                </w:p>
-[...17 lines deleted...]
-                    <w:spacing w:line="288" w:lineRule="auto"/>
+                  <w:r w:rsidR="00A650DF">
                     <w:rPr>
+                      <w:rStyle w:val="Odwoanieprzypisukocowego"/>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
-                  </w:pPr>
-[...64 lines deleted...]
-                    </w:rPr>
                     <w:endnoteReference w:id="2"/>
-                  </w:r>
-[...6 lines deleted...]
-                    <w:t>:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
           <w:p w14:paraId="0C0CD314" w14:textId="77777777" w:rsidR="00A54046" w:rsidRPr="00F84673" w:rsidRDefault="00A54046" w:rsidP="00F52346">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:bookmarkEnd w:id="0"/>
     </w:tbl>
     <w:p w14:paraId="22467B7C" w14:textId="77777777" w:rsidR="00A54046" w:rsidRPr="00F84673" w:rsidRDefault="00A54046" w:rsidP="00F52346">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
@@ -1107,51 +1002,51 @@
           <w:trHeight w:hRule="exact" w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="380" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="04FC1A71" w14:textId="77777777" w:rsidR="00A54046" w:rsidRPr="00F84673" w:rsidRDefault="00A54046" w:rsidP="00F52346">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="1" w:name="_Hlk134097935"/>
+            <w:bookmarkStart w:id="2" w:name="_Hlk134097935"/>
             <w:r w:rsidRPr="00F84673">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>B</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9259" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="568F2516" w14:textId="77777777" w:rsidR="00A54046" w:rsidRPr="00F84673" w:rsidRDefault="00A54046" w:rsidP="00F52346">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
@@ -1249,53 +1144,53 @@
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> adres do korespondencji wnioskodawcy jest inny ni</w:t>
             </w:r>
             <w:r w:rsidR="00F84673">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ż</w:t>
             </w:r>
             <w:r w:rsidRPr="00F84673">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> wskazany w pkt A</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A54046" w:rsidRPr="00F84673" w14:paraId="5212FF80" w14:textId="77777777" w:rsidTr="005D3DA0">
+      <w:tr w:rsidR="00A54046" w:rsidRPr="00F84673" w14:paraId="5212FF80" w14:textId="77777777" w:rsidTr="003D6D75">
         <w:trPr>
-          <w:trHeight w:val="1515"/>
+          <w:trHeight w:val="962"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9639" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:tbl>
             <w:tblPr>
               <w:tblStyle w:val="Tabela-Siatka"/>
               <w:tblW w:w="0" w:type="auto"/>
               <w:tblLayout w:type="fixed"/>
               <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="4903"/>
               <w:gridCol w:w="2268"/>
               <w:gridCol w:w="2339"/>
@@ -1565,243 +1460,64 @@
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
                 <w:p w14:paraId="491231C0" w14:textId="77777777" w:rsidR="00A54046" w:rsidRPr="00F84673" w:rsidRDefault="00A54046" w:rsidP="00F52346">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00F84673">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Kod pocztowy:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00A54046" w:rsidRPr="00F84673" w14:paraId="5926B6F9" w14:textId="77777777" w:rsidTr="00C52C60">
-[...177 lines deleted...]
-            </w:tr>
           </w:tbl>
           <w:p w14:paraId="59093A6B" w14:textId="77777777" w:rsidR="00A54046" w:rsidRPr="00F84673" w:rsidRDefault="00A54046" w:rsidP="00F52346">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkEnd w:id="1"/>
+      <w:bookmarkEnd w:id="2"/>
     </w:tbl>
     <w:p w14:paraId="3DE0A92B" w14:textId="77777777" w:rsidR="00A54046" w:rsidRPr="00F84673" w:rsidRDefault="00A54046" w:rsidP="00F52346">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9639" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="57" w:type="dxa"/>
           <w:left w:w="57" w:type="dxa"/>
           <w:bottom w:w="57" w:type="dxa"/>
           <w:right w:w="57" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="380"/>
         <w:gridCol w:w="9259"/>
       </w:tblGrid>
       <w:tr w:rsidR="00882A6F" w:rsidRPr="00F84673" w14:paraId="7E7C766A" w14:textId="77777777" w:rsidTr="007F0543">
@@ -1809,51 +1525,51 @@
           <w:trHeight w:hRule="exact" w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="380" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6EC69E06" w14:textId="77777777" w:rsidR="00882A6F" w:rsidRPr="00F84673" w:rsidRDefault="00882A6F" w:rsidP="00F52346">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="2" w:name="_Hlk134098041"/>
+            <w:bookmarkStart w:id="3" w:name="_Hlk134098041"/>
             <w:r w:rsidRPr="00F84673">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>C</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9259" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="54A9505A" w14:textId="77777777" w:rsidR="00882A6F" w:rsidRPr="00F84673" w:rsidRDefault="00882A6F" w:rsidP="00F52346">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
@@ -1875,51 +1591,51 @@
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>PEŁNOMOCNIKA</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00882A6F" w:rsidRPr="00F84673" w14:paraId="7CBAE468" w14:textId="77777777" w:rsidTr="007F0543">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="284"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9639" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="07D7CC07" w14:textId="77777777" w:rsidR="00882A6F" w:rsidRPr="00F84673" w:rsidRDefault="00882A6F" w:rsidP="00F52346">
+          <w:p w14:paraId="07D7CC07" w14:textId="5B46E39D" w:rsidR="00882A6F" w:rsidRPr="00F84673" w:rsidRDefault="00882A6F" w:rsidP="00F52346">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F84673">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Wype</w:t>
             </w:r>
             <w:r w:rsidR="00F84673">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ł</w:t>
             </w:r>
             <w:r w:rsidRPr="00F84673">
@@ -1938,157 +1654,133 @@
               </w:rPr>
               <w:t>się</w:t>
             </w:r>
             <w:r w:rsidRPr="00F84673">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r w:rsidR="0072276F" w:rsidRPr="00F84673">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>jeżeli</w:t>
             </w:r>
             <w:r w:rsidRPr="00F84673">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> inwestor / wnioskodawca ustanowi</w:t>
+              <w:t xml:space="preserve"> wnioskodawca ustanowi</w:t>
             </w:r>
             <w:r w:rsidR="00F84673">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ł</w:t>
             </w:r>
             <w:r w:rsidRPr="00F84673">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> pe</w:t>
             </w:r>
             <w:r w:rsidR="00F84673">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ł</w:t>
             </w:r>
             <w:r w:rsidRPr="00F84673">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>nomocnika lub pe</w:t>
-[...23 lines deleted...]
-              <w:t>doręczeń</w:t>
+              <w:t>nomocnika</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00882A6F" w:rsidRPr="00F84673" w14:paraId="388451B4" w14:textId="77777777" w:rsidTr="00F52346">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9639" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="28D96F01" w14:textId="77777777" w:rsidR="00882A6F" w:rsidRPr="00F84673" w:rsidRDefault="0072276F" w:rsidP="00F52346">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F84673">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Imię</w:t>
             </w:r>
             <w:r w:rsidR="00882A6F" w:rsidRPr="00F84673">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> i nazwisko</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00882A6F" w:rsidRPr="00F84673" w14:paraId="0CACCF60" w14:textId="77777777" w:rsidTr="005D3DA0">
+      <w:tr w:rsidR="00882A6F" w:rsidRPr="00F84673" w14:paraId="0CACCF60" w14:textId="77777777" w:rsidTr="001456B6">
         <w:trPr>
-          <w:trHeight w:val="1559"/>
+          <w:trHeight w:val="1401"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9639" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:tbl>
             <w:tblPr>
               <w:tblStyle w:val="Tabela-Siatka"/>
               <w:tblW w:w="0" w:type="auto"/>
               <w:tblLayout w:type="fixed"/>
               <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="4903"/>
               <w:gridCol w:w="2268"/>
               <w:gridCol w:w="2339"/>
@@ -2358,243 +2050,154 @@
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
                 <w:p w14:paraId="137251BE" w14:textId="77777777" w:rsidR="00882A6F" w:rsidRPr="00F84673" w:rsidRDefault="00882A6F" w:rsidP="00F52346">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00F84673">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Kod pocztowy:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00882A6F" w:rsidRPr="00F84673" w14:paraId="790126E0" w14:textId="77777777" w:rsidTr="007F0543">
+            <w:tr w:rsidR="00882A6F" w:rsidRPr="00F84673" w14:paraId="790126E0" w14:textId="77777777" w:rsidTr="003D6D75">
+              <w:trPr>
+                <w:trHeight w:val="499"/>
+              </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4903" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="30B56375" w14:textId="77777777" w:rsidR="00882A6F" w:rsidRPr="00F84673" w:rsidRDefault="00882A6F" w:rsidP="00F52346">
+                <w:p w14:paraId="30B56375" w14:textId="0CA7BB18" w:rsidR="00882A6F" w:rsidRPr="00F84673" w:rsidRDefault="004800C4" w:rsidP="00F52346">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="00F84673">
+                  <w:r>
                     <w:rPr>
-                      <w:rFonts w:eastAsia="Times New Roman"/>
+                      <w:rFonts w:eastAsia="Arial Unicode MS"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
-                    <w:t>E-mail</w:t>
+                    <w:t>Adres do doręczeń elektronicznych (E-doręczenia):</w:t>
                   </w:r>
-                  <w:r w:rsidRPr="00F84673">
+                  <w:r w:rsidR="003D6D75">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                       <w:vertAlign w:val="superscript"/>
                     </w:rPr>
                     <w:t>1</w:t>
-                  </w:r>
-[...6 lines deleted...]
-                    <w:t>:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4607" w:type="dxa"/>
                   <w:gridSpan w:val="2"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="39B53D65" w14:textId="77777777" w:rsidR="00882A6F" w:rsidRPr="00F84673" w:rsidRDefault="00882A6F" w:rsidP="00F52346">
+                <w:p w14:paraId="39B53D65" w14:textId="37D0CF53" w:rsidR="00882A6F" w:rsidRPr="00F84673" w:rsidRDefault="00882A6F" w:rsidP="00F52346">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00F84673">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Nr tel.</w:t>
                   </w:r>
-                  <w:r w:rsidRPr="00F84673">
-[...8 lines deleted...]
-                  <w:r w:rsidRPr="00F84673">
+                  <w:r w:rsidR="002F27FD" w:rsidRPr="00F84673">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>:</w:t>
                   </w:r>
-                </w:p>
-[...66 lines deleted...]
-                  <w:r w:rsidRPr="00F84673">
+                  <w:r w:rsidR="003D6D75">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                       <w:vertAlign w:val="superscript"/>
                     </w:rPr>
                     <w:t>2</w:t>
                   </w:r>
-                  <w:r w:rsidRPr="00F84673">
-[...6 lines deleted...]
-                  </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
           <w:p w14:paraId="22FADAE9" w14:textId="77777777" w:rsidR="00882A6F" w:rsidRPr="00F84673" w:rsidRDefault="00882A6F" w:rsidP="00F52346">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkEnd w:id="2"/>
+      <w:bookmarkEnd w:id="3"/>
     </w:tbl>
     <w:p w14:paraId="5C9C483A" w14:textId="77777777" w:rsidR="00882A6F" w:rsidRPr="00F84673" w:rsidRDefault="00882A6F" w:rsidP="00F52346">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9639" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="57" w:type="dxa"/>
           <w:left w:w="57" w:type="dxa"/>
           <w:bottom w:w="57" w:type="dxa"/>
           <w:right w:w="57" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="380"/>
         <w:gridCol w:w="9259"/>
       </w:tblGrid>
       <w:tr w:rsidR="009C127D" w:rsidRPr="00F84673" w14:paraId="3A3E4778" w14:textId="77777777" w:rsidTr="00C52C60">
@@ -2602,51 +2205,51 @@
           <w:trHeight w:hRule="exact" w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="380" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="728BB54E" w14:textId="77777777" w:rsidR="009C127D" w:rsidRPr="00F84673" w:rsidRDefault="009C127D" w:rsidP="00F52346">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="3" w:name="_Hlk134172882"/>
+            <w:bookmarkStart w:id="4" w:name="_Hlk134172882"/>
             <w:r w:rsidRPr="00F84673">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9259" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="74B7622D" w14:textId="77777777" w:rsidR="009C127D" w:rsidRPr="00F84673" w:rsidRDefault="009C127D" w:rsidP="00F52346">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
@@ -2792,53 +2395,53 @@
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> jest inny ni</w:t>
             </w:r>
             <w:r w:rsidR="00F84673">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ż</w:t>
             </w:r>
             <w:r w:rsidRPr="00F84673">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> wskazany w pkt C</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C127D" w:rsidRPr="00F84673" w14:paraId="428E2592" w14:textId="77777777" w:rsidTr="005D3DA0">
+      <w:tr w:rsidR="009C127D" w:rsidRPr="00F84673" w14:paraId="428E2592" w14:textId="77777777" w:rsidTr="003D6D75">
         <w:trPr>
-          <w:trHeight w:val="1527"/>
+          <w:trHeight w:val="1136"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9639" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:tbl>
             <w:tblPr>
               <w:tblStyle w:val="Tabela-Siatka"/>
               <w:tblW w:w="0" w:type="auto"/>
               <w:tblLayout w:type="fixed"/>
               <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="4903"/>
               <w:gridCol w:w="2268"/>
               <w:gridCol w:w="2339"/>
@@ -3108,298 +2711,124 @@
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
                 <w:p w14:paraId="5171CB9B" w14:textId="77777777" w:rsidR="009C127D" w:rsidRPr="00F84673" w:rsidRDefault="009C127D" w:rsidP="00F52346">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00F84673">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Kod pocztowy:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="009C127D" w:rsidRPr="00F84673" w14:paraId="5ED37FFC" w14:textId="77777777" w:rsidTr="00C52C60">
-[...177 lines deleted...]
-            </w:tr>
           </w:tbl>
           <w:p w14:paraId="41E67E75" w14:textId="77777777" w:rsidR="009C127D" w:rsidRPr="00F84673" w:rsidRDefault="009C127D" w:rsidP="00F52346">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkEnd w:id="3"/>
+      <w:bookmarkEnd w:id="4"/>
     </w:tbl>
     <w:p w14:paraId="62442E6D" w14:textId="77777777" w:rsidR="009C127D" w:rsidRPr="00F84673" w:rsidRDefault="009C127D" w:rsidP="00F52346">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6CB5E403" w14:textId="77777777" w:rsidR="001E3D89" w:rsidRPr="00F84673" w:rsidRDefault="001E3D89" w:rsidP="00F52346">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F84673">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">Na podstawie art. 217 § 1 ustawy z dnia 14 czerwca 1960 r. - Kodeks postępowania administracyjnego </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="18F92DD2" w14:textId="77777777" w:rsidR="001E3D89" w:rsidRPr="00F84673" w:rsidRDefault="001E3D89" w:rsidP="00F52346">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2A5F85F7" w14:textId="77777777" w:rsidR="001E3D89" w:rsidRPr="00F84673" w:rsidRDefault="001E3D89" w:rsidP="00F52346">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F84673">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>WNOSZĘ  O  WYDANIE  ZAŚWIADCZENIA</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DA322CF" w14:textId="77777777" w:rsidR="001E3D89" w:rsidRPr="00F84673" w:rsidRDefault="001E3D89" w:rsidP="00F52346">
+    <w:p w14:paraId="2DA322CF" w14:textId="77777777" w:rsidR="001E3D89" w:rsidRPr="00370CBF" w:rsidRDefault="001E3D89" w:rsidP="00F52346">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="57" w:type="dxa"/>
           <w:left w:w="57" w:type="dxa"/>
           <w:bottom w:w="57" w:type="dxa"/>
           <w:right w:w="57" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="362"/>
         <w:gridCol w:w="9277"/>
       </w:tblGrid>
       <w:tr w:rsidR="001E3D89" w:rsidRPr="00F84673" w14:paraId="6B48049D" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
@@ -4199,53 +3628,57 @@
                 </w:tcPr>
                 <w:p w14:paraId="62198599" w14:textId="77777777" w:rsidR="00DC4435" w:rsidRPr="00F84673" w:rsidRDefault="00DC4435" w:rsidP="00F52346">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
           <w:p w14:paraId="5FA4301C" w14:textId="77777777" w:rsidR="001E3D89" w:rsidRPr="00F84673" w:rsidRDefault="001E3D89" w:rsidP="00F52346">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1B4E6380" w14:textId="77777777" w:rsidR="001E3D89" w:rsidRPr="00F84673" w:rsidRDefault="001E3D89" w:rsidP="00F52346">
+    <w:p w14:paraId="1B4E6380" w14:textId="77777777" w:rsidR="001E3D89" w:rsidRPr="00370CBF" w:rsidRDefault="001E3D89" w:rsidP="00F52346">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="57" w:type="dxa"/>
           <w:left w:w="57" w:type="dxa"/>
           <w:bottom w:w="57" w:type="dxa"/>
           <w:right w:w="57" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="361"/>
         <w:gridCol w:w="4458"/>
         <w:gridCol w:w="4820"/>
       </w:tblGrid>
       <w:tr w:rsidR="001E3D89" w:rsidRPr="00F84673" w14:paraId="2D1B354C" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
@@ -4534,101 +3967,105 @@
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
                     <v:rect w14:anchorId="42960DAB" id="Rectangle 3" o:spid="_x0000_s1027" style="position:absolute;left:0;text-align:left;margin-left:106.5pt;margin-top:24.3pt;width:19.7pt;height:18.35pt;z-index:251672064;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBYLmwKJgIAAE0EAAAOAAAAZHJzL2Uyb0RvYy54bWysVNuO0zAQfUfiHyy/01zaAo2arlZdipAW&#10;WLHwAY7jJBa+MXabLl/P2Ol2u8ATIg+WxzM+PnNmJuuro1bkIMBLa2pazHJKhOG2laav6bevu1dv&#10;KfGBmZYpa0RNH4SnV5uXL9ajq0RpB6taAQRBjK9GV9MhBFdlmeeD0MzPrBMGnZ0FzQKa0GctsBHR&#10;tcrKPH+djRZaB5YL7/H0ZnLSTcLvOsHD567zIhBVU+QW0gppbeKabdas6oG5QfITDfYPLDSTBh89&#10;Q92wwMge5B9QWnKw3nZhxq3ObNdJLlIOmE2R/5bN/cCcSLmgON6dZfL/D5Z/OtwBkW1NsVCGaSzR&#10;FxSNmV4JMo/yjM5XGHXv7iAm6N2t5d89MXY7YJS4BrDjIFiLpIoYnz27EA2PV0kzfrQtorN9sEmp&#10;Ywc6AqIG5JgK8nAuiDgGwvGwXObFCsvG0VXO5/limV5g1eNlBz68F1aTuKkpIPUEzg63PkQyrHoM&#10;SeStku1OKpUM6JutAnJg2Bu79J3Q/WWYMmSs6WpZLhPyM5+/hMjT9zcILQM2uZIaVT4HsSqq9s60&#10;qQUDk2raI2VlTjJG5aYKhGNzTGVKGkdVG9s+oK5gp57GGcTNYOEnJSP2c039jz0DQYn6YLA2q2Kx&#10;iAOQjMXyTYkGXHqaSw8zHKFqGiiZttswDc3egewHfKlIahh7jfXsZNL6idWJPvZsKsFpvuJQXNop&#10;6ukvsPkFAAD//wMAUEsDBBQABgAIAAAAIQA8MQBJ3wAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1s&#10;TI9BT4NAFITvJv6HzTPxZpcubYOUpTGamnhs6cXbA14BZd8SdmnRX+960uNkJjPfZLvZ9OJCo+ss&#10;a1guIhDEla07bjSciv1DAsJ55Bp7y6Thixzs8tubDNPaXvlAl6NvRChhl6KG1vshldJVLRl0CzsQ&#10;B+9sR4M+yLGR9YjXUG56qaJoIw12HBZaHOi5perzOBkNZadO+H0oXiPzuI/921x8TO8vWt/fzU9b&#10;EJ5m/xeGX/yADnlgKu3EtRO9BrWMwxevYZVsQISAWqsViFJDso5B5pn8/yD/AQAA//8DAFBLAQIt&#10;ABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10u&#10;eG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5y&#10;ZWxzUEsBAi0AFAAGAAgAAAAhAFgubAomAgAATQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9E&#10;b2MueG1sUEsBAi0AFAAGAAgAAAAhADwxAEnfAAAACQEAAA8AAAAAAAAAAAAAAAAAgAQAAGRycy9k&#10;b3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACMBQAAAAA=&#10;">
                       <v:textbox>
                         <w:txbxContent>
                           <w:p w14:paraId="0DD4A5A2" w14:textId="77777777" w:rsidR="007D548F" w:rsidRDefault="007D548F" w:rsidP="007D548F"/>
                         </w:txbxContent>
                       </v:textbox>
                     </v:rect>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidR="00F84673" w:rsidRPr="00F84673">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>brak miejscowego planu zagospodarowania przestrzennego na terenie nieruchomości</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6E9E778C" w14:textId="77777777" w:rsidR="00134EE5" w:rsidRPr="00F84673" w:rsidRDefault="00134EE5" w:rsidP="00F52346">
+    <w:p w14:paraId="6E9E778C" w14:textId="77777777" w:rsidR="00134EE5" w:rsidRPr="00370CBF" w:rsidRDefault="00134EE5" w:rsidP="00F52346">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="57" w:type="dxa"/>
           <w:left w:w="57" w:type="dxa"/>
           <w:bottom w:w="57" w:type="dxa"/>
           <w:right w:w="57" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="361"/>
         <w:gridCol w:w="9278"/>
       </w:tblGrid>
       <w:tr w:rsidR="00134EE5" w:rsidRPr="00F84673" w14:paraId="1CF175D5" w14:textId="77777777" w:rsidTr="00F52346">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="624"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="361" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="505D3889" w14:textId="77777777" w:rsidR="00134EE5" w:rsidRPr="00F84673" w:rsidRDefault="00134EE5" w:rsidP="00F52346">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="4" w:name="_Hlk134176777"/>
+            <w:bookmarkStart w:id="5" w:name="_Hlk134176777"/>
             <w:r w:rsidRPr="00F84673">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>G</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9278" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="234EB138" w14:textId="77777777" w:rsidR="00134EE5" w:rsidRPr="00F84673" w:rsidRDefault="00134EE5" w:rsidP="00F52346">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
@@ -4667,55 +4104,59 @@
       </w:tr>
       <w:tr w:rsidR="00134EE5" w:rsidRPr="00F84673" w14:paraId="61E9A4EF" w14:textId="77777777" w:rsidTr="00C52C60">
         <w:trPr>
           <w:trHeight w:val="397"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9639" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7642209A" w14:textId="77777777" w:rsidR="00134EE5" w:rsidRPr="00F84673" w:rsidRDefault="00134EE5" w:rsidP="00F52346">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkEnd w:id="4"/>
+      <w:bookmarkEnd w:id="5"/>
     </w:tbl>
-    <w:p w14:paraId="5B6961BA" w14:textId="77777777" w:rsidR="00134EE5" w:rsidRPr="00F84673" w:rsidRDefault="00134EE5" w:rsidP="00F52346">
+    <w:p w14:paraId="5B6961BA" w14:textId="77777777" w:rsidR="00134EE5" w:rsidRPr="00370CBF" w:rsidRDefault="00134EE5" w:rsidP="00F52346">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
           <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
           <w:bottom w:val="double" w:sz="6" w:space="0" w:color="auto"/>
           <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:top w:w="57" w:type="dxa"/>
           <w:left w:w="57" w:type="dxa"/>
           <w:bottom w:w="57" w:type="dxa"/>
           <w:right w:w="57" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="342"/>
         <w:gridCol w:w="2856"/>
         <w:gridCol w:w="3198"/>
         <w:gridCol w:w="3196"/>
@@ -5081,51 +4522,51 @@
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>odbiór osobisty w siedzibie organu</w:t>
             </w:r>
             <w:r w:rsidR="00134EE5" w:rsidRPr="00F84673">
               <w:rPr>
                 <w:rStyle w:val="Odwoanieprzypisukocowego"/>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:endnoteReference w:id="3"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1667" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="13C478D4" w14:textId="6359EA44" w:rsidR="00134EE5" w:rsidRPr="00F84673" w:rsidRDefault="00746191" w:rsidP="00F52346">
+          <w:p w14:paraId="13C478D4" w14:textId="39C584E0" w:rsidR="00134EE5" w:rsidRPr="00F84673" w:rsidRDefault="00746191" w:rsidP="00F52346">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
                     <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662848" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="33A5E5EC" wp14:editId="363D28FB">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>851535</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>395605</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="250190" cy="233045"/>
@@ -5142,993 +4583,256 @@
                               <a:spLocks noChangeArrowheads="1"/>
                             </wps:cNvSpPr>
                             <wps:spPr bwMode="auto">
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="250190" cy="233045"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                               <a:ln w="9525">
                                 <a:solidFill>
                                   <a:srgbClr val="000000"/>
                                 </a:solidFill>
                                 <a:miter lim="800000"/>
                                 <a:headEnd/>
                                 <a:tailEnd/>
                               </a:ln>
                             </wps:spPr>
                             <wps:txbx>
                               <w:txbxContent>
                                 <w:p w14:paraId="4E86F6D2" w14:textId="77777777" w:rsidR="00F52346" w:rsidRDefault="00F52346" w:rsidP="00134EE5">
-                                  <w:bookmarkStart w:id="5" w:name="_M670445567"/>
-                                  <w:bookmarkEnd w:id="5"/>
+                                  <w:bookmarkStart w:id="6" w:name="_M670445567"/>
+                                  <w:bookmarkEnd w:id="6"/>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="page">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="page">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
                     <v:rect w14:anchorId="33A5E5EC" id="Rectangle 6" o:spid="_x0000_s1030" style="position:absolute;left:0;text-align:left;margin-left:67.05pt;margin-top:31.15pt;width:19.7pt;height:18.35pt;z-index:251662848;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAFoYO2KQIAAE0EAAAOAAAAZHJzL2Uyb0RvYy54bWysVG1v0zAQ/o7Ef7D8neZlzVijptPUUYQ0&#10;YGLwAxzHSSwc25zdJuPXc3a6rgM+IfLB8vnOj5977i7r62lQ5CDASaMrmi1SSoTmppG6q+i3r7s3&#10;V5Q4z3TDlNGioo/C0evN61fr0ZYiN71RjQCCINqVo61o770tk8TxXgzMLYwVGp2tgYF5NKFLGmAj&#10;og8qydP0MhkNNBYMF87h6e3spJuI37aC+89t64QnqqLIzccV4lqHNdmsWdkBs73kRxrsH1gMTGp8&#10;9AR1yzwje5B/QA2Sg3Gm9QtuhsS0reQi5oDZZOlv2Tz0zIqYC4rj7Ekm9/9g+afDPRDZVLSgRLMB&#10;S/QFRWO6U4JcBnlG60qMerD3EBJ09s7w745os+0xStwAmLEXrEFSWYhPXlwIhsOrpB4/mgbR2d6b&#10;qNTUwhAAUQMyxYI8ngoiJk84HuZFmq2wbBxd+cVFuiziC6x8umzB+ffCDCRsKgpIPYKzw53zgQwr&#10;n0IieaNks5NKRQO6equAHBj2xi5+R3R3HqY0GSu6KvIiIr/wuXOINH5/gxikxyZXcqjo1SmIlUG1&#10;d7qJLeiZVPMeKSt9lDEoN1fAT/UUy7QMDwRVa9M8oq5g5p7GGcRNb+AnJSP2c0Xdjz0DQYn6oLE2&#10;q2y5DAMQjWXxNkcDzj31uYdpjlAV9ZTM262fh2ZvQXY9vpRFNbS5wXq2Mmr9zOpIH3s2luA4X2Eo&#10;zu0Y9fwX2PwCAAD//wMAUEsDBBQABgAIAAAAIQDnS2qS3gAAAAkBAAAPAAAAZHJzL2Rvd25yZXYu&#10;eG1sTI9BT4NAEIXvJv6HzZh4s0tBqyBLYzRt4rGlF28DOwLKzhJ2adFf3+1Jjy/z5b1v8vVsenGk&#10;0XWWFSwXEQji2uqOGwWHcnP3BMJ5ZI29ZVLwQw7WxfVVjpm2J97Rce8bEUrYZaig9X7IpHR1Swbd&#10;wg7E4fZpR4M+xLGResRTKDe9jKNoJQ12HBZaHOi1pfp7PxkFVRcf8HdXbiOTbhL/Ppdf08ebUrc3&#10;88szCE+z/4Phoh/UoQhOlZ1YO9GHnNwvA6pgFScgLsBj8gCiUpCmEcgil/8/KM4AAAD//wMAUEsB&#10;Ai0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVz&#10;XS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMv&#10;LnJlbHNQSwECLQAUAAYACAAAACEABaGDtikCAABNBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uy&#10;b0RvYy54bWxQSwECLQAUAAYACAAAACEA50tqkt4AAAAJAQAADwAAAAAAAAAAAAAAAACDBAAAZHJz&#10;L2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAI4FAAAAAA==&#10;">
                       <v:textbox>
                         <w:txbxContent>
                           <w:p w14:paraId="4E86F6D2" w14:textId="77777777" w:rsidR="00F52346" w:rsidRDefault="00F52346" w:rsidP="00134EE5">
-                            <w:bookmarkStart w:id="6" w:name="_M670445567"/>
-                            <w:bookmarkEnd w:id="6"/>
+                            <w:bookmarkStart w:id="7" w:name="_M670445567"/>
+                            <w:bookmarkEnd w:id="7"/>
                           </w:p>
                         </w:txbxContent>
                       </v:textbox>
                     </v:rect>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidR="00134EE5" w:rsidRPr="00F84673">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>wysy</w:t>
             </w:r>
             <w:r w:rsidR="007D548F" w:rsidRPr="00F84673">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>ł</w:t>
             </w:r>
             <w:r w:rsidR="00134EE5" w:rsidRPr="00F84673">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve">ka na adres skrzynki </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidR="00134EE5" w:rsidRPr="00F84673">
+              <w:t xml:space="preserve">ka na adres do </w:t>
+            </w:r>
+            <w:r w:rsidR="0072276F" w:rsidRPr="00F84673">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>ePUAP</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>doręczeń</w:t>
+            </w:r>
             <w:r w:rsidR="00134EE5" w:rsidRPr="00F84673">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve"> lub adres do </w:t>
-[...14 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve"> elektronicznych</w:t>
             </w:r>
-            <w:r w:rsidR="00134EE5" w:rsidRPr="00F84673">
+            <w:r w:rsidR="00370CBF">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
-              <w:t>2</w:t>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3072869B" w14:textId="77777777" w:rsidR="00134EE5" w:rsidRPr="00F84673" w:rsidRDefault="00134EE5" w:rsidP="00F52346">
+    <w:p w14:paraId="3072869B" w14:textId="77777777" w:rsidR="00134EE5" w:rsidRPr="00370CBF" w:rsidRDefault="00134EE5" w:rsidP="00F52346">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
-      </w:pPr>
-[...720 lines deleted...]
-        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9639" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="57" w:type="dxa"/>
           <w:left w:w="57" w:type="dxa"/>
           <w:bottom w:w="57" w:type="dxa"/>
           <w:right w:w="57" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="367"/>
         <w:gridCol w:w="244"/>
         <w:gridCol w:w="390"/>
         <w:gridCol w:w="548"/>
         <w:gridCol w:w="412"/>
         <w:gridCol w:w="140"/>
         <w:gridCol w:w="249"/>
         <w:gridCol w:w="392"/>
         <w:gridCol w:w="515"/>
         <w:gridCol w:w="693"/>
         <w:gridCol w:w="817"/>
         <w:gridCol w:w="154"/>
         <w:gridCol w:w="392"/>
         <w:gridCol w:w="43"/>
         <w:gridCol w:w="1148"/>
         <w:gridCol w:w="256"/>
         <w:gridCol w:w="935"/>
         <w:gridCol w:w="469"/>
         <w:gridCol w:w="712"/>
         <w:gridCol w:w="347"/>
         <w:gridCol w:w="416"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001E3D89" w:rsidRPr="00F84673" w14:paraId="2CEAD38E" w14:textId="77777777" w:rsidTr="005D3DA0">
+      <w:tr w:rsidR="001E3D89" w:rsidRPr="00F84673" w14:paraId="2CEAD38E" w14:textId="77777777" w:rsidTr="00370CBF">
         <w:trPr>
           <w:trHeight w:val="510"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="370" w:type="dxa"/>
+            <w:tcW w:w="367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="747411C9" w14:textId="77777777" w:rsidR="001E3D89" w:rsidRPr="00F84673" w:rsidRDefault="009C127D" w:rsidP="00F52346">
-[...2 lines deleted...]
-              <w:jc w:val="center"/>
+          <w:p w14:paraId="747411C9" w14:textId="164BA367" w:rsidR="001E3D89" w:rsidRPr="00370CBF" w:rsidRDefault="00370CBF" w:rsidP="00370CBF">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F84673">
+            <w:r w:rsidRPr="00370CBF">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>J</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3607" w:type="dxa"/>
+              <w:t>I</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3583" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="23DB4089" w14:textId="77777777" w:rsidR="001E3D89" w:rsidRPr="00F84673" w:rsidRDefault="001E3D89" w:rsidP="00F52346">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F84673">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>OPŁATA SKARBOWA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5661" w:type="dxa"/>
+            <w:tcW w:w="5689" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2D478CA1" w14:textId="77777777" w:rsidR="001E3D89" w:rsidRPr="00F84673" w:rsidRDefault="001E3D89" w:rsidP="00F52346">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F84673">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(</w:t>
@@ -6144,58 +4848,58 @@
               </w:rPr>
               <w:t>wypełnia wnioskodawca</w:t>
             </w:r>
             <w:r w:rsidRPr="00F84673">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> zaznaczając właściwe kwadraty</w:t>
             </w:r>
             <w:r w:rsidRPr="00F84673">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:br/>
               <w:t>i wpisując wartości w pola oznaczone kolorem białym)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001E3D89" w:rsidRPr="00F84673" w14:paraId="2789F4A0" w14:textId="77777777" w:rsidTr="005D3DA0">
+      <w:tr w:rsidR="001E3D89" w:rsidRPr="00F84673" w14:paraId="2789F4A0" w14:textId="77777777" w:rsidTr="00370CBF">
         <w:trPr>
           <w:trHeight w:val="510"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9638" w:type="dxa"/>
+            <w:tcW w:w="9639" w:type="dxa"/>
             <w:gridSpan w:val="21"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="47C2CAF9" w14:textId="77777777" w:rsidR="00A8477F" w:rsidRPr="00F84673" w:rsidRDefault="00A8477F" w:rsidP="00F52346">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F84673">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">wpłata opłaty skarbowej na rachunek bankowy Gminy Wrocław </w:t>
             </w:r>
@@ -6277,965 +4981,947 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E2078">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Dla </w:t>
             </w:r>
             <w:r w:rsidRPr="004E2078">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>pełnomocnictwa w formie elektronicznej złożonego za pośrednictwem systemu teleinformatycznego</w:t>
             </w:r>
             <w:r w:rsidRPr="004E2078">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> organem podatkowym właściwym w sprawach opłaty skarbowej jest wójt </w:t>
+              <w:t xml:space="preserve"> organem podatkowym właściwym w sprawach opłaty skarbowej jest wójt (burmistrz, prezydent miasta) właściwy ze względu na miejsce zamieszkania albo siedzibę mocodawcy, a w przypadku udzielenia pełnomocnictwa lub prokury przez więcej niż jednego mocodawcę w jednym dokumencie - właściwy ze względu na miejsce zamieszkania albo siedzibę mocodawcy wskazanego w tym dokumencie jako pierwszy, który ma miejsce zamieszkania albo siedzibę na terytorium Rzeczypospolitej Polskiej (art.12 ust.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="004E2078">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-[...13 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve"> pkt 3 ustawy o opłacie skarbowej).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001E3D89" w:rsidRPr="00F84673" w14:paraId="5053A89F" w14:textId="77777777" w:rsidTr="005D3DA0">
+      <w:tr w:rsidR="001E3D89" w:rsidRPr="00F84673" w14:paraId="5053A89F" w14:textId="77777777" w:rsidTr="00370CBF">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2115" w:type="dxa"/>
+            <w:tcW w:w="2101" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="727A653B" w14:textId="77777777" w:rsidR="001E3D89" w:rsidRPr="00F84673" w:rsidRDefault="001E3D89" w:rsidP="00254B9B">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F84673">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>zwolnienie</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1164" w:type="dxa"/>
+            <w:tcW w:w="1156" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5C8A70BB" w14:textId="77777777" w:rsidR="001E3D89" w:rsidRPr="00F84673" w:rsidRDefault="001E3D89" w:rsidP="00F52346">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F84673">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>art. 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="698" w:type="dxa"/>
+            <w:tcW w:w="693" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4613B024" w14:textId="77777777" w:rsidR="001E3D89" w:rsidRPr="00F84673" w:rsidRDefault="001E3D89" w:rsidP="00F52346">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F84673">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>pkt 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4963" w:type="dxa"/>
+            <w:tcW w:w="4926" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7C5938BB" w14:textId="77777777" w:rsidR="001E3D89" w:rsidRPr="00F84673" w:rsidRDefault="001E3D89" w:rsidP="00F52346">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F84673">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>jednostki budżetowe</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="349" w:type="dxa"/>
+            <w:tcW w:w="347" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="05E24E1B" w14:textId="77777777" w:rsidR="001E3D89" w:rsidRPr="00F84673" w:rsidRDefault="001E3D89" w:rsidP="00F52346">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="349" w:type="dxa"/>
+            <w:tcW w:w="416" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="55DB1223" w14:textId="77777777" w:rsidR="001E3D89" w:rsidRPr="00F84673" w:rsidRDefault="001E3D89" w:rsidP="00F52346">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001E3D89" w:rsidRPr="00F84673" w14:paraId="04EC0BD4" w14:textId="77777777" w:rsidTr="005D3DA0">
+      <w:tr w:rsidR="001E3D89" w:rsidRPr="00F84673" w14:paraId="04EC0BD4" w14:textId="77777777" w:rsidTr="00370CBF">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2115" w:type="dxa"/>
+            <w:tcW w:w="2101" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3478C8C9" w14:textId="77777777" w:rsidR="001E3D89" w:rsidRPr="00F84673" w:rsidRDefault="001E3D89" w:rsidP="00F52346">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1164" w:type="dxa"/>
+            <w:tcW w:w="1156" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="18BB8583" w14:textId="77777777" w:rsidR="001E3D89" w:rsidRPr="00F84673" w:rsidRDefault="001E3D89" w:rsidP="00F52346">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="698" w:type="dxa"/>
+            <w:tcW w:w="693" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6CFDB8CC" w14:textId="77777777" w:rsidR="001E3D89" w:rsidRPr="00F84673" w:rsidRDefault="001E3D89" w:rsidP="00F52346">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F84673">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>pkt 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4963" w:type="dxa"/>
+            <w:tcW w:w="4926" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5CA74B84" w14:textId="77777777" w:rsidR="001E3D89" w:rsidRPr="00F84673" w:rsidRDefault="001E3D89" w:rsidP="00F52346">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F84673">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>jednostki samorządu terytorialnego</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="349" w:type="dxa"/>
+            <w:tcW w:w="347" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1908E5E4" w14:textId="77777777" w:rsidR="001E3D89" w:rsidRPr="00F84673" w:rsidRDefault="001E3D89" w:rsidP="00F52346">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="349" w:type="dxa"/>
+            <w:tcW w:w="416" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="056814A1" w14:textId="77777777" w:rsidR="001E3D89" w:rsidRPr="00F84673" w:rsidRDefault="001E3D89" w:rsidP="00F52346">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001E3D89" w:rsidRPr="00F84673" w14:paraId="313517C6" w14:textId="77777777" w:rsidTr="005D3DA0">
+      <w:tr w:rsidR="001E3D89" w:rsidRPr="00F84673" w14:paraId="313517C6" w14:textId="77777777" w:rsidTr="00370CBF">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2115" w:type="dxa"/>
+            <w:tcW w:w="2101" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6E8E855A" w14:textId="77777777" w:rsidR="001E3D89" w:rsidRPr="00F84673" w:rsidRDefault="001E3D89" w:rsidP="00F52346">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1164" w:type="dxa"/>
+            <w:tcW w:w="1156" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6C9EB685" w14:textId="77777777" w:rsidR="001E3D89" w:rsidRPr="00F84673" w:rsidRDefault="001E3D89" w:rsidP="00F52346">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F84673">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>załącznik cz. IV</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="698" w:type="dxa"/>
+            <w:tcW w:w="693" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1FCCEAA7" w14:textId="77777777" w:rsidR="001E3D89" w:rsidRPr="00F84673" w:rsidRDefault="001E3D89" w:rsidP="00F52346">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...19 lines deleted...]
-            <w:tcW w:w="4963" w:type="dxa"/>
+            <w:r w:rsidRPr="00F84673">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ppkt 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4926" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1352D686" w14:textId="77777777" w:rsidR="001E3D89" w:rsidRPr="00F84673" w:rsidRDefault="001E3D89" w:rsidP="00F52346">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F84673">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>pełnomocnictwo dla małżonka, rodzeństwa ......</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="349" w:type="dxa"/>
+            <w:tcW w:w="347" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6BFC7B97" w14:textId="77777777" w:rsidR="001E3D89" w:rsidRPr="00F84673" w:rsidRDefault="001E3D89" w:rsidP="00F52346">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="349" w:type="dxa"/>
+            <w:tcW w:w="416" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="501E3070" w14:textId="77777777" w:rsidR="001E3D89" w:rsidRPr="00F84673" w:rsidRDefault="001E3D89" w:rsidP="00F52346">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001E3D89" w:rsidRPr="00F84673" w14:paraId="2CCBA419" w14:textId="77777777" w:rsidTr="005D3DA0">
+      <w:tr w:rsidR="001E3D89" w:rsidRPr="00F84673" w14:paraId="2CCBA419" w14:textId="77777777" w:rsidTr="00370CBF">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2115" w:type="dxa"/>
+            <w:tcW w:w="2101" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5CDDCDA9" w14:textId="77777777" w:rsidR="001E3D89" w:rsidRPr="00F84673" w:rsidRDefault="001E3D89" w:rsidP="00F52346">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1164" w:type="dxa"/>
+            <w:tcW w:w="1156" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4427B837" w14:textId="77777777" w:rsidR="001E3D89" w:rsidRPr="00F84673" w:rsidRDefault="001E3D89" w:rsidP="00F52346">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="698" w:type="dxa"/>
+            <w:tcW w:w="693" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="42D2FE6E" w14:textId="77777777" w:rsidR="001E3D89" w:rsidRPr="00F84673" w:rsidRDefault="001E3D89" w:rsidP="00F52346">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4963" w:type="dxa"/>
+            <w:tcW w:w="4926" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3377A3BE" w14:textId="77777777" w:rsidR="001E3D89" w:rsidRPr="00F84673" w:rsidRDefault="001E3D89" w:rsidP="00F52346">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="349" w:type="dxa"/>
+            <w:tcW w:w="347" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0FD18B70" w14:textId="77777777" w:rsidR="001E3D89" w:rsidRPr="00F84673" w:rsidRDefault="001E3D89" w:rsidP="00F52346">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="349" w:type="dxa"/>
+            <w:tcW w:w="416" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="74DF123D" w14:textId="77777777" w:rsidR="001E3D89" w:rsidRPr="00F84673" w:rsidRDefault="001E3D89" w:rsidP="00F52346">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001E3D89" w:rsidRPr="00F84673" w14:paraId="58B68DA9" w14:textId="77777777" w:rsidTr="005D3DA0">
+      <w:tr w:rsidR="001E3D89" w:rsidRPr="00F84673" w14:paraId="58B68DA9" w14:textId="77777777" w:rsidTr="00370CBF">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2115" w:type="dxa"/>
+            <w:tcW w:w="2101" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1B632954" w14:textId="77777777" w:rsidR="001E3D89" w:rsidRPr="00F84673" w:rsidRDefault="001E3D89" w:rsidP="00F52346">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6825" w:type="dxa"/>
+            <w:tcW w:w="6775" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4635319D" w14:textId="77777777" w:rsidR="001E3D89" w:rsidRPr="00F84673" w:rsidRDefault="001E3D89" w:rsidP="00F52346">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F84673">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>inne przypadki przewidziane ustawą, art.  ........</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="349" w:type="dxa"/>
+            <w:tcW w:w="347" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="01BD336C" w14:textId="77777777" w:rsidR="001E3D89" w:rsidRPr="00F84673" w:rsidRDefault="001E3D89" w:rsidP="00F52346">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="349" w:type="dxa"/>
+            <w:tcW w:w="416" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="526A727A" w14:textId="77777777" w:rsidR="001E3D89" w:rsidRPr="00F84673" w:rsidRDefault="001E3D89" w:rsidP="00F52346">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001E3D89" w:rsidRPr="00F84673" w14:paraId="1E7EDCBB" w14:textId="77777777" w:rsidTr="005D3DA0">
+      <w:tr w:rsidR="001E3D89" w:rsidRPr="00F84673" w14:paraId="1E7EDCBB" w14:textId="77777777" w:rsidTr="00370CBF">
         <w:trPr>
           <w:trHeight w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2115" w:type="dxa"/>
+            <w:tcW w:w="2101" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6E6566FB" w14:textId="77777777" w:rsidR="001E3D89" w:rsidRPr="00F84673" w:rsidRDefault="001E3D89" w:rsidP="00F52346">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F84673">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>kwota</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1862" w:type="dxa"/>
+            <w:tcW w:w="1849" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="432C9C2D" w14:textId="77777777" w:rsidR="001E3D89" w:rsidRPr="00F84673" w:rsidRDefault="001E3D89" w:rsidP="00F52346">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F84673">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>zap</w:t>
             </w:r>
             <w:r w:rsidR="00F84673" w:rsidRPr="00F84673">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ł</w:t>
             </w:r>
             <w:r w:rsidRPr="00F84673">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>acona</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1415" w:type="dxa"/>
+            <w:tcW w:w="1406" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="217040E4" w14:textId="77777777" w:rsidR="001E3D89" w:rsidRPr="00F84673" w:rsidRDefault="001E3D89" w:rsidP="00F52346">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F84673">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>uzupełniona</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1415" w:type="dxa"/>
+            <w:tcW w:w="1404" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6A763CCC" w14:textId="77777777" w:rsidR="001E3D89" w:rsidRPr="00F84673" w:rsidRDefault="001E3D89" w:rsidP="00F52346">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F84673">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>należna</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2831" w:type="dxa"/>
+            <w:tcW w:w="2879" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5507535F" w14:textId="77777777" w:rsidR="001E3D89" w:rsidRPr="00F84673" w:rsidRDefault="001E3D89" w:rsidP="00F52346">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F84673">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -7288,687 +5974,687 @@
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F84673">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>podpis i piecz</w:t>
             </w:r>
             <w:r w:rsidR="00821436" w:rsidRPr="00F84673">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ęć</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001E3D89" w:rsidRPr="00F84673" w14:paraId="059083D4" w14:textId="77777777" w:rsidTr="005D3DA0">
+      <w:tr w:rsidR="001E3D89" w:rsidRPr="00F84673" w14:paraId="059083D4" w14:textId="77777777" w:rsidTr="00370CBF">
         <w:trPr>
           <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="370" w:type="dxa"/>
+            <w:tcW w:w="367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="03E6A783" w14:textId="77777777" w:rsidR="001E3D89" w:rsidRPr="00F84673" w:rsidRDefault="001E3D89" w:rsidP="00F52346">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1745" w:type="dxa"/>
+            <w:tcW w:w="1734" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="42B4FB32" w14:textId="77777777" w:rsidR="001E3D89" w:rsidRPr="00F84673" w:rsidRDefault="001E3D89" w:rsidP="00F52346">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F84673">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">zaświadczenie </w:t>
             </w:r>
             <w:r w:rsidRPr="00F84673">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="00F84673">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(za każde)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1862" w:type="dxa"/>
+            <w:tcW w:w="1849" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="34158641" w14:textId="77777777" w:rsidR="001E3D89" w:rsidRPr="00F84673" w:rsidRDefault="001E3D89" w:rsidP="00F52346">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F84673">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>17 zł x  = zł</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1415" w:type="dxa"/>
+            <w:tcW w:w="1406" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="38CC4454" w14:textId="77777777" w:rsidR="001E3D89" w:rsidRPr="00F84673" w:rsidRDefault="001E3D89" w:rsidP="00F52346">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1415" w:type="dxa"/>
+            <w:tcW w:w="1404" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0F6626C1" w14:textId="77777777" w:rsidR="001E3D89" w:rsidRPr="00F84673" w:rsidRDefault="001E3D89" w:rsidP="00F52346">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2831" w:type="dxa"/>
+            <w:tcW w:w="2879" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5CE98497" w14:textId="77777777" w:rsidR="001E3D89" w:rsidRPr="00F84673" w:rsidRDefault="001E3D89" w:rsidP="00F52346">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001E3D89" w:rsidRPr="00F84673" w14:paraId="1D106F74" w14:textId="77777777" w:rsidTr="005D3DA0">
+      <w:tr w:rsidR="001E3D89" w:rsidRPr="00F84673" w14:paraId="1D106F74" w14:textId="77777777" w:rsidTr="00370CBF">
         <w:trPr>
           <w:trHeight w:val="397"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="370" w:type="dxa"/>
+            <w:tcW w:w="367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="141E0FDE" w14:textId="77777777" w:rsidR="001E3D89" w:rsidRPr="00F84673" w:rsidRDefault="001E3D89" w:rsidP="00F52346">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1745" w:type="dxa"/>
+            <w:tcW w:w="1734" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="605385CC" w14:textId="77777777" w:rsidR="001E3D89" w:rsidRPr="00F84673" w:rsidRDefault="001E3D89" w:rsidP="00F52346">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F84673">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>pełnomocnictwo</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1862" w:type="dxa"/>
+            <w:tcW w:w="1849" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7F40CE41" w14:textId="77777777" w:rsidR="001E3D89" w:rsidRPr="00F84673" w:rsidRDefault="001E3D89" w:rsidP="00F52346">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F84673">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>17 zł x  = zł</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1415" w:type="dxa"/>
+            <w:tcW w:w="1406" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="74358A12" w14:textId="77777777" w:rsidR="001E3D89" w:rsidRPr="00F84673" w:rsidRDefault="001E3D89" w:rsidP="00F52346">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1415" w:type="dxa"/>
+            <w:tcW w:w="1404" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="44FEDB7C" w14:textId="77777777" w:rsidR="001E3D89" w:rsidRPr="00F84673" w:rsidRDefault="001E3D89" w:rsidP="00F52346">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1415" w:type="dxa"/>
+            <w:tcW w:w="1404" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="00370323" w14:textId="77777777" w:rsidR="001E3D89" w:rsidRPr="00F84673" w:rsidRDefault="001E3D89" w:rsidP="00F52346">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F84673">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>dop</w:t>
             </w:r>
             <w:r w:rsidR="00F84673" w:rsidRPr="00F84673">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ł</w:t>
             </w:r>
             <w:r w:rsidRPr="00F84673">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ata</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1416" w:type="dxa"/>
+            <w:tcW w:w="1475" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="597FF615" w14:textId="77777777" w:rsidR="001E3D89" w:rsidRPr="00F84673" w:rsidRDefault="001E3D89" w:rsidP="00F52346">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F84673">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>zwrot</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001E3D89" w:rsidRPr="00F84673" w14:paraId="507F43A0" w14:textId="77777777" w:rsidTr="005D3DA0">
+      <w:tr w:rsidR="001E3D89" w:rsidRPr="00F84673" w14:paraId="507F43A0" w14:textId="77777777" w:rsidTr="00370CBF">
         <w:trPr>
           <w:trHeight w:val="397"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="370" w:type="dxa"/>
+            <w:tcW w:w="367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1A90859E" w14:textId="77777777" w:rsidR="001E3D89" w:rsidRPr="00F84673" w:rsidRDefault="001E3D89" w:rsidP="00F52346">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1745" w:type="dxa"/>
+            <w:tcW w:w="1734" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3562B506" w14:textId="77777777" w:rsidR="001E3D89" w:rsidRPr="00F84673" w:rsidRDefault="001E3D89" w:rsidP="00F52346">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:ind w:left="28"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F84673">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>suma opłat</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="26C76A9E" w14:textId="77777777" w:rsidR="001E3D89" w:rsidRPr="00F84673" w:rsidRDefault="001E3D89" w:rsidP="00F52346">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F84673">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>poz. 1-2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1862" w:type="dxa"/>
+            <w:tcW w:w="1849" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4B51F528" w14:textId="77777777" w:rsidR="001E3D89" w:rsidRPr="00F84673" w:rsidRDefault="001E3D89" w:rsidP="00F52346">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F84673">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>zł</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1415" w:type="dxa"/>
+            <w:tcW w:w="1406" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2236DD7E" w14:textId="77777777" w:rsidR="001E3D89" w:rsidRPr="00F84673" w:rsidRDefault="001E3D89" w:rsidP="00F52346">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F84673">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>........ zł</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1415" w:type="dxa"/>
+            <w:tcW w:w="1404" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2DDBFC12" w14:textId="77777777" w:rsidR="001E3D89" w:rsidRPr="00F84673" w:rsidRDefault="001E3D89" w:rsidP="00F52346">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F84673">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>........ zł</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1415" w:type="dxa"/>
+            <w:tcW w:w="1404" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6B621B73" w14:textId="77777777" w:rsidR="001E3D89" w:rsidRPr="00F84673" w:rsidRDefault="001E3D89" w:rsidP="00F52346">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F84673">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>........ zł</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1416" w:type="dxa"/>
+            <w:tcW w:w="1475" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2DC3ED9C" w14:textId="77777777" w:rsidR="001E3D89" w:rsidRPr="00F84673" w:rsidRDefault="001E3D89" w:rsidP="00F52346">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F84673">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>........ zł</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001E3D89" w:rsidRPr="00F84673" w14:paraId="3601F8BF" w14:textId="77777777" w:rsidTr="005D3DA0">
+      <w:tr w:rsidR="001E3D89" w:rsidRPr="00F84673" w14:paraId="3601F8BF" w14:textId="77777777" w:rsidTr="00370CBF">
         <w:trPr>
           <w:trHeight w:val="624"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcW w:w="1549" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3D5235AE" w14:textId="77777777" w:rsidR="001E3D89" w:rsidRPr="00F84673" w:rsidRDefault="001E3D89" w:rsidP="00F52346">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:ind w:left="57"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F84673">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="18"/>
@@ -8006,100 +6692,100 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>aty w ci</w:t>
             </w:r>
             <w:r w:rsidR="00821436" w:rsidRPr="00F84673">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ą</w:t>
             </w:r>
             <w:r w:rsidRPr="00F84673">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>gu 3 dni</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1200" w:type="dxa"/>
+            <w:tcW w:w="1193" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="15E224E9" w14:textId="77777777" w:rsidR="001E3D89" w:rsidRPr="00F84673" w:rsidRDefault="001E3D89" w:rsidP="00F52346">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F84673">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>zwrot dowodu zap</w:t>
             </w:r>
             <w:r w:rsidR="00821436" w:rsidRPr="00F84673">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ł</w:t>
             </w:r>
             <w:r w:rsidRPr="00F84673">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>aty</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2041" w:type="dxa"/>
+            <w:tcW w:w="2025" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2DED69D1" w14:textId="5D53B085" w:rsidR="001E3D89" w:rsidRDefault="001E3D89" w:rsidP="00F52346">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F84673">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="18"/>
@@ -8144,106 +6830,106 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="154" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0F8ED76C" w14:textId="77777777" w:rsidR="001E3D89" w:rsidRPr="00F84673" w:rsidRDefault="001E3D89" w:rsidP="00F52346">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="394" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="75EB111D" w14:textId="77777777" w:rsidR="001E3D89" w:rsidRPr="00F84673" w:rsidRDefault="001E3D89" w:rsidP="00F52346">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1200" w:type="dxa"/>
+            <w:tcW w:w="1191" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="55FC7F4B" w14:textId="77777777" w:rsidR="001E3D89" w:rsidRPr="00F84673" w:rsidRDefault="001E3D89" w:rsidP="00F52346">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F84673">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>kwota</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1200" w:type="dxa"/>
+            <w:tcW w:w="1191" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="52AC4087" w14:textId="77777777" w:rsidR="001E3D89" w:rsidRPr="00F84673" w:rsidRDefault="001E3D89" w:rsidP="00F52346">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F84673">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -8256,51 +6942,51 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:br/>
               <w:t>wp</w:t>
             </w:r>
             <w:r w:rsidR="00821436" w:rsidRPr="00F84673">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ł</w:t>
             </w:r>
             <w:r w:rsidRPr="00F84673">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>aty</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1958" w:type="dxa"/>
+            <w:tcW w:w="1944" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3534648B" w14:textId="77777777" w:rsidR="001E3D89" w:rsidRPr="00F84673" w:rsidRDefault="001E3D89" w:rsidP="00F52346">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F84673">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -8328,546 +7014,546 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:br/>
               <w:t>osoby przyjmuj</w:t>
             </w:r>
             <w:r w:rsidR="00821436" w:rsidRPr="00F84673">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ą</w:t>
             </w:r>
             <w:r w:rsidRPr="00F84673">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>cej</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001E3D89" w:rsidRPr="00F84673" w14:paraId="43AA9219" w14:textId="77777777" w:rsidTr="005D3DA0">
+      <w:tr w:rsidR="001E3D89" w:rsidRPr="00F84673" w14:paraId="43AA9219" w14:textId="77777777" w:rsidTr="00370CBF">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcW w:w="1549" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="04B07F79" w14:textId="77777777" w:rsidR="001E3D89" w:rsidRPr="00F84673" w:rsidRDefault="001E3D89" w:rsidP="00F52346">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1200" w:type="dxa"/>
+            <w:tcW w:w="1193" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0216EE66" w14:textId="77777777" w:rsidR="001E3D89" w:rsidRPr="00F84673" w:rsidRDefault="001E3D89" w:rsidP="00F52346">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1972" w:type="dxa"/>
+            <w:tcW w:w="2025" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="44C45D53" w14:textId="77777777" w:rsidR="001E3D89" w:rsidRPr="00F84673" w:rsidRDefault="001E3D89" w:rsidP="00F52346">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="154" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3C3D21AE" w14:textId="77777777" w:rsidR="001E3D89" w:rsidRPr="00F84673" w:rsidRDefault="001E3D89" w:rsidP="00F52346">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="394" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1041E99B" w14:textId="77777777" w:rsidR="001E3D89" w:rsidRPr="00F84673" w:rsidRDefault="001E3D89" w:rsidP="00F52346">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1200" w:type="dxa"/>
+            <w:tcW w:w="1191" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4BAB872C" w14:textId="77777777" w:rsidR="001E3D89" w:rsidRPr="00F84673" w:rsidRDefault="001E3D89" w:rsidP="00F52346">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1200" w:type="dxa"/>
+            <w:tcW w:w="1191" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0E6D6EBD" w14:textId="77777777" w:rsidR="001E3D89" w:rsidRPr="00F84673" w:rsidRDefault="001E3D89" w:rsidP="00F52346">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1958" w:type="dxa"/>
+            <w:tcW w:w="1944" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="173E14A4" w14:textId="77777777" w:rsidR="001E3D89" w:rsidRPr="00F84673" w:rsidRDefault="001E3D89" w:rsidP="00F52346">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001E3D89" w:rsidRPr="00F84673" w14:paraId="2D21C5E5" w14:textId="77777777" w:rsidTr="005D3DA0">
+      <w:tr w:rsidR="001E3D89" w:rsidRPr="00F84673" w14:paraId="2D21C5E5" w14:textId="77777777" w:rsidTr="00370CBF">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="616" w:type="dxa"/>
+            <w:tcW w:w="611" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="01B39D9B" w14:textId="77777777" w:rsidR="001E3D89" w:rsidRPr="00F84673" w:rsidRDefault="001E3D89" w:rsidP="00F52346">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="390" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="62B1F296" w14:textId="77777777" w:rsidR="001E3D89" w:rsidRPr="00F84673" w:rsidRDefault="001E3D89" w:rsidP="00F52346">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcW w:w="548" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5FB455EF" w14:textId="77777777" w:rsidR="001E3D89" w:rsidRPr="00F84673" w:rsidRDefault="001E3D89" w:rsidP="00F52346">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="414" w:type="dxa"/>
+            <w:tcW w:w="412" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2451A2D1" w14:textId="77777777" w:rsidR="001E3D89" w:rsidRPr="00F84673" w:rsidRDefault="001E3D89" w:rsidP="00F52346">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="389" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6AE00277" w14:textId="77777777" w:rsidR="001E3D89" w:rsidRPr="00F84673" w:rsidRDefault="001E3D89" w:rsidP="00F52346">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="394" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2ECB8791" w14:textId="77777777" w:rsidR="001E3D89" w:rsidRPr="00F84673" w:rsidRDefault="001E3D89" w:rsidP="00F52346">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1972" w:type="dxa"/>
+            <w:tcW w:w="2025" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="511C94B9" w14:textId="77777777" w:rsidR="001E3D89" w:rsidRPr="00F84673" w:rsidRDefault="001E3D89" w:rsidP="00F52346">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="154" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="50826F3F" w14:textId="77777777" w:rsidR="001E3D89" w:rsidRPr="00F84673" w:rsidRDefault="001E3D89" w:rsidP="00F52346">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="394" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="36F2AF43" w14:textId="77777777" w:rsidR="001E3D89" w:rsidRPr="00F84673" w:rsidRDefault="001E3D89" w:rsidP="00F52346">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1200" w:type="dxa"/>
+            <w:tcW w:w="1191" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="173A5BFC" w14:textId="77777777" w:rsidR="001E3D89" w:rsidRPr="00F84673" w:rsidRDefault="001E3D89" w:rsidP="00F52346">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1200" w:type="dxa"/>
+            <w:tcW w:w="1191" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="34E78054" w14:textId="77777777" w:rsidR="001E3D89" w:rsidRPr="00F84673" w:rsidRDefault="001E3D89" w:rsidP="00F52346">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1958" w:type="dxa"/>
+            <w:tcW w:w="1944" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3032EFAE" w14:textId="77777777" w:rsidR="001E3D89" w:rsidRPr="00F84673" w:rsidRDefault="001E3D89" w:rsidP="00F52346">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001E3D89" w:rsidRPr="00F84673" w14:paraId="5445338D" w14:textId="77777777" w:rsidTr="005D3DA0">
+      <w:tr w:rsidR="001E3D89" w:rsidRPr="00F84673" w14:paraId="5445338D" w14:textId="77777777" w:rsidTr="00370CBF">
         <w:trPr>
           <w:trHeight w:val="397"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9638" w:type="dxa"/>
+            <w:tcW w:w="9639" w:type="dxa"/>
             <w:gridSpan w:val="21"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="03B1BA50" w14:textId="77777777" w:rsidR="001E3D89" w:rsidRPr="00F84673" w:rsidRDefault="001E3D89" w:rsidP="00F52346">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F84673">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
@@ -8933,65 +7619,65 @@
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="365"/>
         <w:gridCol w:w="6940"/>
         <w:gridCol w:w="1408"/>
         <w:gridCol w:w="926"/>
       </w:tblGrid>
       <w:tr w:rsidR="001E3D89" w:rsidRPr="00F84673" w14:paraId="60860B5D" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="365" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5248F318" w14:textId="77777777" w:rsidR="001E3D89" w:rsidRPr="00F84673" w:rsidRDefault="009C127D" w:rsidP="00F52346">
+          <w:p w14:paraId="5248F318" w14:textId="7063C1D4" w:rsidR="001E3D89" w:rsidRPr="00F84673" w:rsidRDefault="00370CBF" w:rsidP="00F52346">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F84673">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>K</w:t>
+              <w:t>J</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8348" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="53A2AFD1" w14:textId="77777777" w:rsidR="001E3D89" w:rsidRPr="00F84673" w:rsidRDefault="009C127D" w:rsidP="00F52346">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F84673">
@@ -9447,70 +8133,50 @@
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3BC707B3" w14:textId="77777777" w:rsidR="001E3D89" w:rsidRPr="00F84673" w:rsidRDefault="001E3D89" w:rsidP="00F52346">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="743BB511" w14:textId="77777777" w:rsidR="001E3D89" w:rsidRDefault="001E3D89" w:rsidP="00F52346">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="319E515A" w14:textId="77777777" w:rsidR="00561C74" w:rsidRDefault="00561C74" w:rsidP="00F52346">
-      <w:pPr>
-[...18 lines deleted...]
-    <w:p w14:paraId="0C5AFD86" w14:textId="6A75C93E" w:rsidR="007861F6" w:rsidRDefault="007861F6" w:rsidP="00F52346">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="43B633DA" w14:textId="77777777" w:rsidR="007861F6" w:rsidRPr="00F84673" w:rsidRDefault="007861F6" w:rsidP="00F52346">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7C78213D" w14:textId="77777777" w:rsidR="00260B45" w:rsidRPr="00F84673" w:rsidRDefault="00260B45" w:rsidP="00260B45">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="8" w:name="_Hlk181690043"/>
       <w:r w:rsidRPr="00F84673">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">INFORMACJE DOTYCZĄCE PRZETWARZANIA </w:t>
       </w:r>
     </w:p>
@@ -9530,69 +8196,51 @@
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:p w14:paraId="43D6ADD9" w14:textId="77777777" w:rsidR="00260B45" w:rsidRPr="00561C74" w:rsidRDefault="00260B45" w:rsidP="00260B45">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1DD82EE8" w14:textId="77777777" w:rsidR="00260B45" w:rsidRPr="00F84673" w:rsidRDefault="00260B45" w:rsidP="00260B45">
       <w:pPr>
         <w:pStyle w:val="Teksttreci0"/>
         <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="9" w:name="_Hlk181625251"/>
       <w:r w:rsidRPr="00F84673">
         <w:rPr>
           <w:rStyle w:val="Teksttreci"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">Niniejszą informację otrzymała/otrzymał Pani/Pan w związku z obowiązkami określonymi w art. 13 rozporządzenia Parlamentu Europejskiego i Rady (UE) 2016/679 z dnia 27 kwietnia 2016 r. w sprawie ochrony osób fizycznych w związku z przetwarzaniem danych osobowych i w sprawie swobodnego przepływu takich danych oraz uchylenia dyrektywy 95/46/WE (ogólne rozporządzenie o ochronie danych - </w:t>
-[...17 lines deleted...]
-        <w:t>) (Dziennik Urzędowy Unii Europejskiej z dnia 14 maja 2016 r. L 119/1).</w:t>
+        <w:t>Niniejszą informację otrzymała/otrzymał Pani/Pan w związku z obowiązkami określonymi w art. 13 rozporządzenia Parlamentu Europejskiego i Rady (UE) 2016/679 z dnia 27 kwietnia 2016 r. w sprawie ochrony osób fizycznych w związku z przetwarzaniem danych osobowych i w sprawie swobodnego przepływu takich danych oraz uchylenia dyrektywy 95/46/WE (ogólne rozporządzenie o ochronie danych - RODO) (Dziennik Urzędowy Unii Europejskiej z dnia 14 maja 2016 r. L 119/1).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:p w14:paraId="098C424A" w14:textId="77777777" w:rsidR="00260B45" w:rsidRPr="00561C74" w:rsidRDefault="00260B45" w:rsidP="00260B45">
       <w:pPr>
         <w:pStyle w:val="Stopka"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4536"/>
           <w:tab w:val="clear" w:pos="9072"/>
         </w:tabs>
         <w:spacing w:line="288" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9639" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="double" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
@@ -9604,64 +8252,64 @@
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="341"/>
         <w:gridCol w:w="2102"/>
         <w:gridCol w:w="7196"/>
       </w:tblGrid>
       <w:tr w:rsidR="00260B45" w:rsidRPr="00F84673" w14:paraId="603D87F2" w14:textId="77777777" w:rsidTr="003720E3">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="341" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="64D7D9B6" w14:textId="77777777" w:rsidR="00260B45" w:rsidRPr="00F84673" w:rsidRDefault="00F10863" w:rsidP="003720E3">
+          <w:p w14:paraId="64D7D9B6" w14:textId="7DFF82C8" w:rsidR="00260B45" w:rsidRPr="00F84673" w:rsidRDefault="00370CBF" w:rsidP="003720E3">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="10" w:name="_Hlk181625278"/>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>L</w:t>
+              <w:t>K</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9411" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="47C80A3C" w14:textId="77777777" w:rsidR="00260B45" w:rsidRPr="00F84673" w:rsidRDefault="00260B45" w:rsidP="003720E3">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F84673">
               <w:rPr>
                 <w:rStyle w:val="Inne"/>
@@ -9968,136 +8616,177 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F84673">
               <w:rPr>
                 <w:rStyle w:val="Inne"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Kategorie odnośnych danych osobowych</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7287" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="44FF63F6" w14:textId="77777777" w:rsidR="00260B45" w:rsidRPr="00F84673" w:rsidRDefault="00260B45" w:rsidP="003720E3">
+          <w:p w14:paraId="44FF63F6" w14:textId="6A5C9CB3" w:rsidR="00260B45" w:rsidRPr="00F84673" w:rsidRDefault="006A164C" w:rsidP="003720E3">
             <w:pPr>
               <w:pStyle w:val="Inne0"/>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F84673">
+            <w:r w:rsidRPr="006A164C">
               <w:rPr>
                 <w:rStyle w:val="Inne"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Dane osobowe wnioskodawcy lub pełnomocnika: imię i nazwisko, adres zamieszkania lub adres do korespondencji, inne dane kontaktowe.</w:t>
+              <w:t>Dane osobowe wnioskodawcy lub pełnomocnika: imię i nazwisko, adres zamieszkania lub adres do korespondencji, adres do doręczeń elektronicznych, pesel, inne dane kontaktowe.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00260B45" w:rsidRPr="00F84673" w14:paraId="7E4B9FCB" w14:textId="77777777" w:rsidTr="003720E3">
         <w:trPr>
           <w:cantSplit/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2465" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7414EB79" w14:textId="77777777" w:rsidR="00260B45" w:rsidRPr="00F84673" w:rsidRDefault="00260B45" w:rsidP="003720E3">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F84673">
               <w:rPr>
                 <w:rStyle w:val="Inne"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Podstawa prawna przetwarzania danych osobowych</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7287" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="619A7A1D" w14:textId="77777777" w:rsidR="00260B45" w:rsidRPr="00F84673" w:rsidRDefault="00260B45" w:rsidP="003720E3">
+          <w:p w14:paraId="619A7A1D" w14:textId="303C4F92" w:rsidR="00260B45" w:rsidRPr="00F84673" w:rsidRDefault="00260B45" w:rsidP="003720E3">
             <w:pPr>
               <w:suppressLineNumbers/>
               <w:suppressAutoHyphens/>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F84673">
               <w:rPr>
                 <w:rStyle w:val="Inne"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Będziemy przetwarzać Pani/Pana dane osobowe na podstawie przepisów prawa, w szczególności ustawy z dnia: 14 czerwca 1960 r. Kodeks postępowania administracyjnego; 7 lipca 1994 r. Prawo budowlane; 27 marca 2003 r. o planowaniu i zagospodarowaniu przestrzennym; 10 kwietnia 2003 r. o szczególnych zasadach przygotowania i realizacji inwestycji w zakresie dróg publicznych; 24 czerwca 1994 r. o własności lokali; 5 czerwca 1998 r. o samorządzie powiatowym.</w:t>
+              <w:t>Będziemy przetwarzać Pani/Pana dane osobowe na podstawie przepisów prawa, w szczególności ustawy z dnia: 14 czerwca 1960 r. Kodeks postępowania administracyjnego; 7 lipca 1994 r. Prawo budowlane; 27 marca 2003 r. o planowaniu i zagospodarowaniu przestrzennym; 10 kwietnia 2003</w:t>
+            </w:r>
+            <w:r w:rsidR="00226438">
+              <w:rPr>
+                <w:rStyle w:val="Inne"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F84673">
+              <w:rPr>
+                <w:rStyle w:val="Inne"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>r. o szczególnych zasadach przygotowania i realizacji inwestycji w zakresie dróg publicznych; 24 czerwca 1994 r. o własności lokali; 5 czerwca 1998 r. o samorządzie powiatowym</w:t>
+            </w:r>
+            <w:r w:rsidR="00654E70">
+              <w:rPr>
+                <w:rStyle w:val="Inne"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidR="006A164C">
+              <w:rPr>
+                <w:rStyle w:val="Inne"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="006A164C" w:rsidRPr="006A164C">
+              <w:rPr>
+                <w:rStyle w:val="Inne"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>18 listopada 2020 r. o doręczeniach elektronicznych.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00260B45" w:rsidRPr="00F84673" w14:paraId="1F4C7BB1" w14:textId="77777777" w:rsidTr="003720E3">
         <w:trPr>
           <w:cantSplit/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2465" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="363E3937" w14:textId="77777777" w:rsidR="00260B45" w:rsidRPr="00F84673" w:rsidRDefault="00260B45" w:rsidP="003720E3">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
@@ -10537,149 +9226,109 @@
           <w:tcPr>
             <w:tcW w:w="7287" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="688679DE" w14:textId="77777777" w:rsidR="00260B45" w:rsidRPr="00F84673" w:rsidRDefault="00260B45" w:rsidP="003720E3">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Inne"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F84673">
               <w:rPr>
                 <w:rStyle w:val="Inne"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">W przypadku nieprawidłowości przy przetwarzaniu Pani/Pana danych osobowych, przysługuje Pani/Panu także prawo wniesienia skargi do organu nadzorczego zajmującego się ochroną danych osobowych, tj. Prezesa Urzędu Ochrony Danych Osobowych. Dane dotyczące możliwych form </w:t>
-[...8 lines deleted...]
-              <w:t>kontaktu:</w:t>
+              <w:t>W przypadku nieprawidłowości przy przetwarzaniu Pani/Pana danych osobowych, przysługuje Pani/Panu także prawo wniesienia skargi do organu nadzorczego zajmującego się ochroną danych osobowych, tj. Prezesa Urzędu Ochrony Danych Osobowych. Dane dotyczące możliwych form kontaktu:</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r w:rsidRPr="00F84673">
                 <w:rPr>
                   <w:rStyle w:val="Hipercze"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                   <w:lang w:eastAsia="en-US"/>
                 </w:rPr>
-                <w:t>https</w:t>
-[...29 lines deleted...]
-                <w:t>/p/kontakt</w:t>
+                <w:t>https://uodo.gov.pl/pl/p/kontakt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00F84673">
               <w:rPr>
                 <w:rStyle w:val="Inne"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00260B45" w:rsidRPr="00F84673" w14:paraId="068B6636" w14:textId="77777777" w:rsidTr="003720E3">
         <w:trPr>
           <w:cantSplit/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2465" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="74E22133" w14:textId="77777777" w:rsidR="00260B45" w:rsidRPr="00F84673" w:rsidRDefault="00260B45" w:rsidP="003720E3">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F84673">
               <w:rPr>
                 <w:rStyle w:val="Inne"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Inspektor Ochrony Danych</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7287" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2220870F" w14:textId="77777777" w:rsidR="00260B45" w:rsidRPr="00F84673" w:rsidRDefault="00260B45" w:rsidP="003720E3">
             <w:pPr>
               <w:pStyle w:val="Inne0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="307"/>
               </w:tabs>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -10701,81 +9350,81 @@
                 <w:numId w:val="22"/>
               </w:numPr>
               <w:suppressLineNumbers/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="2880"/>
                 <w:tab w:val="left" w:pos="301"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:ind w:hanging="2880"/>
               <w:rPr>
                 <w:rStyle w:val="Inne"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F84673">
               <w:rPr>
                 <w:rStyle w:val="Inne"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>listownie na adres: al. Marcina Kromera 44, 51-163 Wrocław,</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3077367E" w14:textId="407A9C4B" w:rsidR="00260B45" w:rsidRPr="00F84673" w:rsidRDefault="002242E2" w:rsidP="003720E3">
+          <w:p w14:paraId="3077367E" w14:textId="407A9C4B" w:rsidR="00260B45" w:rsidRPr="00F84673" w:rsidRDefault="00654E70" w:rsidP="003720E3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="22"/>
               </w:numPr>
               <w:suppressLineNumbers/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="2880"/>
                 <w:tab w:val="left" w:pos="301"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:ind w:hanging="2880"/>
               <w:rPr>
                 <w:rStyle w:val="Inne"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
-              <w:r>
+              <w:r w:rsidR="002242E2">
                 <w:rPr>
                   <w:rStyle w:val="Inne"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t xml:space="preserve">przez e-mail: </w:t>
               </w:r>
               <w:hyperlink r:id="rId11" w:history="1">
-                <w:r>
+                <w:r w:rsidR="002242E2">
                   <w:rPr>
                     <w:rStyle w:val="Hipercze"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>iod@um.wroc.pl</w:t>
                 </w:r>
               </w:hyperlink>
               <w:r w:rsidR="00260B45" w:rsidRPr="00F84673">
                 <w:rPr>
                   <w:rStyle w:val="Hipercze"/>
                   <w:rFonts w:eastAsia="Times New Roman" w:cs="Verdana"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>l</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00260B45" w:rsidRPr="00F84673">
               <w:rPr>
                 <w:rStyle w:val="Inne"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>,</w:t>
@@ -10791,123 +9440,148 @@
               <w:tabs>
                 <w:tab w:val="clear" w:pos="2880"/>
                 <w:tab w:val="left" w:pos="301"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:ind w:hanging="2880"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F84673">
               <w:rPr>
                 <w:rStyle w:val="Inne"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>telefonicznie: +48 71 777 77 24.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:bookmarkEnd w:id="10"/>
     </w:tbl>
-    <w:p w14:paraId="2CDCCFCE" w14:textId="77777777" w:rsidR="00260B45" w:rsidRPr="00561C74" w:rsidRDefault="00260B45" w:rsidP="00F52346">
+    <w:p w14:paraId="2CDCCFCE" w14:textId="67A9CBC1" w:rsidR="00260B45" w:rsidRDefault="00260B45" w:rsidP="00F52346">
+      <w:pPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="77FAA551" w14:textId="65A51E71" w:rsidR="003D6D75" w:rsidRDefault="003D6D75" w:rsidP="00F52346">
+      <w:pPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0A8DC55F" w14:textId="6EEDC2F5" w:rsidR="003D6D75" w:rsidRDefault="003D6D75" w:rsidP="00F52346">
+      <w:pPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="325D1569" w14:textId="77777777" w:rsidR="003D6D75" w:rsidRPr="00561C74" w:rsidRDefault="003D6D75" w:rsidP="00F52346">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9639" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="57" w:type="dxa"/>
           <w:left w:w="57" w:type="dxa"/>
           <w:bottom w:w="57" w:type="dxa"/>
           <w:right w:w="57" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="362"/>
         <w:gridCol w:w="9277"/>
       </w:tblGrid>
       <w:tr w:rsidR="003C411D" w:rsidRPr="00F84673" w14:paraId="35E95FED" w14:textId="77777777" w:rsidTr="00C52C60">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="362" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2E1CCF6E" w14:textId="77777777" w:rsidR="003C411D" w:rsidRPr="00F84673" w:rsidRDefault="00561C74" w:rsidP="00F52346">
+          <w:p w14:paraId="2E1CCF6E" w14:textId="6ACC013F" w:rsidR="003C411D" w:rsidRPr="00F84673" w:rsidRDefault="00370CBF" w:rsidP="00F52346">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="11" w:name="_Hlk134088397"/>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>Ł</w:t>
+              <w:t>L</w:t>
             </w:r>
             <w:r w:rsidR="009C127D" w:rsidRPr="00F84673">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>L</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9277" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="224E6E47" w14:textId="77777777" w:rsidR="003C411D" w:rsidRPr="00F84673" w:rsidRDefault="003C411D" w:rsidP="00F52346">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F84673">
@@ -11090,146 +9764,143 @@
       <w:pgMar w:top="794" w:right="1134" w:bottom="794" w:left="1134" w:header="567" w:footer="567" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="7D6B1348" w14:textId="77777777" w:rsidR="006E0A2F" w:rsidRDefault="006E0A2F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="2A8C8DEF" w14:textId="77777777" w:rsidR="006E0A2F" w:rsidRDefault="006E0A2F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:id="1">
-    <w:p w14:paraId="51D87C7B" w14:textId="77777777" w:rsidR="00ED0E90" w:rsidRDefault="00F52346" w:rsidP="00A54046">
+    <w:p w14:paraId="32E23791" w14:textId="545CD849" w:rsidR="00A650DF" w:rsidRDefault="00A650DF" w:rsidP="00A650DF">
       <w:pPr>
         <w:pStyle w:val="Tekstprzypisukocowego"/>
       </w:pPr>
       <w:r w:rsidRPr="008F2755">
         <w:rPr>
           <w:rStyle w:val="Odwoanieprzypisukocowego"/>
           <w:rFonts w:cs="Verdana"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:endnoteRef/>
       </w:r>
       <w:r w:rsidRPr="008F2755">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Nieobowiązkowe</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:bookmarkStart w:id="1" w:name="_Hlk218762392"/>
+      <w:r w:rsidR="00370CBF">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Adres do doręczeń elektronicznych należy podać jeżeli wnioskodawca/pełnomocnik go posiada</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="1"/>
     </w:p>
   </w:endnote>
   <w:endnote w:id="2">
-    <w:p w14:paraId="792C6467" w14:textId="77777777" w:rsidR="00ED0E90" w:rsidRDefault="00F52346" w:rsidP="00A54046">
+    <w:p w14:paraId="095EE646" w14:textId="45F30546" w:rsidR="00A650DF" w:rsidRDefault="00A650DF">
       <w:pPr>
         <w:pStyle w:val="Tekstprzypisukocowego"/>
       </w:pPr>
-      <w:r w:rsidRPr="008F2755">
+      <w:r w:rsidRPr="002F27FD">
         <w:rPr>
           <w:rStyle w:val="Odwoanieprzypisukocowego"/>
-          <w:rFonts w:cs="Verdana"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:endnoteRef/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="008F2755">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Adres skr</w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> ePUAP lub do doręczeń elektronicznych wskazuje się w przypadku wyrażenia zgody na doręczanie korespondencji za pomocą środków komunikacji elektronicznej, z zastrzeżeniem przypadków, w których organ w świetle przepisów ustawy z dnia 18 listopada 2020 r. o doręczeniach elektronicznych ma obowiązek doręczenia korespondencji na adres do doręczeń elektronicznych.</w:t>
+        <w:t>Nieobowiązkowe</w:t>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:id="3">
     <w:p w14:paraId="3714CEEF" w14:textId="77777777" w:rsidR="00ED0E90" w:rsidRDefault="00F52346" w:rsidP="00134EE5">
       <w:pPr>
         <w:pStyle w:val="Tekstprzypisukocowego"/>
       </w:pPr>
       <w:r w:rsidRPr="007A00A8">
         <w:rPr>
           <w:rStyle w:val="Odwoanieprzypisukocowego"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:endnoteRef/>
       </w:r>
       <w:r w:rsidRPr="007A00A8">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> Na pisemne żądanie wnioskodawcy istnieje możliwość osobistego odbioru dokumentów w okresie do 3 dni po ich zarejestrowaniu. Po tym terminie dokumenty będę przekazywane drogą pocztową na adres wskazany we wniosku.</w:t>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="EE"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="EE"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
@@ -11254,50 +9925,57 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Liberation Mono">
     <w:altName w:val="Courier New"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:notTrueType/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="NSimSun">
     <w:panose1 w:val="02010609030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial Unicode MS">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="3F0399ED" w14:textId="77777777" w:rsidR="00F52346" w:rsidRDefault="00F52346">
     <w:pPr>
       <w:pStyle w:val="Stopka"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="4020"/>
         <w:tab w:val="center" w:pos="4639"/>
       </w:tabs>
       <w:spacing w:before="120"/>
       <w:ind w:right="357"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:sz w:val="16"/>
@@ -14508,176 +13186,187 @@
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="20">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="21">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="22">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="23">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="24">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="25">
     <w:abstractNumId w:val="5"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:val="bestFit" w:percent="225"/>
   <w:embedSystemFonts/>
   <w:mirrorMargins/>
-  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="425"/>
   <w:doNotHyphenateCaps/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:doNotValidateAgainstSchema/>
   <w:doNotDemarcateInvalidXml/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:numFmt w:val="decimal"/>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="001E3D89"/>
     <w:rsid w:val="000035FD"/>
+    <w:rsid w:val="00035399"/>
     <w:rsid w:val="00040B22"/>
     <w:rsid w:val="00041D7A"/>
     <w:rsid w:val="00052018"/>
     <w:rsid w:val="00052B8A"/>
     <w:rsid w:val="0006337F"/>
     <w:rsid w:val="00134EE5"/>
     <w:rsid w:val="00136A1F"/>
     <w:rsid w:val="00143333"/>
+    <w:rsid w:val="001456B6"/>
     <w:rsid w:val="00145EC4"/>
     <w:rsid w:val="001933D3"/>
     <w:rsid w:val="001960C0"/>
     <w:rsid w:val="001A189C"/>
     <w:rsid w:val="001A5FB5"/>
     <w:rsid w:val="001B0B2B"/>
     <w:rsid w:val="001E3D89"/>
     <w:rsid w:val="002242E2"/>
+    <w:rsid w:val="00226438"/>
     <w:rsid w:val="0023013C"/>
     <w:rsid w:val="00254B9B"/>
     <w:rsid w:val="00260B45"/>
     <w:rsid w:val="002C7F99"/>
     <w:rsid w:val="002D0CB4"/>
     <w:rsid w:val="002E1D50"/>
     <w:rsid w:val="002E6132"/>
+    <w:rsid w:val="002F27FD"/>
     <w:rsid w:val="00322853"/>
     <w:rsid w:val="00341E6D"/>
     <w:rsid w:val="00344859"/>
     <w:rsid w:val="00366386"/>
+    <w:rsid w:val="00370CBF"/>
     <w:rsid w:val="003720E3"/>
     <w:rsid w:val="003770E1"/>
     <w:rsid w:val="00377770"/>
+    <w:rsid w:val="00386485"/>
     <w:rsid w:val="003910AD"/>
+    <w:rsid w:val="003A735F"/>
     <w:rsid w:val="003C411D"/>
+    <w:rsid w:val="003D6D75"/>
     <w:rsid w:val="0045051E"/>
     <w:rsid w:val="00460D2C"/>
     <w:rsid w:val="004657BC"/>
     <w:rsid w:val="0047676E"/>
+    <w:rsid w:val="004800C4"/>
     <w:rsid w:val="004C10D6"/>
     <w:rsid w:val="004E1285"/>
     <w:rsid w:val="00507F6A"/>
     <w:rsid w:val="005207AC"/>
     <w:rsid w:val="0052791F"/>
     <w:rsid w:val="0053198C"/>
     <w:rsid w:val="00560D2C"/>
     <w:rsid w:val="00561C74"/>
     <w:rsid w:val="005B6AFD"/>
     <w:rsid w:val="005D041B"/>
     <w:rsid w:val="005D3DA0"/>
     <w:rsid w:val="00623861"/>
     <w:rsid w:val="00626CE8"/>
     <w:rsid w:val="0062746B"/>
+    <w:rsid w:val="00654E70"/>
     <w:rsid w:val="006576F7"/>
     <w:rsid w:val="006726DE"/>
     <w:rsid w:val="006915DA"/>
     <w:rsid w:val="006A1113"/>
+    <w:rsid w:val="006A164C"/>
     <w:rsid w:val="006D0712"/>
     <w:rsid w:val="006E0A2F"/>
     <w:rsid w:val="006F1B68"/>
     <w:rsid w:val="006F505B"/>
     <w:rsid w:val="006F5190"/>
     <w:rsid w:val="00720B26"/>
     <w:rsid w:val="0072276F"/>
     <w:rsid w:val="00733CE2"/>
     <w:rsid w:val="00746191"/>
     <w:rsid w:val="00756FFB"/>
     <w:rsid w:val="007861F6"/>
     <w:rsid w:val="007A00A8"/>
     <w:rsid w:val="007D548F"/>
     <w:rsid w:val="007D78CE"/>
     <w:rsid w:val="007F0543"/>
     <w:rsid w:val="007F1A13"/>
     <w:rsid w:val="00821436"/>
     <w:rsid w:val="008368E4"/>
     <w:rsid w:val="00860D3C"/>
     <w:rsid w:val="0087364D"/>
     <w:rsid w:val="00882A6F"/>
     <w:rsid w:val="00886C69"/>
     <w:rsid w:val="008A3925"/>
     <w:rsid w:val="008A7220"/>
     <w:rsid w:val="008D5C36"/>
     <w:rsid w:val="008F2755"/>
     <w:rsid w:val="0090263F"/>
     <w:rsid w:val="00917135"/>
     <w:rsid w:val="0092144B"/>
     <w:rsid w:val="00931172"/>
     <w:rsid w:val="00933584"/>
     <w:rsid w:val="00961B49"/>
     <w:rsid w:val="00980C78"/>
     <w:rsid w:val="009C127D"/>
     <w:rsid w:val="00A123D3"/>
     <w:rsid w:val="00A44CFD"/>
     <w:rsid w:val="00A45AE3"/>
     <w:rsid w:val="00A54046"/>
+    <w:rsid w:val="00A650DF"/>
     <w:rsid w:val="00A66E7B"/>
     <w:rsid w:val="00A83218"/>
     <w:rsid w:val="00A8429C"/>
     <w:rsid w:val="00A8477F"/>
     <w:rsid w:val="00AD2BD0"/>
     <w:rsid w:val="00B32A7E"/>
     <w:rsid w:val="00B732D3"/>
     <w:rsid w:val="00BA095D"/>
     <w:rsid w:val="00C35E15"/>
     <w:rsid w:val="00C511DA"/>
     <w:rsid w:val="00C52C60"/>
     <w:rsid w:val="00C64182"/>
     <w:rsid w:val="00C75F05"/>
     <w:rsid w:val="00C80C2B"/>
     <w:rsid w:val="00CF3C03"/>
     <w:rsid w:val="00D111FD"/>
     <w:rsid w:val="00D249EE"/>
     <w:rsid w:val="00D32FEE"/>
     <w:rsid w:val="00D332BA"/>
     <w:rsid w:val="00D400BA"/>
     <w:rsid w:val="00D51C14"/>
     <w:rsid w:val="00D66891"/>
     <w:rsid w:val="00D66BAB"/>
     <w:rsid w:val="00D90572"/>
     <w:rsid w:val="00D93B61"/>
@@ -16223,55 +14912,70 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8B92B142-C838-495A-8730-6A5656143E9B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>1160</Words>
-  <Characters>8099</Characters>
+  <Words>1095</Words>
+  <Characters>7731</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>404</Lines>
-  <Paragraphs>237</Paragraphs>
+  <Lines>64</Lines>
+  <Paragraphs>17</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Tytuł</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr>T2 Wniosek o wydanie zaświadczenia o braku planu zagodpodarowania przestrzennego</vt:lpstr>
+    </vt:vector>
+  </TitlesOfParts>
   <Company>UMW</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9022</CharactersWithSpaces>
+  <CharactersWithSpaces>8809</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>T2 Wniosek o wydanie zaświadczenia o braku planu zagodpodarowania przestrzennego</dc:title>
   <dc:subject>T2 Wniosek o wydanie zaświadczenia o braku planu zagodpodarowania przestrzennego</dc:subject>
   <dc:creator>XYZ</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>