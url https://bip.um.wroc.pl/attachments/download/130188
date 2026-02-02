--- v0 (2025-10-07)
+++ v1 (2026-02-02)
@@ -129,842 +129,704 @@
         <w:ind w:left="4248" w:firstLine="708"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Urzędu Miejskiego Wrocławia</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1C7AD993" w14:textId="77777777" w:rsidR="00855090" w:rsidRDefault="00855090" w:rsidP="004A7022">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="4248" w:firstLine="708"/>
       </w:pPr>
       <w:r>
         <w:t>pl. Nowy Targ 1-8     50-141 Wrocław</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2FF99294" w14:textId="77777777" w:rsidR="00F90A7C" w:rsidRPr="006A347B" w:rsidRDefault="00F90A7C" w:rsidP="004A7022">
+    <w:p w14:paraId="2FF99294" w14:textId="387E8D68" w:rsidR="00F90A7C" w:rsidRDefault="00F90A7C" w:rsidP="004A7022">
+      <w:pPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7DD6D3DD" w14:textId="77777777" w:rsidR="00AF612D" w:rsidRPr="0066496D" w:rsidRDefault="00AF612D" w:rsidP="00AF612D">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9639" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="57" w:type="dxa"/>
           <w:left w:w="57" w:type="dxa"/>
           <w:bottom w:w="57" w:type="dxa"/>
           <w:right w:w="57" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="380"/>
         <w:gridCol w:w="9259"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00855090" w14:paraId="57A31A4B" w14:textId="77777777">
+      <w:tr w:rsidR="00AF612D" w14:paraId="2C9059D4" w14:textId="77777777" w:rsidTr="0096056B">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="383" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1478F7C2" w14:textId="77777777" w:rsidR="00855090" w:rsidRDefault="00855090" w:rsidP="004A7022">
+          <w:p w14:paraId="358AC796" w14:textId="77777777" w:rsidR="00AF612D" w:rsidRDefault="00AF612D" w:rsidP="0096056B">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="0" w:name="_Hlk134103720"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9360" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7FC58598" w14:textId="77777777" w:rsidR="00855090" w:rsidRDefault="00855090" w:rsidP="004A7022">
+          <w:p w14:paraId="28179A8A" w14:textId="77777777" w:rsidR="00AF612D" w:rsidRDefault="00AF612D" w:rsidP="0096056B">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>DANE IDENTYFIKACYJNE INWESTORA</w:t>
+              <w:t>DANE IDENTYFIKACYJNE INWESTORA* / WNIOSKODAWCY*</w:t>
             </w:r>
-            <w:r w:rsidR="002103DC">
-[...40 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkEnd w:id="0"/>
-      <w:tr w:rsidR="00855090" w14:paraId="275ECCF0" w14:textId="77777777">
+      <w:tr w:rsidR="00AF612D" w14:paraId="0F18B349" w14:textId="77777777" w:rsidTr="0096056B">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="284"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9743" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="273495AD" w14:textId="77777777" w:rsidR="00855090" w:rsidRDefault="00855090" w:rsidP="004A7022">
+          <w:p w14:paraId="38D2EE9C" w14:textId="77777777" w:rsidR="00AF612D" w:rsidRDefault="00AF612D" w:rsidP="0096056B">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Imię i nazwisko lub nazwa instytucji</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00855090" w14:paraId="5483BB18" w14:textId="77777777" w:rsidTr="009D33C6">
+      <w:tr w:rsidR="00AF612D" w14:paraId="1B7228B0" w14:textId="77777777" w:rsidTr="0096056B">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9743" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7AE8EAC7" w14:textId="77777777" w:rsidR="00855090" w:rsidRDefault="00855090" w:rsidP="004A7022">
+          <w:p w14:paraId="41A2BE7A" w14:textId="77777777" w:rsidR="00AF612D" w:rsidRDefault="00AF612D" w:rsidP="0096056B">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00855090" w14:paraId="03BAEEA8" w14:textId="77777777">
+      <w:tr w:rsidR="00AF612D" w14:paraId="71A03F4C" w14:textId="77777777" w:rsidTr="0096056B">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="284"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9743" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5CAD69A6" w14:textId="77777777" w:rsidR="00855090" w:rsidRDefault="00855090" w:rsidP="004A7022">
+          <w:p w14:paraId="058F9DAA" w14:textId="77777777" w:rsidR="00AF612D" w:rsidRDefault="00AF612D" w:rsidP="0096056B">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve">Adres siedziby </w:t>
+              <w:t xml:space="preserve">Adres </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00855090" w14:paraId="587403E2" w14:textId="77777777" w:rsidTr="002437E4">
+      <w:tr w:rsidR="00AF612D" w14:paraId="2DDA262E" w14:textId="77777777" w:rsidTr="0096056B">
         <w:trPr>
-          <w:trHeight w:val="1499"/>
+          <w:trHeight w:val="397"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9743" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:tbl>
             <w:tblPr>
               <w:tblStyle w:val="Tabela-Siatka"/>
               <w:tblW w:w="0" w:type="auto"/>
               <w:tblLayout w:type="fixed"/>
               <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="4903"/>
               <w:gridCol w:w="2268"/>
               <w:gridCol w:w="2339"/>
             </w:tblGrid>
-            <w:tr w:rsidR="00F90A7C" w:rsidRPr="00A54046" w14:paraId="395C594C" w14:textId="77777777" w:rsidTr="00C52C60">
+            <w:tr w:rsidR="00AF612D" w:rsidRPr="00A54046" w14:paraId="4B35F32D" w14:textId="77777777" w:rsidTr="0096056B">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4903" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="35626558" w14:textId="77777777" w:rsidR="00F90A7C" w:rsidRPr="00A54046" w:rsidRDefault="00F90A7C" w:rsidP="004A7022">
+                <w:p w14:paraId="2BA93DD2" w14:textId="77777777" w:rsidR="00AF612D" w:rsidRPr="00A54046" w:rsidRDefault="00AF612D" w:rsidP="0096056B">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Kraj:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4607" w:type="dxa"/>
                   <w:gridSpan w:val="2"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="1AD6B14B" w14:textId="77777777" w:rsidR="00F90A7C" w:rsidRPr="00A54046" w:rsidRDefault="00F90A7C" w:rsidP="004A7022">
+                <w:p w14:paraId="16B57AD5" w14:textId="77777777" w:rsidR="00AF612D" w:rsidRPr="00A54046" w:rsidRDefault="00AF612D" w:rsidP="0096056B">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Województwo:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00F90A7C" w:rsidRPr="00A54046" w14:paraId="4E6142D5" w14:textId="77777777" w:rsidTr="00C52C60">
+            <w:tr w:rsidR="00AF612D" w:rsidRPr="00A54046" w14:paraId="2124BE2A" w14:textId="77777777" w:rsidTr="0096056B">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4903" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="26DA844A" w14:textId="77777777" w:rsidR="00F90A7C" w:rsidRPr="00A54046" w:rsidRDefault="00F90A7C" w:rsidP="004A7022">
+                <w:p w14:paraId="6FBEEF38" w14:textId="77777777" w:rsidR="00AF612D" w:rsidRPr="00A54046" w:rsidRDefault="00AF612D" w:rsidP="0096056B">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Powiat:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4607" w:type="dxa"/>
                   <w:gridSpan w:val="2"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="2811CFE5" w14:textId="77777777" w:rsidR="00F90A7C" w:rsidRPr="00A54046" w:rsidRDefault="00F90A7C" w:rsidP="004A7022">
+                <w:p w14:paraId="0AEC2A70" w14:textId="77777777" w:rsidR="00AF612D" w:rsidRPr="00A54046" w:rsidRDefault="00AF612D" w:rsidP="0096056B">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Gmina:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00F90A7C" w:rsidRPr="00A54046" w14:paraId="6995E848" w14:textId="77777777" w:rsidTr="00C52C60">
+            <w:tr w:rsidR="00AF612D" w:rsidRPr="00A54046" w14:paraId="421674FD" w14:textId="77777777" w:rsidTr="0096056B">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4903" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="044DB987" w14:textId="77777777" w:rsidR="00F90A7C" w:rsidRPr="00A54046" w:rsidRDefault="00F90A7C" w:rsidP="004A7022">
+                <w:p w14:paraId="19A022EF" w14:textId="77777777" w:rsidR="00AF612D" w:rsidRPr="00A54046" w:rsidRDefault="00AF612D" w:rsidP="0096056B">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Ulica:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2268" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="34D322D8" w14:textId="77777777" w:rsidR="00F90A7C" w:rsidRPr="00A54046" w:rsidRDefault="00F90A7C" w:rsidP="004A7022">
+                <w:p w14:paraId="2F68DDDA" w14:textId="77777777" w:rsidR="00AF612D" w:rsidRPr="00A54046" w:rsidRDefault="00AF612D" w:rsidP="0096056B">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Nr domu:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2339" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="22EC9827" w14:textId="77777777" w:rsidR="00F90A7C" w:rsidRPr="00A54046" w:rsidRDefault="00F90A7C" w:rsidP="004A7022">
+                <w:p w14:paraId="6513C26B" w14:textId="77777777" w:rsidR="00AF612D" w:rsidRPr="00A54046" w:rsidRDefault="00AF612D" w:rsidP="0096056B">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Nr lokalu:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00F90A7C" w:rsidRPr="00A54046" w14:paraId="30B728FA" w14:textId="77777777" w:rsidTr="00C52C60">
+            <w:tr w:rsidR="00AF612D" w:rsidRPr="00A54046" w14:paraId="37A2BCED" w14:textId="77777777" w:rsidTr="0096056B">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4903" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="36FD0360" w14:textId="77777777" w:rsidR="00F90A7C" w:rsidRPr="00A54046" w:rsidRDefault="00F90A7C" w:rsidP="004A7022">
+                <w:p w14:paraId="7292D9E2" w14:textId="77777777" w:rsidR="00AF612D" w:rsidRPr="00A54046" w:rsidRDefault="00AF612D" w:rsidP="0096056B">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Miejscowość:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4607" w:type="dxa"/>
                   <w:gridSpan w:val="2"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="23773EF6" w14:textId="77777777" w:rsidR="00F90A7C" w:rsidRPr="00A54046" w:rsidRDefault="00F90A7C" w:rsidP="004A7022">
+                <w:p w14:paraId="06BDBA5A" w14:textId="77777777" w:rsidR="00AF612D" w:rsidRPr="00A54046" w:rsidRDefault="00AF612D" w:rsidP="0096056B">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Kod pocztowy:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00F90A7C" w:rsidRPr="00A54046" w14:paraId="65C53EF6" w14:textId="77777777" w:rsidTr="00C52C60">
+            <w:tr w:rsidR="00AF612D" w:rsidRPr="00F84673" w14:paraId="47737857" w14:textId="77777777" w:rsidTr="0096056B">
+              <w:trPr>
+                <w:trHeight w:val="499"/>
+              </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4903" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="7DABCED7" w14:textId="77777777" w:rsidR="00F90A7C" w:rsidRPr="00A54046" w:rsidRDefault="00F90A7C" w:rsidP="004A7022">
+                <w:p w14:paraId="7936ACB5" w14:textId="5375C9DB" w:rsidR="00AF612D" w:rsidRPr="00F84673" w:rsidRDefault="00965EE9" w:rsidP="0096056B">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="00A54046">
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Arial Unicode MS"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>Adres do doręczeń elektronicznych (E-doręczenia):</w:t>
+                  </w:r>
+                  <w:r w:rsidR="00AF612D" w:rsidRPr="00F84673">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
-                    </w:rPr>
-[...6 lines deleted...]
-                      <w:szCs w:val="16"/>
                       <w:vertAlign w:val="superscript"/>
                     </w:rPr>
                     <w:endnoteReference w:id="1"/>
-                  </w:r>
-[...6 lines deleted...]
-                    <w:t>:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4607" w:type="dxa"/>
                   <w:gridSpan w:val="2"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="432B0E02" w14:textId="77777777" w:rsidR="00F90A7C" w:rsidRPr="00A54046" w:rsidRDefault="00F90A7C" w:rsidP="004A7022">
+                <w:p w14:paraId="418C8913" w14:textId="77777777" w:rsidR="00AF612D" w:rsidRPr="00F84673" w:rsidRDefault="00AF612D" w:rsidP="0096056B">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="00A54046">
+                  <w:r w:rsidRPr="00F84673">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
-                    <w:t>Nr tel.</w:t>
+                    <w:t>Nr tel.:</w:t>
                   </w:r>
-                  <w:r w:rsidRPr="00A54046">
-                    <w:rPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rStyle w:val="Odwoanieprzypisukocowego"/>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
-                      <w:vertAlign w:val="superscript"/>
-[...83 lines deleted...]
-                      <w:vertAlign w:val="superscript"/>
                     </w:rPr>
                     <w:endnoteReference w:id="2"/>
-                  </w:r>
-[...6 lines deleted...]
-                    <w:t>:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
-          <w:p w14:paraId="0B65B8ED" w14:textId="77777777" w:rsidR="00855090" w:rsidRDefault="00855090" w:rsidP="004A7022">
+          <w:p w14:paraId="33DC84A9" w14:textId="77777777" w:rsidR="00AF612D" w:rsidRDefault="00AF612D" w:rsidP="0096056B">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="75C5E03F" w14:textId="77777777" w:rsidR="00855090" w:rsidRPr="009D33C6" w:rsidRDefault="00855090" w:rsidP="004A7022">
+    <w:p w14:paraId="24F783EF" w14:textId="77777777" w:rsidR="00AF612D" w:rsidRDefault="00AF612D" w:rsidP="00AF612D">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9639" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="57" w:type="dxa"/>
           <w:left w:w="57" w:type="dxa"/>
           <w:bottom w:w="57" w:type="dxa"/>
           <w:right w:w="57" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="380"/>
         <w:gridCol w:w="9259"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FD1E09" w:rsidRPr="00A54046" w14:paraId="0338CD05" w14:textId="77777777" w:rsidTr="00C52C60">
+      <w:tr w:rsidR="00AF612D" w:rsidRPr="00A54046" w14:paraId="6DC01B09" w14:textId="77777777" w:rsidTr="0096056B">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="380" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4338C759" w14:textId="77777777" w:rsidR="00FD1E09" w:rsidRPr="00A54046" w:rsidRDefault="00FD1E09" w:rsidP="004A7022">
+          <w:p w14:paraId="468D3DC4" w14:textId="77777777" w:rsidR="00AF612D" w:rsidRPr="00A54046" w:rsidRDefault="00AF612D" w:rsidP="0096056B">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="1" w:name="_Hlk134097935"/>
             <w:r w:rsidRPr="00A54046">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>B</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9259" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="744481E9" w14:textId="77777777" w:rsidR="00FD1E09" w:rsidRPr="00A54046" w:rsidRDefault="00FD1E09" w:rsidP="004A7022">
+          <w:p w14:paraId="33876F28" w14:textId="77777777" w:rsidR="00AF612D" w:rsidRPr="00A54046" w:rsidRDefault="00AF612D" w:rsidP="0096056B">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A54046">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>DANE</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> INWESTORA* /</w:t>
             </w:r>
             <w:r w:rsidRPr="00A54046">
@@ -972,1939 +834,1480 @@
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> WNIOSKODAWCY</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
             <w:r w:rsidRPr="00A54046">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> DO KORESPONDENCJI</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FD1E09" w:rsidRPr="00A54046" w14:paraId="59D635B6" w14:textId="77777777" w:rsidTr="00C52C60">
+      <w:tr w:rsidR="00AF612D" w:rsidRPr="00A54046" w14:paraId="30A6914D" w14:textId="77777777" w:rsidTr="0096056B">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="284"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9639" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="351DF895" w14:textId="77777777" w:rsidR="00FD1E09" w:rsidRPr="00A54046" w:rsidRDefault="00FD1E09" w:rsidP="004A7022">
+          <w:p w14:paraId="7DDA0960" w14:textId="77777777" w:rsidR="00AF612D" w:rsidRPr="00A54046" w:rsidRDefault="00AF612D" w:rsidP="0096056B">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A54046">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Wypełnia się, jeżeli adres do korespondencji </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">inwestora / </w:t>
             </w:r>
             <w:r w:rsidRPr="00A54046">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>wnioskodawcy jest inny niż wskazany w pkt A</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FD1E09" w:rsidRPr="00A54046" w14:paraId="0D97549A" w14:textId="77777777" w:rsidTr="002437E4">
+      <w:tr w:rsidR="00AF612D" w:rsidRPr="00A54046" w14:paraId="1907320C" w14:textId="77777777" w:rsidTr="0096056B">
         <w:trPr>
-          <w:trHeight w:val="1509"/>
+          <w:trHeight w:val="397"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9639" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:tbl>
             <w:tblPr>
               <w:tblStyle w:val="Tabela-Siatka"/>
               <w:tblW w:w="0" w:type="auto"/>
               <w:tblLayout w:type="fixed"/>
               <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="4903"/>
               <w:gridCol w:w="2268"/>
               <w:gridCol w:w="2339"/>
             </w:tblGrid>
-            <w:tr w:rsidR="00FD1E09" w:rsidRPr="00A54046" w14:paraId="3C2F59E1" w14:textId="77777777" w:rsidTr="00C52C60">
+            <w:tr w:rsidR="00AF612D" w:rsidRPr="00A54046" w14:paraId="78E1503D" w14:textId="77777777" w:rsidTr="0096056B">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4903" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="09D75FD6" w14:textId="77777777" w:rsidR="00FD1E09" w:rsidRPr="00A54046" w:rsidRDefault="00FD1E09" w:rsidP="004A7022">
+                <w:p w14:paraId="01210055" w14:textId="77777777" w:rsidR="00AF612D" w:rsidRPr="00A54046" w:rsidRDefault="00AF612D" w:rsidP="0096056B">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Kraj:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4607" w:type="dxa"/>
                   <w:gridSpan w:val="2"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="26844A9E" w14:textId="77777777" w:rsidR="00FD1E09" w:rsidRPr="00A54046" w:rsidRDefault="00FD1E09" w:rsidP="004A7022">
+                <w:p w14:paraId="6A1669AF" w14:textId="77777777" w:rsidR="00AF612D" w:rsidRPr="00A54046" w:rsidRDefault="00AF612D" w:rsidP="0096056B">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
-                    <w:t xml:space="preserve">Województwo: </w:t>
+                    <w:t>Województwo:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00FD1E09" w:rsidRPr="00A54046" w14:paraId="027CB83B" w14:textId="77777777" w:rsidTr="00C52C60">
+            <w:tr w:rsidR="00AF612D" w:rsidRPr="00A54046" w14:paraId="1EE7EF5F" w14:textId="77777777" w:rsidTr="0096056B">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4903" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="7F97D557" w14:textId="77777777" w:rsidR="00FD1E09" w:rsidRPr="00A54046" w:rsidRDefault="00FD1E09" w:rsidP="004A7022">
+                <w:p w14:paraId="76D02E84" w14:textId="77777777" w:rsidR="00AF612D" w:rsidRPr="00A54046" w:rsidRDefault="00AF612D" w:rsidP="0096056B">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Powiat:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4607" w:type="dxa"/>
                   <w:gridSpan w:val="2"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="7EE06B2E" w14:textId="77777777" w:rsidR="00FD1E09" w:rsidRPr="00A54046" w:rsidRDefault="00FD1E09" w:rsidP="004A7022">
+                <w:p w14:paraId="2B956F9F" w14:textId="77777777" w:rsidR="00AF612D" w:rsidRPr="00A54046" w:rsidRDefault="00AF612D" w:rsidP="0096056B">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Gmina:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00FD1E09" w:rsidRPr="00A54046" w14:paraId="39FE95D0" w14:textId="77777777" w:rsidTr="00C52C60">
+            <w:tr w:rsidR="00AF612D" w:rsidRPr="00A54046" w14:paraId="0FB9438F" w14:textId="77777777" w:rsidTr="0096056B">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4903" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="05B44DEF" w14:textId="77777777" w:rsidR="00FD1E09" w:rsidRPr="00A54046" w:rsidRDefault="00FD1E09" w:rsidP="004A7022">
+                <w:p w14:paraId="42D6C35D" w14:textId="77777777" w:rsidR="00AF612D" w:rsidRPr="00A54046" w:rsidRDefault="00AF612D" w:rsidP="0096056B">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Ulica:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2268" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="711E7A87" w14:textId="77777777" w:rsidR="00FD1E09" w:rsidRPr="00A54046" w:rsidRDefault="00FD1E09" w:rsidP="004A7022">
+                <w:p w14:paraId="441194EF" w14:textId="77777777" w:rsidR="00AF612D" w:rsidRPr="00A54046" w:rsidRDefault="00AF612D" w:rsidP="0096056B">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Nr domu:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2339" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="394F806D" w14:textId="77777777" w:rsidR="00FD1E09" w:rsidRPr="00A54046" w:rsidRDefault="00FD1E09" w:rsidP="004A7022">
+                <w:p w14:paraId="718B7FF8" w14:textId="77777777" w:rsidR="00AF612D" w:rsidRPr="00A54046" w:rsidRDefault="00AF612D" w:rsidP="0096056B">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Nr lokalu:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00FD1E09" w:rsidRPr="00A54046" w14:paraId="62930384" w14:textId="77777777" w:rsidTr="00C52C60">
+            <w:tr w:rsidR="00AF612D" w:rsidRPr="00A54046" w14:paraId="7058CD9D" w14:textId="77777777" w:rsidTr="0096056B">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4903" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="76C61996" w14:textId="77777777" w:rsidR="00FD1E09" w:rsidRPr="00A54046" w:rsidRDefault="00FD1E09" w:rsidP="004A7022">
+                <w:p w14:paraId="51617F2B" w14:textId="77777777" w:rsidR="00AF612D" w:rsidRPr="00A54046" w:rsidRDefault="00AF612D" w:rsidP="0096056B">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Miejscowość:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4607" w:type="dxa"/>
                   <w:gridSpan w:val="2"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="28D08535" w14:textId="77777777" w:rsidR="00FD1E09" w:rsidRPr="00A54046" w:rsidRDefault="00FD1E09" w:rsidP="004A7022">
+                <w:p w14:paraId="245873A2" w14:textId="77777777" w:rsidR="00AF612D" w:rsidRPr="00A54046" w:rsidRDefault="00AF612D" w:rsidP="0096056B">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Kod pocztowy:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00FD1E09" w:rsidRPr="00A54046" w14:paraId="3F00C590" w14:textId="77777777" w:rsidTr="00C52C60">
-[...177 lines deleted...]
-            </w:tr>
           </w:tbl>
-          <w:p w14:paraId="58E613ED" w14:textId="77777777" w:rsidR="00FD1E09" w:rsidRPr="00A54046" w:rsidRDefault="00FD1E09" w:rsidP="004A7022">
+          <w:p w14:paraId="19D4EFFB" w14:textId="77777777" w:rsidR="00AF612D" w:rsidRPr="00A54046" w:rsidRDefault="00AF612D" w:rsidP="0096056B">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkEnd w:id="1"/>
     </w:tbl>
-    <w:p w14:paraId="019541D6" w14:textId="77777777" w:rsidR="00FD1E09" w:rsidRPr="009D33C6" w:rsidRDefault="00FD1E09" w:rsidP="004A7022">
+    <w:p w14:paraId="4417C33C" w14:textId="77777777" w:rsidR="00AF612D" w:rsidRDefault="00AF612D" w:rsidP="00AF612D">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9639" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="57" w:type="dxa"/>
           <w:left w:w="57" w:type="dxa"/>
           <w:bottom w:w="57" w:type="dxa"/>
           <w:right w:w="57" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="380"/>
         <w:gridCol w:w="9259"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F73AB3" w:rsidRPr="00A54046" w14:paraId="14E00639" w14:textId="77777777" w:rsidTr="007F0543">
+      <w:tr w:rsidR="00AF612D" w:rsidRPr="00A54046" w14:paraId="08C2F185" w14:textId="77777777" w:rsidTr="0096056B">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="380" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="560B5075" w14:textId="77777777" w:rsidR="00F73AB3" w:rsidRPr="00A54046" w:rsidRDefault="00F73AB3" w:rsidP="004A7022">
+          <w:p w14:paraId="5EA9BC92" w14:textId="77777777" w:rsidR="00AF612D" w:rsidRPr="00A54046" w:rsidRDefault="00AF612D" w:rsidP="0096056B">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="2" w:name="_Hlk134098041"/>
             <w:r w:rsidRPr="00A54046">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>C</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9259" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0B1A8EAC" w14:textId="77777777" w:rsidR="00F73AB3" w:rsidRPr="00A54046" w:rsidRDefault="00F73AB3" w:rsidP="004A7022">
+          <w:p w14:paraId="30B41CD5" w14:textId="77777777" w:rsidR="00AF612D" w:rsidRPr="00A54046" w:rsidRDefault="00AF612D" w:rsidP="0096056B">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A54046">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>DANE IDENTYFIKACYJNE PEŁNOMOCNIKA</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F73AB3" w:rsidRPr="00A54046" w14:paraId="5C51ED3C" w14:textId="77777777" w:rsidTr="007F0543">
+      <w:tr w:rsidR="00AF612D" w:rsidRPr="00A54046" w14:paraId="6CDBF167" w14:textId="77777777" w:rsidTr="0096056B">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="284"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9639" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="715B72D9" w14:textId="77777777" w:rsidR="00F73AB3" w:rsidRPr="00A54046" w:rsidRDefault="00F73AB3" w:rsidP="004A7022">
+          <w:p w14:paraId="39B84280" w14:textId="67B59E63" w:rsidR="00AF612D" w:rsidRPr="00A54046" w:rsidRDefault="00AF612D" w:rsidP="0096056B">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A54046">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Wypełnia się, jeżeli </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">inwestor / </w:t>
             </w:r>
             <w:r w:rsidRPr="00A54046">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>wnioskodawca ustanowił pełnomocnika lub pełnomocnika do doręczeń</w:t>
+              <w:t xml:space="preserve">wnioskodawca ustanowił pełnomocnika </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F73AB3" w:rsidRPr="00A54046" w14:paraId="7DC2D26E" w14:textId="77777777" w:rsidTr="009D33C6">
+      <w:tr w:rsidR="00AF612D" w:rsidRPr="00A54046" w14:paraId="540C22E4" w14:textId="77777777" w:rsidTr="0096056B">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9639" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4E07011F" w14:textId="77777777" w:rsidR="00F73AB3" w:rsidRPr="00A54046" w:rsidRDefault="00F73AB3" w:rsidP="004A7022">
+          <w:p w14:paraId="4CC8F281" w14:textId="77777777" w:rsidR="00AF612D" w:rsidRPr="00A54046" w:rsidRDefault="00AF612D" w:rsidP="0096056B">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A54046">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Imię i nazwisko</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F73AB3" w:rsidRPr="00A54046" w14:paraId="27815C62" w14:textId="77777777" w:rsidTr="002437E4">
+      <w:tr w:rsidR="00AF612D" w:rsidRPr="00A54046" w14:paraId="21220974" w14:textId="77777777" w:rsidTr="0096056B">
         <w:trPr>
-          <w:trHeight w:val="1552"/>
+          <w:trHeight w:val="1559"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9639" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:tbl>
             <w:tblPr>
               <w:tblStyle w:val="Tabela-Siatka"/>
               <w:tblW w:w="0" w:type="auto"/>
               <w:tblLayout w:type="fixed"/>
               <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="4903"/>
               <w:gridCol w:w="2268"/>
               <w:gridCol w:w="2339"/>
             </w:tblGrid>
-            <w:tr w:rsidR="00F73AB3" w:rsidRPr="00A54046" w14:paraId="7EEC4DD1" w14:textId="77777777" w:rsidTr="007F0543">
+            <w:tr w:rsidR="00AF612D" w:rsidRPr="00A54046" w14:paraId="7A9CF2C4" w14:textId="77777777" w:rsidTr="0096056B">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4903" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="360FD3CD" w14:textId="77777777" w:rsidR="00F73AB3" w:rsidRPr="00A54046" w:rsidRDefault="00F73AB3" w:rsidP="004A7022">
+                <w:p w14:paraId="70A37179" w14:textId="77777777" w:rsidR="00AF612D" w:rsidRPr="00A54046" w:rsidRDefault="00AF612D" w:rsidP="0096056B">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Kraj:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4607" w:type="dxa"/>
                   <w:gridSpan w:val="2"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="183D3378" w14:textId="77777777" w:rsidR="00F73AB3" w:rsidRPr="00A54046" w:rsidRDefault="00F73AB3" w:rsidP="004A7022">
+                <w:p w14:paraId="49451755" w14:textId="77777777" w:rsidR="00AF612D" w:rsidRPr="00A54046" w:rsidRDefault="00AF612D" w:rsidP="0096056B">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Województwo:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00F73AB3" w:rsidRPr="00A54046" w14:paraId="59608A19" w14:textId="77777777" w:rsidTr="007F0543">
+            <w:tr w:rsidR="00AF612D" w:rsidRPr="00A54046" w14:paraId="60EA171B" w14:textId="77777777" w:rsidTr="0096056B">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4903" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="4A725937" w14:textId="77777777" w:rsidR="00F73AB3" w:rsidRPr="00A54046" w:rsidRDefault="00F73AB3" w:rsidP="004A7022">
+                <w:p w14:paraId="721A2FB4" w14:textId="77777777" w:rsidR="00AF612D" w:rsidRPr="00A54046" w:rsidRDefault="00AF612D" w:rsidP="0096056B">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Powiat:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4607" w:type="dxa"/>
                   <w:gridSpan w:val="2"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="1FD56A6D" w14:textId="77777777" w:rsidR="00F73AB3" w:rsidRPr="00A54046" w:rsidRDefault="00F73AB3" w:rsidP="004A7022">
+                <w:p w14:paraId="71A4F8CF" w14:textId="77777777" w:rsidR="00AF612D" w:rsidRPr="00A54046" w:rsidRDefault="00AF612D" w:rsidP="0096056B">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Gmina:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00F73AB3" w:rsidRPr="00A54046" w14:paraId="4DCF8E69" w14:textId="77777777" w:rsidTr="007F0543">
+            <w:tr w:rsidR="00AF612D" w:rsidRPr="00A54046" w14:paraId="503065FE" w14:textId="77777777" w:rsidTr="0096056B">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4903" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="679ECB41" w14:textId="77777777" w:rsidR="00F73AB3" w:rsidRPr="00A54046" w:rsidRDefault="00F73AB3" w:rsidP="004A7022">
+                <w:p w14:paraId="0F855508" w14:textId="77777777" w:rsidR="00AF612D" w:rsidRPr="00A54046" w:rsidRDefault="00AF612D" w:rsidP="0096056B">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Ulica:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2268" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="51E86536" w14:textId="77777777" w:rsidR="00F73AB3" w:rsidRPr="00A54046" w:rsidRDefault="00F73AB3" w:rsidP="004A7022">
+                <w:p w14:paraId="091BCECE" w14:textId="77777777" w:rsidR="00AF612D" w:rsidRPr="00A54046" w:rsidRDefault="00AF612D" w:rsidP="0096056B">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Nr domu:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2339" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="5B7FB855" w14:textId="77777777" w:rsidR="00F73AB3" w:rsidRPr="00A54046" w:rsidRDefault="00F73AB3" w:rsidP="004A7022">
+                <w:p w14:paraId="0AD95F79" w14:textId="77777777" w:rsidR="00AF612D" w:rsidRPr="00A54046" w:rsidRDefault="00AF612D" w:rsidP="0096056B">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Nr lokalu:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00F73AB3" w:rsidRPr="00A54046" w14:paraId="3E7AAAF7" w14:textId="77777777" w:rsidTr="007F0543">
+            <w:tr w:rsidR="00AF612D" w:rsidRPr="00A54046" w14:paraId="18A7629F" w14:textId="77777777" w:rsidTr="0096056B">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4903" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="2E9743D0" w14:textId="77777777" w:rsidR="00F73AB3" w:rsidRPr="00A54046" w:rsidRDefault="00F73AB3" w:rsidP="004A7022">
+                <w:p w14:paraId="6BC5B496" w14:textId="77777777" w:rsidR="00AF612D" w:rsidRPr="00A54046" w:rsidRDefault="00AF612D" w:rsidP="0096056B">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Miejscowość:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4607" w:type="dxa"/>
                   <w:gridSpan w:val="2"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="7C114B17" w14:textId="77777777" w:rsidR="00F73AB3" w:rsidRPr="00A54046" w:rsidRDefault="00F73AB3" w:rsidP="004A7022">
+                <w:p w14:paraId="1AADCD3D" w14:textId="77777777" w:rsidR="00AF612D" w:rsidRPr="00A54046" w:rsidRDefault="00AF612D" w:rsidP="0096056B">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Kod pocztowy:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00F73AB3" w:rsidRPr="00A54046" w14:paraId="42324371" w14:textId="77777777" w:rsidTr="007F0543">
+            <w:tr w:rsidR="00AF612D" w:rsidRPr="00F84673" w14:paraId="3A555773" w14:textId="77777777" w:rsidTr="0096056B">
+              <w:trPr>
+                <w:trHeight w:val="499"/>
+              </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4903" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="02FD9815" w14:textId="77777777" w:rsidR="00F73AB3" w:rsidRPr="00A54046" w:rsidRDefault="00F73AB3" w:rsidP="004A7022">
+                <w:p w14:paraId="687F2FD9" w14:textId="5540FBF9" w:rsidR="00AF612D" w:rsidRPr="00F84673" w:rsidRDefault="00965EE9" w:rsidP="0096056B">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="00A54046">
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Arial Unicode MS"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>Adres do doręczeń elektronicznych (E-doręczenia):</w:t>
+                  </w:r>
+                  <w:r w:rsidR="00AF612D">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
-                    </w:rPr>
-[...6 lines deleted...]
-                      <w:szCs w:val="16"/>
                       <w:vertAlign w:val="superscript"/>
                     </w:rPr>
                     <w:t>1</w:t>
-                  </w:r>
-[...6 lines deleted...]
-                    <w:t>:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4607" w:type="dxa"/>
                   <w:gridSpan w:val="2"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="55C002A4" w14:textId="77777777" w:rsidR="00F73AB3" w:rsidRPr="00A54046" w:rsidRDefault="00F73AB3" w:rsidP="004A7022">
+                <w:p w14:paraId="725B799C" w14:textId="195E1799" w:rsidR="00AF612D" w:rsidRPr="00F84673" w:rsidRDefault="00AF612D" w:rsidP="0096056B">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="00A54046">
+                  <w:r w:rsidRPr="00F84673">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
-                    <w:t>Nr tel.</w:t>
-[...49 lines deleted...]
-                    <w:t>Adres skr</w:t>
+                    <w:t>Nr tel.:</w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
-                    </w:rPr>
-[...32 lines deleted...]
-                      <w:szCs w:val="16"/>
                       <w:vertAlign w:val="superscript"/>
                     </w:rPr>
                     <w:t>2</w:t>
-                  </w:r>
-[...6 lines deleted...]
-                    <w:t>:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
-          <w:p w14:paraId="6112C0F5" w14:textId="77777777" w:rsidR="00F73AB3" w:rsidRPr="00A54046" w:rsidRDefault="00F73AB3" w:rsidP="004A7022">
+          <w:p w14:paraId="7708A154" w14:textId="77777777" w:rsidR="00AF612D" w:rsidRPr="00A54046" w:rsidRDefault="00AF612D" w:rsidP="0096056B">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkEnd w:id="2"/>
     </w:tbl>
-    <w:p w14:paraId="28C1EC3A" w14:textId="77777777" w:rsidR="00454FC6" w:rsidRPr="009D33C6" w:rsidRDefault="00454FC6" w:rsidP="004A7022">
+    <w:p w14:paraId="31D17D62" w14:textId="77777777" w:rsidR="00AF612D" w:rsidRDefault="00AF612D" w:rsidP="00AF612D">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9639" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="57" w:type="dxa"/>
           <w:left w:w="57" w:type="dxa"/>
           <w:bottom w:w="57" w:type="dxa"/>
           <w:right w:w="57" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="380"/>
         <w:gridCol w:w="9259"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FD1E09" w:rsidRPr="006915DA" w14:paraId="2C2FC5DE" w14:textId="77777777" w:rsidTr="00C52C60">
+      <w:tr w:rsidR="00AF612D" w:rsidRPr="006915DA" w14:paraId="709ACEC4" w14:textId="77777777" w:rsidTr="0096056B">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="380" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="329031A1" w14:textId="77777777" w:rsidR="00FD1E09" w:rsidRPr="006915DA" w:rsidRDefault="00FD1E09" w:rsidP="004A7022">
+          <w:p w14:paraId="4CC3F510" w14:textId="77777777" w:rsidR="00AF612D" w:rsidRPr="006915DA" w:rsidRDefault="00AF612D" w:rsidP="0096056B">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="3" w:name="_Hlk134172882"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9259" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="60CCCF0B" w14:textId="77777777" w:rsidR="00FD1E09" w:rsidRPr="006915DA" w:rsidRDefault="00FD1E09" w:rsidP="004A7022">
+          <w:p w14:paraId="149D4633" w14:textId="77777777" w:rsidR="00AF612D" w:rsidRPr="006915DA" w:rsidRDefault="00AF612D" w:rsidP="0096056B">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006915DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">DANE </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>PEŁNOMOCNIKA</w:t>
             </w:r>
             <w:r w:rsidRPr="006915DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> DO KORESPONDENCJI</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FD1E09" w:rsidRPr="006915DA" w14:paraId="43D70520" w14:textId="77777777" w:rsidTr="00C52C60">
+      <w:tr w:rsidR="00AF612D" w:rsidRPr="006915DA" w14:paraId="297625F1" w14:textId="77777777" w:rsidTr="0096056B">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="284"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9639" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3FC6AC91" w14:textId="77777777" w:rsidR="00FD1E09" w:rsidRPr="006915DA" w:rsidRDefault="00FD1E09" w:rsidP="004A7022">
+          <w:p w14:paraId="7DFB36E7" w14:textId="77777777" w:rsidR="00AF612D" w:rsidRPr="006915DA" w:rsidRDefault="00AF612D" w:rsidP="0096056B">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006915DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Wypełnia się, jeżeli adres do korespondencji </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>pełnomocnika</w:t>
             </w:r>
             <w:r w:rsidRPr="006915DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> jest inny niż wskazany w pkt </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>C</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FD1E09" w:rsidRPr="006915DA" w14:paraId="1859D895" w14:textId="77777777" w:rsidTr="002437E4">
+      <w:tr w:rsidR="00AF612D" w:rsidRPr="006915DA" w14:paraId="45370643" w14:textId="77777777" w:rsidTr="00AF612D">
         <w:trPr>
-          <w:trHeight w:val="1521"/>
+          <w:trHeight w:val="1021"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9639" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:tbl>
             <w:tblPr>
               <w:tblStyle w:val="Tabela-Siatka"/>
               <w:tblW w:w="0" w:type="auto"/>
               <w:tblLayout w:type="fixed"/>
               <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="4903"/>
               <w:gridCol w:w="2268"/>
               <w:gridCol w:w="2339"/>
             </w:tblGrid>
-            <w:tr w:rsidR="00FD1E09" w:rsidRPr="006915DA" w14:paraId="05C40F5D" w14:textId="77777777" w:rsidTr="00C52C60">
+            <w:tr w:rsidR="00AF612D" w:rsidRPr="00A54046" w14:paraId="27247810" w14:textId="77777777" w:rsidTr="0096056B">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4903" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="2AEC7D49" w14:textId="77777777" w:rsidR="00FD1E09" w:rsidRPr="006915DA" w:rsidRDefault="00FD1E09" w:rsidP="004A7022">
+                <w:p w14:paraId="593E0D79" w14:textId="77777777" w:rsidR="00AF612D" w:rsidRPr="00A54046" w:rsidRDefault="00AF612D" w:rsidP="00AF612D">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="006915DA">
+                  <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Kraj:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4607" w:type="dxa"/>
                   <w:gridSpan w:val="2"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="4D8F1922" w14:textId="77777777" w:rsidR="00FD1E09" w:rsidRPr="006915DA" w:rsidRDefault="00FD1E09" w:rsidP="004A7022">
+                <w:p w14:paraId="3C97D072" w14:textId="77777777" w:rsidR="00AF612D" w:rsidRPr="00A54046" w:rsidRDefault="00AF612D" w:rsidP="00AF612D">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="006915DA">
+                  <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Województwo:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00FD1E09" w:rsidRPr="006915DA" w14:paraId="3980CDA9" w14:textId="77777777" w:rsidTr="00C52C60">
+            <w:tr w:rsidR="00AF612D" w:rsidRPr="00A54046" w14:paraId="4F436C67" w14:textId="77777777" w:rsidTr="0096056B">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4903" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="4D8E0660" w14:textId="77777777" w:rsidR="00FD1E09" w:rsidRPr="006915DA" w:rsidRDefault="00FD1E09" w:rsidP="004A7022">
+                <w:p w14:paraId="3D1EBEB3" w14:textId="77777777" w:rsidR="00AF612D" w:rsidRPr="00A54046" w:rsidRDefault="00AF612D" w:rsidP="00AF612D">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="006915DA">
+                  <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Powiat:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4607" w:type="dxa"/>
                   <w:gridSpan w:val="2"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="5C97756D" w14:textId="77777777" w:rsidR="00FD1E09" w:rsidRPr="006915DA" w:rsidRDefault="00FD1E09" w:rsidP="004A7022">
+                <w:p w14:paraId="5F86BE67" w14:textId="77777777" w:rsidR="00AF612D" w:rsidRPr="00A54046" w:rsidRDefault="00AF612D" w:rsidP="00AF612D">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="006915DA">
+                  <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Gmina:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00FD1E09" w:rsidRPr="006915DA" w14:paraId="3869840B" w14:textId="77777777" w:rsidTr="00C52C60">
+            <w:tr w:rsidR="00AF612D" w:rsidRPr="00A54046" w14:paraId="36D2D41F" w14:textId="77777777" w:rsidTr="0096056B">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4903" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="1D5E97ED" w14:textId="77777777" w:rsidR="00FD1E09" w:rsidRPr="006915DA" w:rsidRDefault="00FD1E09" w:rsidP="004A7022">
+                <w:p w14:paraId="68A29657" w14:textId="77777777" w:rsidR="00AF612D" w:rsidRPr="00A54046" w:rsidRDefault="00AF612D" w:rsidP="00AF612D">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="006915DA">
+                  <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Ulica:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2268" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="50F7162B" w14:textId="77777777" w:rsidR="00FD1E09" w:rsidRPr="006915DA" w:rsidRDefault="00FD1E09" w:rsidP="004A7022">
+                <w:p w14:paraId="406E692A" w14:textId="77777777" w:rsidR="00AF612D" w:rsidRPr="00A54046" w:rsidRDefault="00AF612D" w:rsidP="00AF612D">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="006915DA">
+                  <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
-                    <w:t>Nr domu</w:t>
-[...7 lines deleted...]
-                    <w:t>:</w:t>
+                    <w:t>Nr domu:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2339" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="321A5CDE" w14:textId="77777777" w:rsidR="00FD1E09" w:rsidRPr="006915DA" w:rsidRDefault="00FD1E09" w:rsidP="004A7022">
+                <w:p w14:paraId="66C536C3" w14:textId="77777777" w:rsidR="00AF612D" w:rsidRPr="00A54046" w:rsidRDefault="00AF612D" w:rsidP="00AF612D">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="006915DA">
+                  <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Nr lokalu:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00FD1E09" w:rsidRPr="006915DA" w14:paraId="49D2A69A" w14:textId="77777777" w:rsidTr="00C52C60">
+            <w:tr w:rsidR="00AF612D" w:rsidRPr="00A54046" w14:paraId="61BCCEE8" w14:textId="77777777" w:rsidTr="0096056B">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4903" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="42FB7A34" w14:textId="77777777" w:rsidR="00FD1E09" w:rsidRPr="006915DA" w:rsidRDefault="00FD1E09" w:rsidP="004A7022">
+                <w:p w14:paraId="512077B6" w14:textId="77777777" w:rsidR="00AF612D" w:rsidRPr="00A54046" w:rsidRDefault="00AF612D" w:rsidP="00AF612D">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="006915DA">
+                  <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Miejscowość:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4607" w:type="dxa"/>
                   <w:gridSpan w:val="2"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="448BFF6C" w14:textId="77777777" w:rsidR="00FD1E09" w:rsidRPr="006915DA" w:rsidRDefault="00FD1E09" w:rsidP="004A7022">
+                <w:p w14:paraId="659D61C6" w14:textId="77777777" w:rsidR="00AF612D" w:rsidRPr="00A54046" w:rsidRDefault="00AF612D" w:rsidP="00AF612D">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="006915DA">
+                  <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Kod pocztowy:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00FD1E09" w:rsidRPr="006915DA" w14:paraId="249F912C" w14:textId="77777777" w:rsidTr="00C52C60">
-[...177 lines deleted...]
-            </w:tr>
           </w:tbl>
-          <w:p w14:paraId="7E297AD2" w14:textId="77777777" w:rsidR="00FD1E09" w:rsidRPr="006915DA" w:rsidRDefault="00FD1E09" w:rsidP="004A7022">
+          <w:p w14:paraId="3DBE3654" w14:textId="77777777" w:rsidR="00AF612D" w:rsidRPr="006915DA" w:rsidRDefault="00AF612D" w:rsidP="0096056B">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkEnd w:id="3"/>
     </w:tbl>
+    <w:p w14:paraId="6AF818B2" w14:textId="77777777" w:rsidR="00AF612D" w:rsidRDefault="00AF612D" w:rsidP="00AF612D">
+      <w:pPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6A03986F" w14:textId="26FBC95F" w:rsidR="00AF612D" w:rsidRDefault="00AF612D" w:rsidP="004A7022">
+      <w:pPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
     <w:p w14:paraId="49D67D35" w14:textId="77777777" w:rsidR="00FD1E09" w:rsidRDefault="00FD1E09" w:rsidP="004A7022">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9652" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblCellMar>
           <w:top w:w="57" w:type="dxa"/>
           <w:left w:w="57" w:type="dxa"/>
           <w:bottom w:w="57" w:type="dxa"/>
           <w:right w:w="57" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1905"/>
         <w:gridCol w:w="10"/>
         <w:gridCol w:w="3312"/>
         <w:gridCol w:w="1025"/>
         <w:gridCol w:w="3400"/>
       </w:tblGrid>
       <w:tr w:rsidR="00855090" w14:paraId="1E4BF013" w14:textId="77777777" w:rsidTr="006A347B">
@@ -2914,51 +2317,51 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9639" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="448E331E" w14:textId="77777777" w:rsidR="00855090" w:rsidRDefault="00855090" w:rsidP="004A7022">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="4" w:name="_Hlk134102276"/>
+            <w:bookmarkStart w:id="1" w:name="_Hlk134102276"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">WNOSZĘ </w:t>
             </w:r>
             <w:r w:rsidR="00730B3F">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">O </w:t>
             </w:r>
             <w:r w:rsidR="009D2C0D">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -3216,51 +2619,51 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7737" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="06858665" w14:textId="77777777" w:rsidR="00855090" w:rsidRDefault="00855090" w:rsidP="004A7022">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkEnd w:id="4"/>
+      <w:bookmarkEnd w:id="1"/>
     </w:tbl>
     <w:p w14:paraId="45925672" w14:textId="77777777" w:rsidR="006825E2" w:rsidRDefault="006825E2" w:rsidP="004A7022">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="57" w:type="dxa"/>
           <w:left w:w="57" w:type="dxa"/>
           <w:bottom w:w="57" w:type="dxa"/>
           <w:right w:w="57" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="362"/>
         <w:gridCol w:w="9277"/>
       </w:tblGrid>
       <w:tr w:rsidR="00855090" w14:paraId="17B43288" w14:textId="77777777">
@@ -4517,647 +3920,50 @@
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6EDFE139" w14:textId="77777777" w:rsidR="00855090" w:rsidRDefault="00855090" w:rsidP="004A7022">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="57304C53" w14:textId="77777777" w:rsidR="00855090" w:rsidRDefault="00855090" w:rsidP="004A7022">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
-    <w:tbl>
-[...595 lines deleted...]
-    </w:tbl>
     <w:p w14:paraId="2B4D36C2" w14:textId="77777777" w:rsidR="006825E2" w:rsidRDefault="006825E2" w:rsidP="004A7022">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9639" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="57" w:type="dxa"/>
           <w:left w:w="57" w:type="dxa"/>
           <w:bottom w:w="57" w:type="dxa"/>
           <w:right w:w="57" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
@@ -5178,67 +3984,67 @@
         <w:gridCol w:w="1091"/>
         <w:gridCol w:w="328"/>
         <w:gridCol w:w="889"/>
         <w:gridCol w:w="529"/>
         <w:gridCol w:w="720"/>
         <w:gridCol w:w="350"/>
         <w:gridCol w:w="306"/>
       </w:tblGrid>
       <w:tr w:rsidR="00B47381" w:rsidRPr="00B47381" w14:paraId="660927CA" w14:textId="77777777" w:rsidTr="00106380">
         <w:trPr>
           <w:trHeight w:val="510"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="340" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4C3A8A8A" w14:textId="77777777" w:rsidR="00B47381" w:rsidRPr="00B47381" w:rsidRDefault="00B47381" w:rsidP="004A7022">
+          <w:p w14:paraId="4C3A8A8A" w14:textId="032C4610" w:rsidR="00B47381" w:rsidRPr="00B47381" w:rsidRDefault="00965EE9" w:rsidP="004A7022">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>I</w:t>
+              <w:t>H</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3607" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7CE1B6B5" w14:textId="77777777" w:rsidR="00B47381" w:rsidRPr="00B47381" w:rsidRDefault="00B47381" w:rsidP="004A7022">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B47381">
@@ -5487,51 +4293,50 @@
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7870A220" w14:textId="77777777" w:rsidR="00B47381" w:rsidRPr="00B47381" w:rsidRDefault="00B47381" w:rsidP="004A7022">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B47381">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>nie podlega</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1862" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="14089E90" w14:textId="77777777" w:rsidR="00B47381" w:rsidRPr="00B47381" w:rsidRDefault="00B47381" w:rsidP="004A7022">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -6176,67 +4981,57 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="26322A30" w14:textId="77777777" w:rsidR="00B47381" w:rsidRPr="00B47381" w:rsidRDefault="00B47381" w:rsidP="004A7022">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B47381">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>ppkt</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> 3</w:t>
+              <w:t>ppkt 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4963" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6D892CFB" w14:textId="77777777" w:rsidR="00B47381" w:rsidRPr="00B47381" w:rsidRDefault="00B47381" w:rsidP="004A7022">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
@@ -6820,51 +5615,51 @@
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1522" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4756914A" w14:textId="77777777" w:rsidR="00106380" w:rsidRPr="0027690E" w:rsidRDefault="00106380" w:rsidP="00A43840">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:ind w:left="57"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="6" w:name="_Hlk197333638"/>
+            <w:bookmarkStart w:id="2" w:name="_Hlk197333638"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>dołączenie dowodu zapłaty w ciągu 3 dni</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1215" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5F109FD1" w14:textId="77777777" w:rsidR="00106380" w:rsidRPr="0027690E" w:rsidRDefault="00106380" w:rsidP="00A43840">
             <w:pPr>
@@ -7351,110 +6146,110 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0027690E">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">wysokość opłaty zostanie zweryfikowana po opracowaniu dokumentu wg przepisów </w:t>
             </w:r>
             <w:r w:rsidRPr="0027690E">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:br/>
               <w:t>ustawy z dnia 16 listopada 2006 roku o opłacie skarbowej</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkEnd w:id="6"/>
+      <w:bookmarkEnd w:id="2"/>
     </w:tbl>
     <w:p w14:paraId="1617F6D7" w14:textId="77777777" w:rsidR="00855090" w:rsidRDefault="00855090" w:rsidP="004A7022">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9639" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="57" w:type="dxa"/>
           <w:left w:w="57" w:type="dxa"/>
           <w:bottom w:w="57" w:type="dxa"/>
           <w:right w:w="57" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="362"/>
         <w:gridCol w:w="9277"/>
       </w:tblGrid>
       <w:tr w:rsidR="00FD1E09" w:rsidRPr="003C411D" w14:paraId="4E590E0C" w14:textId="77777777" w:rsidTr="00C52C60">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="362" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="30654815" w14:textId="77777777" w:rsidR="00FD1E09" w:rsidRPr="003C411D" w:rsidRDefault="00FD1E09" w:rsidP="004A7022">
+          <w:p w14:paraId="30654815" w14:textId="16953E39" w:rsidR="00FD1E09" w:rsidRPr="003C411D" w:rsidRDefault="00965EE9" w:rsidP="004A7022">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="7" w:name="_Hlk134088397"/>
+            <w:bookmarkStart w:id="3" w:name="_Hlk134088397"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>J</w:t>
+              <w:t>I</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9277" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="388B2D63" w14:textId="77777777" w:rsidR="00FD1E09" w:rsidRPr="003C411D" w:rsidRDefault="00FD1E09" w:rsidP="004A7022">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
@@ -7623,51 +6418,51 @@
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Data: ………………………………………………………</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>…….</w:t>
             </w:r>
             <w:r w:rsidRPr="00BA095D">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>……..</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkEnd w:id="7"/>
+      <w:bookmarkEnd w:id="3"/>
     </w:tbl>
     <w:p w14:paraId="0C5ECF2E" w14:textId="77777777" w:rsidR="00855090" w:rsidRDefault="00855090" w:rsidP="004A7022">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2C3EC0EC" w14:textId="77777777" w:rsidR="00855090" w:rsidRDefault="00855090" w:rsidP="004A7022">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7E7BF3D3" w14:textId="77777777" w:rsidR="00855090" w:rsidRDefault="006A347B" w:rsidP="004A7022">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
         <w:t>*     niepotrzebne skreślić</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7445DA8A" w14:textId="77777777" w:rsidR="00855090" w:rsidRDefault="00855090" w:rsidP="004A7022">
       <w:pPr>
@@ -7701,120 +6496,102 @@
       <w:pgMar w:top="794" w:right="1134" w:bottom="794" w:left="1134" w:header="567" w:footer="567" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="0BBA4F18" w14:textId="77777777" w:rsidR="00771066" w:rsidRDefault="00771066">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="0F6CC11F" w14:textId="77777777" w:rsidR="00771066" w:rsidRDefault="00771066">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:id="1">
-    <w:p w14:paraId="7E1E1189" w14:textId="77777777" w:rsidR="00A97B38" w:rsidRDefault="00F90A7C" w:rsidP="00F90A7C">
+    <w:p w14:paraId="4AD85522" w14:textId="77777777" w:rsidR="00AF612D" w:rsidRDefault="00AF612D" w:rsidP="00AF612D">
       <w:pPr>
         <w:pStyle w:val="Tekstprzypisukocowego"/>
       </w:pPr>
       <w:r w:rsidRPr="008F2755">
         <w:rPr>
           <w:rStyle w:val="Odwoanieprzypisukocowego"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:endnoteRef/>
       </w:r>
       <w:r w:rsidRPr="008F2755">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Nieobowiązkowe</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:bookmarkStart w:id="0" w:name="_Hlk218762392"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Adres do doręczeń elektronicznych należy podać jeżeli wnioskodawca/pełnomocnik go posiada</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
   </w:endnote>
   <w:endnote w:id="2">
-    <w:p w14:paraId="6293B951" w14:textId="77777777" w:rsidR="00A97B38" w:rsidRDefault="00F90A7C" w:rsidP="00F90A7C">
+    <w:p w14:paraId="6846C58D" w14:textId="77777777" w:rsidR="00AF612D" w:rsidRDefault="00AF612D" w:rsidP="00AF612D">
       <w:pPr>
         <w:pStyle w:val="Tekstprzypisukocowego"/>
       </w:pPr>
-      <w:r w:rsidRPr="008F2755">
+      <w:r w:rsidRPr="002F27FD">
         <w:rPr>
           <w:rStyle w:val="Odwoanieprzypisukocowego"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:endnoteRef/>
       </w:r>
-      <w:r w:rsidRPr="008F2755">
-[...11 lines deleted...]
-        <w:t>zynki</w:t>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="008F2755">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> lub do doręczeń elektronicznych wskazuje się w przypadku wyrażenia zgody na doręczanie korespondencji za pomocą środków komunikacji elektronicznej, z zastrzeżeniem przypadków, w których organ w świetle przepisów ustawy z dnia 18 listopada 2020 r. o doręczeniach elektronicznych ma obowiązek doręczenia korespondencji na adres do doręczeń elektronicznych.</w:t>
+        <w:t>Nieobowiązkowe</w:t>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="EE"/>
@@ -7835,63 +6612,63 @@
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Arial Unicode MS">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="4A00E578" w14:textId="77777777" w:rsidR="00A17964" w:rsidRDefault="00A17964">
     <w:pPr>
       <w:pStyle w:val="Stopka"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="282F3C70" w14:textId="77777777" w:rsidR="00855090" w:rsidRDefault="00855090">
     <w:pPr>
       <w:pStyle w:val="Stopka"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="4020"/>
         <w:tab w:val="center" w:pos="4639"/>
       </w:tabs>
       <w:spacing w:before="120"/>
       <w:ind w:right="357"/>
@@ -10555,134 +9332,137 @@
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="20">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="21">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="22">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="219"/>
   <w:embedSystemFonts/>
   <w:mirrorMargins/>
-  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="425"/>
   <w:doNotHyphenateCaps/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:doNotValidateAgainstSchema/>
   <w:doNotDemarcateInvalidXml/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:numFmt w:val="decimal"/>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00E339A0"/>
     <w:rsid w:val="000035FD"/>
     <w:rsid w:val="00055EF0"/>
     <w:rsid w:val="000F1EBF"/>
     <w:rsid w:val="00106380"/>
     <w:rsid w:val="001139A0"/>
     <w:rsid w:val="00114957"/>
     <w:rsid w:val="00145EC4"/>
+    <w:rsid w:val="00190D52"/>
     <w:rsid w:val="00197ADA"/>
     <w:rsid w:val="002103DC"/>
     <w:rsid w:val="00230A6D"/>
     <w:rsid w:val="002437E4"/>
     <w:rsid w:val="00276AE3"/>
+    <w:rsid w:val="002B575B"/>
     <w:rsid w:val="002C7F99"/>
     <w:rsid w:val="002E6132"/>
     <w:rsid w:val="00321AC3"/>
     <w:rsid w:val="00322853"/>
     <w:rsid w:val="003910AD"/>
     <w:rsid w:val="003C411D"/>
     <w:rsid w:val="00454FC6"/>
     <w:rsid w:val="00466089"/>
     <w:rsid w:val="0048693E"/>
     <w:rsid w:val="004A7022"/>
     <w:rsid w:val="00533845"/>
     <w:rsid w:val="005C74B1"/>
     <w:rsid w:val="005D041B"/>
     <w:rsid w:val="006507C7"/>
     <w:rsid w:val="006825E2"/>
     <w:rsid w:val="006915DA"/>
     <w:rsid w:val="006A347B"/>
     <w:rsid w:val="006C0EBB"/>
     <w:rsid w:val="006E38D1"/>
     <w:rsid w:val="00730B3F"/>
     <w:rsid w:val="00765642"/>
     <w:rsid w:val="00771066"/>
     <w:rsid w:val="007D5A48"/>
     <w:rsid w:val="007F0543"/>
     <w:rsid w:val="00847A09"/>
     <w:rsid w:val="00855090"/>
     <w:rsid w:val="008F2755"/>
     <w:rsid w:val="00917135"/>
+    <w:rsid w:val="00965EE9"/>
     <w:rsid w:val="009D2C0D"/>
     <w:rsid w:val="009D33C6"/>
     <w:rsid w:val="009D3B52"/>
     <w:rsid w:val="00A17964"/>
     <w:rsid w:val="00A54046"/>
     <w:rsid w:val="00A66B22"/>
     <w:rsid w:val="00A83218"/>
     <w:rsid w:val="00A8472E"/>
     <w:rsid w:val="00A903C2"/>
     <w:rsid w:val="00A97B38"/>
     <w:rsid w:val="00AC2161"/>
+    <w:rsid w:val="00AF612D"/>
     <w:rsid w:val="00B17321"/>
     <w:rsid w:val="00B47381"/>
     <w:rsid w:val="00B732D3"/>
     <w:rsid w:val="00B948FF"/>
     <w:rsid w:val="00BA095D"/>
     <w:rsid w:val="00BC4122"/>
     <w:rsid w:val="00C52C60"/>
     <w:rsid w:val="00D400BA"/>
     <w:rsid w:val="00D62021"/>
     <w:rsid w:val="00E339A0"/>
     <w:rsid w:val="00E475C7"/>
     <w:rsid w:val="00E64235"/>
     <w:rsid w:val="00ED1A23"/>
     <w:rsid w:val="00F51D48"/>
     <w:rsid w:val="00F67E95"/>
     <w:rsid w:val="00F73AB3"/>
     <w:rsid w:val="00F740F5"/>
     <w:rsid w:val="00F90A7C"/>
     <w:rsid w:val="00FD1907"/>
     <w:rsid w:val="00FD1E09"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
@@ -12091,55 +10871,55 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{465830F6-D44B-4590-938D-9FA60A23AAEE}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>534</Words>
-  <Characters>3464</Characters>
+  <Words>462</Words>
+  <Characters>3040</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>266</Lines>
-  <Paragraphs>159</Paragraphs>
+  <Lines>25</Lines>
+  <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>UMW</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3839</CharactersWithSpaces>
+  <CharactersWithSpaces>3496</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>W Wycofanie wniosku</dc:title>
   <dc:subject>W Wycofanie wniosku</dc:subject>
   <dc:creator>XYZ</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>