--- v0 (2025-10-01)
+++ v1 (2026-02-02)
@@ -213,850 +213,708 @@
         <w:ind w:left="4248" w:firstLine="708"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Urzędu Miejskiego Wrocławia</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="615D00F2" w14:textId="77777777" w:rsidR="00855090" w:rsidRDefault="00855090" w:rsidP="00C421EC">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="4248" w:firstLine="708"/>
       </w:pPr>
       <w:r>
         <w:t>pl. Nowy Targ 1-8     50-141 Wrocław</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47FA3308" w14:textId="77777777" w:rsidR="00F90A7C" w:rsidRPr="0043254D" w:rsidRDefault="00F90A7C" w:rsidP="00C421EC">
+    <w:p w14:paraId="47FA3308" w14:textId="1BF05B4A" w:rsidR="00F90A7C" w:rsidRDefault="00F90A7C" w:rsidP="00C421EC">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="17447DCF" w14:textId="77777777" w:rsidR="005F249F" w:rsidRPr="0066496D" w:rsidRDefault="005F249F" w:rsidP="005F249F">
+      <w:pPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9639" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="57" w:type="dxa"/>
           <w:left w:w="57" w:type="dxa"/>
           <w:bottom w:w="57" w:type="dxa"/>
           <w:right w:w="57" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="380"/>
         <w:gridCol w:w="9259"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00855090" w14:paraId="600A91F4" w14:textId="77777777">
+      <w:tr w:rsidR="005F249F" w14:paraId="55FCB1F8" w14:textId="77777777" w:rsidTr="00380986">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="383" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6484A20E" w14:textId="77777777" w:rsidR="00855090" w:rsidRDefault="00855090" w:rsidP="00C421EC">
+          <w:p w14:paraId="399B3ADA" w14:textId="77777777" w:rsidR="005F249F" w:rsidRDefault="005F249F" w:rsidP="00380986">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="0" w:name="_Hlk134103720"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9360" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4F49DF5B" w14:textId="77777777" w:rsidR="00855090" w:rsidRDefault="00855090" w:rsidP="00C421EC">
+          <w:p w14:paraId="132D9012" w14:textId="77777777" w:rsidR="005F249F" w:rsidRDefault="005F249F" w:rsidP="00380986">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>DANE IDENTYFIKACYJNE INWESTORA</w:t>
-[...41 lines deleted...]
-              <w:t>*</w:t>
+              <w:t>DANE IDENTYFIKACYJNE INWESTORA* / WNIOSKODAWCY*</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkEnd w:id="0"/>
-      <w:tr w:rsidR="00855090" w14:paraId="3963761C" w14:textId="77777777">
+      <w:tr w:rsidR="005F249F" w14:paraId="09C213EC" w14:textId="77777777" w:rsidTr="00380986">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="284"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9743" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="108E2D10" w14:textId="77777777" w:rsidR="00855090" w:rsidRDefault="00855090" w:rsidP="00C421EC">
+          <w:p w14:paraId="5A44501B" w14:textId="77777777" w:rsidR="005F249F" w:rsidRDefault="005F249F" w:rsidP="00380986">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Imię i nazwisko lub nazwa instytucji</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00855090" w14:paraId="7F870365" w14:textId="77777777" w:rsidTr="00C421EC">
+      <w:tr w:rsidR="005F249F" w14:paraId="3D73160A" w14:textId="77777777" w:rsidTr="00380986">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9743" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="37B6EBF6" w14:textId="77777777" w:rsidR="00855090" w:rsidRDefault="00855090" w:rsidP="00C421EC">
+          <w:p w14:paraId="7582FEBA" w14:textId="77777777" w:rsidR="005F249F" w:rsidRDefault="005F249F" w:rsidP="00380986">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00855090" w14:paraId="2DCB4B02" w14:textId="77777777">
+      <w:tr w:rsidR="005F249F" w14:paraId="2F1A662B" w14:textId="77777777" w:rsidTr="00380986">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="284"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9743" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="799A4162" w14:textId="77777777" w:rsidR="00855090" w:rsidRDefault="00855090" w:rsidP="00C421EC">
+          <w:p w14:paraId="032149D7" w14:textId="77777777" w:rsidR="005F249F" w:rsidRDefault="005F249F" w:rsidP="00380986">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve">Adres siedziby </w:t>
+              <w:t xml:space="preserve">Adres </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00855090" w14:paraId="418F93FF" w14:textId="77777777" w:rsidTr="0043254D">
+      <w:tr w:rsidR="005F249F" w14:paraId="186904A2" w14:textId="77777777" w:rsidTr="00380986">
         <w:trPr>
-          <w:trHeight w:val="1549"/>
+          <w:trHeight w:val="397"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9743" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:tbl>
             <w:tblPr>
               <w:tblStyle w:val="Tabela-Siatka"/>
               <w:tblW w:w="0" w:type="auto"/>
               <w:tblLayout w:type="fixed"/>
               <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="4903"/>
               <w:gridCol w:w="2268"/>
               <w:gridCol w:w="2339"/>
             </w:tblGrid>
-            <w:tr w:rsidR="00F90A7C" w:rsidRPr="00A54046" w14:paraId="240F90CD" w14:textId="77777777" w:rsidTr="00C52C60">
+            <w:tr w:rsidR="005F249F" w:rsidRPr="00A54046" w14:paraId="6977C29F" w14:textId="77777777" w:rsidTr="00380986">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4903" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="6B094FAF" w14:textId="77777777" w:rsidR="00F90A7C" w:rsidRPr="00A54046" w:rsidRDefault="00F90A7C" w:rsidP="00C421EC">
+                <w:p w14:paraId="22CE47C8" w14:textId="77777777" w:rsidR="005F249F" w:rsidRPr="00A54046" w:rsidRDefault="005F249F" w:rsidP="00380986">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Kraj:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4607" w:type="dxa"/>
                   <w:gridSpan w:val="2"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="5F42E31C" w14:textId="77777777" w:rsidR="00F90A7C" w:rsidRPr="00A54046" w:rsidRDefault="00F90A7C" w:rsidP="00C421EC">
+                <w:p w14:paraId="5EA48B10" w14:textId="77777777" w:rsidR="005F249F" w:rsidRPr="00A54046" w:rsidRDefault="005F249F" w:rsidP="00380986">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
-                    <w:t xml:space="preserve">Województwo: </w:t>
+                    <w:t>Województwo:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00F90A7C" w:rsidRPr="00A54046" w14:paraId="2727C7F8" w14:textId="77777777" w:rsidTr="00C52C60">
+            <w:tr w:rsidR="005F249F" w:rsidRPr="00A54046" w14:paraId="18E8079C" w14:textId="77777777" w:rsidTr="00380986">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4903" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="0432C3F8" w14:textId="77777777" w:rsidR="00F90A7C" w:rsidRPr="00A54046" w:rsidRDefault="00F90A7C" w:rsidP="00C421EC">
+                <w:p w14:paraId="3272377D" w14:textId="77777777" w:rsidR="005F249F" w:rsidRPr="00A54046" w:rsidRDefault="005F249F" w:rsidP="00380986">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Powiat:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4607" w:type="dxa"/>
                   <w:gridSpan w:val="2"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="2A94BD1D" w14:textId="77777777" w:rsidR="00F90A7C" w:rsidRPr="00A54046" w:rsidRDefault="00F90A7C" w:rsidP="00C421EC">
+                <w:p w14:paraId="62C77533" w14:textId="77777777" w:rsidR="005F249F" w:rsidRPr="00A54046" w:rsidRDefault="005F249F" w:rsidP="00380986">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Gmina:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00F90A7C" w:rsidRPr="00A54046" w14:paraId="08682395" w14:textId="77777777" w:rsidTr="00C52C60">
+            <w:tr w:rsidR="005F249F" w:rsidRPr="00A54046" w14:paraId="1157272F" w14:textId="77777777" w:rsidTr="00380986">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4903" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="3C2F450B" w14:textId="77777777" w:rsidR="00F90A7C" w:rsidRPr="00A54046" w:rsidRDefault="00F90A7C" w:rsidP="00C421EC">
+                <w:p w14:paraId="1878BC99" w14:textId="77777777" w:rsidR="005F249F" w:rsidRPr="00A54046" w:rsidRDefault="005F249F" w:rsidP="00380986">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Ulica:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2268" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="7C788990" w14:textId="77777777" w:rsidR="00F90A7C" w:rsidRPr="00A54046" w:rsidRDefault="00F90A7C" w:rsidP="00C421EC">
+                <w:p w14:paraId="6AE7F3A6" w14:textId="77777777" w:rsidR="005F249F" w:rsidRPr="00A54046" w:rsidRDefault="005F249F" w:rsidP="00380986">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Nr domu:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2339" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="37425FF6" w14:textId="77777777" w:rsidR="00F90A7C" w:rsidRPr="00A54046" w:rsidRDefault="00F90A7C" w:rsidP="00C421EC">
+                <w:p w14:paraId="5F7B1EBD" w14:textId="77777777" w:rsidR="005F249F" w:rsidRPr="00A54046" w:rsidRDefault="005F249F" w:rsidP="00380986">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Nr lokalu:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00F90A7C" w:rsidRPr="00A54046" w14:paraId="7F582965" w14:textId="77777777" w:rsidTr="00C52C60">
+            <w:tr w:rsidR="005F249F" w:rsidRPr="00A54046" w14:paraId="011B1011" w14:textId="77777777" w:rsidTr="00380986">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4903" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="1E29BBFC" w14:textId="77777777" w:rsidR="00F90A7C" w:rsidRPr="00A54046" w:rsidRDefault="00F90A7C" w:rsidP="00C421EC">
+                <w:p w14:paraId="5786E67A" w14:textId="77777777" w:rsidR="005F249F" w:rsidRPr="00A54046" w:rsidRDefault="005F249F" w:rsidP="00380986">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Miejscowość:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4607" w:type="dxa"/>
                   <w:gridSpan w:val="2"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="421D7682" w14:textId="77777777" w:rsidR="00F90A7C" w:rsidRPr="00A54046" w:rsidRDefault="00F90A7C" w:rsidP="00C421EC">
+                <w:p w14:paraId="6D44BD32" w14:textId="77777777" w:rsidR="005F249F" w:rsidRPr="00A54046" w:rsidRDefault="005F249F" w:rsidP="00380986">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Kod pocztowy:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00F90A7C" w:rsidRPr="00A54046" w14:paraId="745CF8B8" w14:textId="77777777" w:rsidTr="00C52C60">
+            <w:tr w:rsidR="005F249F" w:rsidRPr="00F84673" w14:paraId="6B3B0CDF" w14:textId="77777777" w:rsidTr="00380986">
+              <w:trPr>
+                <w:trHeight w:val="499"/>
+              </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4903" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="74391587" w14:textId="77777777" w:rsidR="00F90A7C" w:rsidRPr="00A54046" w:rsidRDefault="00F90A7C" w:rsidP="00C421EC">
+                <w:p w14:paraId="06441B0B" w14:textId="5F4C98A3" w:rsidR="005F249F" w:rsidRPr="00F84673" w:rsidRDefault="00B77E6A" w:rsidP="00380986">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="00A54046">
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Arial Unicode MS"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>Adres do doręczeń elektronicznych (E-doręczenia):</w:t>
+                  </w:r>
+                  <w:r w:rsidR="005F249F" w:rsidRPr="00F84673">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
-                    </w:rPr>
-[...6 lines deleted...]
-                      <w:szCs w:val="16"/>
                       <w:vertAlign w:val="superscript"/>
                     </w:rPr>
                     <w:endnoteReference w:id="2"/>
-                  </w:r>
-[...6 lines deleted...]
-                    <w:t>:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4607" w:type="dxa"/>
                   <w:gridSpan w:val="2"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="4CFBD667" w14:textId="77777777" w:rsidR="00F90A7C" w:rsidRPr="00A54046" w:rsidRDefault="00F90A7C" w:rsidP="00C421EC">
+                <w:p w14:paraId="7DCE37AE" w14:textId="77777777" w:rsidR="005F249F" w:rsidRPr="00F84673" w:rsidRDefault="005F249F" w:rsidP="00380986">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="00A54046">
+                  <w:r w:rsidRPr="00F84673">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
-                    <w:t>Nr tel.</w:t>
+                    <w:t>Nr tel.:</w:t>
                   </w:r>
-                  <w:r w:rsidR="00DE1F13">
-                    <w:rPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rStyle w:val="Odwoanieprzypisukocowego"/>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
-                      <w:vertAlign w:val="superscript"/>
-[...83 lines deleted...]
-                      <w:vertAlign w:val="superscript"/>
                     </w:rPr>
                     <w:endnoteReference w:id="3"/>
-                  </w:r>
-[...6 lines deleted...]
-                    <w:t>:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
-          <w:p w14:paraId="5D3B288D" w14:textId="77777777" w:rsidR="00855090" w:rsidRDefault="00855090" w:rsidP="00C421EC">
+          <w:p w14:paraId="5369AEF0" w14:textId="77777777" w:rsidR="005F249F" w:rsidRDefault="005F249F" w:rsidP="00380986">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3C2D7142" w14:textId="77777777" w:rsidR="00855090" w:rsidRPr="0043254D" w:rsidRDefault="00855090" w:rsidP="00C421EC">
+    <w:p w14:paraId="0FE36D5B" w14:textId="77777777" w:rsidR="005F249F" w:rsidRDefault="005F249F" w:rsidP="005F249F">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9639" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="57" w:type="dxa"/>
           <w:left w:w="57" w:type="dxa"/>
           <w:bottom w:w="57" w:type="dxa"/>
           <w:right w:w="57" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="380"/>
         <w:gridCol w:w="9259"/>
       </w:tblGrid>
-      <w:tr w:rsidR="007123BD" w:rsidRPr="00A54046" w14:paraId="2837E028" w14:textId="77777777" w:rsidTr="00C52C60">
+      <w:tr w:rsidR="005F249F" w:rsidRPr="00A54046" w14:paraId="082BF09C" w14:textId="77777777" w:rsidTr="00380986">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="380" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="365EBFBA" w14:textId="77777777" w:rsidR="007123BD" w:rsidRPr="00A54046" w:rsidRDefault="007123BD" w:rsidP="00C421EC">
+          <w:p w14:paraId="22E6FFDF" w14:textId="77777777" w:rsidR="005F249F" w:rsidRPr="00A54046" w:rsidRDefault="005F249F" w:rsidP="00380986">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="1" w:name="_Hlk134097935"/>
             <w:r w:rsidRPr="00A54046">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>B</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9259" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6BEE18BC" w14:textId="77777777" w:rsidR="007123BD" w:rsidRPr="00A54046" w:rsidRDefault="007123BD" w:rsidP="00C421EC">
+          <w:p w14:paraId="12F2D040" w14:textId="77777777" w:rsidR="005F249F" w:rsidRPr="00A54046" w:rsidRDefault="005F249F" w:rsidP="00380986">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A54046">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>DANE</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> INWESTORA* /</w:t>
             </w:r>
             <w:r w:rsidRPr="00A54046">
@@ -1064,1956 +922,1502 @@
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> WNIOSKODAWCY</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
             <w:r w:rsidRPr="00A54046">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> DO KORESPONDENCJI</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007123BD" w:rsidRPr="00A54046" w14:paraId="2CF85796" w14:textId="77777777" w:rsidTr="00C52C60">
+      <w:tr w:rsidR="005F249F" w:rsidRPr="00A54046" w14:paraId="3BD562FD" w14:textId="77777777" w:rsidTr="00380986">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="284"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9639" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="029F1BC0" w14:textId="77777777" w:rsidR="007123BD" w:rsidRPr="00A54046" w:rsidRDefault="007123BD" w:rsidP="00C421EC">
+          <w:p w14:paraId="18BA3D7B" w14:textId="77777777" w:rsidR="005F249F" w:rsidRPr="00A54046" w:rsidRDefault="005F249F" w:rsidP="00380986">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A54046">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Wypełnia się, jeżeli adres do korespondencji </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">inwestora / </w:t>
             </w:r>
             <w:r w:rsidRPr="00A54046">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>wnioskodawcy jest inny niż wskazany w pkt A</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007123BD" w:rsidRPr="00A54046" w14:paraId="1C40C72C" w14:textId="77777777" w:rsidTr="0043254D">
+      <w:tr w:rsidR="005F249F" w:rsidRPr="00A54046" w14:paraId="46A52872" w14:textId="77777777" w:rsidTr="00380986">
         <w:trPr>
-          <w:trHeight w:val="1645"/>
+          <w:trHeight w:val="397"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9639" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:tbl>
             <w:tblPr>
               <w:tblStyle w:val="Tabela-Siatka"/>
               <w:tblW w:w="0" w:type="auto"/>
               <w:tblLayout w:type="fixed"/>
               <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="4903"/>
               <w:gridCol w:w="2268"/>
               <w:gridCol w:w="2339"/>
             </w:tblGrid>
-            <w:tr w:rsidR="007123BD" w:rsidRPr="00A54046" w14:paraId="16D0A69A" w14:textId="77777777" w:rsidTr="00C52C60">
+            <w:tr w:rsidR="005F249F" w:rsidRPr="00A54046" w14:paraId="1BA65BE2" w14:textId="77777777" w:rsidTr="00380986">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4903" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="4E44F03B" w14:textId="77777777" w:rsidR="007123BD" w:rsidRPr="00A54046" w:rsidRDefault="007123BD" w:rsidP="00C421EC">
+                <w:p w14:paraId="04434C72" w14:textId="77777777" w:rsidR="005F249F" w:rsidRPr="00A54046" w:rsidRDefault="005F249F" w:rsidP="00380986">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Kraj:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4607" w:type="dxa"/>
                   <w:gridSpan w:val="2"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="45C0F700" w14:textId="77777777" w:rsidR="007123BD" w:rsidRPr="00A54046" w:rsidRDefault="007123BD" w:rsidP="00C421EC">
+                <w:p w14:paraId="24D85E4C" w14:textId="77777777" w:rsidR="005F249F" w:rsidRPr="00A54046" w:rsidRDefault="005F249F" w:rsidP="00380986">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
-                    <w:t xml:space="preserve">Województwo: </w:t>
+                    <w:t>Województwo:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="007123BD" w:rsidRPr="00A54046" w14:paraId="0B635BDC" w14:textId="77777777" w:rsidTr="00C52C60">
+            <w:tr w:rsidR="005F249F" w:rsidRPr="00A54046" w14:paraId="6CCC605D" w14:textId="77777777" w:rsidTr="00380986">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4903" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="5D940F20" w14:textId="77777777" w:rsidR="007123BD" w:rsidRPr="00A54046" w:rsidRDefault="007123BD" w:rsidP="00C421EC">
+                <w:p w14:paraId="581FB183" w14:textId="77777777" w:rsidR="005F249F" w:rsidRPr="00A54046" w:rsidRDefault="005F249F" w:rsidP="00380986">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Powiat:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4607" w:type="dxa"/>
                   <w:gridSpan w:val="2"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="14152CC6" w14:textId="77777777" w:rsidR="007123BD" w:rsidRPr="00A54046" w:rsidRDefault="007123BD" w:rsidP="00C421EC">
+                <w:p w14:paraId="52E9C236" w14:textId="77777777" w:rsidR="005F249F" w:rsidRPr="00A54046" w:rsidRDefault="005F249F" w:rsidP="00380986">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Gmina:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="007123BD" w:rsidRPr="00A54046" w14:paraId="6F00B2C3" w14:textId="77777777" w:rsidTr="00C52C60">
+            <w:tr w:rsidR="005F249F" w:rsidRPr="00A54046" w14:paraId="5B274D42" w14:textId="77777777" w:rsidTr="00380986">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4903" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="7DC7B5AC" w14:textId="77777777" w:rsidR="007123BD" w:rsidRPr="00A54046" w:rsidRDefault="007123BD" w:rsidP="00C421EC">
+                <w:p w14:paraId="7799CC50" w14:textId="77777777" w:rsidR="005F249F" w:rsidRPr="00A54046" w:rsidRDefault="005F249F" w:rsidP="00380986">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Ulica:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2268" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="719194DF" w14:textId="77777777" w:rsidR="007123BD" w:rsidRPr="00A54046" w:rsidRDefault="007123BD" w:rsidP="00C421EC">
+                <w:p w14:paraId="62401511" w14:textId="77777777" w:rsidR="005F249F" w:rsidRPr="00A54046" w:rsidRDefault="005F249F" w:rsidP="00380986">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Nr domu:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2339" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="790925EB" w14:textId="77777777" w:rsidR="007123BD" w:rsidRPr="00A54046" w:rsidRDefault="007123BD" w:rsidP="00C421EC">
+                <w:p w14:paraId="4F751EB1" w14:textId="77777777" w:rsidR="005F249F" w:rsidRPr="00A54046" w:rsidRDefault="005F249F" w:rsidP="00380986">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Nr lokalu:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="007123BD" w:rsidRPr="00A54046" w14:paraId="08E043D0" w14:textId="77777777" w:rsidTr="00C52C60">
+            <w:tr w:rsidR="005F249F" w:rsidRPr="00A54046" w14:paraId="05BB7D92" w14:textId="77777777" w:rsidTr="00380986">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4903" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="08D6CF91" w14:textId="77777777" w:rsidR="007123BD" w:rsidRPr="00A54046" w:rsidRDefault="007123BD" w:rsidP="00C421EC">
+                <w:p w14:paraId="0DCBB878" w14:textId="77777777" w:rsidR="005F249F" w:rsidRPr="00A54046" w:rsidRDefault="005F249F" w:rsidP="00380986">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Miejscowość:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4607" w:type="dxa"/>
                   <w:gridSpan w:val="2"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="33E5905E" w14:textId="77777777" w:rsidR="007123BD" w:rsidRPr="00A54046" w:rsidRDefault="007123BD" w:rsidP="00C421EC">
+                <w:p w14:paraId="5B707EC0" w14:textId="77777777" w:rsidR="005F249F" w:rsidRPr="00A54046" w:rsidRDefault="005F249F" w:rsidP="00380986">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Kod pocztowy:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="007123BD" w:rsidRPr="00A54046" w14:paraId="76471DE1" w14:textId="77777777" w:rsidTr="00C52C60">
-[...185 lines deleted...]
-            </w:tr>
           </w:tbl>
-          <w:p w14:paraId="1D4FDF93" w14:textId="77777777" w:rsidR="007123BD" w:rsidRPr="00A54046" w:rsidRDefault="007123BD" w:rsidP="00C421EC">
+          <w:p w14:paraId="04CCFA26" w14:textId="77777777" w:rsidR="005F249F" w:rsidRPr="00A54046" w:rsidRDefault="005F249F" w:rsidP="00380986">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkEnd w:id="1"/>
     </w:tbl>
-    <w:p w14:paraId="7C25A25F" w14:textId="77777777" w:rsidR="00454FC6" w:rsidRPr="0043254D" w:rsidRDefault="00454FC6" w:rsidP="00C421EC">
+    <w:p w14:paraId="490D706F" w14:textId="77777777" w:rsidR="005F249F" w:rsidRDefault="005F249F" w:rsidP="005F249F">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
-        <w:rPr>
-[...678 lines deleted...]
-        </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9639" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="57" w:type="dxa"/>
           <w:left w:w="57" w:type="dxa"/>
           <w:bottom w:w="57" w:type="dxa"/>
           <w:right w:w="57" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="380"/>
         <w:gridCol w:w="9259"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C67B03" w:rsidRPr="006915DA" w14:paraId="5DE0ED7E" w14:textId="77777777" w:rsidTr="00C52C60">
+      <w:tr w:rsidR="005F249F" w:rsidRPr="00A54046" w14:paraId="730DD56A" w14:textId="77777777" w:rsidTr="00380986">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="380" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0C6818CB" w14:textId="77777777" w:rsidR="00C67B03" w:rsidRPr="006915DA" w:rsidRDefault="00C67B03" w:rsidP="00C421EC">
+          <w:p w14:paraId="239F360E" w14:textId="77777777" w:rsidR="005F249F" w:rsidRPr="00A54046" w:rsidRDefault="005F249F" w:rsidP="00380986">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="3" w:name="_Hlk134172882"/>
-            <w:r>
+            <w:r w:rsidRPr="00A54046">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>D</w:t>
+              <w:t>C</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9259" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="108BCA6A" w14:textId="77777777" w:rsidR="00C67B03" w:rsidRPr="006915DA" w:rsidRDefault="00C67B03" w:rsidP="00C421EC">
+          <w:p w14:paraId="2DE987DC" w14:textId="77777777" w:rsidR="005F249F" w:rsidRPr="00A54046" w:rsidRDefault="005F249F" w:rsidP="00380986">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006915DA">
+            <w:r w:rsidRPr="00A54046">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t xml:space="preserve">DANE </w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> DO KORESPONDENCJI</w:t>
+              <w:t>DANE IDENTYFIKACYJNE PEŁNOMOCNIKA</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C67B03" w:rsidRPr="006915DA" w14:paraId="450E650A" w14:textId="77777777" w:rsidTr="00C52C60">
+      <w:tr w:rsidR="005F249F" w:rsidRPr="00A54046" w14:paraId="353B4FB2" w14:textId="77777777" w:rsidTr="00380986">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="284"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9639" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1903E254" w14:textId="77777777" w:rsidR="00C67B03" w:rsidRPr="006915DA" w:rsidRDefault="00C67B03" w:rsidP="00C421EC">
+          <w:p w14:paraId="74C1432F" w14:textId="77777777" w:rsidR="005F249F" w:rsidRPr="00A54046" w:rsidRDefault="005F249F" w:rsidP="00380986">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006915DA">
+            <w:r w:rsidRPr="00A54046">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Wypełnia się, jeżeli adres do korespondencji </w:t>
+              <w:t xml:space="preserve">Wypełnia się, jeżeli </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>pełnomocnika</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="006915DA">
+              <w:t xml:space="preserve">inwestor / </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A54046">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> jest inny niż wskazany w pkt </w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t>wnioskodawca ustanowił pełnomocnika lub pełnomocnika do doręczeń</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F249F" w:rsidRPr="00A54046" w14:paraId="5AC86C9B" w14:textId="77777777" w:rsidTr="00380986">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9639" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3F6D2F9D" w14:textId="77777777" w:rsidR="005F249F" w:rsidRPr="00A54046" w:rsidRDefault="005F249F" w:rsidP="00380986">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>C</w:t>
+            </w:pPr>
+            <w:r w:rsidRPr="00A54046">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Imię i nazwisko</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C67B03" w:rsidRPr="006915DA" w14:paraId="6A08E240" w14:textId="77777777" w:rsidTr="0043254D">
+      <w:tr w:rsidR="005F249F" w:rsidRPr="00A54046" w14:paraId="2535946C" w14:textId="77777777" w:rsidTr="00380986">
         <w:trPr>
-          <w:trHeight w:val="1536"/>
+          <w:trHeight w:val="1559"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9639" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:tbl>
             <w:tblPr>
               <w:tblStyle w:val="Tabela-Siatka"/>
               <w:tblW w:w="0" w:type="auto"/>
               <w:tblLayout w:type="fixed"/>
               <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="4903"/>
               <w:gridCol w:w="2268"/>
               <w:gridCol w:w="2339"/>
             </w:tblGrid>
-            <w:tr w:rsidR="00C67B03" w:rsidRPr="006915DA" w14:paraId="6E1A0266" w14:textId="77777777" w:rsidTr="00C52C60">
+            <w:tr w:rsidR="005F249F" w:rsidRPr="00A54046" w14:paraId="78541B4E" w14:textId="77777777" w:rsidTr="00380986">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4903" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="54471722" w14:textId="77777777" w:rsidR="00C67B03" w:rsidRPr="006915DA" w:rsidRDefault="00C67B03" w:rsidP="00C421EC">
+                <w:p w14:paraId="55FB5697" w14:textId="77777777" w:rsidR="005F249F" w:rsidRPr="00A54046" w:rsidRDefault="005F249F" w:rsidP="00380986">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="006915DA">
+                  <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Kraj:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4607" w:type="dxa"/>
                   <w:gridSpan w:val="2"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="464F5FC6" w14:textId="77777777" w:rsidR="00C67B03" w:rsidRPr="006915DA" w:rsidRDefault="00C67B03" w:rsidP="00232D74">
+                <w:p w14:paraId="2635C85B" w14:textId="77777777" w:rsidR="005F249F" w:rsidRPr="00A54046" w:rsidRDefault="005F249F" w:rsidP="00380986">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="006915DA">
-[...4 lines deleted...]
-                    <w:t xml:space="preserve">Województwo: </w:t>
+                  <w:r w:rsidRPr="00A54046">
+                    <w:rPr>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>Województwo:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00C67B03" w:rsidRPr="006915DA" w14:paraId="31948E29" w14:textId="77777777" w:rsidTr="00C52C60">
+            <w:tr w:rsidR="005F249F" w:rsidRPr="00A54046" w14:paraId="781549E0" w14:textId="77777777" w:rsidTr="00380986">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4903" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="76DAEA3A" w14:textId="77777777" w:rsidR="00C67B03" w:rsidRPr="006915DA" w:rsidRDefault="00C67B03" w:rsidP="00C421EC">
+                <w:p w14:paraId="4DA86DC8" w14:textId="77777777" w:rsidR="005F249F" w:rsidRPr="00A54046" w:rsidRDefault="005F249F" w:rsidP="00380986">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="006915DA">
+                  <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Powiat:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4607" w:type="dxa"/>
                   <w:gridSpan w:val="2"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="4758B7EB" w14:textId="77777777" w:rsidR="00C67B03" w:rsidRPr="006915DA" w:rsidRDefault="00C67B03" w:rsidP="00C421EC">
+                <w:p w14:paraId="5188619B" w14:textId="77777777" w:rsidR="005F249F" w:rsidRPr="00A54046" w:rsidRDefault="005F249F" w:rsidP="00380986">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="006915DA">
+                  <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Gmina:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00C67B03" w:rsidRPr="006915DA" w14:paraId="3D1A6061" w14:textId="77777777" w:rsidTr="00C52C60">
+            <w:tr w:rsidR="005F249F" w:rsidRPr="00A54046" w14:paraId="7076A7D1" w14:textId="77777777" w:rsidTr="00380986">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4903" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="2B1E81EE" w14:textId="77777777" w:rsidR="00C67B03" w:rsidRPr="006915DA" w:rsidRDefault="00C67B03" w:rsidP="00C421EC">
+                <w:p w14:paraId="63C01D05" w14:textId="77777777" w:rsidR="005F249F" w:rsidRPr="00A54046" w:rsidRDefault="005F249F" w:rsidP="00380986">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="006915DA">
+                  <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Ulica:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2268" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="4C6B426E" w14:textId="77777777" w:rsidR="00C67B03" w:rsidRPr="006915DA" w:rsidRDefault="00C67B03" w:rsidP="00C421EC">
+                <w:p w14:paraId="5C263264" w14:textId="77777777" w:rsidR="005F249F" w:rsidRPr="00A54046" w:rsidRDefault="005F249F" w:rsidP="00380986">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="006915DA">
+                  <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
-                    <w:t>Nr domu</w:t>
-[...7 lines deleted...]
-                    <w:t>:</w:t>
+                    <w:t>Nr domu:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2339" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="49E04DED" w14:textId="77777777" w:rsidR="00C67B03" w:rsidRPr="006915DA" w:rsidRDefault="00C67B03" w:rsidP="00C421EC">
+                <w:p w14:paraId="4067FD8C" w14:textId="77777777" w:rsidR="005F249F" w:rsidRPr="00A54046" w:rsidRDefault="005F249F" w:rsidP="00380986">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="006915DA">
+                  <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Nr lokalu:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00C67B03" w:rsidRPr="006915DA" w14:paraId="22FBE7D7" w14:textId="77777777" w:rsidTr="00C52C60">
+            <w:tr w:rsidR="005F249F" w:rsidRPr="00A54046" w14:paraId="48360CA1" w14:textId="77777777" w:rsidTr="00380986">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4903" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="37F03691" w14:textId="77777777" w:rsidR="00C67B03" w:rsidRPr="006915DA" w:rsidRDefault="00C67B03" w:rsidP="00C421EC">
+                <w:p w14:paraId="1310F377" w14:textId="77777777" w:rsidR="005F249F" w:rsidRPr="00A54046" w:rsidRDefault="005F249F" w:rsidP="00380986">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="006915DA">
+                  <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Miejscowość:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4607" w:type="dxa"/>
                   <w:gridSpan w:val="2"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="156A1D8A" w14:textId="77777777" w:rsidR="00C67B03" w:rsidRPr="006915DA" w:rsidRDefault="00C67B03" w:rsidP="00C421EC">
+                <w:p w14:paraId="0C58DD7F" w14:textId="77777777" w:rsidR="005F249F" w:rsidRPr="00A54046" w:rsidRDefault="005F249F" w:rsidP="00380986">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="006915DA">
+                  <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Kod pocztowy:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00C67B03" w:rsidRPr="006915DA" w14:paraId="08EF1926" w14:textId="77777777" w:rsidTr="00C52C60">
+            <w:tr w:rsidR="005F249F" w:rsidRPr="00F84673" w14:paraId="7D22805C" w14:textId="77777777" w:rsidTr="00380986">
+              <w:trPr>
+                <w:trHeight w:val="499"/>
+              </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4903" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="34F9D921" w14:textId="77777777" w:rsidR="00C67B03" w:rsidRPr="006915DA" w:rsidRDefault="00C67B03" w:rsidP="00C421EC">
+                <w:p w14:paraId="5C8F5EDE" w14:textId="1B06B624" w:rsidR="005F249F" w:rsidRPr="00F84673" w:rsidRDefault="00B77E6A" w:rsidP="00380986">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="006915DA">
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Arial Unicode MS"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>Adres do doręczeń elektronicznych (E-doręczenia):</w:t>
+                  </w:r>
+                  <w:r w:rsidR="005F249F">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
-                    </w:rPr>
-[...6 lines deleted...]
-                      <w:szCs w:val="16"/>
                       <w:vertAlign w:val="superscript"/>
                     </w:rPr>
                     <w:t>2</w:t>
-                  </w:r>
-[...6 lines deleted...]
-                    <w:t>:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4607" w:type="dxa"/>
                   <w:gridSpan w:val="2"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="700B9F67" w14:textId="77777777" w:rsidR="00C67B03" w:rsidRPr="006915DA" w:rsidRDefault="00C67B03" w:rsidP="00C421EC">
+                <w:p w14:paraId="03375773" w14:textId="77777777" w:rsidR="005F249F" w:rsidRPr="00F84673" w:rsidRDefault="005F249F" w:rsidP="00380986">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="006915DA">
+                  <w:r w:rsidRPr="00F84673">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
-                    <w:t>Nr tel.</w:t>
-[...8 lines deleted...]
-                    <w:t>2</w:t>
+                    <w:t>Nr tel.:</w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
-                    </w:rPr>
-                    <w:t>:</w:t>
+                      <w:vertAlign w:val="superscript"/>
+                    </w:rPr>
+                    <w:t>3</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00C67B03" w:rsidRPr="006915DA" w14:paraId="5C21EBC2" w14:textId="77777777" w:rsidTr="00C52C60">
+          </w:tbl>
+          <w:p w14:paraId="2FA3425C" w14:textId="77777777" w:rsidR="005F249F" w:rsidRPr="00A54046" w:rsidRDefault="005F249F" w:rsidP="00380986">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="138BB446" w14:textId="77777777" w:rsidR="005F249F" w:rsidRDefault="005F249F" w:rsidP="005F249F">
+      <w:pPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9639" w:type="dxa"/>
+        <w:jc w:val="center"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="57" w:type="dxa"/>
+          <w:left w:w="57" w:type="dxa"/>
+          <w:bottom w:w="57" w:type="dxa"/>
+          <w:right w:w="57" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="380"/>
+        <w:gridCol w:w="9259"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="005F249F" w:rsidRPr="006915DA" w14:paraId="171C6202" w14:textId="77777777" w:rsidTr="00380986">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="380" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="double" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="718FAE61" w14:textId="77777777" w:rsidR="005F249F" w:rsidRPr="006915DA" w:rsidRDefault="005F249F" w:rsidP="00380986">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9259" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3021ADFC" w14:textId="77777777" w:rsidR="005F249F" w:rsidRPr="006915DA" w:rsidRDefault="005F249F" w:rsidP="00380986">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006915DA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">DANE </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>PEŁNOMOCNIKA</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006915DA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> DO KORESPONDENCJI</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F249F" w:rsidRPr="006915DA" w14:paraId="16A11559" w14:textId="77777777" w:rsidTr="00380986">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="284"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9639" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="36E8A8D0" w14:textId="77777777" w:rsidR="005F249F" w:rsidRPr="006915DA" w:rsidRDefault="005F249F" w:rsidP="00380986">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006915DA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Wypełnia się, jeżeli adres do korespondencji </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>pełnomocnika</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006915DA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> jest inny niż wskazany w pkt </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F249F" w:rsidRPr="006915DA" w14:paraId="652D6A5E" w14:textId="77777777" w:rsidTr="00380986">
+        <w:trPr>
+          <w:trHeight w:val="1021"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9639" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:tbl>
+            <w:tblPr>
+              <w:tblStyle w:val="Tabela-Siatka"/>
+              <w:tblW w:w="0" w:type="auto"/>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+            </w:tblPr>
+            <w:tblGrid>
+              <w:gridCol w:w="4903"/>
+              <w:gridCol w:w="2268"/>
+              <w:gridCol w:w="2339"/>
+            </w:tblGrid>
+            <w:tr w:rsidR="005F249F" w:rsidRPr="00A54046" w14:paraId="57492C1B" w14:textId="77777777" w:rsidTr="00380986">
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="9510" w:type="dxa"/>
-                  <w:gridSpan w:val="3"/>
+                  <w:tcW w:w="4903" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
-                  <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="57A47B7A" w14:textId="77777777" w:rsidR="00C67B03" w:rsidRPr="006915DA" w:rsidRDefault="00C67B03" w:rsidP="00C421EC">
+                <w:p w14:paraId="3CBCAC62" w14:textId="77777777" w:rsidR="005F249F" w:rsidRPr="00A54046" w:rsidRDefault="005F249F" w:rsidP="00380986">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="006915DA">
+                  <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
-                    <w:t>Adres skr</w:t>
+                    <w:t>Kraj:</w:t>
                   </w:r>
-                  <w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="4607" w:type="dxa"/>
+                  <w:gridSpan w:val="2"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                </w:tcPr>
+                <w:p w14:paraId="2D2DF628" w14:textId="77777777" w:rsidR="005F249F" w:rsidRPr="00A54046" w:rsidRDefault="005F249F" w:rsidP="00380986">
+                  <w:pPr>
+                    <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
-                    <w:t>zynki</w:t>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00A54046">
+                    <w:rPr>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>Województwo:</w:t>
                   </w:r>
-                  <w:r w:rsidRPr="006915DA">
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="005F249F" w:rsidRPr="00A54046" w14:paraId="3D8B97AD" w14:textId="77777777" w:rsidTr="00380986">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="4903" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                </w:tcPr>
+                <w:p w14:paraId="2D2DDDE7" w14:textId="77777777" w:rsidR="005F249F" w:rsidRPr="00A54046" w:rsidRDefault="005F249F" w:rsidP="00380986">
+                  <w:pPr>
+                    <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
-                    <w:t xml:space="preserve"> </w:t>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00A54046">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times New Roman"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>Powiat:</w:t>
                   </w:r>
-                  <w:proofErr w:type="spellStart"/>
-                  <w:r w:rsidRPr="006915DA">
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="4607" w:type="dxa"/>
+                  <w:gridSpan w:val="2"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                </w:tcPr>
+                <w:p w14:paraId="53A6B571" w14:textId="77777777" w:rsidR="005F249F" w:rsidRPr="00A54046" w:rsidRDefault="005F249F" w:rsidP="00380986">
+                  <w:pPr>
+                    <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
-                    <w:t>ePUAP</w:t>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00A54046">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times New Roman"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>Gmina:</w:t>
                   </w:r>
-                  <w:proofErr w:type="spellEnd"/>
-                  <w:r w:rsidRPr="006915DA">
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="005F249F" w:rsidRPr="00A54046" w14:paraId="55D569BC" w14:textId="77777777" w:rsidTr="00380986">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="4903" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                </w:tcPr>
+                <w:p w14:paraId="2F46A9B5" w14:textId="77777777" w:rsidR="005F249F" w:rsidRPr="00A54046" w:rsidRDefault="005F249F" w:rsidP="00380986">
+                  <w:pPr>
+                    <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
-                    <w:t xml:space="preserve"> lub adres do doręczeń elektronicznych</w:t>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00A54046">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times New Roman"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>Ulica:</w:t>
                   </w:r>
-                  <w:r w:rsidR="009213BD">
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2268" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                </w:tcPr>
+                <w:p w14:paraId="44E940C6" w14:textId="77777777" w:rsidR="005F249F" w:rsidRPr="00A54046" w:rsidRDefault="005F249F" w:rsidP="00380986">
+                  <w:pPr>
+                    <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
-                      <w:vertAlign w:val="superscript"/>
-[...1 lines deleted...]
-                    <w:t>3</w:t>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00A54046">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times New Roman"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>Nr domu:</w:t>
                   </w:r>
-                  <w:r w:rsidRPr="006915DA">
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2339" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                </w:tcPr>
+                <w:p w14:paraId="4366B25D" w14:textId="77777777" w:rsidR="005F249F" w:rsidRPr="00A54046" w:rsidRDefault="005F249F" w:rsidP="00380986">
+                  <w:pPr>
+                    <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
-                    <w:t>:</w:t>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00A54046">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times New Roman"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>Nr lokalu:</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="005F249F" w:rsidRPr="00A54046" w14:paraId="5F342309" w14:textId="77777777" w:rsidTr="00380986">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="4903" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                </w:tcPr>
+                <w:p w14:paraId="774623DD" w14:textId="77777777" w:rsidR="005F249F" w:rsidRPr="00A54046" w:rsidRDefault="005F249F" w:rsidP="00380986">
+                  <w:pPr>
+                    <w:spacing w:line="288" w:lineRule="auto"/>
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times New Roman"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00A54046">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times New Roman"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>Miejscowość:</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="4607" w:type="dxa"/>
+                  <w:gridSpan w:val="2"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                </w:tcPr>
+                <w:p w14:paraId="58DADBEE" w14:textId="77777777" w:rsidR="005F249F" w:rsidRPr="00A54046" w:rsidRDefault="005F249F" w:rsidP="00380986">
+                  <w:pPr>
+                    <w:spacing w:line="288" w:lineRule="auto"/>
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times New Roman"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00A54046">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times New Roman"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>Kod pocztowy:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
-          <w:p w14:paraId="1C5E55A8" w14:textId="77777777" w:rsidR="00C67B03" w:rsidRPr="006915DA" w:rsidRDefault="00C67B03" w:rsidP="00C421EC">
+          <w:p w14:paraId="6E30E77C" w14:textId="77777777" w:rsidR="005F249F" w:rsidRPr="006915DA" w:rsidRDefault="005F249F" w:rsidP="00380986">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkEnd w:id="3"/>
     </w:tbl>
-    <w:p w14:paraId="71DC9161" w14:textId="77777777" w:rsidR="00C67B03" w:rsidRDefault="00C67B03" w:rsidP="00C421EC">
+    <w:p w14:paraId="1A568EC3" w14:textId="77777777" w:rsidR="005F249F" w:rsidRDefault="005F249F" w:rsidP="005F249F">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6EEAE365" w14:textId="44229EC4" w:rsidR="005F249F" w:rsidRDefault="005F249F" w:rsidP="00C421EC">
+      <w:pPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7F318F74" w14:textId="027B8463" w:rsidR="005F249F" w:rsidRDefault="005F249F" w:rsidP="00C421EC">
+      <w:pPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="57926AB5" w14:textId="79191C69" w:rsidR="005F249F" w:rsidRDefault="005F249F" w:rsidP="00C421EC">
+      <w:pPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="35C2382A" w14:textId="77777777" w:rsidR="00454FC6" w:rsidRDefault="00454FC6" w:rsidP="00C421EC">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Na podstawie art. 141 ustawy z dnia 14 czerwca 1960 r. - Kodeks postępowania administracyjnego </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="76F17BE5" w14:textId="77777777" w:rsidR="006825E2" w:rsidRDefault="006825E2" w:rsidP="00C421EC">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
@@ -3043,51 +2447,51 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9639" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="292AFBD3" w14:textId="77777777" w:rsidR="00855090" w:rsidRDefault="00855090" w:rsidP="00C421EC">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="4" w:name="_Hlk134102276"/>
+            <w:bookmarkStart w:id="1" w:name="_Hlk134102276"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">WNOSZĘ </w:t>
             </w:r>
             <w:r w:rsidR="00A8472E">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ZAŻALENIE NA POSTANOWIENIE</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00855090" w14:paraId="15447EE9" w14:textId="77777777" w:rsidTr="00C421EC">
         <w:trPr>
           <w:trHeight w:val="284"/>
           <w:jc w:val="center"/>
@@ -3326,51 +2730,51 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7737" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="07689C19" w14:textId="77777777" w:rsidR="00855090" w:rsidRDefault="00855090" w:rsidP="00C421EC">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkEnd w:id="4"/>
+      <w:bookmarkEnd w:id="1"/>
     </w:tbl>
     <w:p w14:paraId="518143AE" w14:textId="77777777" w:rsidR="006825E2" w:rsidRDefault="006825E2" w:rsidP="00C421EC">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="57" w:type="dxa"/>
           <w:left w:w="57" w:type="dxa"/>
           <w:bottom w:w="57" w:type="dxa"/>
           <w:right w:w="57" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="362"/>
         <w:gridCol w:w="9277"/>
       </w:tblGrid>
       <w:tr w:rsidR="00855090" w14:paraId="720E68FA" w14:textId="77777777" w:rsidTr="00A11C8E">
@@ -4621,652 +4025,50 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="935" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="54B38297" w14:textId="77777777" w:rsidR="00855090" w:rsidRDefault="00855090" w:rsidP="00C421EC">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...600 lines deleted...]
-      <w:bookmarkEnd w:id="5"/>
     </w:tbl>
     <w:p w14:paraId="7DE3215E" w14:textId="6786043B" w:rsidR="006825E2" w:rsidRDefault="006825E2" w:rsidP="00C421EC">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="57" w:type="dxa"/>
           <w:left w:w="57" w:type="dxa"/>
           <w:bottom w:w="57" w:type="dxa"/>
           <w:right w:w="57" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
@@ -5288,65 +4090,65 @@
         <w:gridCol w:w="1088"/>
         <w:gridCol w:w="327"/>
         <w:gridCol w:w="873"/>
         <w:gridCol w:w="542"/>
         <w:gridCol w:w="718"/>
         <w:gridCol w:w="349"/>
         <w:gridCol w:w="349"/>
       </w:tblGrid>
       <w:tr w:rsidR="00DE0DCE" w:rsidRPr="005E44C2" w14:paraId="67079A4A" w14:textId="77777777" w:rsidTr="00A43840">
         <w:trPr>
           <w:trHeight w:val="510"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="370" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="543C789F" w14:textId="77777777" w:rsidR="00DE0DCE" w:rsidRPr="005E44C2" w:rsidRDefault="00DE0DCE" w:rsidP="00A43840">
+          <w:p w14:paraId="543C789F" w14:textId="442BDA9A" w:rsidR="00DE0DCE" w:rsidRPr="005E44C2" w:rsidRDefault="005F249F" w:rsidP="00A43840">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005E44C2">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>I</w:t>
+              <w:t>H</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3607" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2EEC4CCC" w14:textId="77777777" w:rsidR="00DE0DCE" w:rsidRPr="005E44C2" w:rsidRDefault="00DE0DCE" w:rsidP="00A43840">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005E44C2">
               <w:rPr>
@@ -5530,59 +4332,51 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E2792B">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Dla </w:t>
             </w:r>
             <w:r w:rsidRPr="00E2792B">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>pełnomocnictwa w formie elektronicznej złożonego za pośrednictwem systemu teleinformatycznego</w:t>
             </w:r>
             <w:r w:rsidRPr="00E2792B">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> organem podatkowym właściwym w sprawach opłaty skarbowej jest wójt (burmistrz, prezydent miasta) właściwy ze względu na miejsce zamieszkania albo siedzibę mocodawcy, </w:t>
-[...7 lines deleted...]
-              <w:t>a w przypadku udzielenia pełnomocnictwa lub prokury przez więcej niż jednego mocodawcę w jednym dokumencie - właściwy ze względu na miejsce zamieszkania albo siedzibę mocodawcy wskazanego w tym dokumencie jako pierwszy, który ma miejsce zamieszkania albo siedzibę na terytorium Rzeczypospolitej Polskiej (art.12 ust.</w:t>
+              <w:t xml:space="preserve"> organem podatkowym właściwym w sprawach opłaty skarbowej jest wójt (burmistrz, prezydent miasta) właściwy ze względu na miejsce zamieszkania albo siedzibę mocodawcy, a w przypadku udzielenia pełnomocnictwa lub prokury przez więcej niż jednego mocodawcę w jednym dokumencie - właściwy ze względu na miejsce zamieszkania albo siedzibę mocodawcy wskazanego w tym dokumencie jako pierwszy, który ma miejsce zamieszkania albo siedzibę na terytorium Rzeczypospolitej Polskiej (art.12 ust.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="00E2792B">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> pkt 3 ustawy o opłacie skarbowej).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DE0DCE" w:rsidRPr="005E44C2" w14:paraId="1C370ACD" w14:textId="77777777" w:rsidTr="00A43840">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
@@ -5590,51 +4384,50 @@
             <w:tcW w:w="2115" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="54F30EEA" w14:textId="77777777" w:rsidR="00DE0DCE" w:rsidRPr="005E44C2" w:rsidRDefault="00DE0DCE" w:rsidP="00A43840">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005E44C2">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>nie podlega</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1862" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0B901455" w14:textId="77777777" w:rsidR="00DE0DCE" w:rsidRPr="005E44C2" w:rsidRDefault="00DE0DCE" w:rsidP="00A43840">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
@@ -6250,65 +5043,56 @@
               <w:t>załącznik cz. IV</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="09F32399" w14:textId="77777777" w:rsidR="00DE0DCE" w:rsidRPr="005E44C2" w:rsidRDefault="00DE0DCE" w:rsidP="00A43840">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="005E44C2">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>ppkt</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> 3</w:t>
+              <w:t>ppkt 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4963" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4FA95AAE" w14:textId="77777777" w:rsidR="00DE0DCE" w:rsidRPr="005E44C2" w:rsidRDefault="00DE0DCE" w:rsidP="00A43840">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005E44C2">
@@ -7685,68 +6469,68 @@
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="362"/>
         <w:gridCol w:w="9277"/>
       </w:tblGrid>
       <w:tr w:rsidR="00276AE3" w:rsidRPr="003C411D" w14:paraId="1652529E" w14:textId="77777777" w:rsidTr="00C52C60">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="362" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2D26BC6D" w14:textId="77777777" w:rsidR="00276AE3" w:rsidRPr="003C411D" w:rsidRDefault="00337C91" w:rsidP="00C421EC">
+          <w:p w14:paraId="2D26BC6D" w14:textId="576A6357" w:rsidR="00276AE3" w:rsidRPr="003C411D" w:rsidRDefault="005F249F" w:rsidP="00C421EC">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="6" w:name="_Hlk134088397"/>
+            <w:bookmarkStart w:id="2" w:name="_Hlk134088397"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>J</w:t>
+              <w:t>I</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9277" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="42176389" w14:textId="77777777" w:rsidR="00276AE3" w:rsidRPr="003C411D" w:rsidRDefault="00276AE3" w:rsidP="00C421EC">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
@@ -7915,51 +6699,51 @@
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Data: ………………………………………………………</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>…….</w:t>
             </w:r>
             <w:r w:rsidRPr="00BA095D">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>……..</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkEnd w:id="6"/>
+      <w:bookmarkEnd w:id="2"/>
     </w:tbl>
     <w:p w14:paraId="27B8B354" w14:textId="77777777" w:rsidR="00855090" w:rsidRDefault="00855090" w:rsidP="00C421EC">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="73C463B8" w14:textId="77777777" w:rsidR="00855090" w:rsidRDefault="00C421EC" w:rsidP="00C421EC">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
         <w:t>*     niepotrzebne skreślić</w:t>
       </w:r>
@@ -8022,106 +6806,102 @@
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidRPr="00DE1F13">
         <w:rPr>
           <w:rStyle w:val="Uwydatnienie"/>
           <w:rFonts w:cs="Verdana"/>
           <w:i w:val="0"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>u wpisz organ drugiej instancji wskazany w pouczeniu postanowienia</w:t>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:id="2">
-    <w:p w14:paraId="7985210E" w14:textId="77777777" w:rsidR="0006067A" w:rsidRDefault="00E60A35" w:rsidP="00F90A7C">
+    <w:p w14:paraId="05AF96ED" w14:textId="77777777" w:rsidR="005F249F" w:rsidRDefault="005F249F" w:rsidP="005F249F">
       <w:pPr>
         <w:pStyle w:val="Tekstprzypisukocowego"/>
       </w:pPr>
-      <w:r w:rsidRPr="00DE1F13">
+      <w:r w:rsidRPr="008F2755">
         <w:rPr>
           <w:rStyle w:val="Odwoanieprzypisukocowego"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:endnoteRef/>
       </w:r>
-      <w:r w:rsidRPr="00DE1F13">
+      <w:r w:rsidRPr="008F2755">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Nieobowiązkowe</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:bookmarkStart w:id="0" w:name="_Hlk218762392"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Adres do doręczeń elektronicznych należy podać jeżeli wnioskodawca/pełnomocnik go posiada</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
   </w:endnote>
   <w:endnote w:id="3">
-    <w:p w14:paraId="035208BB" w14:textId="77777777" w:rsidR="0006067A" w:rsidRDefault="00E60A35" w:rsidP="00F90A7C">
+    <w:p w14:paraId="3C3DAB89" w14:textId="77777777" w:rsidR="005F249F" w:rsidRDefault="005F249F" w:rsidP="005F249F">
       <w:pPr>
         <w:pStyle w:val="Tekstprzypisukocowego"/>
       </w:pPr>
-      <w:r w:rsidRPr="00DE1F13">
+      <w:r w:rsidRPr="002F27FD">
         <w:rPr>
           <w:rStyle w:val="Odwoanieprzypisukocowego"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:endnoteRef/>
       </w:r>
-      <w:r w:rsidRPr="00DE1F13">
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F2755">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Adres skrzynki </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> lub do doręczeń elektronicznych wskazuje się w przypadku wyrażenia zgody na doręczanie korespondencji za pomocą środków komunikacji elektronicznej, z zastrzeżeniem przypadków, w których organ w świetle przepisów ustawy z dnia 18 listopada 2020 r. o doręczeniach elektronicznych ma obowiązek doręczenia korespondencji na adres do doręczeń elektronicznych.</w:t>
+        <w:t>Nieobowiązkowe</w:t>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="EE"/>
@@ -8142,63 +6922,63 @@
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Arial Unicode MS">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="6AF7338A" w14:textId="77777777" w:rsidR="00E60A35" w:rsidRDefault="00E60A35">
     <w:pPr>
       <w:pStyle w:val="Stopka"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="4020"/>
         <w:tab w:val="center" w:pos="4639"/>
       </w:tabs>
       <w:spacing w:before="120"/>
       <w:ind w:right="357"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
@@ -10822,54 +9602,53 @@
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="20">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="21">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="22">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="219"/>
   <w:embedSystemFonts/>
   <w:mirrorMargins/>
-  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="425"/>
   <w:doNotHyphenateCaps/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:doNotValidateAgainstSchema/>
   <w:doNotDemarcateInvalidXml/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:numFmt w:val="decimal"/>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -10881,80 +9660,84 @@
     <w:rsid w:val="000035FD"/>
     <w:rsid w:val="000077F4"/>
     <w:rsid w:val="00055EF0"/>
     <w:rsid w:val="0006067A"/>
     <w:rsid w:val="000F5C61"/>
     <w:rsid w:val="00127622"/>
     <w:rsid w:val="00145EC4"/>
     <w:rsid w:val="00150F82"/>
     <w:rsid w:val="00197ADA"/>
     <w:rsid w:val="002103DC"/>
     <w:rsid w:val="00230A6D"/>
     <w:rsid w:val="00232D74"/>
     <w:rsid w:val="00251BB3"/>
     <w:rsid w:val="00276AE3"/>
     <w:rsid w:val="002917EA"/>
     <w:rsid w:val="002C7F99"/>
     <w:rsid w:val="002E6132"/>
     <w:rsid w:val="00322853"/>
     <w:rsid w:val="00337C91"/>
     <w:rsid w:val="003875BB"/>
     <w:rsid w:val="003910AD"/>
     <w:rsid w:val="003C411D"/>
     <w:rsid w:val="00411A87"/>
     <w:rsid w:val="0043254D"/>
     <w:rsid w:val="00454FC6"/>
+    <w:rsid w:val="004635A1"/>
     <w:rsid w:val="00466089"/>
     <w:rsid w:val="004A6B3D"/>
     <w:rsid w:val="005D041B"/>
     <w:rsid w:val="005E300A"/>
+    <w:rsid w:val="005F249F"/>
     <w:rsid w:val="005F29AB"/>
     <w:rsid w:val="006825E2"/>
     <w:rsid w:val="006915DA"/>
     <w:rsid w:val="007123BD"/>
     <w:rsid w:val="007A393E"/>
     <w:rsid w:val="007F0543"/>
     <w:rsid w:val="0080329E"/>
     <w:rsid w:val="00847A09"/>
     <w:rsid w:val="00855090"/>
     <w:rsid w:val="008B69F3"/>
     <w:rsid w:val="008F2755"/>
     <w:rsid w:val="00917135"/>
     <w:rsid w:val="009213BD"/>
     <w:rsid w:val="009B5E50"/>
     <w:rsid w:val="00A11C8E"/>
     <w:rsid w:val="00A54046"/>
     <w:rsid w:val="00A66B22"/>
     <w:rsid w:val="00A83218"/>
     <w:rsid w:val="00A8472E"/>
     <w:rsid w:val="00AB1FB7"/>
     <w:rsid w:val="00B04B68"/>
     <w:rsid w:val="00B732D3"/>
+    <w:rsid w:val="00B77E6A"/>
     <w:rsid w:val="00BA095D"/>
     <w:rsid w:val="00C262CC"/>
     <w:rsid w:val="00C421EC"/>
     <w:rsid w:val="00C52C60"/>
+    <w:rsid w:val="00C66CC6"/>
     <w:rsid w:val="00C67B03"/>
     <w:rsid w:val="00D62021"/>
     <w:rsid w:val="00DE0DCE"/>
     <w:rsid w:val="00DE1F13"/>
     <w:rsid w:val="00E339A0"/>
     <w:rsid w:val="00E475C7"/>
     <w:rsid w:val="00E60A35"/>
     <w:rsid w:val="00E64235"/>
     <w:rsid w:val="00ED1A23"/>
     <w:rsid w:val="00EE2678"/>
     <w:rsid w:val="00F2157F"/>
     <w:rsid w:val="00F62F87"/>
     <w:rsid w:val="00F740F5"/>
     <w:rsid w:val="00F90A7C"/>
     <w:rsid w:val="00FC700A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -12370,55 +11153,55 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{490DF29C-1543-499A-ABD0-88921CA5C1BA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>567</Words>
-  <Characters>3687</Characters>
+  <Words>498</Words>
+  <Characters>3284</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>283</Lines>
-  <Paragraphs>177</Paragraphs>
+  <Lines>27</Lines>
+  <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>UMW</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4077</CharactersWithSpaces>
+  <CharactersWithSpaces>3775</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Zażalenie na postanowienie</dc:title>
   <dc:subject/>
   <dc:creator>XYZ</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>