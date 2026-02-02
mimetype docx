--- v0 (2025-10-21)
+++ v1 (2026-02-02)
@@ -420,544 +420,447 @@
           <w:p w14:paraId="39025C6F" w14:textId="77777777" w:rsidR="00855090" w:rsidRDefault="00855090" w:rsidP="00EF0858">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00855090" w14:paraId="73CD1908" w14:textId="77777777" w:rsidTr="00E04D79">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9743" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7905EFCA" w14:textId="77777777" w:rsidR="00855090" w:rsidRDefault="00855090" w:rsidP="00EF0858">
+          <w:p w14:paraId="7905EFCA" w14:textId="2EC137A4" w:rsidR="00855090" w:rsidRDefault="00855090" w:rsidP="00EF0858">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve">Adres siedziby </w:t>
+              <w:t xml:space="preserve">Adres </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00855090" w14:paraId="2BE7528C" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="397"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9743" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:tbl>
             <w:tblPr>
               <w:tblStyle w:val="Tabela-Siatka"/>
               <w:tblW w:w="0" w:type="auto"/>
               <w:tblLayout w:type="fixed"/>
               <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="4903"/>
               <w:gridCol w:w="2268"/>
               <w:gridCol w:w="2339"/>
             </w:tblGrid>
-            <w:tr w:rsidR="00F90A7C" w:rsidRPr="00A54046" w14:paraId="22191183" w14:textId="77777777" w:rsidTr="00E04D79">
+            <w:tr w:rsidR="00B852E6" w:rsidRPr="00A54046" w14:paraId="5072F7F4" w14:textId="77777777" w:rsidTr="0096056B">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4903" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="1E464377" w14:textId="77777777" w:rsidR="00F90A7C" w:rsidRPr="00A54046" w:rsidRDefault="00F90A7C" w:rsidP="00EF0858">
+                <w:p w14:paraId="40E62E38" w14:textId="77777777" w:rsidR="00B852E6" w:rsidRPr="00A54046" w:rsidRDefault="00B852E6" w:rsidP="00B852E6">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Kraj:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4607" w:type="dxa"/>
                   <w:gridSpan w:val="2"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="0896F3F1" w14:textId="77777777" w:rsidR="00F90A7C" w:rsidRPr="00A54046" w:rsidRDefault="00F90A7C" w:rsidP="00EF0858">
+                <w:p w14:paraId="5987F947" w14:textId="77777777" w:rsidR="00B852E6" w:rsidRPr="00A54046" w:rsidRDefault="00B852E6" w:rsidP="00B852E6">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
-                    <w:t xml:space="preserve">Województwo: </w:t>
+                    <w:t>Województwo:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00F90A7C" w:rsidRPr="00A54046" w14:paraId="1E45EA19" w14:textId="77777777" w:rsidTr="00E04D79">
+            <w:tr w:rsidR="00B852E6" w:rsidRPr="00A54046" w14:paraId="33AAC729" w14:textId="77777777" w:rsidTr="0096056B">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4903" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="36C18178" w14:textId="77777777" w:rsidR="00F90A7C" w:rsidRPr="00A54046" w:rsidRDefault="00F90A7C" w:rsidP="00EF0858">
+                <w:p w14:paraId="659F1957" w14:textId="77777777" w:rsidR="00B852E6" w:rsidRPr="00A54046" w:rsidRDefault="00B852E6" w:rsidP="00B852E6">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Powiat:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4607" w:type="dxa"/>
                   <w:gridSpan w:val="2"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="389098E2" w14:textId="77777777" w:rsidR="00F90A7C" w:rsidRPr="00A54046" w:rsidRDefault="00F90A7C" w:rsidP="00EF0858">
+                <w:p w14:paraId="239C064F" w14:textId="77777777" w:rsidR="00B852E6" w:rsidRPr="00A54046" w:rsidRDefault="00B852E6" w:rsidP="00B852E6">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Gmina:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00F90A7C" w:rsidRPr="00A54046" w14:paraId="04986A8B" w14:textId="77777777" w:rsidTr="00E04D79">
+            <w:tr w:rsidR="00B852E6" w:rsidRPr="00A54046" w14:paraId="0097083D" w14:textId="77777777" w:rsidTr="0096056B">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4903" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="7B328C4F" w14:textId="77777777" w:rsidR="00F90A7C" w:rsidRPr="00A54046" w:rsidRDefault="00F90A7C" w:rsidP="00EF0858">
+                <w:p w14:paraId="39A74E28" w14:textId="77777777" w:rsidR="00B852E6" w:rsidRPr="00A54046" w:rsidRDefault="00B852E6" w:rsidP="00B852E6">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Ulica:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2268" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="5D3D9AA0" w14:textId="77777777" w:rsidR="00F90A7C" w:rsidRPr="00A54046" w:rsidRDefault="00F90A7C" w:rsidP="00EF0858">
+                <w:p w14:paraId="626E1B56" w14:textId="77777777" w:rsidR="00B852E6" w:rsidRPr="00A54046" w:rsidRDefault="00B852E6" w:rsidP="00B852E6">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Nr domu:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2339" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="1F61C392" w14:textId="77777777" w:rsidR="00F90A7C" w:rsidRPr="00A54046" w:rsidRDefault="00F90A7C" w:rsidP="00EF0858">
+                <w:p w14:paraId="351BA509" w14:textId="77777777" w:rsidR="00B852E6" w:rsidRPr="00A54046" w:rsidRDefault="00B852E6" w:rsidP="00B852E6">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Nr lokalu:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00F90A7C" w:rsidRPr="00A54046" w14:paraId="2412628B" w14:textId="77777777" w:rsidTr="00E04D79">
+            <w:tr w:rsidR="00B852E6" w:rsidRPr="00A54046" w14:paraId="3586502F" w14:textId="77777777" w:rsidTr="0096056B">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4903" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="663C1A4E" w14:textId="77777777" w:rsidR="00F90A7C" w:rsidRPr="00A54046" w:rsidRDefault="00F90A7C" w:rsidP="00EF0858">
+                <w:p w14:paraId="3D23C7F4" w14:textId="77777777" w:rsidR="00B852E6" w:rsidRPr="00A54046" w:rsidRDefault="00B852E6" w:rsidP="00B852E6">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Miejscowość:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4607" w:type="dxa"/>
                   <w:gridSpan w:val="2"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="2ACA0AF0" w14:textId="77777777" w:rsidR="00F90A7C" w:rsidRPr="00A54046" w:rsidRDefault="00F90A7C" w:rsidP="00EF0858">
+                <w:p w14:paraId="20BAB389" w14:textId="77777777" w:rsidR="00B852E6" w:rsidRPr="00A54046" w:rsidRDefault="00B852E6" w:rsidP="00B852E6">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Kod pocztowy:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00F90A7C" w:rsidRPr="00A54046" w14:paraId="41970634" w14:textId="77777777" w:rsidTr="00E04D79">
+            <w:tr w:rsidR="00B852E6" w:rsidRPr="00F84673" w14:paraId="38ED049F" w14:textId="77777777" w:rsidTr="0096056B">
+              <w:trPr>
+                <w:trHeight w:val="499"/>
+              </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4903" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="705B41AA" w14:textId="77777777" w:rsidR="00F90A7C" w:rsidRPr="00A54046" w:rsidRDefault="00F90A7C" w:rsidP="00EF0858">
+                <w:p w14:paraId="7CBEE480" w14:textId="25E40F4F" w:rsidR="00B852E6" w:rsidRPr="00F84673" w:rsidRDefault="003F7B71" w:rsidP="00B852E6">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="00A54046">
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Arial Unicode MS"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>Adres do doręczeń elektronicznych (E-doręczenia):</w:t>
+                  </w:r>
+                  <w:r w:rsidR="00B852E6" w:rsidRPr="00F84673">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
-                    </w:rPr>
-[...6 lines deleted...]
-                      <w:szCs w:val="16"/>
                       <w:vertAlign w:val="superscript"/>
                     </w:rPr>
                     <w:endnoteReference w:id="2"/>
-                  </w:r>
-[...6 lines deleted...]
-                    <w:t>:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4607" w:type="dxa"/>
                   <w:gridSpan w:val="2"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="77F3086C" w14:textId="77777777" w:rsidR="00F90A7C" w:rsidRPr="00A54046" w:rsidRDefault="00F90A7C" w:rsidP="00EF0858">
+                <w:p w14:paraId="42510301" w14:textId="77777777" w:rsidR="00B852E6" w:rsidRPr="00F84673" w:rsidRDefault="00B852E6" w:rsidP="00B852E6">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="00A54046">
+                  <w:r w:rsidRPr="00F84673">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
-                    <w:t>Nr tel.</w:t>
+                    <w:t>Nr tel.:</w:t>
                   </w:r>
-                  <w:r w:rsidR="00324891">
-                    <w:rPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rStyle w:val="Odwoanieprzypisukocowego"/>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
-                      <w:vertAlign w:val="superscript"/>
-[...83 lines deleted...]
-                      <w:vertAlign w:val="superscript"/>
                     </w:rPr>
                     <w:endnoteReference w:id="3"/>
-                  </w:r>
-[...6 lines deleted...]
-                    <w:t>:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
           <w:p w14:paraId="31768C0B" w14:textId="77777777" w:rsidR="00855090" w:rsidRDefault="00855090" w:rsidP="00EF0858">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="64568273" w14:textId="77777777" w:rsidR="00855090" w:rsidRDefault="00855090" w:rsidP="00EF0858">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9639" w:type="dxa"/>
         <w:jc w:val="center"/>
@@ -979,51 +882,51 @@
           <w:trHeight w:hRule="exact" w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="380" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="65D75B74" w14:textId="77777777" w:rsidR="005E16AD" w:rsidRPr="00A54046" w:rsidRDefault="005E16AD" w:rsidP="00EF0858">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="1" w:name="_Hlk134097935"/>
+            <w:bookmarkStart w:id="2" w:name="_Hlk134097935"/>
             <w:r w:rsidRPr="00A54046">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>B</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9259" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="11DC5DA4" w14:textId="77777777" w:rsidR="005E16AD" w:rsidRPr="00A54046" w:rsidRDefault="005E16AD" w:rsidP="00EF0858">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
@@ -1134,565 +1037,386 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9639" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:tbl>
             <w:tblPr>
               <w:tblStyle w:val="Tabela-Siatka"/>
               <w:tblW w:w="0" w:type="auto"/>
               <w:tblLayout w:type="fixed"/>
               <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="4903"/>
               <w:gridCol w:w="2268"/>
               <w:gridCol w:w="2339"/>
             </w:tblGrid>
-            <w:tr w:rsidR="005E16AD" w:rsidRPr="00A54046" w14:paraId="16D83138" w14:textId="77777777" w:rsidTr="00E04D79">
+            <w:tr w:rsidR="00B852E6" w:rsidRPr="00A54046" w14:paraId="438EECC9" w14:textId="77777777" w:rsidTr="0096056B">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4903" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="2EA9FD7F" w14:textId="77777777" w:rsidR="005E16AD" w:rsidRPr="00A54046" w:rsidRDefault="005E16AD" w:rsidP="00EF0858">
+                <w:p w14:paraId="05C7EF6F" w14:textId="77777777" w:rsidR="00B852E6" w:rsidRPr="00A54046" w:rsidRDefault="00B852E6" w:rsidP="00B852E6">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Kraj:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4607" w:type="dxa"/>
                   <w:gridSpan w:val="2"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="4A6EC714" w14:textId="77777777" w:rsidR="005E16AD" w:rsidRPr="00A54046" w:rsidRDefault="005E16AD" w:rsidP="00EF0858">
+                <w:p w14:paraId="6239195D" w14:textId="77777777" w:rsidR="00B852E6" w:rsidRPr="00A54046" w:rsidRDefault="00B852E6" w:rsidP="00B852E6">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
-                    <w:t xml:space="preserve">Województwo: </w:t>
+                    <w:t>Województwo:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="005E16AD" w:rsidRPr="00A54046" w14:paraId="6C06DB9C" w14:textId="77777777" w:rsidTr="00E04D79">
+            <w:tr w:rsidR="00B852E6" w:rsidRPr="00A54046" w14:paraId="331BCB0D" w14:textId="77777777" w:rsidTr="0096056B">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4903" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="7EE4FAD8" w14:textId="77777777" w:rsidR="005E16AD" w:rsidRPr="00A54046" w:rsidRDefault="005E16AD" w:rsidP="00EF0858">
+                <w:p w14:paraId="5D1EB95A" w14:textId="77777777" w:rsidR="00B852E6" w:rsidRPr="00A54046" w:rsidRDefault="00B852E6" w:rsidP="00B852E6">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Powiat:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4607" w:type="dxa"/>
                   <w:gridSpan w:val="2"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="317837F1" w14:textId="77777777" w:rsidR="005E16AD" w:rsidRPr="00A54046" w:rsidRDefault="005E16AD" w:rsidP="00EF0858">
+                <w:p w14:paraId="7EB9A5D5" w14:textId="77777777" w:rsidR="00B852E6" w:rsidRPr="00A54046" w:rsidRDefault="00B852E6" w:rsidP="00B852E6">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Gmina:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="005E16AD" w:rsidRPr="00A54046" w14:paraId="799381F1" w14:textId="77777777" w:rsidTr="00E04D79">
+            <w:tr w:rsidR="00B852E6" w:rsidRPr="00A54046" w14:paraId="593ACB33" w14:textId="77777777" w:rsidTr="0096056B">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4903" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="5E23DF50" w14:textId="77777777" w:rsidR="005E16AD" w:rsidRPr="00A54046" w:rsidRDefault="005E16AD" w:rsidP="00EF0858">
+                <w:p w14:paraId="4C497023" w14:textId="77777777" w:rsidR="00B852E6" w:rsidRPr="00A54046" w:rsidRDefault="00B852E6" w:rsidP="00B852E6">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Ulica:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2268" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="213AF2C8" w14:textId="77777777" w:rsidR="005E16AD" w:rsidRPr="00A54046" w:rsidRDefault="005E16AD" w:rsidP="00EF0858">
+                <w:p w14:paraId="385FD452" w14:textId="77777777" w:rsidR="00B852E6" w:rsidRPr="00A54046" w:rsidRDefault="00B852E6" w:rsidP="00B852E6">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Nr domu:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2339" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="6D8099A7" w14:textId="77777777" w:rsidR="005E16AD" w:rsidRPr="00A54046" w:rsidRDefault="005E16AD" w:rsidP="00EF0858">
+                <w:p w14:paraId="4F610CF4" w14:textId="77777777" w:rsidR="00B852E6" w:rsidRPr="00A54046" w:rsidRDefault="00B852E6" w:rsidP="00B852E6">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Nr lokalu:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="005E16AD" w:rsidRPr="00A54046" w14:paraId="6DC7628F" w14:textId="77777777" w:rsidTr="00E04D79">
+            <w:tr w:rsidR="00B852E6" w:rsidRPr="00A54046" w14:paraId="2A8BF0C7" w14:textId="77777777" w:rsidTr="0096056B">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4903" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="2AECF882" w14:textId="77777777" w:rsidR="005E16AD" w:rsidRPr="00A54046" w:rsidRDefault="005E16AD" w:rsidP="00EF0858">
+                <w:p w14:paraId="3F924635" w14:textId="77777777" w:rsidR="00B852E6" w:rsidRPr="00A54046" w:rsidRDefault="00B852E6" w:rsidP="00B852E6">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Miejscowość:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4607" w:type="dxa"/>
                   <w:gridSpan w:val="2"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="600653BD" w14:textId="77777777" w:rsidR="005E16AD" w:rsidRPr="00A54046" w:rsidRDefault="005E16AD" w:rsidP="00EF0858">
+                <w:p w14:paraId="699C418F" w14:textId="77777777" w:rsidR="00B852E6" w:rsidRPr="00A54046" w:rsidRDefault="00B852E6" w:rsidP="00B852E6">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Kod pocztowy:</w:t>
-                  </w:r>
-[...177 lines deleted...]
-                    <w:t>:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
           <w:p w14:paraId="638DE629" w14:textId="77777777" w:rsidR="005E16AD" w:rsidRPr="00A54046" w:rsidRDefault="005E16AD" w:rsidP="00EF0858">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkEnd w:id="1"/>
+      <w:bookmarkEnd w:id="2"/>
     </w:tbl>
     <w:p w14:paraId="4A625550" w14:textId="77777777" w:rsidR="005E16AD" w:rsidRDefault="005E16AD" w:rsidP="00EF0858">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9639" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="57" w:type="dxa"/>
           <w:left w:w="57" w:type="dxa"/>
           <w:bottom w:w="57" w:type="dxa"/>
           <w:right w:w="57" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="380"/>
         <w:gridCol w:w="9259"/>
       </w:tblGrid>
       <w:tr w:rsidR="005E16AD" w:rsidRPr="00A54046" w14:paraId="56B82177" w14:textId="77777777" w:rsidTr="00C52C60">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="380" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="396FBC8C" w14:textId="77777777" w:rsidR="005E16AD" w:rsidRPr="00A54046" w:rsidRDefault="005E16AD" w:rsidP="00EF0858">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="2" w:name="_Hlk134098041"/>
+            <w:bookmarkStart w:id="3" w:name="_Hlk134098041"/>
             <w:r w:rsidRPr="00A54046">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>C</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9259" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0EA12293" w14:textId="77777777" w:rsidR="005E16AD" w:rsidRPr="00A54046" w:rsidRDefault="005E16AD" w:rsidP="00EF0858">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
@@ -1706,82 +1430,82 @@
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>DANE IDENTYFIKACYJNE PEŁNOMOCNIKA</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005E16AD" w:rsidRPr="00A54046" w14:paraId="2ADB8C2B" w14:textId="77777777" w:rsidTr="00C52C60">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="284"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9639" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="70E8B7AE" w14:textId="77777777" w:rsidR="005E16AD" w:rsidRPr="00A54046" w:rsidRDefault="005E16AD" w:rsidP="00EF0858">
+          <w:p w14:paraId="70E8B7AE" w14:textId="41A35118" w:rsidR="005E16AD" w:rsidRPr="00A54046" w:rsidRDefault="005E16AD" w:rsidP="00EF0858">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A54046">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Wypełnia się, jeżeli </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">inwestor / </w:t>
             </w:r>
             <w:r w:rsidRPr="00A54046">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>wnioskodawca ustanowił pełnomocnika lub pełnomocnika do doręczeń</w:t>
+              <w:t xml:space="preserve">wnioskodawca ustanowił pełnomocnika </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005E16AD" w:rsidRPr="00A54046" w14:paraId="7B34173F" w14:textId="77777777" w:rsidTr="00E04D79">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9639" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="439D0E22" w14:textId="77777777" w:rsidR="005E16AD" w:rsidRPr="00A54046" w:rsidRDefault="005E16AD" w:rsidP="00EF0858">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="18"/>
@@ -1806,565 +1530,468 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9639" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:tbl>
             <w:tblPr>
               <w:tblStyle w:val="Tabela-Siatka"/>
               <w:tblW w:w="0" w:type="auto"/>
               <w:tblLayout w:type="fixed"/>
               <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="4903"/>
               <w:gridCol w:w="2268"/>
               <w:gridCol w:w="2339"/>
             </w:tblGrid>
-            <w:tr w:rsidR="005E16AD" w:rsidRPr="00A54046" w14:paraId="07E88530" w14:textId="77777777" w:rsidTr="00C52C60">
+            <w:tr w:rsidR="00B852E6" w:rsidRPr="00A54046" w14:paraId="6716AC55" w14:textId="77777777" w:rsidTr="0096056B">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4903" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="186CD77B" w14:textId="77777777" w:rsidR="005E16AD" w:rsidRPr="00A54046" w:rsidRDefault="005E16AD" w:rsidP="00EF0858">
+                <w:p w14:paraId="2EBD4DD0" w14:textId="77777777" w:rsidR="00B852E6" w:rsidRPr="00A54046" w:rsidRDefault="00B852E6" w:rsidP="00B852E6">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Kraj:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4607" w:type="dxa"/>
                   <w:gridSpan w:val="2"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="22934C72" w14:textId="77777777" w:rsidR="005E16AD" w:rsidRPr="00A54046" w:rsidRDefault="005E16AD" w:rsidP="00EF0858">
+                <w:p w14:paraId="2F5EE8D3" w14:textId="77777777" w:rsidR="00B852E6" w:rsidRPr="00A54046" w:rsidRDefault="00B852E6" w:rsidP="00B852E6">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
-                    <w:t xml:space="preserve">Województwo: </w:t>
+                    <w:t>Województwo:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="005E16AD" w:rsidRPr="00A54046" w14:paraId="71F05B71" w14:textId="77777777" w:rsidTr="00C52C60">
+            <w:tr w:rsidR="00B852E6" w:rsidRPr="00A54046" w14:paraId="38AB2785" w14:textId="77777777" w:rsidTr="0096056B">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4903" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="7E4A38C2" w14:textId="77777777" w:rsidR="005E16AD" w:rsidRPr="00A54046" w:rsidRDefault="005E16AD" w:rsidP="00EF0858">
+                <w:p w14:paraId="6BDE363B" w14:textId="77777777" w:rsidR="00B852E6" w:rsidRPr="00A54046" w:rsidRDefault="00B852E6" w:rsidP="00B852E6">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Powiat:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4607" w:type="dxa"/>
                   <w:gridSpan w:val="2"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="00705EC5" w14:textId="77777777" w:rsidR="005E16AD" w:rsidRPr="00A54046" w:rsidRDefault="005E16AD" w:rsidP="00EF0858">
+                <w:p w14:paraId="46D37137" w14:textId="77777777" w:rsidR="00B852E6" w:rsidRPr="00A54046" w:rsidRDefault="00B852E6" w:rsidP="00B852E6">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Gmina:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="005E16AD" w:rsidRPr="00A54046" w14:paraId="62E2A520" w14:textId="77777777" w:rsidTr="00C52C60">
+            <w:tr w:rsidR="00B852E6" w:rsidRPr="00A54046" w14:paraId="61BC256D" w14:textId="77777777" w:rsidTr="0096056B">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4903" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="2CF100E1" w14:textId="77777777" w:rsidR="005E16AD" w:rsidRPr="00A54046" w:rsidRDefault="005E16AD" w:rsidP="00EF0858">
+                <w:p w14:paraId="1917D94F" w14:textId="77777777" w:rsidR="00B852E6" w:rsidRPr="00A54046" w:rsidRDefault="00B852E6" w:rsidP="00B852E6">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Ulica:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2268" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="34BB7C4C" w14:textId="77777777" w:rsidR="005E16AD" w:rsidRPr="00A54046" w:rsidRDefault="005E16AD" w:rsidP="00EF0858">
+                <w:p w14:paraId="42F863D2" w14:textId="77777777" w:rsidR="00B852E6" w:rsidRPr="00A54046" w:rsidRDefault="00B852E6" w:rsidP="00B852E6">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Nr domu:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2339" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="179C512B" w14:textId="77777777" w:rsidR="005E16AD" w:rsidRPr="00A54046" w:rsidRDefault="005E16AD" w:rsidP="00EF0858">
+                <w:p w14:paraId="4E1A4B00" w14:textId="77777777" w:rsidR="00B852E6" w:rsidRPr="00A54046" w:rsidRDefault="00B852E6" w:rsidP="00B852E6">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Nr lokalu:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="005E16AD" w:rsidRPr="00A54046" w14:paraId="23103198" w14:textId="77777777" w:rsidTr="00C52C60">
+            <w:tr w:rsidR="00B852E6" w:rsidRPr="00A54046" w14:paraId="698B51DD" w14:textId="77777777" w:rsidTr="0096056B">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4903" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="2BE5B9E8" w14:textId="77777777" w:rsidR="005E16AD" w:rsidRPr="00A54046" w:rsidRDefault="005E16AD" w:rsidP="00EF0858">
+                <w:p w14:paraId="09F4AC0E" w14:textId="77777777" w:rsidR="00B852E6" w:rsidRPr="00A54046" w:rsidRDefault="00B852E6" w:rsidP="00B852E6">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Miejscowość:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4607" w:type="dxa"/>
                   <w:gridSpan w:val="2"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="2719C7BC" w14:textId="77777777" w:rsidR="005E16AD" w:rsidRPr="00A54046" w:rsidRDefault="005E16AD" w:rsidP="00EF0858">
+                <w:p w14:paraId="0A794651" w14:textId="77777777" w:rsidR="00B852E6" w:rsidRPr="00A54046" w:rsidRDefault="00B852E6" w:rsidP="00B852E6">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Kod pocztowy:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="005E16AD" w:rsidRPr="00A54046" w14:paraId="5C3B43EB" w14:textId="77777777" w:rsidTr="00C52C60">
+            <w:tr w:rsidR="00B852E6" w:rsidRPr="00F84673" w14:paraId="0CB13F32" w14:textId="77777777" w:rsidTr="0096056B">
+              <w:trPr>
+                <w:trHeight w:val="499"/>
+              </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4903" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="3F4B53D5" w14:textId="77777777" w:rsidR="005E16AD" w:rsidRPr="00A54046" w:rsidRDefault="005E16AD" w:rsidP="00EF0858">
+                <w:p w14:paraId="20D06D38" w14:textId="15165828" w:rsidR="00B852E6" w:rsidRPr="00F84673" w:rsidRDefault="003F7B71" w:rsidP="00B852E6">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="00A54046">
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Arial Unicode MS"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>Adres do doręczeń elektronicznych (E-doręczenia):</w:t>
+                  </w:r>
+                  <w:r w:rsidR="00B852E6">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
-                    </w:rPr>
-[...6 lines deleted...]
-                      <w:szCs w:val="16"/>
                       <w:vertAlign w:val="superscript"/>
                     </w:rPr>
                     <w:t>2</w:t>
-                  </w:r>
-[...6 lines deleted...]
-                    <w:t>:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4607" w:type="dxa"/>
                   <w:gridSpan w:val="2"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="47DBF463" w14:textId="77777777" w:rsidR="005E16AD" w:rsidRPr="00A54046" w:rsidRDefault="005E16AD" w:rsidP="00EF0858">
+                <w:p w14:paraId="76FAC054" w14:textId="718C4EC1" w:rsidR="00B852E6" w:rsidRPr="00F84673" w:rsidRDefault="00B852E6" w:rsidP="00B852E6">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="00A54046">
+                  <w:r w:rsidRPr="00F84673">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
-                    <w:t>Nr tel.</w:t>
-[...49 lines deleted...]
-                    <w:t>Adres skr</w:t>
+                    <w:t>Nr tel.:</w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
-                    </w:rPr>
-[...32 lines deleted...]
-                      <w:szCs w:val="16"/>
                       <w:vertAlign w:val="superscript"/>
                     </w:rPr>
                     <w:t>3</w:t>
-                  </w:r>
-[...6 lines deleted...]
-                    <w:t>:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
           <w:p w14:paraId="7C6663A2" w14:textId="77777777" w:rsidR="005E16AD" w:rsidRPr="00A54046" w:rsidRDefault="005E16AD" w:rsidP="00EF0858">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkEnd w:id="2"/>
+      <w:bookmarkEnd w:id="3"/>
     </w:tbl>
     <w:p w14:paraId="21286AA1" w14:textId="77777777" w:rsidR="005E16AD" w:rsidRDefault="005E16AD" w:rsidP="00EF0858">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9639" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="57" w:type="dxa"/>
           <w:left w:w="57" w:type="dxa"/>
           <w:bottom w:w="57" w:type="dxa"/>
           <w:right w:w="57" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="380"/>
         <w:gridCol w:w="9259"/>
       </w:tblGrid>
       <w:tr w:rsidR="005E16AD" w:rsidRPr="006915DA" w14:paraId="5752B5EE" w14:textId="77777777" w:rsidTr="00C52C60">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="380" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="268F5691" w14:textId="77777777" w:rsidR="005E16AD" w:rsidRPr="006915DA" w:rsidRDefault="005E16AD" w:rsidP="00EF0858">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="3" w:name="_Hlk134172882"/>
+            <w:bookmarkStart w:id="4" w:name="_Hlk134172882"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9259" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="63F8B55E" w14:textId="77777777" w:rsidR="005E16AD" w:rsidRPr="006915DA" w:rsidRDefault="005E16AD" w:rsidP="00EF0858">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
@@ -2438,551 +2065,364 @@
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>pełnomocnika</w:t>
             </w:r>
             <w:r w:rsidRPr="006915DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> jest inny niż wskazany w pkt </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>C</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005E16AD" w:rsidRPr="006915DA" w14:paraId="1716B1BE" w14:textId="77777777" w:rsidTr="000D5B1A">
+      <w:tr w:rsidR="005E16AD" w:rsidRPr="006915DA" w14:paraId="1716B1BE" w14:textId="77777777" w:rsidTr="00EA7FEF">
         <w:trPr>
-          <w:trHeight w:val="1527"/>
+          <w:trHeight w:val="1021"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9639" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:tbl>
             <w:tblPr>
               <w:tblStyle w:val="Tabela-Siatka"/>
               <w:tblW w:w="0" w:type="auto"/>
               <w:tblLayout w:type="fixed"/>
               <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="4903"/>
               <w:gridCol w:w="2268"/>
               <w:gridCol w:w="2339"/>
             </w:tblGrid>
-            <w:tr w:rsidR="005E16AD" w:rsidRPr="006915DA" w14:paraId="2236DB0E" w14:textId="77777777" w:rsidTr="00C52C60">
+            <w:tr w:rsidR="00EA7FEF" w:rsidRPr="00A54046" w14:paraId="091AEB63" w14:textId="77777777" w:rsidTr="0096056B">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4903" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="3B4405ED" w14:textId="77777777" w:rsidR="005E16AD" w:rsidRPr="006915DA" w:rsidRDefault="005E16AD" w:rsidP="00EF0858">
+                <w:p w14:paraId="20958D17" w14:textId="77777777" w:rsidR="00EA7FEF" w:rsidRPr="00A54046" w:rsidRDefault="00EA7FEF" w:rsidP="00EA7FEF">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="006915DA">
+                  <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Kraj:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4607" w:type="dxa"/>
                   <w:gridSpan w:val="2"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="3BA41E9A" w14:textId="77777777" w:rsidR="005E16AD" w:rsidRPr="006915DA" w:rsidRDefault="005E16AD" w:rsidP="00EF0858">
+                <w:p w14:paraId="24526C8C" w14:textId="77777777" w:rsidR="00EA7FEF" w:rsidRPr="00A54046" w:rsidRDefault="00EA7FEF" w:rsidP="00EA7FEF">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="006915DA">
-[...4 lines deleted...]
-                    <w:t xml:space="preserve">Województwo: </w:t>
+                  <w:r w:rsidRPr="00A54046">
+                    <w:rPr>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>Województwo:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="005E16AD" w:rsidRPr="006915DA" w14:paraId="1149CA33" w14:textId="77777777" w:rsidTr="00C52C60">
+            <w:tr w:rsidR="00EA7FEF" w:rsidRPr="00A54046" w14:paraId="65D5621E" w14:textId="77777777" w:rsidTr="0096056B">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4903" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="2D7E6B26" w14:textId="77777777" w:rsidR="005E16AD" w:rsidRPr="006915DA" w:rsidRDefault="005E16AD" w:rsidP="00EF0858">
+                <w:p w14:paraId="68C4F51A" w14:textId="77777777" w:rsidR="00EA7FEF" w:rsidRPr="00A54046" w:rsidRDefault="00EA7FEF" w:rsidP="00EA7FEF">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="006915DA">
+                  <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Powiat:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4607" w:type="dxa"/>
                   <w:gridSpan w:val="2"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="65E15A15" w14:textId="77777777" w:rsidR="005E16AD" w:rsidRPr="006915DA" w:rsidRDefault="005E16AD" w:rsidP="00EF0858">
+                <w:p w14:paraId="66FBD2DD" w14:textId="77777777" w:rsidR="00EA7FEF" w:rsidRPr="00A54046" w:rsidRDefault="00EA7FEF" w:rsidP="00EA7FEF">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="006915DA">
+                  <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Gmina:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="005E16AD" w:rsidRPr="006915DA" w14:paraId="1A3B1970" w14:textId="77777777" w:rsidTr="00C52C60">
+            <w:tr w:rsidR="00EA7FEF" w:rsidRPr="00A54046" w14:paraId="73516562" w14:textId="77777777" w:rsidTr="0096056B">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4903" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="56DEAF96" w14:textId="77777777" w:rsidR="005E16AD" w:rsidRPr="006915DA" w:rsidRDefault="005E16AD" w:rsidP="00EF0858">
+                <w:p w14:paraId="46220013" w14:textId="77777777" w:rsidR="00EA7FEF" w:rsidRPr="00A54046" w:rsidRDefault="00EA7FEF" w:rsidP="00EA7FEF">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="006915DA">
+                  <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Ulica:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2268" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="3802FC03" w14:textId="77777777" w:rsidR="005E16AD" w:rsidRPr="006915DA" w:rsidRDefault="005E16AD" w:rsidP="00EF0858">
+                <w:p w14:paraId="2169B750" w14:textId="77777777" w:rsidR="00EA7FEF" w:rsidRPr="00A54046" w:rsidRDefault="00EA7FEF" w:rsidP="00EA7FEF">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="006915DA">
+                  <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
-                    <w:t>Nr domu</w:t>
-[...7 lines deleted...]
-                    <w:t>:</w:t>
+                    <w:t>Nr domu:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2339" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="658AD5DB" w14:textId="77777777" w:rsidR="005E16AD" w:rsidRPr="006915DA" w:rsidRDefault="005E16AD" w:rsidP="00EF0858">
+                <w:p w14:paraId="6FAA4CCE" w14:textId="77777777" w:rsidR="00EA7FEF" w:rsidRPr="00A54046" w:rsidRDefault="00EA7FEF" w:rsidP="00EA7FEF">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="006915DA">
+                  <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Nr lokalu:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="005E16AD" w:rsidRPr="006915DA" w14:paraId="38F4ACE0" w14:textId="77777777" w:rsidTr="00C52C60">
+            <w:tr w:rsidR="00EA7FEF" w:rsidRPr="00A54046" w14:paraId="438B9BD9" w14:textId="77777777" w:rsidTr="0096056B">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4903" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="684BA039" w14:textId="77777777" w:rsidR="005E16AD" w:rsidRPr="006915DA" w:rsidRDefault="005E16AD" w:rsidP="00EF0858">
+                <w:p w14:paraId="14AB45D5" w14:textId="77777777" w:rsidR="00EA7FEF" w:rsidRPr="00A54046" w:rsidRDefault="00EA7FEF" w:rsidP="00EA7FEF">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="006915DA">
+                  <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Miejscowość:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4607" w:type="dxa"/>
                   <w:gridSpan w:val="2"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="384E8FF0" w14:textId="77777777" w:rsidR="005E16AD" w:rsidRPr="006915DA" w:rsidRDefault="005E16AD" w:rsidP="00EF0858">
+                <w:p w14:paraId="09A2BF25" w14:textId="77777777" w:rsidR="00EA7FEF" w:rsidRPr="00A54046" w:rsidRDefault="00EA7FEF" w:rsidP="00EA7FEF">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="006915DA">
+                  <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Kod pocztowy:</w:t>
-                  </w:r>
-[...177 lines deleted...]
-                    <w:t>:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
           <w:p w14:paraId="7696ED33" w14:textId="77777777" w:rsidR="005E16AD" w:rsidRPr="006915DA" w:rsidRDefault="005E16AD" w:rsidP="00EF0858">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkEnd w:id="3"/>
+      <w:bookmarkEnd w:id="4"/>
     </w:tbl>
     <w:p w14:paraId="5CAD955F" w14:textId="77777777" w:rsidR="00454FC6" w:rsidRDefault="00454FC6" w:rsidP="00EF0858">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0A484511" w14:textId="77777777" w:rsidR="00454FC6" w:rsidRDefault="00454FC6" w:rsidP="00EF0858">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">Na podstawie art. </w:t>
       </w:r>
       <w:r w:rsidR="007D5A48">
         <w:rPr>
           <w:sz w:val="16"/>
@@ -3029,58 +2469,59 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9639" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1BE12688" w14:textId="77777777" w:rsidR="00855090" w:rsidRDefault="00855090" w:rsidP="00EF0858">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="4" w:name="_Hlk134102276"/>
+            <w:bookmarkStart w:id="5" w:name="_Hlk134102276"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">WNOSZĘ </w:t>
             </w:r>
             <w:r w:rsidR="007D5A48">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ODWOŁANIE OD DECYZJI</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00855090" w:rsidRPr="00E04D79" w14:paraId="62DBC907" w14:textId="77777777" w:rsidTr="00071FD5">
         <w:trPr>
           <w:trHeight w:val="284"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1912" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
@@ -3312,51 +2753,51 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7737" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="717F3BFB" w14:textId="77777777" w:rsidR="00855090" w:rsidRPr="00E04D79" w:rsidRDefault="00855090" w:rsidP="00EF0858">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkEnd w:id="4"/>
+      <w:bookmarkEnd w:id="5"/>
     </w:tbl>
     <w:p w14:paraId="105522E2" w14:textId="77777777" w:rsidR="006825E2" w:rsidRDefault="006825E2" w:rsidP="00EF0858">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="57" w:type="dxa"/>
           <w:left w:w="57" w:type="dxa"/>
           <w:bottom w:w="57" w:type="dxa"/>
           <w:right w:w="57" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="362"/>
         <w:gridCol w:w="9277"/>
       </w:tblGrid>
       <w:tr w:rsidR="00855090" w14:paraId="28F5C483" w14:textId="77777777">
@@ -4613,647 +4054,50 @@
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="03072CD8" w14:textId="77777777" w:rsidR="00855090" w:rsidRDefault="00855090" w:rsidP="00EF0858">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2A145B86" w14:textId="77777777" w:rsidR="00855090" w:rsidRDefault="00855090" w:rsidP="00EF0858">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
-    <w:tbl>
-[...595 lines deleted...]
-    </w:tbl>
     <w:p w14:paraId="6CF4F9BF" w14:textId="77777777" w:rsidR="006825E2" w:rsidRDefault="006825E2" w:rsidP="00EF0858">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9639" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="57" w:type="dxa"/>
           <w:left w:w="57" w:type="dxa"/>
           <w:bottom w:w="57" w:type="dxa"/>
           <w:right w:w="57" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
@@ -5274,67 +4118,67 @@
         <w:gridCol w:w="1088"/>
         <w:gridCol w:w="327"/>
         <w:gridCol w:w="887"/>
         <w:gridCol w:w="528"/>
         <w:gridCol w:w="718"/>
         <w:gridCol w:w="349"/>
         <w:gridCol w:w="328"/>
       </w:tblGrid>
       <w:tr w:rsidR="00E04D79" w:rsidRPr="00651E97" w14:paraId="749C6C08" w14:textId="77777777" w:rsidTr="001142AE">
         <w:trPr>
           <w:trHeight w:val="510"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0D1DF3EC" w14:textId="77777777" w:rsidR="00E04D79" w:rsidRPr="00651E97" w:rsidRDefault="00E04D79" w:rsidP="00EF0858">
+          <w:p w14:paraId="0D1DF3EC" w14:textId="1F72E830" w:rsidR="00E04D79" w:rsidRPr="00651E97" w:rsidRDefault="00B852E6" w:rsidP="00EF0858">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>I</w:t>
+              <w:t>H</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3607" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="51236EFD" w14:textId="77777777" w:rsidR="00E04D79" w:rsidRPr="00651E97" w:rsidRDefault="00E04D79" w:rsidP="00EF0858">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00651E97">
@@ -5530,59 +4374,51 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E2078">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Dla </w:t>
             </w:r>
             <w:r w:rsidRPr="004E2078">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>pełnomocnictwa w formie elektronicznej złożonego za pośrednictwem systemu teleinformatycznego</w:t>
             </w:r>
             <w:r w:rsidRPr="004E2078">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> organem podatkowym właściwym w sprawach opłaty skarbowej jest wójt (burmistrz, prezydent miasta) właściwy ze względu na miejsce zamieszkania albo siedzibę mocodawcy, a w przypadku udzielenia pełnomocnictwa lub prokury przez więcej niż jednego mocodawcę w jednym </w:t>
-[...7 lines deleted...]
-              <w:t>dokumencie - właściwy ze względu na miejsce zamieszkania albo siedzibę mocodawcy wskazanego w tym dokumencie jako pierwszy, który ma miejsce zamieszkania albo siedzibę na terytorium Rzeczypospolitej Polskiej (art.12 ust.</w:t>
+              <w:t xml:space="preserve"> organem podatkowym właściwym w sprawach opłaty skarbowej jest wójt (burmistrz, prezydent miasta) właściwy ze względu na miejsce zamieszkania albo siedzibę mocodawcy, a w przypadku udzielenia pełnomocnictwa lub prokury przez więcej niż jednego mocodawcę w jednym dokumencie - właściwy ze względu na miejsce zamieszkania albo siedzibę mocodawcy wskazanego w tym dokumencie jako pierwszy, który ma miejsce zamieszkania albo siedzibę na terytorium Rzeczypospolitej Polskiej (art.12 ust.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="004E2078">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> pkt 3 ustawy o opłacie skarbowej).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E04D79" w:rsidRPr="00651E97" w14:paraId="6D0173D5" w14:textId="77777777" w:rsidTr="001142AE">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
@@ -5591,51 +4427,50 @@
             <w:gridSpan w:val="6"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4DAC6C75" w14:textId="77777777" w:rsidR="00E04D79" w:rsidRPr="00651E97" w:rsidRDefault="00E04D79" w:rsidP="000D5B1A">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00651E97">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>nie podlega</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1862" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6AC9B0EC" w14:textId="77777777" w:rsidR="00E04D79" w:rsidRPr="00651E97" w:rsidRDefault="00E04D79" w:rsidP="00EF0858">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -6284,67 +5119,57 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="38E5F090" w14:textId="77777777" w:rsidR="00E04D79" w:rsidRPr="00651E97" w:rsidRDefault="00E04D79" w:rsidP="00EF0858">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00651E97">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>ppkt</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> 3</w:t>
+              <w:t>ppkt 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4963" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="684AA50B" w14:textId="77777777" w:rsidR="00E04D79" w:rsidRPr="00651E97" w:rsidRDefault="00E04D79" w:rsidP="00EF0858">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
@@ -7744,68 +6569,68 @@
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="362"/>
         <w:gridCol w:w="9277"/>
       </w:tblGrid>
       <w:tr w:rsidR="005E16AD" w:rsidRPr="003C411D" w14:paraId="273610CE" w14:textId="77777777" w:rsidTr="00C52C60">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="362" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="507F6CC6" w14:textId="77777777" w:rsidR="005E16AD" w:rsidRPr="003C411D" w:rsidRDefault="005E16AD" w:rsidP="00EF0858">
+          <w:p w14:paraId="507F6CC6" w14:textId="05E9C5DA" w:rsidR="005E16AD" w:rsidRPr="003C411D" w:rsidRDefault="00B852E6" w:rsidP="00EF0858">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="7" w:name="_Hlk134088397"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>J</w:t>
+              <w:t>I</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9277" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="437CD64D" w14:textId="77777777" w:rsidR="005E16AD" w:rsidRPr="003C411D" w:rsidRDefault="005E16AD" w:rsidP="00EF0858">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
@@ -8058,120 +6883,102 @@
     </w:p>
   </w:endnote>
   <w:endnote w:id="1">
     <w:p w14:paraId="5F4BF439" w14:textId="77777777" w:rsidR="004A7475" w:rsidRDefault="00071FD5">
       <w:pPr>
         <w:pStyle w:val="Tekstprzypisukocowego"/>
       </w:pPr>
       <w:r w:rsidRPr="00E04D79">
         <w:rPr>
           <w:rStyle w:val="Odwoanieprzypisukocowego"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:endnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00E04D79">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> Tu wpisz organ drugiej instancji wskazany w pouczeniu decyzji</w:t>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:id="2">
-    <w:p w14:paraId="7FE505FF" w14:textId="77777777" w:rsidR="004A7475" w:rsidRDefault="00071FD5" w:rsidP="00F90A7C">
+    <w:p w14:paraId="77D717A2" w14:textId="77777777" w:rsidR="00B852E6" w:rsidRDefault="00B852E6" w:rsidP="00B852E6">
       <w:pPr>
         <w:pStyle w:val="Tekstprzypisukocowego"/>
       </w:pPr>
-      <w:r w:rsidRPr="00E04D79">
+      <w:r w:rsidRPr="008F2755">
         <w:rPr>
           <w:rStyle w:val="Odwoanieprzypisukocowego"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:endnoteRef/>
       </w:r>
-      <w:r w:rsidRPr="00E04D79">
+      <w:r w:rsidRPr="008F2755">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Nieobowiązkowe</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:bookmarkStart w:id="1" w:name="_Hlk218762392"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Adres do doręczeń elektronicznych należy podać jeżeli wnioskodawca/pełnomocnik go posiada</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="1"/>
     </w:p>
   </w:endnote>
   <w:endnote w:id="3">
-    <w:p w14:paraId="1023F8EE" w14:textId="77777777" w:rsidR="004A7475" w:rsidRDefault="00071FD5" w:rsidP="00F90A7C">
+    <w:p w14:paraId="11B293D2" w14:textId="77777777" w:rsidR="00B852E6" w:rsidRDefault="00B852E6" w:rsidP="00B852E6">
       <w:pPr>
         <w:pStyle w:val="Tekstprzypisukocowego"/>
       </w:pPr>
-      <w:r w:rsidRPr="00E04D79">
+      <w:r w:rsidRPr="002F27FD">
         <w:rPr>
           <w:rStyle w:val="Odwoanieprzypisukocowego"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:endnoteRef/>
       </w:r>
-      <w:r w:rsidRPr="00E04D79">
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F2755">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Adres skrzynki </w:t>
-[...29 lines deleted...]
-        <w:t>orespondencji za pomocą środków komunikacji elektronicznej, z zastrzeżeniem przypadków, w których organ w świetle przepisów ustawy z dnia 18 listopada 2020 r. o doręczeniach elektronicznych ma obowiązek doręczenia korespondencji na adres do doręczeń elektronicznych.</w:t>
+        <w:t>Nieobowiązkowe</w:t>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="EE"/>
@@ -8192,63 +6999,63 @@
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Arial Unicode MS">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="1400EC04" w14:textId="77777777" w:rsidR="00071FD5" w:rsidRDefault="00071FD5">
     <w:pPr>
       <w:pStyle w:val="Stopka"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="4020"/>
         <w:tab w:val="center" w:pos="4639"/>
       </w:tabs>
       <w:spacing w:before="120"/>
       <w:ind w:right="357"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
@@ -10872,151 +9679,155 @@
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="20">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="21">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="22">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="219"/>
   <w:embedSystemFonts/>
   <w:mirrorMargins/>
-  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="425"/>
   <w:doNotHyphenateCaps/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:doNotValidateAgainstSchema/>
   <w:doNotDemarcateInvalidXml/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:numFmt w:val="decimal"/>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00E339A0"/>
     <w:rsid w:val="000035FD"/>
     <w:rsid w:val="00055EF0"/>
     <w:rsid w:val="00071FD5"/>
     <w:rsid w:val="00075BFC"/>
     <w:rsid w:val="00097B3B"/>
     <w:rsid w:val="000C095F"/>
     <w:rsid w:val="000D5B1A"/>
     <w:rsid w:val="001142AE"/>
     <w:rsid w:val="00145EC4"/>
     <w:rsid w:val="0016105D"/>
     <w:rsid w:val="00197ADA"/>
     <w:rsid w:val="002103DC"/>
     <w:rsid w:val="00230A6D"/>
     <w:rsid w:val="00276AE3"/>
     <w:rsid w:val="002C7F99"/>
     <w:rsid w:val="002E6132"/>
     <w:rsid w:val="00312156"/>
     <w:rsid w:val="0032251A"/>
     <w:rsid w:val="00322853"/>
     <w:rsid w:val="00324891"/>
     <w:rsid w:val="00354819"/>
+    <w:rsid w:val="00355EDB"/>
     <w:rsid w:val="003910AD"/>
     <w:rsid w:val="003B43B9"/>
     <w:rsid w:val="003C411D"/>
+    <w:rsid w:val="003F7B71"/>
     <w:rsid w:val="00454FC6"/>
     <w:rsid w:val="00466089"/>
     <w:rsid w:val="00471EA5"/>
     <w:rsid w:val="004A7475"/>
     <w:rsid w:val="004D53A9"/>
     <w:rsid w:val="005C5370"/>
     <w:rsid w:val="005D041B"/>
     <w:rsid w:val="005E16AD"/>
     <w:rsid w:val="005F5E61"/>
     <w:rsid w:val="00614A5E"/>
     <w:rsid w:val="00632BF8"/>
     <w:rsid w:val="00651E97"/>
     <w:rsid w:val="0066496D"/>
     <w:rsid w:val="006825E2"/>
     <w:rsid w:val="006915DA"/>
     <w:rsid w:val="00696EE3"/>
     <w:rsid w:val="006E38D1"/>
     <w:rsid w:val="007A1402"/>
     <w:rsid w:val="007D5A48"/>
     <w:rsid w:val="007F0543"/>
     <w:rsid w:val="00847A09"/>
     <w:rsid w:val="00855090"/>
     <w:rsid w:val="008F2755"/>
     <w:rsid w:val="00917135"/>
     <w:rsid w:val="00A54046"/>
+    <w:rsid w:val="00A61CD7"/>
     <w:rsid w:val="00A66B22"/>
     <w:rsid w:val="00A83218"/>
     <w:rsid w:val="00A8472E"/>
     <w:rsid w:val="00B732D3"/>
     <w:rsid w:val="00B73C99"/>
+    <w:rsid w:val="00B852E6"/>
     <w:rsid w:val="00B872F2"/>
     <w:rsid w:val="00BA095D"/>
     <w:rsid w:val="00C307A9"/>
     <w:rsid w:val="00C32630"/>
     <w:rsid w:val="00C52C60"/>
     <w:rsid w:val="00CF0A0A"/>
     <w:rsid w:val="00D400BA"/>
     <w:rsid w:val="00D509E9"/>
     <w:rsid w:val="00D62021"/>
     <w:rsid w:val="00E04D79"/>
     <w:rsid w:val="00E339A0"/>
     <w:rsid w:val="00E475C7"/>
     <w:rsid w:val="00E53DA0"/>
     <w:rsid w:val="00E64235"/>
+    <w:rsid w:val="00EA7FEF"/>
     <w:rsid w:val="00ED1A23"/>
     <w:rsid w:val="00ED2F1B"/>
     <w:rsid w:val="00ED65FF"/>
     <w:rsid w:val="00EE4177"/>
     <w:rsid w:val="00EF0858"/>
     <w:rsid w:val="00F740F5"/>
     <w:rsid w:val="00F90A7C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pl-PL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
@@ -12412,55 +11223,55 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E00B8B8D-270B-4C39-8584-FE1132573C21}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>566</Words>
-  <Characters>3668</Characters>
+  <Words>494</Words>
+  <Characters>3238</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>282</Lines>
-  <Paragraphs>176</Paragraphs>
+  <Lines>26</Lines>
+  <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>UMW</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4058</CharactersWithSpaces>
+  <CharactersWithSpaces>3725</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Odwołanie o d decyzji</dc:title>
   <dc:subject>Odwołanie o d decyzji</dc:subject>
   <dc:creator>XYZ</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>