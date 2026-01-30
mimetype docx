--- v0 (2025-10-07)
+++ v1 (2026-01-30)
@@ -143,2704 +143,2163 @@
         <w:ind w:left="4248" w:firstLine="708"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Urzędu Miejskiego Wrocławia</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3A0AB4D8" w14:textId="77777777" w:rsidR="00696B85" w:rsidRDefault="00696B85" w:rsidP="00AC4871">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="4248" w:firstLine="708"/>
       </w:pPr>
       <w:r>
         <w:t>pl. Nowy Targ 1-8     50-141 Wrocław</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47C8969D" w14:textId="77777777" w:rsidR="00696B85" w:rsidRDefault="00696B85" w:rsidP="00AC4871">
+    <w:p w14:paraId="02594EA9" w14:textId="77777777" w:rsidR="00BD5651" w:rsidRPr="00BD5651" w:rsidRDefault="00BD5651" w:rsidP="00BD5651">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9639" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="57" w:type="dxa"/>
           <w:left w:w="57" w:type="dxa"/>
           <w:bottom w:w="57" w:type="dxa"/>
           <w:right w:w="57" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="380"/>
         <w:gridCol w:w="9259"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00307036" w:rsidRPr="00307036" w14:paraId="05AB31D0" w14:textId="77777777" w:rsidTr="00C52C60">
+      <w:tr w:rsidR="00BD5651" w:rsidRPr="00A54046" w14:paraId="1880515D" w14:textId="77777777" w:rsidTr="009E03C6">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="380" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7546DE32" w14:textId="77777777" w:rsidR="00307036" w:rsidRPr="00307036" w:rsidRDefault="00307036" w:rsidP="00AC4871">
+          <w:p w14:paraId="372B6424" w14:textId="77777777" w:rsidR="00BD5651" w:rsidRPr="00A54046" w:rsidRDefault="00BD5651" w:rsidP="009E03C6">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00307036">
+            <w:r w:rsidRPr="00A54046">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9259" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3AC72A36" w14:textId="77777777" w:rsidR="00307036" w:rsidRPr="00307036" w:rsidRDefault="00307036" w:rsidP="00AC4871">
+          <w:p w14:paraId="16AD7C25" w14:textId="77777777" w:rsidR="00BD5651" w:rsidRPr="00A54046" w:rsidRDefault="00BD5651" w:rsidP="009E03C6">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00307036">
+            <w:r w:rsidRPr="00A54046">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>DANE IDENTYFIKACYJNE WNIOSKODAWCY</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00307036" w:rsidRPr="00307036" w14:paraId="617B3B24" w14:textId="77777777" w:rsidTr="00C52C60">
+      <w:tr w:rsidR="00BD5651" w:rsidRPr="00A54046" w14:paraId="51DB70FB" w14:textId="77777777" w:rsidTr="009E03C6">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="284"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9639" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="13A2A406" w14:textId="77777777" w:rsidR="00307036" w:rsidRPr="00307036" w:rsidRDefault="00307036" w:rsidP="00AC4871">
+          <w:p w14:paraId="0DBE1FED" w14:textId="77777777" w:rsidR="00BD5651" w:rsidRPr="00A54046" w:rsidRDefault="00BD5651" w:rsidP="009E03C6">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00307036">
+            <w:r w:rsidRPr="00A54046">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Imię i nazwisko lub nazwa instytucji</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00307036" w:rsidRPr="00307036" w14:paraId="321AE21A" w14:textId="77777777" w:rsidTr="00AC4871">
+      <w:tr w:rsidR="00BD5651" w:rsidRPr="00A54046" w14:paraId="541E5F49" w14:textId="77777777" w:rsidTr="009E03C6">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9639" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4F98C06C" w14:textId="77777777" w:rsidR="00307036" w:rsidRPr="00307036" w:rsidRDefault="00307036" w:rsidP="00AC4871">
+          <w:p w14:paraId="6A8A3BA0" w14:textId="77777777" w:rsidR="00BD5651" w:rsidRPr="00A54046" w:rsidRDefault="00BD5651" w:rsidP="009E03C6">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00307036" w:rsidRPr="00307036" w14:paraId="375A9B46" w14:textId="77777777" w:rsidTr="00C52C60">
+      <w:tr w:rsidR="00BD5651" w:rsidRPr="00A54046" w14:paraId="5648D67A" w14:textId="77777777" w:rsidTr="009E03C6">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="284"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9639" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4C60C461" w14:textId="77777777" w:rsidR="00307036" w:rsidRPr="00307036" w:rsidRDefault="00307036" w:rsidP="00AC4871">
+          <w:p w14:paraId="2C3A5E85" w14:textId="77777777" w:rsidR="00BD5651" w:rsidRPr="00A54046" w:rsidRDefault="00BD5651" w:rsidP="009E03C6">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00307036">
+            <w:r w:rsidRPr="00A54046">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Adres siedziby</w:t>
+              <w:t xml:space="preserve">Adres </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00307036" w:rsidRPr="00307036" w14:paraId="294FF0C3" w14:textId="77777777" w:rsidTr="00330F18">
+      <w:tr w:rsidR="00BD5651" w:rsidRPr="00A54046" w14:paraId="2D937D8F" w14:textId="77777777" w:rsidTr="009E03C6">
         <w:trPr>
-          <w:trHeight w:val="1545"/>
+          <w:trHeight w:val="1519"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9639" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:tbl>
             <w:tblPr>
               <w:tblStyle w:val="Tabela-Siatka"/>
               <w:tblW w:w="0" w:type="auto"/>
               <w:tblLayout w:type="fixed"/>
               <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="4903"/>
               <w:gridCol w:w="2268"/>
               <w:gridCol w:w="2339"/>
             </w:tblGrid>
-            <w:tr w:rsidR="00307036" w:rsidRPr="00307036" w14:paraId="5F275A58" w14:textId="77777777" w:rsidTr="00C52C60">
+            <w:tr w:rsidR="00BD5651" w:rsidRPr="00A54046" w14:paraId="186E224F" w14:textId="77777777" w:rsidTr="009E03C6">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4903" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="2A03A4B2" w14:textId="77777777" w:rsidR="00307036" w:rsidRPr="00307036" w:rsidRDefault="00307036" w:rsidP="00AC4871">
-[...1297 lines deleted...]
-                <w:p w14:paraId="52551CE4" w14:textId="77777777" w:rsidR="00AA1B68" w:rsidRPr="00A54046" w:rsidRDefault="00AA1B68" w:rsidP="00AC4871">
+                <w:p w14:paraId="4358EF12" w14:textId="77777777" w:rsidR="00BD5651" w:rsidRPr="00A54046" w:rsidRDefault="00BD5651" w:rsidP="009E03C6">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Kraj:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4607" w:type="dxa"/>
                   <w:gridSpan w:val="2"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="264226A1" w14:textId="77777777" w:rsidR="00AA1B68" w:rsidRPr="00A54046" w:rsidRDefault="00AA1B68" w:rsidP="00AC4871">
+                <w:p w14:paraId="45D85CD5" w14:textId="77777777" w:rsidR="00BD5651" w:rsidRPr="00A54046" w:rsidRDefault="00BD5651" w:rsidP="009E03C6">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Województwo:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00AA1B68" w:rsidRPr="00A54046" w14:paraId="71DE42C9" w14:textId="77777777" w:rsidTr="007F0543">
+            <w:tr w:rsidR="00BD5651" w:rsidRPr="00A54046" w14:paraId="079D9959" w14:textId="77777777" w:rsidTr="009E03C6">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4903" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="2D9C7BF5" w14:textId="77777777" w:rsidR="00AA1B68" w:rsidRPr="00A54046" w:rsidRDefault="00AA1B68" w:rsidP="00AC4871">
+                <w:p w14:paraId="5426FCC0" w14:textId="77777777" w:rsidR="00BD5651" w:rsidRPr="00A54046" w:rsidRDefault="00BD5651" w:rsidP="009E03C6">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Powiat:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4607" w:type="dxa"/>
                   <w:gridSpan w:val="2"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="674C36C6" w14:textId="77777777" w:rsidR="00AA1B68" w:rsidRPr="00A54046" w:rsidRDefault="00AA1B68" w:rsidP="00AC4871">
+                <w:p w14:paraId="76BB3999" w14:textId="77777777" w:rsidR="00BD5651" w:rsidRPr="00A54046" w:rsidRDefault="00BD5651" w:rsidP="009E03C6">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Gmina:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00AA1B68" w:rsidRPr="00A54046" w14:paraId="0252F02B" w14:textId="77777777" w:rsidTr="007F0543">
+            <w:tr w:rsidR="00BD5651" w:rsidRPr="00A54046" w14:paraId="1A476382" w14:textId="77777777" w:rsidTr="009E03C6">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4903" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="76B518B2" w14:textId="77777777" w:rsidR="00AA1B68" w:rsidRPr="00A54046" w:rsidRDefault="00AA1B68" w:rsidP="00AC4871">
+                <w:p w14:paraId="44109B10" w14:textId="77777777" w:rsidR="00BD5651" w:rsidRPr="00A54046" w:rsidRDefault="00BD5651" w:rsidP="009E03C6">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Ulica:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2268" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="1C815249" w14:textId="77777777" w:rsidR="00AA1B68" w:rsidRPr="00A54046" w:rsidRDefault="00AA1B68" w:rsidP="00AC4871">
+                <w:p w14:paraId="4C198356" w14:textId="77777777" w:rsidR="00BD5651" w:rsidRPr="00A54046" w:rsidRDefault="00BD5651" w:rsidP="009E03C6">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Nr domu:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2339" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="283E8A78" w14:textId="77777777" w:rsidR="00AA1B68" w:rsidRPr="00A54046" w:rsidRDefault="00AA1B68" w:rsidP="00AC4871">
+                <w:p w14:paraId="09D061DF" w14:textId="77777777" w:rsidR="00BD5651" w:rsidRPr="00A54046" w:rsidRDefault="00BD5651" w:rsidP="009E03C6">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Nr lokalu:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00AA1B68" w:rsidRPr="00A54046" w14:paraId="17AD7C1B" w14:textId="77777777" w:rsidTr="007F0543">
+            <w:tr w:rsidR="00BD5651" w:rsidRPr="00A54046" w14:paraId="3DF832BD" w14:textId="77777777" w:rsidTr="009E03C6">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4903" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="42D45B8A" w14:textId="77777777" w:rsidR="00AA1B68" w:rsidRPr="00A54046" w:rsidRDefault="00AA1B68" w:rsidP="00AC4871">
+                <w:p w14:paraId="3FC12E3F" w14:textId="77777777" w:rsidR="00BD5651" w:rsidRPr="00A54046" w:rsidRDefault="00BD5651" w:rsidP="009E03C6">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Miejscowość:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4607" w:type="dxa"/>
                   <w:gridSpan w:val="2"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="67C8A6A2" w14:textId="77777777" w:rsidR="00AA1B68" w:rsidRPr="00A54046" w:rsidRDefault="00AA1B68" w:rsidP="00AC4871">
+                <w:p w14:paraId="7117ED51" w14:textId="77777777" w:rsidR="00BD5651" w:rsidRPr="00A54046" w:rsidRDefault="00BD5651" w:rsidP="009E03C6">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Kod pocztowy:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00AA1B68" w:rsidRPr="00A54046" w14:paraId="2149C15B" w14:textId="77777777" w:rsidTr="007F0543">
+            <w:tr w:rsidR="00BD5651" w:rsidRPr="00F84673" w14:paraId="3B044205" w14:textId="77777777" w:rsidTr="009E03C6">
+              <w:trPr>
+                <w:trHeight w:val="499"/>
+              </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4903" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="757ED6D2" w14:textId="77777777" w:rsidR="00AA1B68" w:rsidRPr="00A54046" w:rsidRDefault="00AA1B68" w:rsidP="00AC4871">
+                <w:p w14:paraId="75BF4F4E" w14:textId="0846305D" w:rsidR="00BD5651" w:rsidRPr="00F84673" w:rsidRDefault="005622AC" w:rsidP="009E03C6">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="00A54046">
+                  <w:r>
                     <w:rPr>
-                      <w:rFonts w:eastAsia="Times New Roman"/>
+                      <w:rFonts w:eastAsia="Arial Unicode MS"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
-                    <w:t>E-mail</w:t>
+                    <w:t>Adres do doręczeń elektronicznych (E-doręczenia):</w:t>
                   </w:r>
-                  <w:r w:rsidRPr="00A54046">
+                  <w:r w:rsidR="00BD5651" w:rsidRPr="00F84673">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                       <w:vertAlign w:val="superscript"/>
                     </w:rPr>
-                    <w:t>1</w:t>
-[...7 lines deleted...]
-                    <w:t>:</w:t>
+                    <w:endnoteReference w:id="1"/>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4607" w:type="dxa"/>
                   <w:gridSpan w:val="2"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="1E042D47" w14:textId="77777777" w:rsidR="00AA1B68" w:rsidRPr="00A54046" w:rsidRDefault="00AA1B68" w:rsidP="00AC4871">
+                <w:p w14:paraId="47524A96" w14:textId="77777777" w:rsidR="00BD5651" w:rsidRPr="00F84673" w:rsidRDefault="00BD5651" w:rsidP="009E03C6">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="00A54046">
+                  <w:r w:rsidRPr="00F84673">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
-                    <w:t>Nr tel.</w:t>
+                    <w:t>Nr tel.:</w:t>
                   </w:r>
-                  <w:r w:rsidRPr="00A54046">
+                  <w:r>
                     <w:rPr>
-                      <w:rFonts w:eastAsia="Times New Roman"/>
-[...7 lines deleted...]
-                    <w:rPr>
+                      <w:rStyle w:val="Odwoanieprzypisukocowego"/>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
-                    <w:t>:</w:t>
-[...83 lines deleted...]
-                    <w:t>:</w:t>
+                    <w:endnoteReference w:id="2"/>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
-          <w:p w14:paraId="032A032F" w14:textId="77777777" w:rsidR="00AA1B68" w:rsidRPr="00A54046" w:rsidRDefault="00AA1B68" w:rsidP="00AC4871">
+          <w:p w14:paraId="2D659861" w14:textId="77777777" w:rsidR="00BD5651" w:rsidRPr="00A54046" w:rsidRDefault="00BD5651" w:rsidP="009E03C6">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkEnd w:id="1"/>
     </w:tbl>
-    <w:p w14:paraId="1B00678F" w14:textId="77777777" w:rsidR="00AA1B68" w:rsidRDefault="00AA1B68" w:rsidP="00AC4871">
+    <w:p w14:paraId="0E4492E5" w14:textId="77777777" w:rsidR="00BD5651" w:rsidRDefault="00BD5651" w:rsidP="00BD5651">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9639" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="57" w:type="dxa"/>
           <w:left w:w="57" w:type="dxa"/>
           <w:bottom w:w="57" w:type="dxa"/>
           <w:right w:w="57" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="380"/>
         <w:gridCol w:w="9259"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00EC75DA" w:rsidRPr="006915DA" w14:paraId="0C8DE80D" w14:textId="77777777" w:rsidTr="00C52C60">
+      <w:tr w:rsidR="00BD5651" w:rsidRPr="00A54046" w14:paraId="522F7ECA" w14:textId="77777777" w:rsidTr="009E03C6">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="380" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="79918946" w14:textId="77777777" w:rsidR="00EC75DA" w:rsidRPr="006915DA" w:rsidRDefault="00EC75DA" w:rsidP="00AC4871">
+          <w:p w14:paraId="77C41AA7" w14:textId="77777777" w:rsidR="00BD5651" w:rsidRPr="00A54046" w:rsidRDefault="00BD5651" w:rsidP="009E03C6">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="2" w:name="_Hlk134172882"/>
-            <w:r>
+            <w:r w:rsidRPr="00A54046">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>D</w:t>
+              <w:t>B</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9259" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5F4C48B3" w14:textId="77777777" w:rsidR="00EC75DA" w:rsidRPr="006915DA" w:rsidRDefault="00EC75DA" w:rsidP="00AC4871">
+          <w:p w14:paraId="393F731A" w14:textId="77777777" w:rsidR="00BD5651" w:rsidRPr="00A54046" w:rsidRDefault="00BD5651" w:rsidP="009E03C6">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006915DA">
+            <w:r w:rsidRPr="00A54046">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t xml:space="preserve">DANE </w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> DO KORESPONDENCJI</w:t>
+              <w:t>DANE WNIOSKODAWCY DO KORESPONDENCJI</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC75DA" w:rsidRPr="006915DA" w14:paraId="55647930" w14:textId="77777777" w:rsidTr="00C52C60">
+      <w:tr w:rsidR="00BD5651" w:rsidRPr="00A54046" w14:paraId="7D3E841F" w14:textId="77777777" w:rsidTr="009E03C6">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="284"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9639" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3B0BF937" w14:textId="77777777" w:rsidR="00EC75DA" w:rsidRPr="006915DA" w:rsidRDefault="00EC75DA" w:rsidP="00AC4871">
+          <w:p w14:paraId="031FFD21" w14:textId="77777777" w:rsidR="00BD5651" w:rsidRPr="00A54046" w:rsidRDefault="00BD5651" w:rsidP="009E03C6">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006915DA">
+            <w:r w:rsidRPr="00A54046">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Wypełnia się, jeżeli adres do korespondencji </w:t>
-[...23 lines deleted...]
-              <w:t>C</w:t>
+              <w:t>Wypełnia się, jeżeli adres do korespondencji wnioskodawcy jest inny niż wskazany w pkt A</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC75DA" w:rsidRPr="006915DA" w14:paraId="3E0968BF" w14:textId="77777777" w:rsidTr="00330F18">
+      <w:tr w:rsidR="00BD5651" w:rsidRPr="00A54046" w14:paraId="7C01C941" w14:textId="77777777" w:rsidTr="009E03C6">
         <w:trPr>
-          <w:trHeight w:val="1525"/>
+          <w:trHeight w:val="1034"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9639" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:tbl>
             <w:tblPr>
               <w:tblStyle w:val="Tabela-Siatka"/>
               <w:tblW w:w="0" w:type="auto"/>
               <w:tblLayout w:type="fixed"/>
               <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="4903"/>
               <w:gridCol w:w="2268"/>
               <w:gridCol w:w="2339"/>
             </w:tblGrid>
-            <w:tr w:rsidR="00EC75DA" w:rsidRPr="006915DA" w14:paraId="1823F694" w14:textId="77777777" w:rsidTr="00C52C60">
+            <w:tr w:rsidR="00BD5651" w:rsidRPr="00A54046" w14:paraId="641A181C" w14:textId="77777777" w:rsidTr="009E03C6">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4903" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="0A8A07D9" w14:textId="77777777" w:rsidR="00EC75DA" w:rsidRPr="006915DA" w:rsidRDefault="00EC75DA" w:rsidP="00AC4871">
+                <w:p w14:paraId="625F8EC0" w14:textId="77777777" w:rsidR="00BD5651" w:rsidRPr="00A54046" w:rsidRDefault="00BD5651" w:rsidP="009E03C6">
+                  <w:pPr>
+                    <w:spacing w:line="288" w:lineRule="auto"/>
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times New Roman"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00A54046">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times New Roman"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>Kraj:</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="4607" w:type="dxa"/>
+                  <w:gridSpan w:val="2"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                </w:tcPr>
+                <w:p w14:paraId="06F4457A" w14:textId="77777777" w:rsidR="00BD5651" w:rsidRPr="00A54046" w:rsidRDefault="00BD5651" w:rsidP="009E03C6">
+                  <w:pPr>
+                    <w:spacing w:line="288" w:lineRule="auto"/>
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times New Roman"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00A54046">
+                    <w:rPr>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>Województwo:</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="00BD5651" w:rsidRPr="00A54046" w14:paraId="32D62A34" w14:textId="77777777" w:rsidTr="009E03C6">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="4903" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                </w:tcPr>
+                <w:p w14:paraId="581BCC40" w14:textId="77777777" w:rsidR="00BD5651" w:rsidRPr="00A54046" w:rsidRDefault="00BD5651" w:rsidP="009E03C6">
+                  <w:pPr>
+                    <w:spacing w:line="288" w:lineRule="auto"/>
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times New Roman"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00A54046">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times New Roman"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>Powiat:</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="4607" w:type="dxa"/>
+                  <w:gridSpan w:val="2"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                </w:tcPr>
+                <w:p w14:paraId="3D77AA89" w14:textId="77777777" w:rsidR="00BD5651" w:rsidRPr="00A54046" w:rsidRDefault="00BD5651" w:rsidP="009E03C6">
+                  <w:pPr>
+                    <w:spacing w:line="288" w:lineRule="auto"/>
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times New Roman"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00A54046">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times New Roman"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>Gmina:</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="00BD5651" w:rsidRPr="00A54046" w14:paraId="72452D87" w14:textId="77777777" w:rsidTr="009E03C6">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="4903" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                </w:tcPr>
+                <w:p w14:paraId="5D1DDDF6" w14:textId="77777777" w:rsidR="00BD5651" w:rsidRPr="00A54046" w:rsidRDefault="00BD5651" w:rsidP="009E03C6">
+                  <w:pPr>
+                    <w:spacing w:line="288" w:lineRule="auto"/>
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times New Roman"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00A54046">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times New Roman"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>Ulica:</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2268" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                </w:tcPr>
+                <w:p w14:paraId="5DD914BC" w14:textId="77777777" w:rsidR="00BD5651" w:rsidRPr="00A54046" w:rsidRDefault="00BD5651" w:rsidP="009E03C6">
+                  <w:pPr>
+                    <w:spacing w:line="288" w:lineRule="auto"/>
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times New Roman"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00A54046">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times New Roman"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>Nr domu:</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2339" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                </w:tcPr>
+                <w:p w14:paraId="6BFD5F7D" w14:textId="77777777" w:rsidR="00BD5651" w:rsidRPr="00A54046" w:rsidRDefault="00BD5651" w:rsidP="009E03C6">
+                  <w:pPr>
+                    <w:spacing w:line="288" w:lineRule="auto"/>
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times New Roman"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00A54046">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times New Roman"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>Nr lokalu:</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="00BD5651" w:rsidRPr="00A54046" w14:paraId="202AF833" w14:textId="77777777" w:rsidTr="009E03C6">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="4903" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                </w:tcPr>
+                <w:p w14:paraId="62F07C44" w14:textId="77777777" w:rsidR="00BD5651" w:rsidRPr="00A54046" w:rsidRDefault="00BD5651" w:rsidP="009E03C6">
+                  <w:pPr>
+                    <w:spacing w:line="288" w:lineRule="auto"/>
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times New Roman"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00A54046">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times New Roman"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>Miejscowość:</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="4607" w:type="dxa"/>
+                  <w:gridSpan w:val="2"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                </w:tcPr>
+                <w:p w14:paraId="3EDC3005" w14:textId="77777777" w:rsidR="00BD5651" w:rsidRPr="00A54046" w:rsidRDefault="00BD5651" w:rsidP="009E03C6">
+                  <w:pPr>
+                    <w:spacing w:line="288" w:lineRule="auto"/>
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times New Roman"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00A54046">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times New Roman"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>Kod pocztowy:</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+          </w:tbl>
+          <w:p w14:paraId="2B8081D6" w14:textId="77777777" w:rsidR="00BD5651" w:rsidRPr="00A54046" w:rsidRDefault="00BD5651" w:rsidP="009E03C6">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="6B92ACA2" w14:textId="77777777" w:rsidR="00BD5651" w:rsidRDefault="00BD5651" w:rsidP="00BD5651">
+      <w:pPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9639" w:type="dxa"/>
+        <w:jc w:val="center"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="57" w:type="dxa"/>
+          <w:left w:w="57" w:type="dxa"/>
+          <w:bottom w:w="57" w:type="dxa"/>
+          <w:right w:w="57" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="380"/>
+        <w:gridCol w:w="9259"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00BD5651" w:rsidRPr="00A54046" w14:paraId="148DDF81" w14:textId="77777777" w:rsidTr="009E03C6">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="380" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="double" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="74F5C3F3" w14:textId="77777777" w:rsidR="00BD5651" w:rsidRPr="00A54046" w:rsidRDefault="00BD5651" w:rsidP="009E03C6">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A54046">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9259" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="136B4049" w14:textId="77777777" w:rsidR="00BD5651" w:rsidRPr="00A54046" w:rsidRDefault="00BD5651" w:rsidP="009E03C6">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A54046">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>DANE IDENTYFIKACYJNE PEŁNOMOCNIKA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BD5651" w:rsidRPr="00A54046" w14:paraId="785001A5" w14:textId="77777777" w:rsidTr="009E03C6">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="284"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9639" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="21C40712" w14:textId="77777777" w:rsidR="00BD5651" w:rsidRPr="00A54046" w:rsidRDefault="00BD5651" w:rsidP="009E03C6">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A54046">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Wypełnia się, jeżeli </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">inwestor / </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A54046">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>wnioskodawca ustanowił pełnomocnika lub pełnomocnika do doręczeń</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BD5651" w:rsidRPr="00A54046" w14:paraId="589490BE" w14:textId="77777777" w:rsidTr="009E03C6">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9639" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="305C1B6A" w14:textId="77777777" w:rsidR="00BD5651" w:rsidRPr="00A54046" w:rsidRDefault="00BD5651" w:rsidP="009E03C6">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A54046">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Imię i nazwisko</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BD5651" w:rsidRPr="00A54046" w14:paraId="0B0724F2" w14:textId="77777777" w:rsidTr="009E03C6">
+        <w:trPr>
+          <w:trHeight w:val="1646"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9639" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:tbl>
+            <w:tblPr>
+              <w:tblStyle w:val="Tabela-Siatka"/>
+              <w:tblW w:w="0" w:type="auto"/>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+            </w:tblPr>
+            <w:tblGrid>
+              <w:gridCol w:w="4903"/>
+              <w:gridCol w:w="2268"/>
+              <w:gridCol w:w="2339"/>
+            </w:tblGrid>
+            <w:tr w:rsidR="00BD5651" w:rsidRPr="00A54046" w14:paraId="11C30AF1" w14:textId="77777777" w:rsidTr="009E03C6">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="4903" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                </w:tcPr>
+                <w:p w14:paraId="56819DB1" w14:textId="77777777" w:rsidR="00BD5651" w:rsidRPr="00A54046" w:rsidRDefault="00BD5651" w:rsidP="009E03C6">
+                  <w:pPr>
+                    <w:spacing w:line="288" w:lineRule="auto"/>
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times New Roman"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00A54046">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times New Roman"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>Kraj:</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="4607" w:type="dxa"/>
+                  <w:gridSpan w:val="2"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                </w:tcPr>
+                <w:p w14:paraId="458B72E1" w14:textId="77777777" w:rsidR="00BD5651" w:rsidRPr="00A54046" w:rsidRDefault="00BD5651" w:rsidP="009E03C6">
+                  <w:pPr>
+                    <w:spacing w:line="288" w:lineRule="auto"/>
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times New Roman"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00A54046">
+                    <w:rPr>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>Województwo:</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="00BD5651" w:rsidRPr="00A54046" w14:paraId="729FFF0F" w14:textId="77777777" w:rsidTr="009E03C6">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="4903" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                </w:tcPr>
+                <w:p w14:paraId="028773EE" w14:textId="77777777" w:rsidR="00BD5651" w:rsidRPr="00A54046" w:rsidRDefault="00BD5651" w:rsidP="009E03C6">
+                  <w:pPr>
+                    <w:spacing w:line="288" w:lineRule="auto"/>
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times New Roman"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00A54046">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times New Roman"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>Powiat:</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="4607" w:type="dxa"/>
+                  <w:gridSpan w:val="2"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                </w:tcPr>
+                <w:p w14:paraId="217723AA" w14:textId="77777777" w:rsidR="00BD5651" w:rsidRPr="00A54046" w:rsidRDefault="00BD5651" w:rsidP="009E03C6">
+                  <w:pPr>
+                    <w:spacing w:line="288" w:lineRule="auto"/>
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times New Roman"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00A54046">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times New Roman"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>Gmina:</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="00BD5651" w:rsidRPr="00A54046" w14:paraId="76EC6DCA" w14:textId="77777777" w:rsidTr="009E03C6">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="4903" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                </w:tcPr>
+                <w:p w14:paraId="7F08CC2B" w14:textId="77777777" w:rsidR="00BD5651" w:rsidRPr="00A54046" w:rsidRDefault="00BD5651" w:rsidP="009E03C6">
+                  <w:pPr>
+                    <w:spacing w:line="288" w:lineRule="auto"/>
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times New Roman"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00A54046">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times New Roman"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>Ulica:</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2268" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                </w:tcPr>
+                <w:p w14:paraId="0F8D9937" w14:textId="77777777" w:rsidR="00BD5651" w:rsidRPr="00A54046" w:rsidRDefault="00BD5651" w:rsidP="009E03C6">
+                  <w:pPr>
+                    <w:spacing w:line="288" w:lineRule="auto"/>
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times New Roman"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00A54046">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times New Roman"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>Nr domu:</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2339" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                </w:tcPr>
+                <w:p w14:paraId="463B95BE" w14:textId="77777777" w:rsidR="00BD5651" w:rsidRPr="00A54046" w:rsidRDefault="00BD5651" w:rsidP="009E03C6">
+                  <w:pPr>
+                    <w:spacing w:line="288" w:lineRule="auto"/>
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times New Roman"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00A54046">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times New Roman"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>Nr lokalu:</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="00BD5651" w:rsidRPr="00A54046" w14:paraId="3354A65D" w14:textId="77777777" w:rsidTr="009E03C6">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="4903" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                </w:tcPr>
+                <w:p w14:paraId="673CE16E" w14:textId="77777777" w:rsidR="00BD5651" w:rsidRPr="00A54046" w:rsidRDefault="00BD5651" w:rsidP="009E03C6">
+                  <w:pPr>
+                    <w:spacing w:line="288" w:lineRule="auto"/>
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times New Roman"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00A54046">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times New Roman"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>Miejscowość:</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="4607" w:type="dxa"/>
+                  <w:gridSpan w:val="2"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                </w:tcPr>
+                <w:p w14:paraId="25A12D54" w14:textId="77777777" w:rsidR="00BD5651" w:rsidRPr="00A54046" w:rsidRDefault="00BD5651" w:rsidP="009E03C6">
+                  <w:pPr>
+                    <w:spacing w:line="288" w:lineRule="auto"/>
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times New Roman"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00A54046">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times New Roman"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>Kod pocztowy:</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="00BD5651" w:rsidRPr="00F84673" w14:paraId="49EEF3AF" w14:textId="77777777" w:rsidTr="009E03C6">
+              <w:trPr>
+                <w:trHeight w:val="499"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="4903" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                </w:tcPr>
+                <w:p w14:paraId="517F1620" w14:textId="0FCC8E28" w:rsidR="00BD5651" w:rsidRPr="00F84673" w:rsidRDefault="005622AC" w:rsidP="009E03C6">
+                  <w:pPr>
+                    <w:spacing w:line="288" w:lineRule="auto"/>
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times New Roman"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Arial Unicode MS"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>Adres do doręczeń elektronicznych (E-doręczenia):</w:t>
+                  </w:r>
+                  <w:r w:rsidR="00BD5651">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times New Roman"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:vertAlign w:val="superscript"/>
+                    </w:rPr>
+                    <w:t>1</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="4607" w:type="dxa"/>
+                  <w:gridSpan w:val="2"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                </w:tcPr>
+                <w:p w14:paraId="1380A963" w14:textId="77777777" w:rsidR="00BD5651" w:rsidRPr="00F84673" w:rsidRDefault="00BD5651" w:rsidP="009E03C6">
+                  <w:pPr>
+                    <w:spacing w:line="288" w:lineRule="auto"/>
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times New Roman"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00F84673">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times New Roman"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>Nr tel.:</w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times New Roman"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:vertAlign w:val="superscript"/>
+                    </w:rPr>
+                    <w:t>2</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+          </w:tbl>
+          <w:p w14:paraId="6F076DAB" w14:textId="77777777" w:rsidR="00BD5651" w:rsidRPr="00A54046" w:rsidRDefault="00BD5651" w:rsidP="009E03C6">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="2C211A14" w14:textId="77777777" w:rsidR="00BD5651" w:rsidRDefault="00BD5651" w:rsidP="00BD5651">
+      <w:pPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9639" w:type="dxa"/>
+        <w:jc w:val="center"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="57" w:type="dxa"/>
+          <w:left w:w="57" w:type="dxa"/>
+          <w:bottom w:w="57" w:type="dxa"/>
+          <w:right w:w="57" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="380"/>
+        <w:gridCol w:w="9259"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00BD5651" w:rsidRPr="006915DA" w14:paraId="1D91FC4C" w14:textId="77777777" w:rsidTr="009E03C6">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="380" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="double" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CF233A8" w14:textId="77777777" w:rsidR="00BD5651" w:rsidRPr="006915DA" w:rsidRDefault="00BD5651" w:rsidP="009E03C6">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9259" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="42B464F6" w14:textId="77777777" w:rsidR="00BD5651" w:rsidRPr="006915DA" w:rsidRDefault="00BD5651" w:rsidP="009E03C6">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006915DA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">DANE </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>PEŁNOMOCNIKA</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006915DA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> DO KORESPONDENCJI</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BD5651" w:rsidRPr="006915DA" w14:paraId="0C942A40" w14:textId="77777777" w:rsidTr="009E03C6">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="284"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9639" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0488BBAA" w14:textId="77777777" w:rsidR="00BD5651" w:rsidRPr="006915DA" w:rsidRDefault="00BD5651" w:rsidP="009E03C6">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006915DA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Wypełnia się, jeżeli adres do korespondencji </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>pełnomocnika</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006915DA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> jest inny niż wskazany w pkt </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BD5651" w:rsidRPr="006915DA" w14:paraId="2E963E98" w14:textId="77777777" w:rsidTr="009E03C6">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9639" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:tbl>
+            <w:tblPr>
+              <w:tblStyle w:val="Tabela-Siatka"/>
+              <w:tblW w:w="0" w:type="auto"/>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+            </w:tblPr>
+            <w:tblGrid>
+              <w:gridCol w:w="4903"/>
+              <w:gridCol w:w="2268"/>
+              <w:gridCol w:w="2339"/>
+            </w:tblGrid>
+            <w:tr w:rsidR="00BD5651" w:rsidRPr="006915DA" w14:paraId="49533EB0" w14:textId="77777777" w:rsidTr="009E03C6">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="4903" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                    <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  </w:tcBorders>
+                </w:tcPr>
+                <w:p w14:paraId="2B258349" w14:textId="77777777" w:rsidR="00BD5651" w:rsidRPr="006915DA" w:rsidRDefault="00BD5651" w:rsidP="009E03C6">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="006915DA">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Kraj:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4607" w:type="dxa"/>
                   <w:gridSpan w:val="2"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="6C5BC867" w14:textId="77777777" w:rsidR="00EC75DA" w:rsidRPr="006915DA" w:rsidRDefault="00EC75DA" w:rsidP="00AC4871">
+                <w:p w14:paraId="592A5D89" w14:textId="77777777" w:rsidR="00BD5651" w:rsidRPr="006915DA" w:rsidRDefault="00BD5651" w:rsidP="009E03C6">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="006915DA">
                     <w:rPr>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
-                    <w:t xml:space="preserve">Województwo: </w:t>
+                    <w:t>Województwo:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00EC75DA" w:rsidRPr="006915DA" w14:paraId="1B799412" w14:textId="77777777" w:rsidTr="00C52C60">
+            <w:tr w:rsidR="00BD5651" w:rsidRPr="006915DA" w14:paraId="208EE6FE" w14:textId="77777777" w:rsidTr="009E03C6">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4903" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="36B7599E" w14:textId="77777777" w:rsidR="00EC75DA" w:rsidRPr="006915DA" w:rsidRDefault="00EC75DA" w:rsidP="00AC4871">
+                <w:p w14:paraId="1998D1B0" w14:textId="77777777" w:rsidR="00BD5651" w:rsidRPr="006915DA" w:rsidRDefault="00BD5651" w:rsidP="009E03C6">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="006915DA">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Powiat:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4607" w:type="dxa"/>
                   <w:gridSpan w:val="2"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="32F5D1AC" w14:textId="77777777" w:rsidR="00EC75DA" w:rsidRPr="006915DA" w:rsidRDefault="00EC75DA" w:rsidP="00AC4871">
+                <w:p w14:paraId="16B1080F" w14:textId="77777777" w:rsidR="00BD5651" w:rsidRPr="006915DA" w:rsidRDefault="00BD5651" w:rsidP="009E03C6">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="006915DA">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Gmina:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00EC75DA" w:rsidRPr="006915DA" w14:paraId="66D8CBD1" w14:textId="77777777" w:rsidTr="00C52C60">
+            <w:tr w:rsidR="00BD5651" w:rsidRPr="006915DA" w14:paraId="6651D798" w14:textId="77777777" w:rsidTr="009E03C6">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4903" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="22322F30" w14:textId="77777777" w:rsidR="00EC75DA" w:rsidRPr="006915DA" w:rsidRDefault="00EC75DA" w:rsidP="00AC4871">
+                <w:p w14:paraId="254052F3" w14:textId="77777777" w:rsidR="00BD5651" w:rsidRPr="006915DA" w:rsidRDefault="00BD5651" w:rsidP="009E03C6">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="006915DA">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Ulica:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2268" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="7A490433" w14:textId="77777777" w:rsidR="00EC75DA" w:rsidRPr="006915DA" w:rsidRDefault="00EC75DA" w:rsidP="00AC4871">
+                <w:p w14:paraId="2FBB025B" w14:textId="77777777" w:rsidR="00BD5651" w:rsidRPr="006915DA" w:rsidRDefault="00BD5651" w:rsidP="009E03C6">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="006915DA">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Nr domu</w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2339" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="5E330878" w14:textId="77777777" w:rsidR="00EC75DA" w:rsidRPr="006915DA" w:rsidRDefault="00EC75DA" w:rsidP="00AC4871">
+                <w:p w14:paraId="34561AE0" w14:textId="77777777" w:rsidR="00BD5651" w:rsidRPr="006915DA" w:rsidRDefault="00BD5651" w:rsidP="009E03C6">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="006915DA">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Nr lokalu:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00EC75DA" w:rsidRPr="006915DA" w14:paraId="7C20CDB2" w14:textId="77777777" w:rsidTr="00C52C60">
+            <w:tr w:rsidR="00BD5651" w:rsidRPr="006915DA" w14:paraId="3B93069E" w14:textId="77777777" w:rsidTr="009E03C6">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4903" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="2610042B" w14:textId="77777777" w:rsidR="00EC75DA" w:rsidRPr="006915DA" w:rsidRDefault="00EC75DA" w:rsidP="00AC4871">
+                <w:p w14:paraId="6CC8C259" w14:textId="77777777" w:rsidR="00BD5651" w:rsidRPr="006915DA" w:rsidRDefault="00BD5651" w:rsidP="009E03C6">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="006915DA">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Miejscowość:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4607" w:type="dxa"/>
                   <w:gridSpan w:val="2"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="4F7CA708" w14:textId="77777777" w:rsidR="00EC75DA" w:rsidRPr="006915DA" w:rsidRDefault="00EC75DA" w:rsidP="00AC4871">
+                <w:p w14:paraId="6CD4D241" w14:textId="77777777" w:rsidR="00BD5651" w:rsidRPr="006915DA" w:rsidRDefault="00BD5651" w:rsidP="009E03C6">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="006915DA">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Kod pocztowy:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00EC75DA" w:rsidRPr="006915DA" w14:paraId="7F25B59C" w14:textId="77777777" w:rsidTr="00C52C60">
-[...177 lines deleted...]
-            </w:tr>
           </w:tbl>
-          <w:p w14:paraId="4C7BA22D" w14:textId="77777777" w:rsidR="00EC75DA" w:rsidRPr="006915DA" w:rsidRDefault="00EC75DA" w:rsidP="00AC4871">
+          <w:p w14:paraId="1271B0BF" w14:textId="77777777" w:rsidR="00BD5651" w:rsidRPr="006915DA" w:rsidRDefault="00BD5651" w:rsidP="009E03C6">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkEnd w:id="2"/>
     </w:tbl>
+    <w:p w14:paraId="54EC1154" w14:textId="77777777" w:rsidR="00BD5651" w:rsidRDefault="00BD5651" w:rsidP="00BD5651">
+      <w:pPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="47C8969D" w14:textId="77777777" w:rsidR="00696B85" w:rsidRDefault="00696B85" w:rsidP="00AC4871">
+      <w:pPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:p w14:paraId="0A043D68" w14:textId="77777777" w:rsidR="00EC75DA" w:rsidRDefault="00EC75DA" w:rsidP="00AC4871">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9639" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="57" w:type="dxa"/>
           <w:left w:w="57" w:type="dxa"/>
           <w:bottom w:w="57" w:type="dxa"/>
           <w:right w:w="57" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="362"/>
         <w:gridCol w:w="9277"/>
       </w:tblGrid>
       <w:tr w:rsidR="00307036" w:rsidRPr="00307036" w14:paraId="2DD1D765" w14:textId="77777777" w:rsidTr="00C52C60">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="340"/>
@@ -2852,50 +2311,51 @@
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5FB48656" w14:textId="77777777" w:rsidR="00307036" w:rsidRPr="00307036" w:rsidRDefault="00EC75DA" w:rsidP="00AC4871">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>E</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9324" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2B927CFE" w14:textId="77777777" w:rsidR="00307036" w:rsidRPr="00307036" w:rsidRDefault="00307036" w:rsidP="00AC4871">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00307036">
@@ -3982,51 +3442,51 @@
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0C789D3D" w14:textId="77777777" w:rsidR="00196677" w:rsidRPr="00196677" w:rsidRDefault="00EC75DA" w:rsidP="00AC4871">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="3" w:name="_Hlk134088179"/>
+            <w:bookmarkStart w:id="2" w:name="_Hlk134088179"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>H</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4822" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
@@ -4282,51 +3742,51 @@
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>odbiór osobisty w siedzibie organu</w:t>
             </w:r>
             <w:r w:rsidR="00EC75DA">
               <w:rPr>
                 <w:rStyle w:val="Odwoanieprzypisukocowego"/>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Verdana"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:endnoteReference w:id="3"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1667" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6344666C" w14:textId="4C4CEF70" w:rsidR="00196677" w:rsidRPr="00196677" w:rsidRDefault="00623DFD" w:rsidP="00AC4871">
+          <w:p w14:paraId="6344666C" w14:textId="2822FAB9" w:rsidR="00196677" w:rsidRPr="00196677" w:rsidRDefault="00623DFD" w:rsidP="00AC4871">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
                     <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666432" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3DB4D49E" wp14:editId="506BA2AF">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>851535</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>395605</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="250190" cy="233045"/>
@@ -4343,743 +3803,107 @@
                               <a:spLocks noChangeArrowheads="1"/>
                             </wps:cNvSpPr>
                             <wps:spPr bwMode="auto">
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="250190" cy="233045"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                               <a:ln w="9525">
                                 <a:solidFill>
                                   <a:srgbClr val="000000"/>
                                 </a:solidFill>
                                 <a:miter lim="800000"/>
                                 <a:headEnd/>
                                 <a:tailEnd/>
                               </a:ln>
                             </wps:spPr>
                             <wps:txbx>
                               <w:txbxContent>
                                 <w:p w14:paraId="6224162E" w14:textId="77777777" w:rsidR="00AC4871" w:rsidRDefault="00AC4871" w:rsidP="00196677">
-                                  <w:bookmarkStart w:id="4" w:name="_M670445567"/>
-                                  <w:bookmarkEnd w:id="4"/>
+                                  <w:bookmarkStart w:id="3" w:name="_M670445567"/>
+                                  <w:bookmarkEnd w:id="3"/>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="page">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="page">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
                     <v:rect w14:anchorId="3DB4D49E" id="Rectangle 4" o:spid="_x0000_s1028" style="position:absolute;left:0;text-align:left;margin-left:67.05pt;margin-top:31.15pt;width:19.7pt;height:18.35pt;z-index:251666432;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAfajy2KQIAAE0EAAAOAAAAZHJzL2Uyb0RvYy54bWysVG1v0zAQ/o7Ef7D8neZlDaxR02nqKEIa&#10;MDH4AY7jJBaObc5uk/Hrd3a6rgM+IfLB8vnOj5977i7rq2lQ5CDASaMrmi1SSoTmppG6q+j3b7s3&#10;l5Q4z3TDlNGiog/C0avN61fr0ZYiN71RjQCCINqVo61o770tk8TxXgzMLYwVGp2tgYF5NKFLGmAj&#10;og8qydP0bTIaaCwYLpzD05vZSTcRv20F91/a1glPVEWRm48rxLUOa7JZs7IDZnvJjzTYP7AYmNT4&#10;6AnqhnlG9iD/gBokB+NM6xfcDIlpW8lFzAGzydLfsrnvmRUxFxTH2ZNM7v/B8s+HOyCyqWhBiWYD&#10;lugrisZ0pwRZBnlG60qMurd3EBJ09tbwH45os+0xSlwDmLEXrEFSWYhPXlwIhsOrpB4/mQbR2d6b&#10;qNTUwhAAUQMyxYI8nAoiJk84HuZFmq2wbBxd+cVFuiziC6x8umzB+Q/CDCRsKgpIPYKzw63zgQwr&#10;n0IieaNks5NKRQO6equAHBj2xi5+R3R3HqY0GSu6KvIiIr/wuXOINH5/gxikxyZXcqjo5SmIlUG1&#10;97qJLeiZVPMeKSt9lDEoN1fAT/UUy5SHB4KqtWkeUFcwc0/jDOKmN/CLkhH7uaLu556BoER91Fib&#10;VbZchgGIxrJ4l6MB55763MM0R6iKekrm7dbPQ7O3ILseX8qiGtpcYz1bGbV+ZnWkjz0bS3CcrzAU&#10;53aMev4LbB4BAAD//wMAUEsDBBQABgAIAAAAIQDnS2qS3gAAAAkBAAAPAAAAZHJzL2Rvd25yZXYu&#10;eG1sTI9BT4NAEIXvJv6HzZh4s0tBqyBLYzRt4rGlF28DOwLKzhJ2adFf3+1Jjy/z5b1v8vVsenGk&#10;0XWWFSwXEQji2uqOGwWHcnP3BMJ5ZI29ZVLwQw7WxfVVjpm2J97Rce8bEUrYZaig9X7IpHR1Swbd&#10;wg7E4fZpR4M+xLGResRTKDe9jKNoJQ12HBZaHOi1pfp7PxkFVRcf8HdXbiOTbhL/Ppdf08ebUrc3&#10;88szCE+z/4Phoh/UoQhOlZ1YO9GHnNwvA6pgFScgLsBj8gCiUpCmEcgil/8/KM4AAAD//wMAUEsB&#10;Ai0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVz&#10;XS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMv&#10;LnJlbHNQSwECLQAUAAYACAAAACEAH2o8tikCAABNBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uy&#10;b0RvYy54bWxQSwECLQAUAAYACAAAACEA50tqkt4AAAAJAQAADwAAAAAAAAAAAAAAAACDBAAAZHJz&#10;L2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAI4FAAAAAA==&#10;">
                       <v:textbox>
                         <w:txbxContent>
                           <w:p w14:paraId="6224162E" w14:textId="77777777" w:rsidR="00AC4871" w:rsidRDefault="00AC4871" w:rsidP="00196677">
-                            <w:bookmarkStart w:id="5" w:name="_M670445567"/>
-                            <w:bookmarkEnd w:id="5"/>
+                            <w:bookmarkStart w:id="4" w:name="_M670445567"/>
+                            <w:bookmarkEnd w:id="4"/>
                           </w:p>
                         </w:txbxContent>
                       </v:textbox>
                     </v:rect>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidR="00196677" w:rsidRPr="00196677">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>wysyłka na adres skr</w:t>
-[...35 lines deleted...]
-            <w:r w:rsidR="00196677" w:rsidRPr="00196677">
+              <w:t>wysyłka na adres do doręczeń elektronicznych</w:t>
+            </w:r>
+            <w:r w:rsidR="00BD5651">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
-              <w:t>2</w:t>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkEnd w:id="3"/>
-[...601 lines deleted...]
-      <w:bookmarkEnd w:id="6"/>
+      <w:bookmarkEnd w:id="2"/>
     </w:tbl>
     <w:p w14:paraId="6642682D" w14:textId="77777777" w:rsidR="00196677" w:rsidRDefault="00196677" w:rsidP="00AC4871">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9639" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="367"/>
         <w:gridCol w:w="5304"/>
         <w:gridCol w:w="529"/>
         <w:gridCol w:w="421"/>
         <w:gridCol w:w="1821"/>
         <w:gridCol w:w="421"/>
         <w:gridCol w:w="776"/>
@@ -5087,70 +3911,70 @@
       <w:tr w:rsidR="007B4510" w:rsidRPr="0008765D" w14:paraId="3937A696" w14:textId="77777777" w:rsidTr="0008765D">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1CA36F40" w14:textId="77777777" w:rsidR="007B4510" w:rsidRPr="0008765D" w:rsidRDefault="00EC75DA" w:rsidP="00AC4871">
+          <w:p w14:paraId="1CA36F40" w14:textId="26E73E68" w:rsidR="007B4510" w:rsidRPr="0008765D" w:rsidRDefault="00BD5651" w:rsidP="00AC4871">
             <w:pPr>
               <w:pStyle w:val="Nagwek9"/>
               <w:spacing w:before="0" w:after="0" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>J</w:t>
+              <w:t>I</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9272" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="44EFA91D" w14:textId="77777777" w:rsidR="007B4510" w:rsidRPr="0008765D" w:rsidRDefault="007B4510" w:rsidP="00AC4871">
             <w:pPr>
@@ -5883,51 +4707,50 @@
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2CA84C99" w14:textId="77777777" w:rsidR="007B4510" w:rsidRDefault="007B4510" w:rsidP="00AC4871">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Ilość:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007B4510" w14:paraId="2726AB5D" w14:textId="77777777" w:rsidTr="0008765D">
         <w:trPr>
           <w:trHeight w:val="284"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9639" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
@@ -6119,50 +4942,51 @@
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2B162E44" w14:textId="77777777" w:rsidR="007B4510" w:rsidRDefault="007B4510" w:rsidP="00AC4871">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Kolorowe znaki firmowe i napisy np. na parasolach i markizach mogą być usytuowane tylko na elementach zwisających (lambrekinach).</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0CF9A14D" w14:textId="77777777" w:rsidR="007B4510" w:rsidRDefault="007B4510" w:rsidP="0025227A">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">W przypadku ogródka zlokalizowanego na terenie parku kulturowego „Stare Miasto” dopuszcza się wyłącznie barwy materiałów </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:bCs/>
@@ -8561,51 +7385,50 @@
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="67A2B1AA" w14:textId="77777777" w:rsidR="007B4510" w:rsidRDefault="007B4510" w:rsidP="00AC4871">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>5.1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Donice</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="529" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
@@ -8967,50 +7790,51 @@
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5E3B3752" w14:textId="77777777" w:rsidR="007B4510" w:rsidRDefault="007B4510" w:rsidP="00AC4871">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>5.2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Tablica z menu</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="529" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
@@ -10376,65 +9200,65 @@
         <w:gridCol w:w="1088"/>
         <w:gridCol w:w="327"/>
         <w:gridCol w:w="887"/>
         <w:gridCol w:w="528"/>
         <w:gridCol w:w="718"/>
         <w:gridCol w:w="349"/>
         <w:gridCol w:w="328"/>
       </w:tblGrid>
       <w:tr w:rsidR="00AB6047" w14:paraId="6DB748AB" w14:textId="77777777" w:rsidTr="00214FB5">
         <w:trPr>
           <w:trHeight w:val="510"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="47B8E937" w14:textId="77777777" w:rsidR="00AB6047" w:rsidRDefault="00AB6047" w:rsidP="00AC4871">
+          <w:p w14:paraId="47B8E937" w14:textId="2E7D3DA8" w:rsidR="00AB6047" w:rsidRDefault="00BD5651" w:rsidP="00AC4871">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>K</w:t>
+              <w:t>J</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3607" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1BD7AFDC" w14:textId="77777777" w:rsidR="00AB6047" w:rsidRDefault="00AB6047" w:rsidP="00AC4871">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -12723,65 +11547,65 @@
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="362"/>
         <w:gridCol w:w="8411"/>
         <w:gridCol w:w="866"/>
       </w:tblGrid>
       <w:tr w:rsidR="00696B85" w14:paraId="6ABF353D" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="362" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4A5CB583" w14:textId="77777777" w:rsidR="00696B85" w:rsidRDefault="00AB6047" w:rsidP="00AC4871">
+          <w:p w14:paraId="4A5CB583" w14:textId="156E7921" w:rsidR="00696B85" w:rsidRDefault="00BD5651" w:rsidP="00AC4871">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>L</w:t>
+              <w:t>K</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8411" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="61AC3C6D" w14:textId="77777777" w:rsidR="00696B85" w:rsidRDefault="008454A6" w:rsidP="00AC4871">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -13377,61 +12201,61 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4F9A42D7" w14:textId="77777777" w:rsidR="00696B85" w:rsidRDefault="00696B85" w:rsidP="00AC4871">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6C03238B" w14:textId="77777777" w:rsidR="008E27A5" w:rsidRDefault="008E27A5" w:rsidP="00AC4871">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="7" w:name="Uwagi"/>
+      <w:bookmarkStart w:id="5" w:name="Uwagi"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>UWAGI</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="7"/>
+      <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F778BD9" w14:textId="77777777" w:rsidR="008E27A5" w:rsidRDefault="008E27A5" w:rsidP="00AC4871">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
@@ -13637,58 +12461,67 @@
     <w:p w14:paraId="001D2086" w14:textId="77777777" w:rsidR="00AC4871" w:rsidRPr="0062746B" w:rsidRDefault="00AC4871" w:rsidP="00AC4871">
       <w:pPr>
         <w:spacing w:after="240" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0062746B">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>PAŃSTWA DANYCH OSOBOWYCH PRZEZ PREZYDENTA WROCŁAWIA</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="787551D3" w14:textId="77777777" w:rsidR="00606E63" w:rsidRPr="006F505B" w:rsidRDefault="00606E63" w:rsidP="00606E63">
       <w:pPr>
         <w:pStyle w:val="Teksttreci0"/>
         <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="8" w:name="_Hlk181691379"/>
+      <w:bookmarkStart w:id="6" w:name="_Hlk181691379"/>
       <w:r w:rsidRPr="006F505B">
         <w:rPr>
           <w:rStyle w:val="Teksttreci"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">Niniejszą informację otrzymała/otrzymał Pani/Pan w związku z obowiązkami określonymi w art. 13 rozporządzenia Parlamentu Europejskiego i Rady (UE) 2016/679 z dnia 27 kwietnia 2016 r. w sprawie ochrony osób fizycznych w związku z przetwarzaniem danych osobowych i w sprawie swobodnego przepływu takich danych oraz uchylenia dyrektywy 95/46/WE (ogólne rozporządzenie o ochronie danych - </w:t>
+        <w:t xml:space="preserve">Niniejszą informację otrzymała/otrzymał Pani/Pan w związku z obowiązkami określonymi w art. 13 rozporządzenia Parlamentu Europejskiego i Rady (UE) 2016/679 z dnia 27 kwietnia 2016 r. w sprawie ochrony osób fizycznych w związku z przetwarzaniem danych osobowych i w sprawie swobodnego </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F505B">
+        <w:rPr>
+          <w:rStyle w:val="Teksttreci"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">przepływu takich danych oraz uchylenia dyrektywy 95/46/WE (ogólne rozporządzenie o ochronie danych - </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006F505B">
         <w:rPr>
           <w:rStyle w:val="Teksttreci"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>RODO</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006F505B">
         <w:rPr>
           <w:rStyle w:val="Teksttreci"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>) (Dziennik Urzędowy Unii Europejskiej z dnia 14 maja 2016 r. L 119/1).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="47D0FEBE" w14:textId="77777777" w:rsidR="00606E63" w:rsidRPr="006F505B" w:rsidRDefault="00606E63" w:rsidP="00606E63">
       <w:pPr>
         <w:pStyle w:val="Stopka"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4536"/>
@@ -13721,63 +12554,63 @@
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="341"/>
         <w:gridCol w:w="2102"/>
         <w:gridCol w:w="7196"/>
       </w:tblGrid>
       <w:tr w:rsidR="00606E63" w:rsidRPr="006D56BB" w14:paraId="0BAB2667" w14:textId="77777777" w:rsidTr="003720E3">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="341" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="37C9A740" w14:textId="77777777" w:rsidR="00606E63" w:rsidRPr="006D56BB" w:rsidRDefault="00606E63" w:rsidP="00606E63">
+          <w:p w14:paraId="37C9A740" w14:textId="381D8428" w:rsidR="00606E63" w:rsidRPr="006D56BB" w:rsidRDefault="00BD5651" w:rsidP="00606E63">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>Ł</w:t>
+              <w:t>L</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9411" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4E220F20" w14:textId="77777777" w:rsidR="00606E63" w:rsidRPr="006D56BB" w:rsidRDefault="00606E63" w:rsidP="00606E63">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D56BB">
               <w:rPr>
                 <w:rStyle w:val="Inne"/>
@@ -14084,66 +12917,66 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F505B">
               <w:rPr>
                 <w:rStyle w:val="Inne"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Kategorie odnośnych danych osobowych</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7287" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0E2A04E1" w14:textId="77777777" w:rsidR="00606E63" w:rsidRPr="006F505B" w:rsidRDefault="00606E63" w:rsidP="00606E63">
+          <w:p w14:paraId="0E2A04E1" w14:textId="04599EFF" w:rsidR="00606E63" w:rsidRPr="006F505B" w:rsidRDefault="00C1700A" w:rsidP="00606E63">
             <w:pPr>
               <w:pStyle w:val="Inne0"/>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006F505B">
+            <w:r w:rsidRPr="00C1700A">
               <w:rPr>
                 <w:rStyle w:val="Inne"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Dane osobowe wnioskodawcy lub pełnomocnika: imię i nazwisko, adres zamieszkania lub adres do korespondencji, inne dane kontaktowe.</w:t>
+              <w:t>Dane osobowe wnioskodawcy lub pełnomocnika: imię i nazwisko, adres zamieszkania lub adres do korespondencji, adres do doręczeń elektronicznych, pesel, inne dane kontaktowe.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00606E63" w:rsidRPr="006F505B" w14:paraId="173ED00C" w14:textId="77777777" w:rsidTr="003720E3">
         <w:trPr>
           <w:cantSplit/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2465" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7FADE82C" w14:textId="77777777" w:rsidR="00606E63" w:rsidRPr="006F505B" w:rsidRDefault="00606E63" w:rsidP="00606E63">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
@@ -14153,67 +12986,107 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F505B">
               <w:rPr>
                 <w:rStyle w:val="Inne"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Podstawa prawna przetwarzania danych osobowych</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7287" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4DB0EB47" w14:textId="77777777" w:rsidR="00606E63" w:rsidRPr="006F505B" w:rsidRDefault="00606E63" w:rsidP="00606E63">
+          <w:p w14:paraId="4DB0EB47" w14:textId="30D7DFCE" w:rsidR="00606E63" w:rsidRPr="006F505B" w:rsidRDefault="00606E63" w:rsidP="00606E63">
             <w:pPr>
               <w:suppressLineNumbers/>
               <w:suppressAutoHyphens/>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F505B">
               <w:rPr>
                 <w:rStyle w:val="Inne"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Będziemy przetwarzać Pani/Pana dane osobowe na podstawie przepisów prawa, w szczególności ustawy z dnia: 14 czerwca 1960 r. Kodeks postępowania administracyjnego; 7 lipca 1994 r. Prawo budowlane; 27 marca 2003 r. o planowaniu i zagospodarowaniu przestrzennym; 10 kwietnia 2003 r. o szczególnych zasadach przygotowania i realizacji inwestycji w zakresie dróg publicznych; 24 czerwca 1994 r. o własności lokali; 5 czerwca 1998 r. o samorządzie powiatowym.</w:t>
+              <w:t>Będziemy przetwarzać Pani/Pana dane osobowe na podstawie przepisów prawa, w szczególności ustawy z dnia: 14 czerwca 1960 r. Kodeks postępowania administracyjnego; 7 lipca 1994 r. Prawo budowlane; 27 marca 2003 r. o planowaniu i zagospodarowaniu przestrzennym; 10 kwietnia 2003</w:t>
+            </w:r>
+            <w:r w:rsidR="00363AE8">
+              <w:rPr>
+                <w:rStyle w:val="Inne"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F505B">
+              <w:rPr>
+                <w:rStyle w:val="Inne"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>r. o szczególnych zasadach przygotowania i realizacji inwestycji w zakresie dróg publicznych; 24 czerwca 1994 r. o własności lokali; 5 czerwca 1998 r. o samorządzie powiatowym</w:t>
+            </w:r>
+            <w:r w:rsidR="00C1700A">
+              <w:rPr>
+                <w:rStyle w:val="Inne"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:r w:rsidR="00C1700A" w:rsidRPr="00C1700A">
+              <w:rPr>
+                <w:rStyle w:val="Inne"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>18 listopada 2020 r. o doręczeniach elektronicznych</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F505B">
+              <w:rPr>
+                <w:rStyle w:val="Inne"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00606E63" w:rsidRPr="006F505B" w14:paraId="2E3778B3" w14:textId="77777777" w:rsidTr="003720E3">
         <w:trPr>
           <w:cantSplit/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2465" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5FC01A40" w14:textId="77777777" w:rsidR="00606E63" w:rsidRPr="006F505B" w:rsidRDefault="00606E63" w:rsidP="00606E63">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
@@ -14623,51 +13496,50 @@
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1C149F82" w14:textId="77777777" w:rsidR="00606E63" w:rsidRPr="006F505B" w:rsidRDefault="00606E63" w:rsidP="00606E63">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Inne"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F505B">
               <w:rPr>
                 <w:rStyle w:val="Inne"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Prawo wniesienia skargi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7287" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5E37EFD4" w14:textId="77777777" w:rsidR="00606E63" w:rsidRPr="006F505B" w:rsidRDefault="00606E63" w:rsidP="00606E63">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Inne"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F505B">
@@ -14713,50 +13585,51 @@
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="319EDFF0" w14:textId="77777777" w:rsidR="00606E63" w:rsidRPr="006F505B" w:rsidRDefault="00606E63" w:rsidP="00606E63">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F505B">
               <w:rPr>
                 <w:rStyle w:val="Inne"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Inspektor Ochrony Danych</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7287" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3701BF0C" w14:textId="77777777" w:rsidR="00606E63" w:rsidRPr="006F505B" w:rsidRDefault="00606E63" w:rsidP="00606E63">
             <w:pPr>
               <w:pStyle w:val="Inne0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="307"/>
               </w:tabs>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -14866,113 +13739,113 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F505B">
               <w:rPr>
                 <w:rStyle w:val="Inne"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>telefonicznie: +48 71 777 77 24.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="55AB35AE" w14:textId="77777777" w:rsidR="00606E63" w:rsidRPr="006F505B" w:rsidRDefault="00606E63" w:rsidP="00606E63">
       <w:pPr>
         <w:spacing w:before="60" w:after="60" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkEnd w:id="6"/>
     <w:p w14:paraId="243741AF" w14:textId="77777777" w:rsidR="00AC4871" w:rsidRPr="00733CE2" w:rsidRDefault="00AC4871" w:rsidP="00AC4871">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9639" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="57" w:type="dxa"/>
           <w:left w:w="57" w:type="dxa"/>
           <w:bottom w:w="57" w:type="dxa"/>
           <w:right w:w="57" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="362"/>
         <w:gridCol w:w="9277"/>
       </w:tblGrid>
       <w:tr w:rsidR="00AC4871" w:rsidRPr="00196677" w14:paraId="180C5F0E" w14:textId="77777777" w:rsidTr="00AC4871">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="362" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="76DF9882" w14:textId="77777777" w:rsidR="00AC4871" w:rsidRPr="00196677" w:rsidRDefault="00606E63" w:rsidP="00AC4871">
+          <w:p w14:paraId="76DF9882" w14:textId="0ECFF649" w:rsidR="00AC4871" w:rsidRPr="00196677" w:rsidRDefault="00BD5651" w:rsidP="00AC4871">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="9" w:name="_Hlk134088397"/>
+            <w:bookmarkStart w:id="7" w:name="_Hlk134088397"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>M</w:t>
+              <w:t>Ł</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9277" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7AEAAD6E" w14:textId="77777777" w:rsidR="00AC4871" w:rsidRPr="00196677" w:rsidRDefault="00AC4871" w:rsidP="00AC4871">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
@@ -15093,231 +13966,241 @@
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Data: ………………………………………………………</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>…….</w:t>
             </w:r>
             <w:r w:rsidRPr="00BA095D">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>……..</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkEnd w:id="9"/>
+      <w:bookmarkEnd w:id="7"/>
     </w:tbl>
     <w:p w14:paraId="0024D0A5" w14:textId="77777777" w:rsidR="00AC4871" w:rsidRDefault="00AC4871" w:rsidP="00AC4871">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1F6509DC" w14:textId="77777777" w:rsidR="00AC4871" w:rsidRDefault="00AC4871" w:rsidP="00AC4871">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0237EE15" w14:textId="77777777" w:rsidR="00567A5E" w:rsidRDefault="00567A5E" w:rsidP="00AC4871">
       <w:pPr>
         <w:pStyle w:val="Stopka"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4536"/>
           <w:tab w:val="clear" w:pos="9072"/>
         </w:tabs>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="36B53D1F" w14:textId="77777777" w:rsidR="00AA1B68" w:rsidRDefault="00AA1B68" w:rsidP="00AC4871">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="10" w:name="_Hlk134518414"/>
+      <w:bookmarkStart w:id="8" w:name="_Hlk134518414"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
         <w:t>*     niepotrzebne skreślić</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkEnd w:id="8"/>
     <w:p w14:paraId="61F6AF85" w14:textId="77777777" w:rsidR="00567A5E" w:rsidRDefault="00567A5E" w:rsidP="00AC4871">
       <w:pPr>
         <w:pStyle w:val="Stopka"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4536"/>
           <w:tab w:val="clear" w:pos="9072"/>
         </w:tabs>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00567A5E">
       <w:headerReference w:type="even" r:id="rId11"/>
       <w:headerReference w:type="default" r:id="rId12"/>
       <w:footerReference w:type="even" r:id="rId13"/>
       <w:footerReference w:type="default" r:id="rId14"/>
       <w:headerReference w:type="first" r:id="rId15"/>
       <w:footerReference w:type="first" r:id="rId16"/>
       <w:endnotePr>
         <w:numFmt w:val="decimal"/>
       </w:endnotePr>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="794" w:right="1134" w:bottom="794" w:left="1134" w:header="567" w:footer="567" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="13876935" w14:textId="77777777" w:rsidR="005F6174" w:rsidRDefault="005F6174">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="25B1A9CC" w14:textId="77777777" w:rsidR="005F6174" w:rsidRDefault="005F6174">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:id="1">
-    <w:p w14:paraId="314D7846" w14:textId="77777777" w:rsidR="00570A15" w:rsidRDefault="00AC4871">
+    <w:p w14:paraId="7F61A19F" w14:textId="77777777" w:rsidR="00BD5651" w:rsidRDefault="00BD5651" w:rsidP="00BD5651">
       <w:pPr>
         <w:pStyle w:val="Tekstprzypisukocowego"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EC75DA">
+      <w:r w:rsidRPr="008F2755">
         <w:rPr>
           <w:rStyle w:val="Odwoanieprzypisukocowego"/>
-          <w:rFonts w:cs="Verdana"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:endnoteRef/>
       </w:r>
-      <w:r w:rsidRPr="00EC75DA">
+      <w:r w:rsidRPr="008F2755">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Nieobowiązkowe</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:bookmarkStart w:id="1" w:name="_Hlk218762392"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Adres do doręczeń elektronicznych należy podać jeżeli wnioskodawca/pełnomocnik go posiada</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="1"/>
     </w:p>
   </w:endnote>
   <w:endnote w:id="2">
-    <w:p w14:paraId="040BD02D" w14:textId="77777777" w:rsidR="00570A15" w:rsidRDefault="00AC4871" w:rsidP="00307036">
+    <w:p w14:paraId="5F82565B" w14:textId="77777777" w:rsidR="00BD5651" w:rsidRDefault="00BD5651" w:rsidP="00BD5651">
       <w:pPr>
         <w:pStyle w:val="Tekstprzypisukocowego"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EC75DA">
+      <w:r w:rsidRPr="002F27FD">
         <w:rPr>
           <w:rStyle w:val="Odwoanieprzypisukocowego"/>
-          <w:rFonts w:cs="Verdana"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:endnoteRef/>
       </w:r>
-      <w:r w:rsidRPr="00EC75DA">
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F2755">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Adres skrzynki ePUAP lub do doręczeń elektronicznych wskazuje się w przypadku wyrażenia zgody na doręczanie korespondencji za pomocą środków komunikacji elektronicznej, z zastrzeżeniem przypadków, w których organ w świetle przepisów ustawy z dnia 18 listopada 2020 r. o doręczeniach elektronicznych ma obowiązek doręczenia korespondencji na adres do doręczeń elektronicznych.</w:t>
+        <w:t>Nieobowiązkowe</w:t>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:id="3">
     <w:p w14:paraId="543E1168" w14:textId="77777777" w:rsidR="00570A15" w:rsidRDefault="00AC4871">
       <w:pPr>
         <w:pStyle w:val="Tekstprzypisukocowego"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC75DA">
         <w:rPr>
           <w:rStyle w:val="Odwoanieprzypisukocowego"/>
           <w:rFonts w:cs="Verdana"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:endnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00EC75DA">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> Na pisemne żądanie wnioskodawcy istnieje możliwość osobistego odbioru dokumentów w okresie do 3 dni po ich zarejestrowaniu. Po tym terminie dokumenty będę przekazywane drogą pocztową na adres wskazany we wniosku.</w:t>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="EE"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="EE"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
@@ -15351,51 +14234,50 @@
   </w:font>
   <w:font w:name="Arial Narrow">
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Liberation Mono">
     <w:altName w:val="Courier New"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:notTrueType/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="NSimSun">
     <w:panose1 w:val="02010609030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
-    <w:altName w:val="Tahoma"/>
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Unicode MS">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="4879DBA7" w14:textId="77777777" w:rsidR="00D753EB" w:rsidRDefault="00D753EB">
     <w:pPr>
       <w:pStyle w:val="Stopka"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
@@ -19030,51 +17912,51 @@
     <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="22">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="23">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="24">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="25">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="26">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="27">
     <w:abstractNumId w:val="11"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:val="bestFit" w:percent="225"/>
   <w:embedSystemFonts/>
   <w:mirrorMargins/>
   <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="425"/>
   <w:doNotHyphenateCaps/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:doNotValidateAgainstSchema/>
   <w:doNotDemarcateInvalidXml/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:numFmt w:val="decimal"/>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -19101,66 +17983,68 @@
     <w:rsid w:val="00145EC4"/>
     <w:rsid w:val="0016647F"/>
     <w:rsid w:val="00196677"/>
     <w:rsid w:val="001D1D51"/>
     <w:rsid w:val="00214FB5"/>
     <w:rsid w:val="00226397"/>
     <w:rsid w:val="00241FF3"/>
     <w:rsid w:val="0025227A"/>
     <w:rsid w:val="00263F93"/>
     <w:rsid w:val="00286702"/>
     <w:rsid w:val="00287694"/>
     <w:rsid w:val="00297DC1"/>
     <w:rsid w:val="002A3A76"/>
     <w:rsid w:val="002B78FF"/>
     <w:rsid w:val="002C0011"/>
     <w:rsid w:val="002C7F99"/>
     <w:rsid w:val="002E6132"/>
     <w:rsid w:val="00307036"/>
     <w:rsid w:val="003153A0"/>
     <w:rsid w:val="00322853"/>
     <w:rsid w:val="00330F18"/>
     <w:rsid w:val="003413EE"/>
     <w:rsid w:val="00341E6D"/>
     <w:rsid w:val="00350A9C"/>
     <w:rsid w:val="003521F3"/>
+    <w:rsid w:val="00363AE8"/>
     <w:rsid w:val="00371B0E"/>
     <w:rsid w:val="003720E3"/>
     <w:rsid w:val="003910AD"/>
     <w:rsid w:val="003C1609"/>
     <w:rsid w:val="003D7113"/>
     <w:rsid w:val="003F73BA"/>
     <w:rsid w:val="004257A3"/>
     <w:rsid w:val="00467E54"/>
     <w:rsid w:val="00492179"/>
     <w:rsid w:val="004B4313"/>
     <w:rsid w:val="004B6CFD"/>
     <w:rsid w:val="004C042B"/>
     <w:rsid w:val="004D011A"/>
     <w:rsid w:val="0051090A"/>
     <w:rsid w:val="005219BD"/>
     <w:rsid w:val="005464B1"/>
+    <w:rsid w:val="005622AC"/>
     <w:rsid w:val="00567A5E"/>
     <w:rsid w:val="00570A15"/>
     <w:rsid w:val="005D041B"/>
     <w:rsid w:val="005F2F06"/>
     <w:rsid w:val="005F3060"/>
     <w:rsid w:val="005F4374"/>
     <w:rsid w:val="005F6174"/>
     <w:rsid w:val="00606E63"/>
     <w:rsid w:val="0061111B"/>
     <w:rsid w:val="00623DFD"/>
     <w:rsid w:val="0062746B"/>
     <w:rsid w:val="006915DA"/>
     <w:rsid w:val="00694703"/>
     <w:rsid w:val="00696B85"/>
     <w:rsid w:val="006B635D"/>
     <w:rsid w:val="006D56BB"/>
     <w:rsid w:val="006F0961"/>
     <w:rsid w:val="006F505B"/>
     <w:rsid w:val="00733CE2"/>
     <w:rsid w:val="007515D1"/>
     <w:rsid w:val="0076606C"/>
     <w:rsid w:val="007B4510"/>
     <w:rsid w:val="007B5BF2"/>
     <w:rsid w:val="007F0543"/>
     <w:rsid w:val="0081492B"/>
@@ -19180,50 +18064,52 @@
     <w:rsid w:val="00917135"/>
     <w:rsid w:val="0094629D"/>
     <w:rsid w:val="00973033"/>
     <w:rsid w:val="0098573F"/>
     <w:rsid w:val="009975BE"/>
     <w:rsid w:val="009A00B8"/>
     <w:rsid w:val="009A4DBB"/>
     <w:rsid w:val="009E3012"/>
     <w:rsid w:val="009E59EB"/>
     <w:rsid w:val="00A201F6"/>
     <w:rsid w:val="00A45AE3"/>
     <w:rsid w:val="00A54046"/>
     <w:rsid w:val="00A83218"/>
     <w:rsid w:val="00AA1B68"/>
     <w:rsid w:val="00AA6C8E"/>
     <w:rsid w:val="00AB6047"/>
     <w:rsid w:val="00AC378A"/>
     <w:rsid w:val="00AC4871"/>
     <w:rsid w:val="00AD2BD0"/>
     <w:rsid w:val="00AD4717"/>
     <w:rsid w:val="00AE1066"/>
     <w:rsid w:val="00B030BB"/>
     <w:rsid w:val="00B041D0"/>
     <w:rsid w:val="00B977D5"/>
     <w:rsid w:val="00BA095D"/>
+    <w:rsid w:val="00BD5651"/>
+    <w:rsid w:val="00C1700A"/>
     <w:rsid w:val="00C52C60"/>
     <w:rsid w:val="00C86B7B"/>
     <w:rsid w:val="00C911E0"/>
     <w:rsid w:val="00CD400A"/>
     <w:rsid w:val="00CF3472"/>
     <w:rsid w:val="00D35070"/>
     <w:rsid w:val="00D60EF4"/>
     <w:rsid w:val="00D753EB"/>
     <w:rsid w:val="00DE781D"/>
     <w:rsid w:val="00E0300E"/>
     <w:rsid w:val="00E30A05"/>
     <w:rsid w:val="00E33D86"/>
     <w:rsid w:val="00E347DB"/>
     <w:rsid w:val="00E4467A"/>
     <w:rsid w:val="00E511A3"/>
     <w:rsid w:val="00E940CB"/>
     <w:rsid w:val="00EB65CD"/>
     <w:rsid w:val="00EC25E2"/>
     <w:rsid w:val="00EC75DA"/>
     <w:rsid w:val="00ED24A8"/>
     <w:rsid w:val="00F0577C"/>
     <w:rsid w:val="00F11D06"/>
     <w:rsid w:val="00FE642F"/>
   </w:rsids>
   <m:mathPr>
@@ -20781,55 +19667,55 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{84D8367C-5E21-48BF-8D55-CF8634B0047A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>7</Pages>
-  <Words>1668</Words>
-  <Characters>10951</Characters>
+  <Words>1608</Words>
+  <Characters>10611</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>547</Lines>
-  <Paragraphs>341</Paragraphs>
+  <Lines>88</Lines>
+  <Paragraphs>24</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>UMW</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>12278</CharactersWithSpaces>
+  <CharactersWithSpaces>12195</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>W3 Wniosek o wydanie opinii dotyczącej lokalizacji i formy ogródka gastronomicznego</dc:title>
   <dc:subject>W3 Wniosek o wydanie opinii dotyczącej lokalizacji i formy ogródka gastronomicznego</dc:subject>
   <dc:creator>XYZ</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>