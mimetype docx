--- v0 (2025-10-02)
+++ v1 (2026-01-21)
@@ -4,6750 +4,6745 @@
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00103A69" w:rsidRPr="007F1643" w:rsidRDefault="00103A69" w:rsidP="0047437A">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="007F1643">
+    <w:p w:rsidR="00103A69" w:rsidRPr="00E85D07" w:rsidRDefault="00103A69" w:rsidP="00103A69">
+      <w:pPr>
+        <w:ind w:left="6379" w:right="52"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Załącznik nr 1</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00103A69" w:rsidRPr="007F1643" w:rsidRDefault="00F50402" w:rsidP="0047437A">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="007F1643">
+    <w:p w:rsidR="00103A69" w:rsidRPr="00E85D07" w:rsidRDefault="008D5351" w:rsidP="00103A69">
+      <w:pPr>
+        <w:ind w:left="5672" w:right="52"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
-        <w:t>do uchwały nr</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> XXI/395/25</w:t>
+        <w:t xml:space="preserve">do uchwały nr </w:t>
+      </w:r>
+      <w:r w:rsidR="00354306" w:rsidRPr="00E85D07">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>XXV/510/25</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00103A69" w:rsidRPr="007F1643" w:rsidRDefault="00103A69" w:rsidP="0047437A">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="007F1643">
+    <w:p w:rsidR="00103A69" w:rsidRPr="00E85D07" w:rsidRDefault="00103A69" w:rsidP="00103A69">
+      <w:pPr>
+        <w:ind w:left="5672" w:right="52"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Rady Miejskiej Wrocławia</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C71EB2" w:rsidRPr="007F1643" w:rsidRDefault="00103A69" w:rsidP="0047437A">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="007F1643">
+    <w:p w:rsidR="00C71EB2" w:rsidRPr="00E85D07" w:rsidRDefault="00103A69" w:rsidP="000C593B">
+      <w:pPr>
+        <w:spacing w:after="480"/>
+        <w:ind w:left="6379" w:right="51"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">z dnia </w:t>
-[...8 lines deleted...]
-      </w:r>
+        <w:t>z dnia</w:t>
+      </w:r>
+      <w:r w:rsidR="00440FBC" w:rsidRPr="00E85D07">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_Hlk218242257"/>
+      <w:r w:rsidR="00354306" w:rsidRPr="00E85D07">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>20 listopada</w:t>
+      </w:r>
+      <w:r w:rsidR="00440FBC" w:rsidRPr="00E85D07">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00310720" w:rsidRPr="00E85D07">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2025</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E85D07">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FC23D7" w:rsidRPr="00E85D07">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>r.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w:rsidR="00E20303" w:rsidRPr="007F1643" w:rsidRDefault="00E20303" w:rsidP="0047437A">
+    <w:p w:rsidR="00E20303" w:rsidRPr="00E85D07" w:rsidRDefault="00E20303" w:rsidP="003A6C52">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
         </w:tabs>
-        <w:spacing w:before="480" w:line="360" w:lineRule="auto"/>
+        <w:spacing w:before="240" w:after="360" w:line="480" w:lineRule="auto"/>
         <w:ind w:left="5664" w:right="51"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007F1643">
+      <w:r w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Wrocław, dnia</w:t>
       </w:r>
-      <w:r w:rsidR="00741078" w:rsidRPr="007F1643">
+      <w:r w:rsidR="00741078" w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0099210A" w:rsidRPr="007F1643" w:rsidRDefault="00E20303" w:rsidP="0074775D">
+    <w:p w:rsidR="0099210A" w:rsidRPr="00E85D07" w:rsidRDefault="00E20303" w:rsidP="003A6C52">
       <w:pPr>
         <w:pStyle w:val="Nagwek1"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="6804"/>
         </w:tabs>
-        <w:spacing w:before="120" w:after="240"/>
+        <w:spacing w:before="240" w:after="240"/>
         <w:ind w:left="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007F1643">
+      <w:r w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>WNIOSEK O PRZYZNANIE DOTACJI NA ROK</w:t>
       </w:r>
-      <w:r w:rsidR="0074775D">
+      <w:r w:rsidR="003A6C52">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="002C53E5">
+      <w:r w:rsidR="0086052D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="002C53E5">
-[...6 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00EE36EB" w:rsidRPr="007F1643" w:rsidRDefault="0099210A" w:rsidP="00DB5AEC">
+    <w:p w:rsidR="00EE36EB" w:rsidRPr="00E85D07" w:rsidRDefault="0099210A" w:rsidP="005C13F6">
       <w:pPr>
         <w:pStyle w:val="Nagwek2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
-        <w:spacing w:line="288" w:lineRule="auto"/>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="007F1643">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Dane przedszkola/szkoły/placówki/innej formy wychowania przedszkolnego</w:t>
       </w:r>
-      <w:r w:rsidR="00EE36EB" w:rsidRPr="007F1643">
+      <w:r w:rsidR="00EE36EB" w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E20303" w:rsidRPr="007F1643" w:rsidRDefault="0099210A" w:rsidP="0047437A">
+    <w:p w:rsidR="00E20303" w:rsidRPr="00E85D07" w:rsidRDefault="0099210A" w:rsidP="002A1C07">
       <w:pPr>
         <w:pStyle w:val="Nagwek2"/>
-        <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
-[...14 lines deleted...]
-      <w:r w:rsidR="006D22FF" w:rsidRPr="007F1643">
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E85D07">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (zgodnie z aktualnym</w:t>
+      </w:r>
+      <w:r w:rsidR="006D22FF" w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007F1643">
+      <w:r w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> wpisem do ewidencji lub decyzją o udzieleniu zezwolenia na założenie publicznego przedszkola/innej formy wychowania </w:t>
       </w:r>
-      <w:r w:rsidR="003E6C9A" w:rsidRPr="007F1643">
+      <w:r w:rsidR="003E6C9A" w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
-      <w:r w:rsidRPr="007F1643">
+      <w:r w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>rzedszkolnego/szkoły/placówki)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0099210A" w:rsidRPr="007F1643" w:rsidRDefault="0099210A" w:rsidP="005C13F6">
+    <w:p w:rsidR="0099210A" w:rsidRPr="00E85D07" w:rsidRDefault="0099210A" w:rsidP="005C13F6">
       <w:pPr>
         <w:pStyle w:val="Nagwek3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007F1643">
+      <w:r w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Pełna nazwa:</w:t>
       </w:r>
-      <w:r w:rsidR="00EE36EB" w:rsidRPr="007F1643">
+      <w:r w:rsidR="00EE36EB" w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0099210A" w:rsidRPr="007F1643" w:rsidRDefault="0099210A" w:rsidP="00FF2E7E">
+    <w:p w:rsidR="0099210A" w:rsidRPr="00E85D07" w:rsidRDefault="0099210A" w:rsidP="00FF2E7E">
       <w:pPr>
         <w:pStyle w:val="Nagwek3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007F1643">
+      <w:r w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Adres:</w:t>
       </w:r>
-      <w:r w:rsidR="00FF2E7E" w:rsidRPr="007F1643">
+      <w:r w:rsidR="00FF2E7E" w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00167987" w:rsidRPr="007F1643" w:rsidRDefault="0099210A" w:rsidP="00FF2E7E">
+    <w:p w:rsidR="00167987" w:rsidRPr="00E85D07" w:rsidRDefault="0099210A" w:rsidP="00FF2E7E">
       <w:pPr>
         <w:pStyle w:val="Nagwek3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007F1643">
+      <w:r w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>REGON:</w:t>
       </w:r>
-      <w:r w:rsidR="00FF2E7E" w:rsidRPr="007F1643">
+      <w:r w:rsidR="00FF2E7E" w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D22FF" w:rsidRPr="007F1643" w:rsidRDefault="006D22FF" w:rsidP="0047437A">
+    <w:p w:rsidR="006D22FF" w:rsidRPr="00E85D07" w:rsidRDefault="006D22FF" w:rsidP="002A1C07">
       <w:pPr>
         <w:pStyle w:val="Nagwek2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
-        <w:spacing w:line="288" w:lineRule="auto"/>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="007F1643">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Dane osoby prowadzącej przedszkol</w:t>
       </w:r>
-      <w:r w:rsidR="00417893" w:rsidRPr="007F1643">
+      <w:r w:rsidR="00417893" w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidRPr="007F1643">
+      <w:r w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>/szkoł</w:t>
       </w:r>
-      <w:r w:rsidR="00417893" w:rsidRPr="007F1643">
+      <w:r w:rsidR="00417893" w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ę</w:t>
       </w:r>
-      <w:r w:rsidRPr="007F1643">
+      <w:r w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>/placówk</w:t>
       </w:r>
-      <w:r w:rsidR="00417893" w:rsidRPr="007F1643">
+      <w:r w:rsidR="00417893" w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ę</w:t>
       </w:r>
-      <w:r w:rsidRPr="007F1643">
+      <w:r w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>/inn</w:t>
       </w:r>
-      <w:r w:rsidR="00417893" w:rsidRPr="007F1643">
+      <w:r w:rsidR="00417893" w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ą</w:t>
       </w:r>
-      <w:r w:rsidRPr="007F1643">
+      <w:r w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> form</w:t>
       </w:r>
-      <w:r w:rsidR="00417893" w:rsidRPr="007F1643">
+      <w:r w:rsidR="00417893" w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ę</w:t>
       </w:r>
-      <w:r w:rsidRPr="007F1643">
+      <w:r w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> wychowania przedszkolnego:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D22FF" w:rsidRPr="007F1643" w:rsidRDefault="006D22FF" w:rsidP="0047437A">
+    <w:p w:rsidR="006D22FF" w:rsidRPr="00E85D07" w:rsidRDefault="006D22FF" w:rsidP="002A1C07">
       <w:pPr>
         <w:pStyle w:val="Nagwek2"/>
-        <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
-[...12 lines deleted...]
-        <w:t>(zgodnie z aktualnym  wpisem do ewidencji lub decyzją o udzieleniu zezwolenia na założenie publicznego przedszkola/innej formy wychowania przedszkolnego/szkoły/placówki)</w:t>
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E85D07">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (zgodnie z aktualnym  wpisem do ewidencji lub decyzją o udzieleniu zezwolenia na założenie publicznego przedszkola/innej formy wychowania przedszkolnego/szkoły/placówki)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D22FF" w:rsidRPr="007F1643" w:rsidRDefault="006D22FF" w:rsidP="002A1C07">
+    <w:p w:rsidR="006D22FF" w:rsidRPr="00E85D07" w:rsidRDefault="006D22FF" w:rsidP="002A1C07">
       <w:pPr>
         <w:pStyle w:val="Nagwek3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007F1643">
+      <w:r w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Nazwa osoby prowadzącej:</w:t>
       </w:r>
-      <w:r w:rsidRPr="007F1643">
+      <w:r w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D22FF" w:rsidRPr="007F1643" w:rsidRDefault="006D22FF" w:rsidP="002A1C07">
+    <w:p w:rsidR="006D22FF" w:rsidRPr="00E85D07" w:rsidRDefault="006D22FF" w:rsidP="002A1C07">
       <w:pPr>
         <w:pStyle w:val="Nagwek3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007F1643">
+      <w:r w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Adres:</w:t>
       </w:r>
-      <w:r w:rsidRPr="007F1643">
+      <w:r w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D22FF" w:rsidRPr="007F1643" w:rsidRDefault="006D22FF" w:rsidP="002A1C07">
+    <w:p w:rsidR="006D22FF" w:rsidRPr="00E85D07" w:rsidRDefault="006D22FF" w:rsidP="002A1C07">
       <w:pPr>
         <w:pStyle w:val="Nagwek3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007F1643">
+      <w:r w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>NIP:</w:t>
       </w:r>
-      <w:r w:rsidRPr="007F1643">
+      <w:r w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002A1C07" w:rsidRPr="007F1643" w:rsidRDefault="002A1C07" w:rsidP="002A1C07">
+    <w:p w:rsidR="002A1C07" w:rsidRPr="00E85D07" w:rsidRDefault="002A1C07" w:rsidP="002A1C07">
       <w:pPr>
         <w:pStyle w:val="Nagwek2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007F1643">
+      <w:r w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Numer i data zaświadczenia o wpisie do ewidencji niepublicznych szkół i placówek (ostatnie aktualne zaświadczenie):</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002A1C07" w:rsidRPr="007F1643" w:rsidRDefault="002A1C07" w:rsidP="002A1C07">
+    <w:p w:rsidR="002A1C07" w:rsidRPr="00E85D07" w:rsidRDefault="002A1C07" w:rsidP="002A1C07">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007F1643">
+      <w:r w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002A1C07" w:rsidRPr="007F1643" w:rsidRDefault="002A1C07" w:rsidP="002A1C07">
+    <w:p w:rsidR="002A1C07" w:rsidRPr="00E85D07" w:rsidRDefault="002A1C07" w:rsidP="002A1C07">
       <w:pPr>
         <w:pStyle w:val="Nagwek2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007F1643">
+      <w:r w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Numer i data wydania decyzji o udzieleniu zezwolenia na założenie publicznej szkoły/placówki/innej formy wychowania przedszkolnego (ostatnia aktualna</w:t>
       </w:r>
-      <w:r w:rsidR="009030AA" w:rsidRPr="007F1643">
+      <w:r w:rsidR="009030AA" w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007F1643">
+      <w:r w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>decyzja):</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002A1C07" w:rsidRPr="007F1643" w:rsidRDefault="002A1C07" w:rsidP="002A1C07">
+    <w:p w:rsidR="002A1C07" w:rsidRPr="00E85D07" w:rsidRDefault="002A1C07" w:rsidP="002A1C07">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007F1643">
+      <w:r w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002A1C07" w:rsidRPr="007F1643" w:rsidRDefault="002A1C07" w:rsidP="002A1C07">
+    <w:p w:rsidR="002A1C07" w:rsidRPr="00E85D07" w:rsidRDefault="002A1C07" w:rsidP="002A1C07">
       <w:pPr>
         <w:pStyle w:val="Nagwek2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007F1643">
+      <w:r w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Rachunek bankowy przedszkola/szkoły/placówki /innej formy wychowania przedszkolnego/zespołu szkół, właściwy do przekazania należnej dotacji:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002A1C07" w:rsidRPr="007F1643" w:rsidRDefault="002A1C07" w:rsidP="00013BE8">
+    <w:p w:rsidR="002A1C07" w:rsidRPr="00E85D07" w:rsidRDefault="002A1C07" w:rsidP="00013BE8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007F1643">
+      <w:r w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Nazwa banku:</w:t>
       </w:r>
-      <w:r w:rsidR="00013BE8" w:rsidRPr="007F1643">
+      <w:r w:rsidR="00013BE8" w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00013BE8" w:rsidRPr="007F1643" w:rsidRDefault="002A1C07" w:rsidP="00013BE8">
+    <w:p w:rsidR="00013BE8" w:rsidRPr="00E85D07" w:rsidRDefault="002A1C07" w:rsidP="00013BE8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007F1643">
+      <w:r w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Nazwa posiadacza rachunku bankowego zgodnie z umową zawartą z bankiem:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00013BE8" w:rsidRPr="007F1643" w:rsidRDefault="00013BE8" w:rsidP="00013BE8">
+    <w:p w:rsidR="00013BE8" w:rsidRPr="00E85D07" w:rsidRDefault="00013BE8" w:rsidP="00013BE8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007F1643">
+      <w:r w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009030AA" w:rsidRPr="007F1643" w:rsidRDefault="009030AA" w:rsidP="009030AA">
+    <w:p w:rsidR="009030AA" w:rsidRPr="00E85D07" w:rsidRDefault="009030AA" w:rsidP="009030AA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007F1643">
+      <w:r w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Adres posiadacza rachunku bankowego zgodnie z umową zawartą z bankiem:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009030AA" w:rsidRPr="007F1643" w:rsidRDefault="009030AA" w:rsidP="00013BE8">
+    <w:p w:rsidR="009030AA" w:rsidRPr="00E85D07" w:rsidRDefault="009030AA" w:rsidP="00013BE8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007F1643">
+      <w:r w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002A1C07" w:rsidRPr="007F1643" w:rsidRDefault="002A1C07" w:rsidP="00013BE8">
+    <w:p w:rsidR="002A1C07" w:rsidRPr="00E85D07" w:rsidRDefault="002A1C07" w:rsidP="00013BE8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007F1643">
+      <w:r w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Numer rachunku bankowego:</w:t>
       </w:r>
-      <w:r w:rsidRPr="007F1643">
+      <w:r w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F607C3" w:rsidRPr="007F1643" w:rsidRDefault="00F607C3" w:rsidP="00F607C3">
+    <w:p w:rsidR="00F607C3" w:rsidRPr="00E85D07" w:rsidRDefault="00F607C3" w:rsidP="00F607C3">
       <w:pPr>
         <w:pStyle w:val="Nagwek2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007F1643">
+      <w:r w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Planowana średnia miesięczna liczba uczniów w:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F607C3" w:rsidRPr="007F1643" w:rsidRDefault="00F607C3" w:rsidP="00F607C3">
+    <w:p w:rsidR="00F607C3" w:rsidRPr="00E85D07" w:rsidRDefault="00F607C3" w:rsidP="00F607C3">
       <w:pPr>
         <w:pStyle w:val="Nagwek3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007F1643">
+      <w:r w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Przedszkolu:</w:t>
       </w:r>
-      <w:r w:rsidRPr="007F1643">
+      <w:r w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F607C3" w:rsidRPr="007F1643" w:rsidRDefault="00C813AA" w:rsidP="00C813AA">
+    <w:p w:rsidR="00F607C3" w:rsidRPr="00E85D07" w:rsidRDefault="00C813AA" w:rsidP="00C813AA">
       <w:pPr>
         <w:pStyle w:val="Nagwek4"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1066" w:hanging="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007F1643">
+      <w:r w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>w</w:t>
       </w:r>
-      <w:r w:rsidR="00F607C3" w:rsidRPr="007F1643">
+      <w:r w:rsidR="00F607C3" w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> tym dzieci spoza </w:t>
       </w:r>
-      <w:r w:rsidR="00165656" w:rsidRPr="007F1643">
+      <w:r w:rsidR="00165656" w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Miasta</w:t>
       </w:r>
-      <w:r w:rsidR="00F607C3" w:rsidRPr="007F1643">
+      <w:r w:rsidR="00F607C3" w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidR="00F607C3" w:rsidRPr="007F1643">
+      <w:r w:rsidR="00F607C3" w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C813AA" w:rsidRPr="007F1643" w:rsidRDefault="00C813AA" w:rsidP="00C813AA">
+    <w:p w:rsidR="00C813AA" w:rsidRPr="00E85D07" w:rsidRDefault="00C813AA" w:rsidP="00C813AA">
       <w:pPr>
         <w:pStyle w:val="Nagwek3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007F1643">
+      <w:r w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Innej formie wychowania przedszkolnego tzn.</w:t>
       </w:r>
-      <w:r w:rsidR="00F106F6" w:rsidRPr="007F1643">
+      <w:r w:rsidR="00F106F6" w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007F1643">
+      <w:r w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>punkcie przedszkolnym lub zespole przedszkolnym:</w:t>
       </w:r>
-      <w:r w:rsidRPr="007F1643">
+      <w:r w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C813AA" w:rsidRPr="007F1643" w:rsidRDefault="00C813AA" w:rsidP="00F92A3D">
+    <w:p w:rsidR="00C813AA" w:rsidRPr="00E85D07" w:rsidRDefault="00C813AA" w:rsidP="00F92A3D">
       <w:pPr>
         <w:pStyle w:val="Nagwek4"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1066" w:hanging="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007F1643">
+      <w:r w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">w tym dzieci spoza </w:t>
       </w:r>
-      <w:r w:rsidR="00165656" w:rsidRPr="007F1643">
+      <w:r w:rsidR="00165656" w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Miasta</w:t>
       </w:r>
-      <w:r w:rsidRPr="007F1643">
+      <w:r w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidRPr="007F1643">
+      <w:r w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FC277A" w:rsidRPr="007F1643" w:rsidRDefault="00FC277A" w:rsidP="00FC277A">
+    <w:p w:rsidR="00FC277A" w:rsidRPr="00E85D07" w:rsidRDefault="00FC277A" w:rsidP="00FC277A">
       <w:pPr>
         <w:pStyle w:val="Nagwek3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007F1643">
+      <w:r w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Szkole podstawowej:</w:t>
       </w:r>
-      <w:r w:rsidRPr="007F1643">
+      <w:r w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FC277A" w:rsidRPr="007F1643" w:rsidRDefault="00FC277A" w:rsidP="00F92A3D">
+    <w:p w:rsidR="00FC277A" w:rsidRPr="00E85D07" w:rsidRDefault="00FC277A" w:rsidP="00F92A3D">
       <w:pPr>
         <w:pStyle w:val="Nagwek4"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1066" w:hanging="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007F1643">
+      <w:r w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>w tym ogółem w oddziale przedszkolnym:</w:t>
       </w:r>
-      <w:r w:rsidRPr="007F1643">
+      <w:r w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FC277A" w:rsidRPr="007F1643" w:rsidRDefault="00FC277A" w:rsidP="00F92A3D">
+    <w:p w:rsidR="00FC277A" w:rsidRPr="00E85D07" w:rsidRDefault="00FC277A" w:rsidP="00F92A3D">
       <w:pPr>
         <w:pStyle w:val="Nagwek4"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007F1643">
+      <w:r w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">w tym dzieci spoza </w:t>
       </w:r>
-      <w:r w:rsidR="00165656" w:rsidRPr="007F1643">
+      <w:r w:rsidR="00165656" w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Miasta</w:t>
       </w:r>
-      <w:r w:rsidRPr="007F1643">
+      <w:r w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> w oddziale przedszkolnym:</w:t>
       </w:r>
-      <w:r w:rsidRPr="007F1643">
+      <w:r w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A06427" w:rsidRPr="007F1643" w:rsidRDefault="00A06427" w:rsidP="00F92A3D">
+    <w:p w:rsidR="00A06427" w:rsidRPr="00E85D07" w:rsidRDefault="00A06427" w:rsidP="00F92A3D">
       <w:pPr>
         <w:pStyle w:val="Nagwek4"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1066" w:hanging="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007F1643">
+      <w:r w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>w tym ogółem w oddziale przygotowawczym:</w:t>
       </w:r>
-      <w:r w:rsidRPr="007F1643">
+      <w:r w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BF4247" w:rsidRPr="007F1643" w:rsidRDefault="00BF4247" w:rsidP="00BF4247">
+    <w:p w:rsidR="00BF4247" w:rsidRPr="00E85D07" w:rsidRDefault="00BF4247" w:rsidP="00BF4247">
       <w:pPr>
         <w:pStyle w:val="Nagwek4"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:right="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007F1643">
-[...29 lines deleted...]
-      <w:r w:rsidRPr="007F1643">
+      <w:r w:rsidRPr="00E85D07">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b w:val="0"/>
+          <w:i w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>w tym korzystających z dodatkowej, bezpłatnej nauki języka polskiego, o której mowa w art. 165 ust. 7 i 9 ustawy – Prawo oświatowe:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00271374" w:rsidRPr="007F1643" w:rsidRDefault="00271374" w:rsidP="00F92A3D">
+    <w:p w:rsidR="00271374" w:rsidRPr="00E85D07" w:rsidRDefault="00271374" w:rsidP="00F92A3D">
       <w:pPr>
         <w:pStyle w:val="Nagwek4"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1066" w:hanging="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007F1643">
+      <w:r w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>w tym ogółem w oddziałach I-III:</w:t>
       </w:r>
-      <w:r w:rsidRPr="007F1643">
+      <w:r w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00830403" w:rsidRPr="007F1643" w:rsidRDefault="00830403" w:rsidP="00F92A3D">
+    <w:p w:rsidR="00830403" w:rsidRPr="00E85D07" w:rsidRDefault="00830403" w:rsidP="00F92A3D">
       <w:pPr>
         <w:pStyle w:val="Nagwek4"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:right="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007F1643">
+      <w:r w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">w tym </w:t>
       </w:r>
-      <w:r w:rsidR="002B03CB" w:rsidRPr="007F1643">
-[...29 lines deleted...]
-      <w:r w:rsidRPr="007F1643">
+      <w:r w:rsidR="002B03CB" w:rsidRPr="00E85D07">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b w:val="0"/>
+          <w:i w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>korzystających z dodatkowej, bezpłatnej nauki języka polskiego, o której mowa w art. 165 ust. 7 i 9 ustawy – Prawo oświatowe</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidRPr="007F1643">
+      <w:r w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A06427" w:rsidRPr="007F1643" w:rsidRDefault="00A06427" w:rsidP="00F92A3D">
+    <w:p w:rsidR="00A06427" w:rsidRPr="00E85D07" w:rsidRDefault="00A06427" w:rsidP="00F92A3D">
       <w:pPr>
         <w:pStyle w:val="Nagwek4"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:right="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007F1643">
+      <w:r w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>w tym należących do danej mniejszości narodowej, etnicznej lub s</w:t>
       </w:r>
-      <w:r w:rsidR="0065249C" w:rsidRPr="007F1643">
+      <w:r w:rsidR="0065249C" w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>połeczności posługującej się jęz</w:t>
       </w:r>
-      <w:r w:rsidRPr="007F1643">
+      <w:r w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ykiem regionalnym oraz pochodzenia romskiego, dla których szkoła podejmuje zadania edukacyjne:</w:t>
       </w:r>
-      <w:r w:rsidRPr="007F1643">
+      <w:r w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A06427" w:rsidRPr="007F1643" w:rsidRDefault="00A06427" w:rsidP="00F92A3D">
+    <w:p w:rsidR="00A06427" w:rsidRPr="00E85D07" w:rsidRDefault="00A06427" w:rsidP="00F92A3D">
       <w:pPr>
         <w:pStyle w:val="Nagwek4"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:right="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007F1643">
+      <w:r w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>w tym w oddziałach dwujęzycznych:</w:t>
       </w:r>
-      <w:r w:rsidRPr="007F1643">
+      <w:r w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A06427" w:rsidRPr="007F1643" w:rsidRDefault="00A06427" w:rsidP="00F92A3D">
+    <w:p w:rsidR="00A06427" w:rsidRPr="00E85D07" w:rsidRDefault="00A06427" w:rsidP="00F92A3D">
       <w:pPr>
         <w:pStyle w:val="Nagwek4"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:right="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007F1643">
+      <w:r w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>w tym w oddziałach sportowych:</w:t>
       </w:r>
-      <w:r w:rsidRPr="007F1643">
+      <w:r w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A06427" w:rsidRPr="007F1643" w:rsidRDefault="00A06427" w:rsidP="00F92A3D">
+    <w:p w:rsidR="00A06427" w:rsidRPr="00E85D07" w:rsidRDefault="00A06427" w:rsidP="00F92A3D">
       <w:pPr>
         <w:pStyle w:val="Nagwek4"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:right="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007F1643">
+      <w:r w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>w tym w oddziałach mistrzostwa sportowego:</w:t>
       </w:r>
-      <w:r w:rsidRPr="007F1643">
+      <w:r w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00830403" w:rsidRPr="007F1643" w:rsidRDefault="00830403" w:rsidP="00F92A3D">
+    <w:p w:rsidR="00830403" w:rsidRPr="00E85D07" w:rsidRDefault="00830403" w:rsidP="00F92A3D">
       <w:pPr>
         <w:pStyle w:val="Nagwek4"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007F1643">
+      <w:r w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>w tym realizujących obowiązek szkolny poza szkołą:</w:t>
       </w:r>
-      <w:r w:rsidRPr="007F1643">
+      <w:r w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00271374" w:rsidRPr="007F1643" w:rsidRDefault="00271374" w:rsidP="00F92A3D">
+    <w:p w:rsidR="00271374" w:rsidRPr="00E85D07" w:rsidRDefault="00271374" w:rsidP="00F92A3D">
       <w:pPr>
         <w:pStyle w:val="Nagwek4"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1066" w:hanging="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007F1643">
+      <w:r w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>w tym ogółem w oddziałach IV-VIII:</w:t>
       </w:r>
-      <w:r w:rsidRPr="007F1643">
+      <w:r w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0065249C" w:rsidRPr="007F1643" w:rsidRDefault="0065249C" w:rsidP="00F92A3D">
+    <w:p w:rsidR="0065249C" w:rsidRPr="00E85D07" w:rsidRDefault="0065249C" w:rsidP="00F92A3D">
       <w:pPr>
         <w:pStyle w:val="Nagwek4"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:right="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007F1643">
-[...29 lines deleted...]
-      <w:r w:rsidRPr="007F1643">
+      <w:r w:rsidRPr="00E85D07">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b w:val="0"/>
+          <w:i w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>w tym korzystających z dodatkowej, bezpłatnej nauki języka polskiego, o której mowa w art. 165 ust. 7 i 9 ustawy – Prawo oświatowe:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0065249C" w:rsidRPr="007F1643" w:rsidRDefault="0065249C" w:rsidP="00F92A3D">
+    <w:p w:rsidR="0065249C" w:rsidRPr="00E85D07" w:rsidRDefault="0065249C" w:rsidP="00F92A3D">
       <w:pPr>
         <w:pStyle w:val="Nagwek4"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:right="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007F1643">
+      <w:r w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>w tym należących do danej mniejszości narodowej, etnicznej lub społeczności posługującej się językiem regionalnym oraz pochodzenia romskiego, dla których szkoła podejmuje zadania edukacyjne:</w:t>
       </w:r>
-      <w:r w:rsidRPr="007F1643">
+      <w:r w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0065249C" w:rsidRPr="007F1643" w:rsidRDefault="0065249C" w:rsidP="00F92A3D">
+    <w:p w:rsidR="0065249C" w:rsidRPr="00E85D07" w:rsidRDefault="0065249C" w:rsidP="00F92A3D">
       <w:pPr>
         <w:pStyle w:val="Nagwek4"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:right="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007F1643">
+      <w:r w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>w tym w oddziałach dwujęzycznych:</w:t>
       </w:r>
-      <w:r w:rsidRPr="007F1643">
+      <w:r w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0065249C" w:rsidRPr="007F1643" w:rsidRDefault="0065249C" w:rsidP="00F92A3D">
+    <w:p w:rsidR="0065249C" w:rsidRPr="00E85D07" w:rsidRDefault="0065249C" w:rsidP="00F92A3D">
       <w:pPr>
         <w:pStyle w:val="Nagwek4"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:right="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007F1643">
+      <w:r w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>w tym w oddziałach sportowych:</w:t>
       </w:r>
-      <w:r w:rsidRPr="007F1643">
+      <w:r w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0065249C" w:rsidRPr="007F1643" w:rsidRDefault="0065249C" w:rsidP="00F92A3D">
+    <w:p w:rsidR="0065249C" w:rsidRPr="00E85D07" w:rsidRDefault="0065249C" w:rsidP="00F92A3D">
       <w:pPr>
         <w:pStyle w:val="Nagwek4"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:right="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007F1643">
+      <w:r w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>w tym w oddziałach mistrzostwa sportowego:</w:t>
       </w:r>
-      <w:r w:rsidRPr="007F1643">
+      <w:r w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0065249C" w:rsidRPr="007F1643" w:rsidRDefault="0065249C" w:rsidP="00F92A3D">
+    <w:p w:rsidR="0065249C" w:rsidRPr="00E85D07" w:rsidRDefault="0065249C" w:rsidP="00F92A3D">
       <w:pPr>
         <w:pStyle w:val="Nagwek4"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007F1643">
+      <w:r w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>w tym realizujących obowiązek szkolny poza szkołą:</w:t>
       </w:r>
-      <w:r w:rsidRPr="007F1643">
+      <w:r w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00830403" w:rsidRPr="007F1643" w:rsidRDefault="00830403" w:rsidP="00830403">
+    <w:p w:rsidR="00830403" w:rsidRPr="00E85D07" w:rsidRDefault="00830403" w:rsidP="00830403">
       <w:pPr>
         <w:pStyle w:val="Nagwek3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007F1643">
+      <w:r w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Szkole ponadpodstawowej dla młodzieży:</w:t>
       </w:r>
-      <w:r w:rsidRPr="007F1643">
+      <w:r w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004D76C7" w:rsidRPr="007F1643" w:rsidRDefault="004D76C7" w:rsidP="00F92A3D">
+    <w:p w:rsidR="004D76C7" w:rsidRPr="00E85D07" w:rsidRDefault="004D76C7" w:rsidP="00F92A3D">
       <w:pPr>
         <w:pStyle w:val="Nagwek4"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1066" w:hanging="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007F1643">
+      <w:r w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>w tym ogółem w oddziale przygotowawczym:</w:t>
       </w:r>
-      <w:r w:rsidRPr="007F1643">
+      <w:r w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BF4247" w:rsidRPr="007F1643" w:rsidRDefault="00BF4247" w:rsidP="00BF4247">
+    <w:p w:rsidR="00BF4247" w:rsidRPr="00E85D07" w:rsidRDefault="00BF4247" w:rsidP="00BF4247">
       <w:pPr>
         <w:pStyle w:val="Nagwek4"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:right="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007F1643">
+      <w:r w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>w tym korzystających z dodatkowej, bezpł</w:t>
-[...21 lines deleted...]
-      <w:r w:rsidRPr="007F1643">
+        <w:t>w tym korzystających z dodatkowej, bezpłatnej nauki języka polskiego, o której mowa w art. 165 ust. 7 i 9 ustawy – Prawo oświatowe:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004D76C7" w:rsidRPr="007F1643" w:rsidRDefault="004D76C7" w:rsidP="00F92A3D">
+    <w:p w:rsidR="004D76C7" w:rsidRPr="00E85D07" w:rsidRDefault="004D76C7" w:rsidP="00F92A3D">
       <w:pPr>
         <w:pStyle w:val="Nagwek4"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1066" w:hanging="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007F1643">
+      <w:r w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>w tym ogółem w oddziałach:</w:t>
       </w:r>
-      <w:r w:rsidRPr="007F1643">
+      <w:r w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004D76C7" w:rsidRPr="007F1643" w:rsidRDefault="004D76C7" w:rsidP="00F92A3D">
+    <w:p w:rsidR="004D76C7" w:rsidRPr="00E85D07" w:rsidRDefault="004D76C7" w:rsidP="00F92A3D">
       <w:pPr>
         <w:pStyle w:val="Nagwek4"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:right="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007F1643">
-[...29 lines deleted...]
-      <w:r w:rsidRPr="007F1643">
+      <w:r w:rsidRPr="00E85D07">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b w:val="0"/>
+          <w:i w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>w tym korzystających z dodatkowej, bezpłatnej nauki języka polskiego, o której mowa w art. 165 ust. 7 i 9 ustawy – Prawo oświatowe:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004D76C7" w:rsidRPr="007F1643" w:rsidRDefault="004D76C7" w:rsidP="00F92A3D">
+    <w:p w:rsidR="004D76C7" w:rsidRPr="00E85D07" w:rsidRDefault="004D76C7" w:rsidP="00F92A3D">
       <w:pPr>
         <w:pStyle w:val="Nagwek4"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:right="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007F1643">
+      <w:r w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>w tym należących do danej mniejszości narodowej, etnicznej lub społeczności posługującej się językiem regionalnym oraz pochodzenia romskiego, dla których szkoła podejmuje zadania edukacyjne:</w:t>
       </w:r>
-      <w:r w:rsidRPr="007F1643">
+      <w:r w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004D76C7" w:rsidRPr="007F1643" w:rsidRDefault="004D76C7" w:rsidP="00F92A3D">
+    <w:p w:rsidR="004D76C7" w:rsidRPr="00E85D07" w:rsidRDefault="004D76C7" w:rsidP="00F92A3D">
       <w:pPr>
         <w:pStyle w:val="Nagwek4"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:right="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007F1643">
+      <w:r w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>w tym w oddziałach dwujęzycznych:</w:t>
       </w:r>
-      <w:r w:rsidRPr="007F1643">
+      <w:r w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004D76C7" w:rsidRPr="007F1643" w:rsidRDefault="004D76C7" w:rsidP="00F92A3D">
+    <w:p w:rsidR="004D76C7" w:rsidRPr="00E85D07" w:rsidRDefault="004D76C7" w:rsidP="00F92A3D">
       <w:pPr>
         <w:pStyle w:val="Nagwek4"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:right="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007F1643">
+      <w:r w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>w tym w oddziałach sportowych:</w:t>
       </w:r>
-      <w:r w:rsidRPr="007F1643">
+      <w:r w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004D76C7" w:rsidRPr="007F1643" w:rsidRDefault="004D76C7" w:rsidP="00F92A3D">
+    <w:p w:rsidR="004D76C7" w:rsidRPr="00E85D07" w:rsidRDefault="004D76C7" w:rsidP="00F92A3D">
       <w:pPr>
         <w:pStyle w:val="Nagwek4"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:right="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007F1643">
+      <w:r w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>w tym w oddziałach mistrzostwa sportowego:</w:t>
       </w:r>
-      <w:r w:rsidRPr="007F1643">
+      <w:r w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004D76C7" w:rsidRPr="007F1643" w:rsidRDefault="004D76C7" w:rsidP="00F92A3D">
+    <w:p w:rsidR="004D76C7" w:rsidRPr="00E85D07" w:rsidRDefault="004D76C7" w:rsidP="00F92A3D">
       <w:pPr>
         <w:pStyle w:val="Nagwek4"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007F1643">
+      <w:r w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>w tym reali</w:t>
       </w:r>
-      <w:r w:rsidR="00F106F6" w:rsidRPr="007F1643">
+      <w:r w:rsidR="00F106F6" w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">zujących obowiązek szkolny lub </w:t>
       </w:r>
-      <w:r w:rsidRPr="007F1643">
+      <w:r w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>nauki poza szkołą:</w:t>
       </w:r>
-      <w:r w:rsidRPr="007F1643">
+      <w:r w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004D76C7" w:rsidRPr="007F1643" w:rsidRDefault="004D76C7" w:rsidP="00F92A3D">
+    <w:p w:rsidR="004D76C7" w:rsidRPr="00E85D07" w:rsidRDefault="004D76C7" w:rsidP="00F92A3D">
       <w:pPr>
         <w:pStyle w:val="Nagwek4"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1066" w:hanging="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007F1643">
+      <w:r w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>w tym w zawodach</w:t>
       </w:r>
-      <w:r w:rsidR="007C28B0" w:rsidRPr="007F1643">
+      <w:r w:rsidR="007C28B0" w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, w których kształci szkoła</w:t>
       </w:r>
-      <w:r w:rsidRPr="007F1643">
+      <w:r w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabela-Siatka"/>
-        <w:tblW w:w="4327" w:type="pct"/>
+        <w:tblW w:w="4285" w:type="pct"/>
         <w:jc w:val="center"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1085"/>
+        <w:gridCol w:w="1377"/>
         <w:gridCol w:w="5462"/>
-        <w:gridCol w:w="2176"/>
+        <w:gridCol w:w="1800"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005B6407" w:rsidRPr="007F1643" w:rsidTr="00464F97">
+      <w:tr w:rsidR="005B6407" w:rsidRPr="00E85D07" w:rsidTr="00C34FED">
         <w:trPr>
+          <w:trHeight w:val="436"/>
           <w:tblHeader/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="622" w:type="pct"/>
+            <w:tcW w:w="797" w:type="pct"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005B6407" w:rsidRPr="007F1643" w:rsidRDefault="005B6407" w:rsidP="009F2694">
+          <w:p w:rsidR="005B6407" w:rsidRPr="00E85D07" w:rsidRDefault="005B6407" w:rsidP="00C34FED">
+            <w:pPr>
+              <w:pStyle w:val="Nagwek4"/>
+              <w:tabs>
+                <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
+              </w:tabs>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:outlineLvl w:val="3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E85D07">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Lp.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3161" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005B6407" w:rsidRPr="00E85D07" w:rsidRDefault="005B6407" w:rsidP="00C34FED">
+            <w:pPr>
+              <w:pStyle w:val="Nagwek4"/>
+              <w:tabs>
+                <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
+              </w:tabs>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:outlineLvl w:val="3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E85D07">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Nazwa zawodu</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1042" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005B6407" w:rsidRPr="00E85D07" w:rsidRDefault="005B6407" w:rsidP="00C34FED">
+            <w:pPr>
+              <w:pStyle w:val="Nagwek4"/>
+              <w:tabs>
+                <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
+              </w:tabs>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:outlineLvl w:val="3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E85D07">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Liczba uczniów</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005B6407" w:rsidRPr="00E85D07" w:rsidTr="00C34FED">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="797" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="005B6407" w:rsidRPr="00E85D07" w:rsidRDefault="005B6407" w:rsidP="005B6407">
             <w:pPr>
               <w:pStyle w:val="Nagwek4"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007F1643">
-[...7 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3130" w:type="pct"/>
+            <w:tcW w:w="3161" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="005B6407" w:rsidRPr="007F1643" w:rsidRDefault="005B6407" w:rsidP="00AE395D">
-[...91 lines deleted...]
-          <w:p w:rsidR="005B6407" w:rsidRPr="007F1643" w:rsidRDefault="005B6407" w:rsidP="007C28B0">
+          <w:p w:rsidR="005B6407" w:rsidRPr="00E85D07" w:rsidRDefault="005B6407" w:rsidP="007C28B0">
             <w:pPr>
               <w:pStyle w:val="Nagwek4"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:outlineLvl w:val="3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1247" w:type="pct"/>
+            <w:tcW w:w="1042" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="005B6407" w:rsidRPr="007F1643" w:rsidRDefault="005B6407" w:rsidP="007C28B0">
+          <w:p w:rsidR="005B6407" w:rsidRPr="00E85D07" w:rsidRDefault="005B6407" w:rsidP="007C28B0">
             <w:pPr>
               <w:pStyle w:val="Nagwek4"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:outlineLvl w:val="3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="004E0159" w:rsidRPr="007F1643" w:rsidRDefault="004E0159" w:rsidP="00CC5AF8">
+    <w:p w:rsidR="004E0159" w:rsidRPr="00E85D07" w:rsidRDefault="004E0159" w:rsidP="00CC5AF8">
       <w:pPr>
         <w:pStyle w:val="Nagwek3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
         </w:tabs>
         <w:spacing w:before="120" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007F1643">
+      <w:r w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Szkole ponadpodstawowej dla dorosłych</w:t>
       </w:r>
-      <w:r w:rsidR="006F4511" w:rsidRPr="007F1643">
+      <w:r w:rsidR="006F4511" w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (poza szkołami policealnymi i branżowymi II stopnia)</w:t>
       </w:r>
-      <w:r w:rsidRPr="007F1643">
+      <w:r w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidRPr="007F1643">
+      <w:r w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004D76C7" w:rsidRPr="007F1643" w:rsidRDefault="004E0159" w:rsidP="00F92A3D">
+    <w:p w:rsidR="004D76C7" w:rsidRPr="00E85D07" w:rsidRDefault="004E0159" w:rsidP="00F92A3D">
       <w:pPr>
         <w:pStyle w:val="Nagwek4"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007F1643">
+      <w:r w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>w tym w podziale</w:t>
       </w:r>
-      <w:r w:rsidR="00883452" w:rsidRPr="007F1643">
+      <w:r w:rsidR="00883452" w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> na semestry i formy kształcenia</w:t>
       </w:r>
-      <w:r w:rsidRPr="007F1643">
+      <w:r w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabela-Siatka"/>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblInd w:w="555" w:type="dxa"/>
+        <w:tblInd w:w="675" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2518"/>
+        <w:gridCol w:w="2398"/>
         <w:gridCol w:w="3119"/>
         <w:gridCol w:w="3119"/>
       </w:tblGrid>
-      <w:tr w:rsidR="004E0159" w:rsidRPr="007F1643" w:rsidTr="00D772E7">
+      <w:tr w:rsidR="004E0159" w:rsidRPr="00E85D07" w:rsidTr="00C34FED">
         <w:trPr>
+          <w:trHeight w:val="844"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2518" w:type="dxa"/>
+            <w:tcW w:w="2398" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004E0159" w:rsidRPr="007F1643" w:rsidRDefault="00FC799E" w:rsidP="00AE395D">
+          <w:p w:rsidR="004E0159" w:rsidRPr="00E85D07" w:rsidRDefault="00FC799E" w:rsidP="00C34FED">
             <w:pPr>
-              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007F1643">
+            <w:r w:rsidRPr="00E85D07">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Semestr</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004E0159" w:rsidRPr="007F1643" w:rsidRDefault="00573479" w:rsidP="00AE395D">
+          <w:p w:rsidR="004E0159" w:rsidRPr="00E85D07" w:rsidRDefault="00573479" w:rsidP="00C34FED">
             <w:pPr>
-              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007F1643">
+            <w:r w:rsidRPr="00E85D07">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Forma stacjonarna</w:t>
             </w:r>
-            <w:r w:rsidR="00CC5AF8" w:rsidRPr="007F1643">
+            <w:r w:rsidR="00CC5AF8" w:rsidRPr="00E85D07">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> – Liczba uczniów</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004E0159" w:rsidRPr="007F1643" w:rsidRDefault="00573479" w:rsidP="00AE395D">
+          <w:p w:rsidR="004E0159" w:rsidRPr="00E85D07" w:rsidRDefault="00573479" w:rsidP="00C34FED">
             <w:pPr>
-              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007F1643">
+            <w:r w:rsidRPr="00E85D07">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Forma zaoczna</w:t>
             </w:r>
-            <w:r w:rsidR="00CC5AF8" w:rsidRPr="007F1643">
+            <w:r w:rsidR="00CC5AF8" w:rsidRPr="00E85D07">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> – Liczba uczniów</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004E0159" w:rsidRPr="007F1643" w:rsidTr="00D772E7">
+      <w:tr w:rsidR="004E0159" w:rsidRPr="00E85D07" w:rsidTr="00C34FED">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2518" w:type="dxa"/>
+            <w:tcW w:w="2398" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004E0159" w:rsidRPr="007F1643" w:rsidRDefault="00883452" w:rsidP="00A63DA6">
+          <w:p w:rsidR="004E0159" w:rsidRPr="00E85D07" w:rsidRDefault="00883452" w:rsidP="00C34FED">
             <w:pPr>
-              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007F1643">
+            <w:r w:rsidRPr="00E85D07">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>I</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004E0159" w:rsidRPr="007F1643" w:rsidRDefault="004E0159" w:rsidP="004E0159">
+          <w:p w:rsidR="004E0159" w:rsidRPr="00E85D07" w:rsidRDefault="004E0159" w:rsidP="004E0159">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004E0159" w:rsidRPr="007F1643" w:rsidRDefault="004E0159" w:rsidP="004E0159">
+          <w:p w:rsidR="004E0159" w:rsidRPr="00E85D07" w:rsidRDefault="004E0159" w:rsidP="004E0159">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00883452" w:rsidRPr="007F1643" w:rsidTr="00D772E7">
+      <w:tr w:rsidR="00883452" w:rsidRPr="00E85D07" w:rsidTr="00C34FED">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2518" w:type="dxa"/>
+            <w:tcW w:w="2398" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00883452" w:rsidRPr="007F1643" w:rsidRDefault="00883452" w:rsidP="00A63DA6">
+          <w:p w:rsidR="00883452" w:rsidRPr="00E85D07" w:rsidRDefault="00883452" w:rsidP="00C34FED">
             <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007F1643">
+            <w:r w:rsidRPr="00E85D07">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>II</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00883452" w:rsidRPr="007F1643" w:rsidRDefault="00883452" w:rsidP="004E0159">
+          <w:p w:rsidR="00883452" w:rsidRPr="00E85D07" w:rsidRDefault="00883452" w:rsidP="004E0159">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00883452" w:rsidRPr="007F1643" w:rsidRDefault="00883452" w:rsidP="004E0159">
+          <w:p w:rsidR="00883452" w:rsidRPr="00E85D07" w:rsidRDefault="00883452" w:rsidP="004E0159">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00883452" w:rsidRPr="007F1643" w:rsidTr="00D772E7">
+      <w:tr w:rsidR="00883452" w:rsidRPr="00E85D07" w:rsidTr="00C34FED">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2518" w:type="dxa"/>
+            <w:tcW w:w="2398" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00883452" w:rsidRPr="007F1643" w:rsidRDefault="00883452" w:rsidP="00A63DA6">
+          <w:p w:rsidR="00883452" w:rsidRPr="00E85D07" w:rsidRDefault="00883452" w:rsidP="00C34FED">
             <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007F1643">
+            <w:r w:rsidRPr="00E85D07">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>III</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00883452" w:rsidRPr="007F1643" w:rsidRDefault="00883452" w:rsidP="004E0159">
+          <w:p w:rsidR="00883452" w:rsidRPr="00E85D07" w:rsidRDefault="00883452" w:rsidP="004E0159">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00883452" w:rsidRPr="007F1643" w:rsidRDefault="00883452" w:rsidP="004E0159">
+          <w:p w:rsidR="00883452" w:rsidRPr="00E85D07" w:rsidRDefault="00883452" w:rsidP="004E0159">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00883452" w:rsidRPr="007F1643" w:rsidTr="00D772E7">
+      <w:tr w:rsidR="00883452" w:rsidRPr="00E85D07" w:rsidTr="00C34FED">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2518" w:type="dxa"/>
+            <w:tcW w:w="2398" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00883452" w:rsidRPr="007F1643" w:rsidRDefault="00883452" w:rsidP="00A63DA6">
+          <w:p w:rsidR="00883452" w:rsidRPr="00E85D07" w:rsidRDefault="00883452" w:rsidP="00C34FED">
             <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007F1643">
+            <w:r w:rsidRPr="00E85D07">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>IV</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00883452" w:rsidRPr="007F1643" w:rsidRDefault="00883452" w:rsidP="004E0159">
+          <w:p w:rsidR="00883452" w:rsidRPr="00E85D07" w:rsidRDefault="00883452" w:rsidP="004E0159">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00883452" w:rsidRPr="007F1643" w:rsidRDefault="00883452" w:rsidP="004E0159">
+          <w:p w:rsidR="00883452" w:rsidRPr="00E85D07" w:rsidRDefault="00883452" w:rsidP="004E0159">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00883452" w:rsidRPr="007F1643" w:rsidTr="00D772E7">
+      <w:tr w:rsidR="00883452" w:rsidRPr="00E85D07" w:rsidTr="00C34FED">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2518" w:type="dxa"/>
+            <w:tcW w:w="2398" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00883452" w:rsidRPr="007F1643" w:rsidRDefault="00883452" w:rsidP="00A63DA6">
+          <w:p w:rsidR="00883452" w:rsidRPr="00E85D07" w:rsidRDefault="00883452" w:rsidP="00C34FED">
             <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007F1643">
+            <w:r w:rsidRPr="00E85D07">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>V</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00883452" w:rsidRPr="007F1643" w:rsidRDefault="00883452" w:rsidP="004E0159">
+          <w:p w:rsidR="00883452" w:rsidRPr="00E85D07" w:rsidRDefault="00883452" w:rsidP="004E0159">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00883452" w:rsidRPr="007F1643" w:rsidRDefault="00883452" w:rsidP="004E0159">
+          <w:p w:rsidR="00883452" w:rsidRPr="00E85D07" w:rsidRDefault="00883452" w:rsidP="004E0159">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00883452" w:rsidRPr="007F1643" w:rsidTr="00D772E7">
+      <w:tr w:rsidR="00883452" w:rsidRPr="00E85D07" w:rsidTr="00C34FED">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2518" w:type="dxa"/>
+            <w:tcW w:w="2398" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00883452" w:rsidRPr="007F1643" w:rsidRDefault="00883452" w:rsidP="00A63DA6">
+          <w:p w:rsidR="00883452" w:rsidRPr="00E85D07" w:rsidRDefault="00883452" w:rsidP="00C34FED">
             <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007F1643">
+            <w:r w:rsidRPr="00E85D07">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>VI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00883452" w:rsidRPr="007F1643" w:rsidRDefault="00883452" w:rsidP="004E0159">
+          <w:p w:rsidR="00883452" w:rsidRPr="00E85D07" w:rsidRDefault="00883452" w:rsidP="004E0159">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00883452" w:rsidRPr="007F1643" w:rsidRDefault="00883452" w:rsidP="004E0159">
+          <w:p w:rsidR="00883452" w:rsidRPr="00E85D07" w:rsidRDefault="00883452" w:rsidP="004E0159">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00883452" w:rsidRPr="007F1643" w:rsidTr="00D772E7">
+      <w:tr w:rsidR="00883452" w:rsidRPr="00E85D07" w:rsidTr="00C34FED">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2518" w:type="dxa"/>
+            <w:tcW w:w="2398" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00883452" w:rsidRPr="007F1643" w:rsidRDefault="00883452" w:rsidP="00A63DA6">
+          <w:p w:rsidR="00883452" w:rsidRPr="00E85D07" w:rsidRDefault="00883452" w:rsidP="00C34FED">
             <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007F1643">
+            <w:r w:rsidRPr="00E85D07">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>VII</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00883452" w:rsidRPr="007F1643" w:rsidRDefault="00883452" w:rsidP="004E0159">
+          <w:p w:rsidR="00883452" w:rsidRPr="00E85D07" w:rsidRDefault="00883452" w:rsidP="004E0159">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00883452" w:rsidRPr="007F1643" w:rsidRDefault="00883452" w:rsidP="004E0159">
+          <w:p w:rsidR="00883452" w:rsidRPr="00E85D07" w:rsidRDefault="00883452" w:rsidP="004E0159">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00883452" w:rsidRPr="007F1643" w:rsidTr="00D772E7">
+      <w:tr w:rsidR="00883452" w:rsidRPr="00E85D07" w:rsidTr="00C34FED">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2518" w:type="dxa"/>
+            <w:tcW w:w="2398" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00883452" w:rsidRPr="007F1643" w:rsidRDefault="00883452" w:rsidP="00A63DA6">
+          <w:p w:rsidR="00883452" w:rsidRPr="00E85D07" w:rsidRDefault="00883452" w:rsidP="00C34FED">
             <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007F1643">
+            <w:r w:rsidRPr="00E85D07">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>VIII</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00883452" w:rsidRPr="007F1643" w:rsidRDefault="00883452" w:rsidP="004E0159">
+          <w:p w:rsidR="00883452" w:rsidRPr="00E85D07" w:rsidRDefault="00883452" w:rsidP="004E0159">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00883452" w:rsidRPr="007F1643" w:rsidRDefault="00883452" w:rsidP="004E0159">
+          <w:p w:rsidR="00883452" w:rsidRPr="00E85D07" w:rsidRDefault="00883452" w:rsidP="004E0159">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00943A0B" w:rsidRPr="007F1643" w:rsidRDefault="00943A0B" w:rsidP="00F92A3D">
+    <w:p w:rsidR="00943A0B" w:rsidRPr="00E85D07" w:rsidRDefault="00943A0B" w:rsidP="00F92A3D">
       <w:pPr>
         <w:pStyle w:val="Nagwek4"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
         </w:tabs>
         <w:spacing w:before="120" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007F1643">
+      <w:r w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">planowana liczba </w:t>
       </w:r>
-      <w:r w:rsidR="00E07CF8" w:rsidRPr="007F1643">
+      <w:r w:rsidR="00E07CF8" w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>uczniów liceum ogólnokształcącego dla dorosłych, którzy uzyskają świadectwo dojrzałości:</w:t>
       </w:r>
-      <w:r w:rsidR="00E07CF8" w:rsidRPr="007F1643">
+      <w:r w:rsidR="00E07CF8" w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00943A0B" w:rsidRPr="007F1643" w:rsidRDefault="00943A0B" w:rsidP="00943A0B">
+    <w:p w:rsidR="00943A0B" w:rsidRPr="00E85D07" w:rsidRDefault="00943A0B" w:rsidP="00943A0B">
       <w:pPr>
         <w:pStyle w:val="Nagwek3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007F1643">
+      <w:r w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Szkole policealnej (nie dotyczy słuchaczy kwalifikacyjnych kursów zawodowych):</w:t>
       </w:r>
-      <w:r w:rsidRPr="007F1643">
+      <w:r w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00573479" w:rsidRPr="007F1643" w:rsidRDefault="005B6407" w:rsidP="00F92A3D">
+    <w:p w:rsidR="00573479" w:rsidRPr="00E85D07" w:rsidRDefault="005B6407" w:rsidP="00F92A3D">
       <w:pPr>
         <w:pStyle w:val="Nagwek4"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="35"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007F1643">
+      <w:r w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>w</w:t>
       </w:r>
-      <w:r w:rsidR="00573479" w:rsidRPr="007F1643">
+      <w:r w:rsidR="00573479" w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> tym w zawodzie (</w:t>
       </w:r>
-      <w:r w:rsidRPr="007F1643">
+      <w:r w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>w przypadku więcej niż jednego zawodu w szkole sporządza się poniższą tabelę oddzielnie dla każdego zawodu</w:t>
       </w:r>
-      <w:r w:rsidR="00573479" w:rsidRPr="007F1643">
+      <w:r w:rsidR="00573479" w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>):</w:t>
       </w:r>
-      <w:r w:rsidR="00573479" w:rsidRPr="007F1643">
+      <w:r w:rsidR="00573479" w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabela-Siatka"/>
-        <w:tblW w:w="4377" w:type="pct"/>
+        <w:tblW w:w="4301" w:type="pct"/>
         <w:jc w:val="center"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2204"/>
+        <w:gridCol w:w="2158"/>
         <w:gridCol w:w="2202"/>
         <w:gridCol w:w="2268"/>
-        <w:gridCol w:w="2150"/>
+        <w:gridCol w:w="2043"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B0287C" w:rsidRPr="007F1643" w:rsidTr="00D772E7">
+      <w:tr w:rsidR="00B0287C" w:rsidRPr="00E85D07" w:rsidTr="00C34FED">
         <w:trPr>
+          <w:trHeight w:val="788"/>
           <w:tblHeader/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2204" w:type="dxa"/>
+            <w:tcW w:w="2158" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B0287C" w:rsidRPr="007F1643" w:rsidRDefault="00B0287C" w:rsidP="00AE395D">
+          <w:p w:rsidR="00B0287C" w:rsidRPr="00E85D07" w:rsidRDefault="00B0287C" w:rsidP="00C34FED">
             <w:pPr>
-              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007F1643">
+            <w:r w:rsidRPr="00E85D07">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Semestr</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2202" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B0287C" w:rsidRPr="007F1643" w:rsidRDefault="00B0287C" w:rsidP="00AE395D">
+          <w:p w:rsidR="00B0287C" w:rsidRPr="00E85D07" w:rsidRDefault="00B0287C" w:rsidP="00C34FED">
             <w:pPr>
-              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007F1643">
+            <w:r w:rsidRPr="00E85D07">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Forma dzienna</w:t>
             </w:r>
-            <w:r w:rsidR="00CC5AF8" w:rsidRPr="007F1643">
+            <w:r w:rsidR="00CC5AF8" w:rsidRPr="00E85D07">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> – Liczba uczniów</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B0287C" w:rsidRPr="007F1643" w:rsidRDefault="00B0287C" w:rsidP="00AE395D">
+          <w:p w:rsidR="00B0287C" w:rsidRPr="00E85D07" w:rsidRDefault="00B0287C" w:rsidP="00C34FED">
             <w:pPr>
-              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007F1643">
+            <w:r w:rsidRPr="00E85D07">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Forma stacjonarna</w:t>
             </w:r>
-            <w:r w:rsidR="00CC5AF8" w:rsidRPr="007F1643">
+            <w:r w:rsidR="00CC5AF8" w:rsidRPr="00E85D07">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> – Liczba uczniów</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2150" w:type="dxa"/>
+            <w:tcW w:w="2043" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B0287C" w:rsidRPr="007F1643" w:rsidRDefault="00B0287C" w:rsidP="00AE395D">
+          <w:p w:rsidR="00B0287C" w:rsidRPr="00E85D07" w:rsidRDefault="00B0287C" w:rsidP="00C34FED">
             <w:pPr>
-              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007F1643">
+            <w:r w:rsidRPr="00E85D07">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Forma zaoczna</w:t>
             </w:r>
-            <w:r w:rsidR="00CC5AF8" w:rsidRPr="007F1643">
+            <w:r w:rsidR="00CC5AF8" w:rsidRPr="00E85D07">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> – Liczba uczniów</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B0287C" w:rsidRPr="007F1643" w:rsidTr="00D772E7">
+      <w:tr w:rsidR="00B0287C" w:rsidRPr="00E85D07" w:rsidTr="00C34FED">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2204" w:type="dxa"/>
+            <w:tcW w:w="2158" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B0287C" w:rsidRPr="007F1643" w:rsidRDefault="00B0287C" w:rsidP="00A63DA6">
+          <w:p w:rsidR="00B0287C" w:rsidRPr="00E85D07" w:rsidRDefault="00B0287C" w:rsidP="00C34FED">
             <w:pPr>
-              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007F1643">
+            <w:r w:rsidRPr="00E85D07">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>I</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2202" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B0287C" w:rsidRPr="007F1643" w:rsidRDefault="00B0287C" w:rsidP="004E0159">
+          <w:p w:rsidR="00B0287C" w:rsidRPr="00E85D07" w:rsidRDefault="00B0287C" w:rsidP="004E0159">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B0287C" w:rsidRPr="007F1643" w:rsidRDefault="00B0287C" w:rsidP="004E0159">
+          <w:p w:rsidR="00B0287C" w:rsidRPr="00E85D07" w:rsidRDefault="00B0287C" w:rsidP="004E0159">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2150" w:type="dxa"/>
+            <w:tcW w:w="2043" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B0287C" w:rsidRPr="007F1643" w:rsidRDefault="00B0287C" w:rsidP="004E0159">
+          <w:p w:rsidR="00B0287C" w:rsidRPr="00E85D07" w:rsidRDefault="00B0287C" w:rsidP="004E0159">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B0287C" w:rsidRPr="007F1643" w:rsidTr="00D772E7">
+      <w:tr w:rsidR="00B0287C" w:rsidRPr="00E85D07" w:rsidTr="00C34FED">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2204" w:type="dxa"/>
+            <w:tcW w:w="2158" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B0287C" w:rsidRPr="007F1643" w:rsidRDefault="00B0287C" w:rsidP="00A63DA6">
+          <w:p w:rsidR="00B0287C" w:rsidRPr="00E85D07" w:rsidRDefault="00B0287C" w:rsidP="00C34FED">
             <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007F1643">
+            <w:r w:rsidRPr="00E85D07">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>II</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2202" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B0287C" w:rsidRPr="007F1643" w:rsidRDefault="00B0287C" w:rsidP="004E0159">
+          <w:p w:rsidR="00B0287C" w:rsidRPr="00E85D07" w:rsidRDefault="00B0287C" w:rsidP="004E0159">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B0287C" w:rsidRPr="007F1643" w:rsidRDefault="00B0287C" w:rsidP="004E0159">
+          <w:p w:rsidR="00B0287C" w:rsidRPr="00E85D07" w:rsidRDefault="00B0287C" w:rsidP="004E0159">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2150" w:type="dxa"/>
+            <w:tcW w:w="2043" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B0287C" w:rsidRPr="007F1643" w:rsidRDefault="00B0287C" w:rsidP="004E0159">
+          <w:p w:rsidR="00B0287C" w:rsidRPr="00E85D07" w:rsidRDefault="00B0287C" w:rsidP="004E0159">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B0287C" w:rsidRPr="007F1643" w:rsidTr="00D772E7">
+      <w:tr w:rsidR="00B0287C" w:rsidRPr="00E85D07" w:rsidTr="00C34FED">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2204" w:type="dxa"/>
+            <w:tcW w:w="2158" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B0287C" w:rsidRPr="007F1643" w:rsidRDefault="00B0287C" w:rsidP="00A63DA6">
+          <w:p w:rsidR="00B0287C" w:rsidRPr="00E85D07" w:rsidRDefault="00B0287C" w:rsidP="00C34FED">
             <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007F1643">
+            <w:r w:rsidRPr="00E85D07">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>III</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2202" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B0287C" w:rsidRPr="007F1643" w:rsidRDefault="00B0287C" w:rsidP="004E0159">
+          <w:p w:rsidR="00B0287C" w:rsidRPr="00E85D07" w:rsidRDefault="00B0287C" w:rsidP="004E0159">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B0287C" w:rsidRPr="007F1643" w:rsidRDefault="00B0287C" w:rsidP="004E0159">
+          <w:p w:rsidR="00B0287C" w:rsidRPr="00E85D07" w:rsidRDefault="00B0287C" w:rsidP="004E0159">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2150" w:type="dxa"/>
+            <w:tcW w:w="2043" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B0287C" w:rsidRPr="007F1643" w:rsidRDefault="00B0287C" w:rsidP="004E0159">
+          <w:p w:rsidR="00B0287C" w:rsidRPr="00E85D07" w:rsidRDefault="00B0287C" w:rsidP="004E0159">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B0287C" w:rsidRPr="007F1643" w:rsidTr="00D772E7">
+      <w:tr w:rsidR="00B0287C" w:rsidRPr="00E85D07" w:rsidTr="00C34FED">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2204" w:type="dxa"/>
+            <w:tcW w:w="2158" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B0287C" w:rsidRPr="007F1643" w:rsidRDefault="00B0287C" w:rsidP="00A63DA6">
+          <w:p w:rsidR="00B0287C" w:rsidRPr="00E85D07" w:rsidRDefault="00B0287C" w:rsidP="00C34FED">
             <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007F1643">
+            <w:r w:rsidRPr="00E85D07">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>IV</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2202" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B0287C" w:rsidRPr="007F1643" w:rsidRDefault="00B0287C" w:rsidP="004E0159">
+          <w:p w:rsidR="00B0287C" w:rsidRPr="00E85D07" w:rsidRDefault="00B0287C" w:rsidP="004E0159">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B0287C" w:rsidRPr="007F1643" w:rsidRDefault="00B0287C" w:rsidP="004E0159">
+          <w:p w:rsidR="00B0287C" w:rsidRPr="00E85D07" w:rsidRDefault="00B0287C" w:rsidP="004E0159">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2150" w:type="dxa"/>
+            <w:tcW w:w="2043" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B0287C" w:rsidRPr="007F1643" w:rsidRDefault="00B0287C" w:rsidP="004E0159">
+          <w:p w:rsidR="00B0287C" w:rsidRPr="00E85D07" w:rsidRDefault="00B0287C" w:rsidP="004E0159">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B0287C" w:rsidRPr="007F1643" w:rsidTr="00D772E7">
+      <w:tr w:rsidR="00B0287C" w:rsidRPr="00E85D07" w:rsidTr="00C34FED">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2204" w:type="dxa"/>
+            <w:tcW w:w="2158" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B0287C" w:rsidRPr="007F1643" w:rsidRDefault="00B0287C" w:rsidP="00A63DA6">
+          <w:p w:rsidR="00B0287C" w:rsidRPr="00E85D07" w:rsidRDefault="00B0287C" w:rsidP="00C34FED">
             <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007F1643">
+            <w:r w:rsidRPr="00E85D07">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>V</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2202" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B0287C" w:rsidRPr="007F1643" w:rsidRDefault="00B0287C" w:rsidP="004E0159">
+          <w:p w:rsidR="00B0287C" w:rsidRPr="00E85D07" w:rsidRDefault="00B0287C" w:rsidP="004E0159">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B0287C" w:rsidRPr="007F1643" w:rsidRDefault="00B0287C" w:rsidP="004E0159">
+          <w:p w:rsidR="00B0287C" w:rsidRPr="00E85D07" w:rsidRDefault="00B0287C" w:rsidP="004E0159">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2150" w:type="dxa"/>
+            <w:tcW w:w="2043" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B0287C" w:rsidRPr="007F1643" w:rsidRDefault="00B0287C" w:rsidP="004E0159">
+          <w:p w:rsidR="00B0287C" w:rsidRPr="00E85D07" w:rsidRDefault="00B0287C" w:rsidP="004E0159">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00AC2CAF" w:rsidRPr="007F1643" w:rsidRDefault="00AC2CAF" w:rsidP="00F92A3D">
+    <w:p w:rsidR="00AC2CAF" w:rsidRPr="00E85D07" w:rsidRDefault="00AC2CAF" w:rsidP="00F92A3D">
       <w:pPr>
         <w:pStyle w:val="Nagwek4"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="35"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
         </w:tabs>
         <w:spacing w:before="120" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007F1643">
+      <w:r w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>planowana liczba uczniów szkoły policealnej, którzy uzyskają dyplom zawodowy:</w:t>
       </w:r>
-      <w:r w:rsidRPr="007F1643">
+      <w:r w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AC2CAF" w:rsidRPr="007F1643" w:rsidRDefault="00AC2CAF" w:rsidP="00AC2CAF">
+    <w:p w:rsidR="00AC2CAF" w:rsidRPr="00E85D07" w:rsidRDefault="00AC2CAF" w:rsidP="00AC2CAF">
       <w:pPr>
         <w:pStyle w:val="Nagwek3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007F1643">
+      <w:r w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Szkole branżowej II stopnia (nie dotyczy słuchaczy kwalifikacyjnych kursów zawodowych):</w:t>
       </w:r>
-      <w:r w:rsidRPr="007F1643">
+      <w:r w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AE395D" w:rsidRPr="007F1643" w:rsidRDefault="00AE395D" w:rsidP="00F92A3D">
+    <w:p w:rsidR="00AE395D" w:rsidRPr="00E85D07" w:rsidRDefault="00AE395D" w:rsidP="00F92A3D">
       <w:pPr>
         <w:pStyle w:val="Nagwek4"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="36"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007F1643">
+      <w:r w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>w tym w podziale na semestry i formy kształcenia:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabela-Siatka"/>
         <w:tblW w:w="4409" w:type="pct"/>
         <w:jc w:val="center"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1646"/>
         <w:gridCol w:w="2523"/>
         <w:gridCol w:w="2523"/>
         <w:gridCol w:w="2197"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A0076C" w:rsidRPr="007F1643" w:rsidTr="00D772E7">
+      <w:tr w:rsidR="00A0076C" w:rsidRPr="00E85D07" w:rsidTr="00C34FED">
         <w:trPr>
+          <w:trHeight w:val="730"/>
           <w:tblHeader/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="pct"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A0076C" w:rsidRPr="007F1643" w:rsidRDefault="00A0076C" w:rsidP="00AE395D">
+          <w:p w:rsidR="00A0076C" w:rsidRPr="00E85D07" w:rsidRDefault="00A0076C" w:rsidP="00C34FED">
             <w:pPr>
-              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007F1643">
+            <w:r w:rsidRPr="00E85D07">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Semestr</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1419" w:type="pct"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A0076C" w:rsidRPr="007F1643" w:rsidRDefault="00A0076C" w:rsidP="00AE395D">
+          <w:p w:rsidR="00A0076C" w:rsidRPr="00E85D07" w:rsidRDefault="00A0076C" w:rsidP="00C34FED">
             <w:pPr>
-              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007F1643">
+            <w:r w:rsidRPr="00E85D07">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Forma dzienna</w:t>
             </w:r>
-            <w:r w:rsidR="00CC5AF8" w:rsidRPr="007F1643">
+            <w:r w:rsidR="00CC5AF8" w:rsidRPr="00E85D07">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> – Liczba uczniów</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1419" w:type="pct"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A0076C" w:rsidRPr="007F1643" w:rsidRDefault="00A0076C" w:rsidP="00AE395D">
+          <w:p w:rsidR="00A0076C" w:rsidRPr="00E85D07" w:rsidRDefault="00A0076C" w:rsidP="00C34FED">
             <w:pPr>
-              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007F1643">
+            <w:r w:rsidRPr="00E85D07">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Forma stacjonarna</w:t>
             </w:r>
-            <w:r w:rsidR="00CC5AF8" w:rsidRPr="007F1643">
+            <w:r w:rsidR="00CC5AF8" w:rsidRPr="00E85D07">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> – Liczba uczniów</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1237" w:type="pct"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A0076C" w:rsidRPr="007F1643" w:rsidRDefault="00A0076C" w:rsidP="00AE395D">
+          <w:p w:rsidR="00A0076C" w:rsidRPr="00E85D07" w:rsidRDefault="00A0076C" w:rsidP="00C34FED">
             <w:pPr>
-              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007F1643">
+            <w:r w:rsidRPr="00E85D07">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Forma zaoczna</w:t>
             </w:r>
-            <w:r w:rsidR="00CC5AF8" w:rsidRPr="007F1643">
+            <w:r w:rsidR="00CC5AF8" w:rsidRPr="00E85D07">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> – Liczba uczniów</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A0076C" w:rsidRPr="007F1643" w:rsidTr="00D772E7">
+      <w:tr w:rsidR="00A0076C" w:rsidRPr="00E85D07" w:rsidTr="00C34FED">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="pct"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A0076C" w:rsidRPr="007F1643" w:rsidRDefault="00A0076C" w:rsidP="00A63DA6">
+          <w:p w:rsidR="00A0076C" w:rsidRPr="00E85D07" w:rsidRDefault="00A0076C" w:rsidP="00C34FED">
             <w:pPr>
-              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007F1643">
+            <w:r w:rsidRPr="00E85D07">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>I</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1419" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00A0076C" w:rsidRPr="007F1643" w:rsidRDefault="00A0076C" w:rsidP="000D4E9C">
+          <w:p w:rsidR="00A0076C" w:rsidRPr="00E85D07" w:rsidRDefault="00A0076C" w:rsidP="000D4E9C">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1419" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00A0076C" w:rsidRPr="007F1643" w:rsidRDefault="00A0076C" w:rsidP="000D4E9C">
+          <w:p w:rsidR="00A0076C" w:rsidRPr="00E85D07" w:rsidRDefault="00A0076C" w:rsidP="000D4E9C">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1237" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00A0076C" w:rsidRPr="007F1643" w:rsidRDefault="00A0076C" w:rsidP="000D4E9C">
+          <w:p w:rsidR="00A0076C" w:rsidRPr="00E85D07" w:rsidRDefault="00A0076C" w:rsidP="000D4E9C">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A0076C" w:rsidRPr="007F1643" w:rsidTr="00D772E7">
+      <w:tr w:rsidR="00A0076C" w:rsidRPr="00E85D07" w:rsidTr="00C34FED">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="pct"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A0076C" w:rsidRPr="007F1643" w:rsidRDefault="00A0076C" w:rsidP="00A63DA6">
+          <w:p w:rsidR="00A0076C" w:rsidRPr="00E85D07" w:rsidRDefault="00A0076C" w:rsidP="00C34FED">
             <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007F1643">
+            <w:r w:rsidRPr="00E85D07">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>II</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1419" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00A0076C" w:rsidRPr="007F1643" w:rsidRDefault="00A0076C" w:rsidP="000D4E9C">
+          <w:p w:rsidR="00A0076C" w:rsidRPr="00E85D07" w:rsidRDefault="00A0076C" w:rsidP="000D4E9C">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1419" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00A0076C" w:rsidRPr="007F1643" w:rsidRDefault="00A0076C" w:rsidP="000D4E9C">
+          <w:p w:rsidR="00A0076C" w:rsidRPr="00E85D07" w:rsidRDefault="00A0076C" w:rsidP="000D4E9C">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1237" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00A0076C" w:rsidRPr="007F1643" w:rsidRDefault="00A0076C" w:rsidP="000D4E9C">
+          <w:p w:rsidR="00A0076C" w:rsidRPr="00E85D07" w:rsidRDefault="00A0076C" w:rsidP="000D4E9C">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A0076C" w:rsidRPr="007F1643" w:rsidTr="00D772E7">
+      <w:tr w:rsidR="00A0076C" w:rsidRPr="00E85D07" w:rsidTr="00C34FED">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="pct"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A0076C" w:rsidRPr="007F1643" w:rsidRDefault="00A0076C" w:rsidP="00A63DA6">
+          <w:p w:rsidR="00A0076C" w:rsidRPr="00E85D07" w:rsidRDefault="00A0076C" w:rsidP="00C34FED">
             <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007F1643">
+            <w:r w:rsidRPr="00E85D07">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>III</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1419" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00A0076C" w:rsidRPr="007F1643" w:rsidRDefault="00A0076C" w:rsidP="000D4E9C">
+          <w:p w:rsidR="00A0076C" w:rsidRPr="00E85D07" w:rsidRDefault="00A0076C" w:rsidP="000D4E9C">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1419" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00A0076C" w:rsidRPr="007F1643" w:rsidRDefault="00A0076C" w:rsidP="000D4E9C">
+          <w:p w:rsidR="00A0076C" w:rsidRPr="00E85D07" w:rsidRDefault="00A0076C" w:rsidP="000D4E9C">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1237" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00A0076C" w:rsidRPr="007F1643" w:rsidRDefault="00A0076C" w:rsidP="000D4E9C">
+          <w:p w:rsidR="00A0076C" w:rsidRPr="00E85D07" w:rsidRDefault="00A0076C" w:rsidP="000D4E9C">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A0076C" w:rsidRPr="007F1643" w:rsidTr="00D772E7">
+      <w:tr w:rsidR="00A0076C" w:rsidRPr="00E85D07" w:rsidTr="00C34FED">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="926" w:type="pct"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A0076C" w:rsidRPr="007F1643" w:rsidRDefault="00A0076C" w:rsidP="00A63DA6">
+          <w:p w:rsidR="00A0076C" w:rsidRPr="00E85D07" w:rsidRDefault="00A0076C" w:rsidP="00C34FED">
             <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007F1643">
+            <w:r w:rsidRPr="00E85D07">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>IV</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1419" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00A0076C" w:rsidRPr="007F1643" w:rsidRDefault="00A0076C" w:rsidP="000D4E9C">
+          <w:p w:rsidR="00A0076C" w:rsidRPr="00E85D07" w:rsidRDefault="00A0076C" w:rsidP="000D4E9C">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1419" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00A0076C" w:rsidRPr="007F1643" w:rsidRDefault="00A0076C" w:rsidP="000D4E9C">
+          <w:p w:rsidR="00A0076C" w:rsidRPr="00E85D07" w:rsidRDefault="00A0076C" w:rsidP="000D4E9C">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1237" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00A0076C" w:rsidRPr="007F1643" w:rsidRDefault="00A0076C" w:rsidP="000D4E9C">
+          <w:p w:rsidR="00A0076C" w:rsidRPr="00E85D07" w:rsidRDefault="00A0076C" w:rsidP="000D4E9C">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00AC2CAF" w:rsidRPr="007F1643" w:rsidRDefault="00AC2CAF" w:rsidP="00F92A3D">
+    <w:p w:rsidR="00AC2CAF" w:rsidRPr="00E85D07" w:rsidRDefault="00AC2CAF" w:rsidP="00F92A3D">
       <w:pPr>
         <w:pStyle w:val="Nagwek4"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="36"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
         </w:tabs>
         <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007F1643">
+      <w:r w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">planowana liczba uczniów szkoły </w:t>
       </w:r>
-      <w:r w:rsidR="00A0076C" w:rsidRPr="007F1643">
+      <w:r w:rsidR="00A0076C" w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>branżowej II stopnia</w:t>
       </w:r>
-      <w:r w:rsidRPr="007F1643">
+      <w:r w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, którzy uzyskają </w:t>
       </w:r>
-      <w:r w:rsidR="00A0076C" w:rsidRPr="007F1643">
+      <w:r w:rsidR="00A0076C" w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>świadectwo dojrzałości</w:t>
       </w:r>
-      <w:r w:rsidRPr="007F1643">
+      <w:r w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidRPr="007F1643">
+      <w:r w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007657E8" w:rsidRPr="007F1643" w:rsidRDefault="00A0076C" w:rsidP="007657E8">
+    <w:p w:rsidR="007657E8" w:rsidRPr="00E85D07" w:rsidRDefault="00A0076C" w:rsidP="007657E8">
       <w:pPr>
         <w:pStyle w:val="Nagwek4"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="36"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007F1643">
-[...29 lines deleted...]
-      <w:r w:rsidR="000F40F3" w:rsidRPr="007F1643">
+      <w:r w:rsidRPr="00E85D07">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b w:val="0"/>
+          <w:i w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>planowana liczba uczniów szkoły branżowej II stopnia, którzy uzyskają certyfikat kwalifikacji zawodowej z kwalifikacji wyodrębnionej w zawodzie, w zakresie której kształcenie było prowadzone w branżowej sz</w:t>
+      </w:r>
+      <w:r w:rsidR="000F40F3" w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>k</w:t>
       </w:r>
-      <w:r w:rsidRPr="007F1643">
+      <w:r w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ole II stopnia:</w:t>
       </w:r>
-      <w:r w:rsidRPr="007F1643">
+      <w:r w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00417893" w:rsidRPr="007F1643" w:rsidRDefault="007657E8" w:rsidP="00715954">
+    <w:p w:rsidR="00417893" w:rsidRPr="00E85D07" w:rsidRDefault="007657E8" w:rsidP="007657E8">
       <w:pPr>
         <w:pStyle w:val="Nagwek4"/>
-        <w:numPr>
-[...2 lines deleted...]
-        </w:numPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007F1643">
+      <w:r w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="006B50E4">
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ranżowym szkoleniem zawodowym w </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="007F1643">
+        <w:t>7.  Planowana łączna liczba uczniów objętych branżowym szkoleniem zawodowym w b</w:t>
+      </w:r>
+      <w:r w:rsidR="00417893" w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>b</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00417893" w:rsidRPr="007F1643">
+        <w:t xml:space="preserve">ranżowym </w:t>
+      </w:r>
+      <w:r w:rsidR="00F5643D" w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ranżowym </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00F5643D" w:rsidRPr="007F1643">
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidR="00417893" w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>c</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00417893" w:rsidRPr="007F1643">
+        <w:t xml:space="preserve">entrum </w:t>
+      </w:r>
+      <w:r w:rsidR="00F5643D" w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">entrum </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00F5643D" w:rsidRPr="007F1643">
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidR="00417893" w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>u</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00417893" w:rsidRPr="007F1643">
+        <w:t>miejętności</w:t>
+      </w:r>
+      <w:r w:rsidR="00417893" w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>miejętności</w:t>
-[...9 lines deleted...]
-        </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F27CC8" w:rsidRPr="007F1643" w:rsidRDefault="00F27CC8" w:rsidP="007657E8">
+    <w:p w:rsidR="00F27CC8" w:rsidRPr="00E85D07" w:rsidRDefault="00F27CC8" w:rsidP="007657E8">
       <w:pPr>
         <w:pStyle w:val="Nagwek2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="41"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007F1643">
+      <w:r w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Planowana średnia miesięczna liczba wychowanków w:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F27CC8" w:rsidRPr="007F1643" w:rsidRDefault="00F27CC8" w:rsidP="00F27CC8">
+    <w:p w:rsidR="00F27CC8" w:rsidRPr="00E85D07" w:rsidRDefault="00F27CC8" w:rsidP="00F27CC8">
       <w:pPr>
         <w:pStyle w:val="Nagwek3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007F1643">
+      <w:r w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Młodzieżowym ośrodku wychowawczym/młodzieżowym ośrodku socjoterapii:</w:t>
       </w:r>
-      <w:r w:rsidRPr="007F1643">
+      <w:r w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F27CC8" w:rsidRPr="007F1643" w:rsidRDefault="00F27CC8" w:rsidP="00F92A3D">
+    <w:p w:rsidR="00F27CC8" w:rsidRPr="00E85D07" w:rsidRDefault="00F27CC8" w:rsidP="00F92A3D">
       <w:pPr>
         <w:pStyle w:val="Nagwek4"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="37"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007F1643">
+      <w:r w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>w tym niedoprowadzonych :</w:t>
       </w:r>
-      <w:r w:rsidRPr="007F1643">
+      <w:r w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F27CC8" w:rsidRPr="007F1643" w:rsidRDefault="00F27CC8" w:rsidP="00F27CC8">
+    <w:p w:rsidR="00F27CC8" w:rsidRPr="00E85D07" w:rsidRDefault="00F27CC8" w:rsidP="00F27CC8">
       <w:pPr>
         <w:pStyle w:val="Nagwek3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007F1643">
+      <w:r w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Specjalnym ośrodku szkolno-wychowawczym/specjalnym ośrodku wychowawczym:</w:t>
       </w:r>
-      <w:r w:rsidRPr="007F1643">
+      <w:r w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F27CC8" w:rsidRPr="007F1643" w:rsidRDefault="00F27CC8" w:rsidP="00F27CC8">
+    <w:p w:rsidR="00F27CC8" w:rsidRPr="00E85D07" w:rsidRDefault="00F27CC8" w:rsidP="00F27CC8">
       <w:pPr>
         <w:pStyle w:val="Nagwek3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007F1643">
-[...6 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:r w:rsidRPr="00E85D07">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>Ośrodku rewalidacyjno-wychowawczym:</w:t>
       </w:r>
-      <w:r w:rsidRPr="007F1643">
+      <w:r w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F27CC8" w:rsidRPr="007F1643" w:rsidRDefault="00F27CC8" w:rsidP="00F27CC8">
+    <w:p w:rsidR="00F27CC8" w:rsidRPr="00E85D07" w:rsidRDefault="00F27CC8" w:rsidP="00F27CC8">
       <w:pPr>
         <w:pStyle w:val="Nagwek3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007F1643">
-[...5 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E85D07">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Bursie lub internacie:</w:t>
       </w:r>
-      <w:r w:rsidRPr="007F1643">
+      <w:r w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F27CC8" w:rsidRPr="007F1643" w:rsidRDefault="00F27CC8" w:rsidP="007657E8">
+    <w:p w:rsidR="00F27CC8" w:rsidRPr="00E85D07" w:rsidRDefault="00F27CC8" w:rsidP="007657E8">
       <w:pPr>
         <w:pStyle w:val="Nagwek2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="41"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="357" w:hanging="357"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007F1643">
+      <w:r w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Planowana średnia miesięczna liczba dzieci objętych wczesnym wspomaganiem rozwoju, posiadających opinię o </w:t>
       </w:r>
-      <w:r w:rsidR="002C51B4" w:rsidRPr="007F1643">
+      <w:r w:rsidR="002C51B4" w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>potrzebie wczesnego wspomagania rozwoju dziecka, o której mowa w art. 127 ust. 10 ustawy – Prawo oświatowe</w:t>
       </w:r>
-      <w:r w:rsidRPr="007F1643">
+      <w:r w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidR="002C51B4" w:rsidRPr="007F1643">
+      <w:r w:rsidR="002C51B4" w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E6533D" w:rsidRPr="007F1643" w:rsidRDefault="00E6533D" w:rsidP="00715954">
+    <w:p w:rsidR="00E6533D" w:rsidRPr="00E85D07" w:rsidRDefault="00E6533D" w:rsidP="0086052D">
       <w:pPr>
         <w:pStyle w:val="Nagwek2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="41"/>
         </w:numPr>
-        <w:spacing w:after="240" w:line="360" w:lineRule="auto"/>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="007F1643">
+        <w:spacing w:after="240"/>
+        <w:ind w:left="357" w:hanging="357"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Liczba uczniów w podziale na poszczególne niepełnosprawności, którym przysługują dodatkowe wagi</w:t>
       </w:r>
-      <w:r w:rsidR="00141B1E" w:rsidRPr="007F1643">
+      <w:r w:rsidR="00141B1E" w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
-      <w:r w:rsidR="00141B1E" w:rsidRPr="007F1643">
+      <w:r w:rsidR="00141B1E" w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Dotyczy uczniów posiadających orzeczenie o potrzebie kształcenia specjalnego lub zajęć rewalidacyjno-wychowawczych, o których mowa w art. 71b ust. 3 ustawy z dnia 7 września 1991 r. o systemie oświaty (wydanych przed 1 września 2017 r.) oraz w art. 127 ust. 10 ustawy z dnia 14 grudnia 2016 r. – Prawo oświatowe</w:t>
       </w:r>
-      <w:r w:rsidR="00141B1E" w:rsidRPr="005441C7">
+      <w:r w:rsidR="00141B1E" w:rsidRPr="0086052D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidRPr="007F1643">
+      <w:r w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabela-Siatka"/>
         <w:tblW w:w="4429" w:type="pct"/>
         <w:tblInd w:w="534" w:type="dxa"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4506"/>
         <w:gridCol w:w="4423"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0072128D" w:rsidRPr="007F1643" w:rsidTr="00D772E7">
+      <w:tr w:rsidR="0072128D" w:rsidRPr="00E85D07" w:rsidTr="00C34FED">
         <w:trPr>
+          <w:trHeight w:val="461"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2523" w:type="pct"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0072128D" w:rsidRPr="007F1643" w:rsidRDefault="0072128D" w:rsidP="0072128D">
+          <w:p w:rsidR="0072128D" w:rsidRPr="00E85D07" w:rsidRDefault="0072128D" w:rsidP="00C34FED">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007F1643">
+            <w:r w:rsidRPr="00E85D07">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Wyszczególnienie</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2477" w:type="pct"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0072128D" w:rsidRPr="007F1643" w:rsidRDefault="0072128D" w:rsidP="0072128D">
+          <w:p w:rsidR="0072128D" w:rsidRPr="00E85D07" w:rsidRDefault="0072128D" w:rsidP="00C34FED">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007F1643">
+            <w:r w:rsidRPr="00E85D07">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Liczba uczniów</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0072128D" w:rsidRPr="007F1643" w:rsidTr="00BA36C5">
+      <w:tr w:rsidR="0072128D" w:rsidRPr="00E85D07" w:rsidTr="00BA36C5">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2523" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0072128D" w:rsidRPr="007F1643" w:rsidRDefault="0072128D" w:rsidP="00BA36C5">
+          <w:p w:rsidR="0072128D" w:rsidRPr="00E85D07" w:rsidRDefault="0072128D" w:rsidP="00BA36C5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007F1643">
+            <w:r w:rsidRPr="00E85D07">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>niepełnosprawni w oddziałach integracyjnych</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2477" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0072128D" w:rsidRPr="007F1643" w:rsidRDefault="0072128D" w:rsidP="00BA36C5">
+          <w:p w:rsidR="0072128D" w:rsidRPr="00E85D07" w:rsidRDefault="0072128D" w:rsidP="00BA36C5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0072128D" w:rsidRPr="007F1643" w:rsidTr="00BA36C5">
+      <w:tr w:rsidR="0072128D" w:rsidRPr="00E85D07" w:rsidTr="00C34FED">
         <w:trPr>
-          <w:trHeight w:val="454"/>
+          <w:trHeight w:val="645"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2523" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0072128D" w:rsidRPr="007F1643" w:rsidRDefault="0072128D" w:rsidP="00BA36C5">
+          <w:p w:rsidR="0072128D" w:rsidRPr="00E85D07" w:rsidRDefault="0072128D" w:rsidP="00BA36C5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007F1643">
+            <w:r w:rsidRPr="00E85D07">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>niepełnosprawność intelektualna w stopniu lekkim</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2477" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0072128D" w:rsidRPr="007F1643" w:rsidRDefault="0072128D" w:rsidP="00BA36C5">
+          <w:p w:rsidR="0072128D" w:rsidRPr="00E85D07" w:rsidRDefault="0072128D" w:rsidP="00BA36C5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0072128D" w:rsidRPr="007F1643" w:rsidTr="00BA36C5">
+      <w:tr w:rsidR="0072128D" w:rsidRPr="00E85D07" w:rsidTr="00BA36C5">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2523" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0072128D" w:rsidRPr="007F1643" w:rsidRDefault="0072128D" w:rsidP="00BA36C5">
+          <w:p w:rsidR="0072128D" w:rsidRPr="00E85D07" w:rsidRDefault="0072128D" w:rsidP="00BA36C5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007F1643">
+            <w:r w:rsidRPr="00E85D07">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>niedostosowani społecznie</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2477" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0072128D" w:rsidRPr="007F1643" w:rsidRDefault="0072128D" w:rsidP="00BA36C5">
+          <w:p w:rsidR="0072128D" w:rsidRPr="00E85D07" w:rsidRDefault="0072128D" w:rsidP="00BA36C5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0072128D" w:rsidRPr="007F1643" w:rsidTr="00BA36C5">
+      <w:tr w:rsidR="0072128D" w:rsidRPr="00E85D07" w:rsidTr="00BA36C5">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2523" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0072128D" w:rsidRPr="007F1643" w:rsidRDefault="0072128D" w:rsidP="00BA36C5">
+          <w:p w:rsidR="0072128D" w:rsidRPr="00E85D07" w:rsidRDefault="0072128D" w:rsidP="00BA36C5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007F1643">
+            <w:r w:rsidRPr="00E85D07">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>zagrożeni niedostosowaniem społecznym</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2477" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0072128D" w:rsidRPr="007F1643" w:rsidRDefault="0072128D" w:rsidP="00BA36C5">
+          <w:p w:rsidR="0072128D" w:rsidRPr="00E85D07" w:rsidRDefault="0072128D" w:rsidP="00BA36C5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0072128D" w:rsidRPr="007F1643" w:rsidTr="00BA36C5">
+      <w:tr w:rsidR="0072128D" w:rsidRPr="00E85D07" w:rsidTr="00BA36C5">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2523" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0072128D" w:rsidRPr="007F1643" w:rsidRDefault="0072128D" w:rsidP="00BA36C5">
+          <w:p w:rsidR="0072128D" w:rsidRPr="00E85D07" w:rsidRDefault="0072128D" w:rsidP="00BA36C5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007F1643">
+            <w:r w:rsidRPr="00E85D07">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>niewidomi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2477" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0072128D" w:rsidRPr="007F1643" w:rsidRDefault="0072128D" w:rsidP="00BA36C5">
+          <w:p w:rsidR="0072128D" w:rsidRPr="00E85D07" w:rsidRDefault="0072128D" w:rsidP="00BA36C5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0072128D" w:rsidRPr="007F1643" w:rsidTr="00BA36C5">
+      <w:tr w:rsidR="0072128D" w:rsidRPr="00E85D07" w:rsidTr="00BA36C5">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2523" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0072128D" w:rsidRPr="007F1643" w:rsidRDefault="0072128D" w:rsidP="00BA36C5">
+          <w:p w:rsidR="0072128D" w:rsidRPr="00E85D07" w:rsidRDefault="0072128D" w:rsidP="00BA36C5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="007F1643">
+            <w:r w:rsidRPr="00E85D07">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>słabowidzący</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2477" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0072128D" w:rsidRPr="007F1643" w:rsidRDefault="0072128D" w:rsidP="00BA36C5">
+          <w:p w:rsidR="0072128D" w:rsidRPr="00E85D07" w:rsidRDefault="0072128D" w:rsidP="00BA36C5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0072128D" w:rsidRPr="007F1643" w:rsidTr="00BA36C5">
+      <w:tr w:rsidR="0072128D" w:rsidRPr="00E85D07" w:rsidTr="00BA36C5">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2523" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0072128D" w:rsidRPr="007F1643" w:rsidRDefault="0072128D" w:rsidP="00BA36C5">
+          <w:p w:rsidR="0072128D" w:rsidRPr="00E85D07" w:rsidRDefault="0072128D" w:rsidP="00BA36C5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007F1643">
+            <w:r w:rsidRPr="00E85D07">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>niepełnosprawność ruchowa, w tym afazja</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2477" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0072128D" w:rsidRPr="007F1643" w:rsidRDefault="0072128D" w:rsidP="00BA36C5">
+          <w:p w:rsidR="0072128D" w:rsidRPr="00E85D07" w:rsidRDefault="0072128D" w:rsidP="00BA36C5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0072128D" w:rsidRPr="007F1643" w:rsidTr="00BA36C5">
+      <w:tr w:rsidR="0072128D" w:rsidRPr="00E85D07" w:rsidTr="00BA36C5">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2523" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0072128D" w:rsidRPr="007F1643" w:rsidRDefault="0072128D" w:rsidP="00BA36C5">
+          <w:p w:rsidR="0072128D" w:rsidRPr="00E85D07" w:rsidRDefault="0072128D" w:rsidP="00BA36C5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007F1643">
+            <w:r w:rsidRPr="00E85D07">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>niesłyszący</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2477" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0072128D" w:rsidRPr="007F1643" w:rsidRDefault="0072128D" w:rsidP="00BA36C5">
+          <w:p w:rsidR="0072128D" w:rsidRPr="00E85D07" w:rsidRDefault="0072128D" w:rsidP="00BA36C5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0072128D" w:rsidRPr="007F1643" w:rsidTr="00BA36C5">
+      <w:tr w:rsidR="0072128D" w:rsidRPr="00E85D07" w:rsidTr="00BA36C5">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2523" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0072128D" w:rsidRPr="007F1643" w:rsidRDefault="0072128D" w:rsidP="00BA36C5">
+          <w:p w:rsidR="0072128D" w:rsidRPr="00E85D07" w:rsidRDefault="0072128D" w:rsidP="00BA36C5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="007F1643">
+            <w:r w:rsidRPr="00E85D07">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>słabosłyszący</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2477" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0072128D" w:rsidRPr="007F1643" w:rsidRDefault="0072128D" w:rsidP="00BA36C5">
+          <w:p w:rsidR="0072128D" w:rsidRPr="00E85D07" w:rsidRDefault="0072128D" w:rsidP="00BA36C5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0072128D" w:rsidRPr="007F1643" w:rsidTr="00BA36C5">
+      <w:tr w:rsidR="0072128D" w:rsidRPr="00E85D07" w:rsidTr="00C34FED">
         <w:trPr>
-          <w:trHeight w:val="454"/>
+          <w:trHeight w:val="608"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2523" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0072128D" w:rsidRPr="007F1643" w:rsidRDefault="002D3C1F" w:rsidP="00BA36C5">
+          <w:p w:rsidR="0072128D" w:rsidRPr="00E85D07" w:rsidRDefault="002D3C1F" w:rsidP="00BA36C5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007F1643">
+            <w:r w:rsidRPr="00E85D07">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>n</w:t>
             </w:r>
-            <w:r w:rsidR="0072128D" w:rsidRPr="007F1643">
+            <w:r w:rsidR="0072128D" w:rsidRPr="00E85D07">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>iepełnosprawność intelektualna w stopniu</w:t>
             </w:r>
-            <w:r w:rsidRPr="007F1643">
+            <w:r w:rsidRPr="00E85D07">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> umiarkowanym lub znacznym</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2477" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0072128D" w:rsidRPr="007F1643" w:rsidRDefault="0072128D" w:rsidP="00BA36C5">
+          <w:p w:rsidR="0072128D" w:rsidRPr="00E85D07" w:rsidRDefault="0072128D" w:rsidP="00BA36C5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0072128D" w:rsidRPr="007F1643" w:rsidTr="00BA36C5">
+      <w:tr w:rsidR="0072128D" w:rsidRPr="00E85D07" w:rsidTr="00C34FED">
         <w:trPr>
-          <w:trHeight w:val="454"/>
+          <w:trHeight w:val="842"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2523" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0072128D" w:rsidRPr="007F1643" w:rsidRDefault="002D3C1F" w:rsidP="00BA36C5">
+          <w:p w:rsidR="0072128D" w:rsidRPr="00E85D07" w:rsidRDefault="002D3C1F" w:rsidP="00BA36C5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007F1643">
+            <w:r w:rsidRPr="00E85D07">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>niepełnosprawność intelektualna w stopniu głębokim, objęci zajęciami rewalidacyjno-wychowawczymi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2477" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0072128D" w:rsidRPr="007F1643" w:rsidRDefault="0072128D" w:rsidP="00BA36C5">
+          <w:p w:rsidR="0072128D" w:rsidRPr="00E85D07" w:rsidRDefault="0072128D" w:rsidP="00BA36C5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0072128D" w:rsidRPr="007F1643" w:rsidTr="00BA36C5">
+      <w:tr w:rsidR="0072128D" w:rsidRPr="00E85D07" w:rsidTr="00BA36C5">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2523" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0072128D" w:rsidRPr="007F1643" w:rsidRDefault="002D3C1F" w:rsidP="00BA36C5">
+          <w:p w:rsidR="0072128D" w:rsidRPr="00E85D07" w:rsidRDefault="002D3C1F" w:rsidP="00BA36C5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007F1643">
+            <w:r w:rsidRPr="00E85D07">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>niepełnosprawność sprzężona</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2477" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0072128D" w:rsidRPr="007F1643" w:rsidRDefault="0072128D" w:rsidP="00BA36C5">
+          <w:p w:rsidR="0072128D" w:rsidRPr="00E85D07" w:rsidRDefault="0072128D" w:rsidP="00BA36C5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0072128D" w:rsidRPr="007F1643" w:rsidTr="00BA36C5">
+      <w:tr w:rsidR="0072128D" w:rsidRPr="00E85D07" w:rsidTr="00BA36C5">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2523" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0072128D" w:rsidRPr="007F1643" w:rsidRDefault="00E94FF9" w:rsidP="00BA36C5">
+          <w:p w:rsidR="0072128D" w:rsidRPr="00E85D07" w:rsidRDefault="00E94FF9" w:rsidP="00BA36C5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007F1643">
+            <w:r w:rsidRPr="00E85D07">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>autyzm</w:t>
             </w:r>
-            <w:r w:rsidR="002D3C1F" w:rsidRPr="007F1643">
+            <w:r w:rsidR="002D3C1F" w:rsidRPr="00E85D07">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
-            <w:r w:rsidRPr="007F1643">
+            <w:r w:rsidRPr="00E85D07">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="002D3C1F" w:rsidRPr="007F1643">
-[...5 lines deleted...]
-              <w:t xml:space="preserve">w tym zespół </w:t>
+            <w:r w:rsidR="002D3C1F" w:rsidRPr="00E85D07">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>w tym zespół Aspergera</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...8 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2477" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0072128D" w:rsidRPr="007F1643" w:rsidRDefault="0072128D" w:rsidP="00BA36C5">
+          <w:p w:rsidR="0072128D" w:rsidRPr="00E85D07" w:rsidRDefault="0072128D" w:rsidP="00BA36C5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="007407D2" w:rsidRPr="007F1643" w:rsidRDefault="007407D2" w:rsidP="007407D2">
-[...25 lines deleted...]
-    <w:p w:rsidR="007407D2" w:rsidRPr="007F1643" w:rsidRDefault="007407D2" w:rsidP="007407D2">
+    <w:p w:rsidR="00A43F2F" w:rsidRPr="00E85D07" w:rsidRDefault="00A43F2F" w:rsidP="00440FBC">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy3"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00440FBC" w:rsidRPr="00E85D07" w:rsidRDefault="00440FBC" w:rsidP="00440FBC">
+      <w:pPr>
+        <w:pStyle w:val="Tekstpodstawowy3"/>
+        <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="007F1643">
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
-        </w:rPr>
-        <w:t xml:space="preserve">Niniejszą informację otrzymałeś w związku z obowiązkami określonymi w art. 13 rozporządzenia Parlamentu Europejskiego i Rady (UE) 2016/679 z dnia 27 kwietnia 2016 r. w sprawie ochrony osób fizycznych w związku z przetwarzaniem danych osobowych i w sprawie swobodnego przepływu takich danych oraz uchylenia dyrektywy 95/46/WE (ogólne rozporządzenie o ochronie danych) (Dziennik Urzędowy Unii Europejskiej z dnia 4 maja 2016 r. L 119/1). </w:t>
+          <w:b/>
+        </w:rPr>
+        <w:t>INFORMACJE DOTYCZĄCE PRZETWARZANIA TWOICH DANYCH OSOBOWYCH</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007407D2" w:rsidRPr="007F1643" w:rsidRDefault="007407D2" w:rsidP="007407D2">
+    <w:p w:rsidR="00440FBC" w:rsidRPr="0086052D" w:rsidRDefault="00440FBC" w:rsidP="0086052D">
+      <w:pPr>
+        <w:pStyle w:val="Tekstpodstawowy3"/>
+        <w:spacing w:after="360" w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E85D07">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Niniejszą informację otrzymuje Pani/Pan w związku z obowiązkami określonymi w art. 13 rozporządzenia Parlamentu Europejskiego i Rady (UE) 2016/679 z dnia 27 kwietnia 2016 r. w sprawie ochrony osób fizycznych w związku z przetwarzaniem danych osobowych i w sprawie swobodnego przepływu takich danych oraz uchylenia dyrektywy 95/46/WE (ogólne rozporządzenie o ochronie danych) (Dziennik Urzędowy Unii Europejskiej z dnia 4 maja 2016 r. L 119/1).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00440FBC" w:rsidRPr="00E85D07" w:rsidRDefault="00440FBC" w:rsidP="00440FBC">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy3"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007F1643">
+      <w:r w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Administrator danych</w:t>
+        <w:t>Administrator danych osobowych (ADO)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007407D2" w:rsidRPr="007F1643" w:rsidRDefault="007407D2" w:rsidP="007407D2">
+    <w:p w:rsidR="00440FBC" w:rsidRPr="00E85D07" w:rsidRDefault="00440FBC" w:rsidP="00440FBC">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007F1643">
-[...21 lines deleted...]
-        <w:t>nami skontaktować w następujący sposób:</w:t>
+      <w:r w:rsidRPr="00E85D07">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Administratorem Pani/Pana danych osobowych jest Prezydent Wrocławia, z którym można się skontaktować w następujący sposób:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007407D2" w:rsidRPr="007F1643" w:rsidRDefault="007407D2" w:rsidP="007407D2">
-[...5 lines deleted...]
-        </w:numPr>
+    <w:p w:rsidR="00440FBC" w:rsidRPr="00E85D07" w:rsidRDefault="00440FBC" w:rsidP="00440FBC">
+      <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
-        <w:ind w:left="426"/>
+        <w:ind w:left="289" w:hanging="289"/>
         <w:rPr>
           <w:rStyle w:val="st"/>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E85D07">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E85D07">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>listownie na adres: Prezydent Wrocławia, Urząd Miejski Wrocławia, pl. Nowy Targ 1-8, 50-141 Wrocław,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007407D2" w:rsidRPr="007F1643" w:rsidRDefault="007407D2" w:rsidP="007407D2">
-[...5 lines deleted...]
-        </w:numPr>
+    <w:p w:rsidR="00440FBC" w:rsidRPr="00E85D07" w:rsidRDefault="00440FBC" w:rsidP="00440FBC">
+      <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
-        <w:ind w:left="426"/>
+        <w:ind w:left="289" w:hanging="284"/>
         <w:rPr>
           <w:rStyle w:val="st"/>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="007F1643">
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rStyle w:val="st"/>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-        <w:t>przez e-mail: wfi@um.wroc.pl,</w:t>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidR="00761181" w:rsidRPr="00E85D07">
+        <w:rPr>
+          <w:rStyle w:val="st"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E85D07">
+        <w:rPr>
+          <w:rStyle w:val="st"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>za pośrednictwem poczty elektronicznej na adres: wfi@um.wroc.pl,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007407D2" w:rsidRPr="007F1643" w:rsidRDefault="007407D2" w:rsidP="007407D2">
+    <w:p w:rsidR="00440FBC" w:rsidRPr="00E85D07" w:rsidRDefault="00440FBC" w:rsidP="00440FBC">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy3"/>
-        <w:numPr>
-[...4 lines deleted...]
-        <w:ind w:left="426"/>
+        <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="st"/>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007F1643">
+      <w:r w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rStyle w:val="st"/>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidR="00761181" w:rsidRPr="00E85D07">
+        <w:rPr>
+          <w:rStyle w:val="st"/>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E85D07">
+        <w:rPr>
+          <w:rStyle w:val="st"/>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
         <w:t>telefonicznie: +48 71 777 77 06.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007407D2" w:rsidRPr="007F1643" w:rsidRDefault="007407D2" w:rsidP="007407D2">
+    <w:p w:rsidR="00440FBC" w:rsidRPr="00E85D07" w:rsidRDefault="00440FBC" w:rsidP="00440FBC">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy3"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007F1643">
+      <w:r w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>Cele przetwarzania danych</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007407D2" w:rsidRPr="007F1643" w:rsidRDefault="007407D2" w:rsidP="007407D2">
-[...14 lines deleted...]
-        <w:t>Będziemy przetwarzać Pani/Pana dane w celu załatwienia sprawy: prowadzenia procesu  udzielania i zwrotu dotacji po spełnieniu odpowiednich wymagań i kontroli prawidłowości ich pobrania i wykorzystania.</w:t>
+    <w:p w:rsidR="00440FBC" w:rsidRPr="00E85D07" w:rsidRDefault="00440FBC" w:rsidP="00440FBC">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E85D07">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Pani/Pana dane osobowe będą przetwarzane w celu załatwienia sprawy: prowadzenia procesu  udzielania i zwrotu dotacji po spełnieniu odpowiednich wymagań i kontroli prawidłowości ich pobrania i wykorzystania.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007407D2" w:rsidRPr="007F1643" w:rsidRDefault="007407D2" w:rsidP="007407D2">
+    <w:p w:rsidR="00440FBC" w:rsidRPr="00E85D07" w:rsidRDefault="00440FBC" w:rsidP="00440FBC">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy3"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007F1643">
+      <w:r w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>Podstawy prawne przetwarzania</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007407D2" w:rsidRPr="007F1643" w:rsidRDefault="007407D2" w:rsidP="007407D2">
-[...20 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w:rsidR="00440FBC" w:rsidRPr="00E85D07" w:rsidRDefault="00440FBC" w:rsidP="00440FBC">
+      <w:pPr>
+        <w:pStyle w:val="Tekstpodstawowy3"/>
+        <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E85D07">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Będziemy przetwarzać Pani/Pana dane osobowe na podstawie art. 6 ust. 1 lit. c) RODO, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E85D07">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">ustawy z dnia 27 października 2017 r. o finansowaniu zadań oświatowych  i </w:t>
       </w:r>
-      <w:r w:rsidRPr="007F1643">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="00E85D07">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>ustawy z dnia 14 czerwca 1960 r. Kodeks Postępowania Administracyjnego.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007407D2" w:rsidRPr="007F1643" w:rsidRDefault="007407D2" w:rsidP="007407D2">
+    <w:p w:rsidR="00440FBC" w:rsidRPr="00E85D07" w:rsidRDefault="00440FBC" w:rsidP="00440FBC">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy3"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007F1643">
+      <w:r w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
-        <w:t>Obligatoryjność / fakultatywność podania danych osobowych</w:t>
+        <w:t>Obligatoryjność/fakultatywność podania danych osobowych</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007407D2" w:rsidRPr="007F1643" w:rsidRDefault="007407D2" w:rsidP="007407D2">
+    <w:p w:rsidR="00440FBC" w:rsidRPr="00E85D07" w:rsidRDefault="00440FBC" w:rsidP="00440FBC">
+      <w:pPr>
+        <w:pStyle w:val="Tekstpodstawowy3"/>
+        <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E85D07">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Podanie przez Panią/Pana danych osobowych jest wymogiem ustawowym wynikającym z </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E85D07">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ustawy z dnia 27 października 2017 r. o finansowaniu zadań oświatowych  i </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E85D07">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>ustawy z dnia 14 czerwca 1960 r. Kodeks Postępowania Administracyjnego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00440FBC" w:rsidRPr="00E85D07" w:rsidRDefault="00440FBC" w:rsidP="00440FBC">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy3"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
-          <w:bCs/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="007F1643">
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
-          <w:bCs/>
-[...27 lines deleted...]
-        <w:t xml:space="preserve"> zobowiązany do ich podania, a ich niepodanie będzie skutkować brakiem rozpatrzenia niniejszego wniosku.</w:t>
+          <w:b/>
+        </w:rPr>
+        <w:t>Okres retencji danych</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007407D2" w:rsidRPr="007F1643" w:rsidRDefault="007407D2" w:rsidP="007407D2">
+    <w:p w:rsidR="00440FBC" w:rsidRPr="00E85D07" w:rsidRDefault="00440FBC" w:rsidP="00440FBC">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E85D07">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Pani/Pana dane osobowe będą przetwarzane 10 lat lub wieczyście w zależności od wyniku ekspertyzy Archiwum Państwowego, a w celach związanych z dochodzeniem lub obroną przed roszczeniami do czasu przedawnienia tych roszczeń.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00440FBC" w:rsidRPr="00E85D07" w:rsidRDefault="00440FBC" w:rsidP="00440FBC">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy3"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007F1643">
+      <w:r w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
-        <w:t>Okres przechowywania danych</w:t>
+        <w:t>Odbiorcy danych</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007407D2" w:rsidRPr="007F1643" w:rsidRDefault="007407D2" w:rsidP="007407D2">
+    <w:p w:rsidR="00440FBC" w:rsidRPr="00E85D07" w:rsidRDefault="00440FBC" w:rsidP="00440FBC">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007F1643">
-[...5 lines deleted...]
-        <w:t>Dane będą przetwarzane 10 lat lub wieczyście w zależności od wyniku ekspertyzy Archiwum Państwowego.</w:t>
+      <w:r w:rsidRPr="00E85D07">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Odbiorcami Pani/Pana danych osobowych mogą być:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007407D2" w:rsidRPr="007F1643" w:rsidRDefault="007407D2" w:rsidP="007407D2">
+    <w:p w:rsidR="00440FBC" w:rsidRPr="00E85D07" w:rsidRDefault="00440FBC" w:rsidP="00440FBC">
+      <w:pPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E85D07">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>- dostawcy usług IT,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00440FBC" w:rsidRPr="00E85D07" w:rsidRDefault="00440FBC" w:rsidP="00440FBC">
+      <w:pPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E85D07">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>- podmioty przetwarzające dane na zlecenie administratora,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00440FBC" w:rsidRPr="00E85D07" w:rsidRDefault="00440FBC" w:rsidP="00440FBC">
+      <w:pPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E85D07">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>- podmioty upoważnione na podstawie przepisów prawa,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00440FBC" w:rsidRPr="00E85D07" w:rsidRDefault="00440FBC" w:rsidP="00440FBC">
+      <w:pPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E85D07">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E85D07">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">podmioty prowadzące działalność pocztową lub kurierską </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E85D07">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(jeżeli odpowiedź jest wysyłana pocztą, E-doręczenia, kurierem).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00440FBC" w:rsidRPr="00E85D07" w:rsidRDefault="00440FBC" w:rsidP="00440FBC">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E85D07">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Takie podmioty przetwarzają dane na podstawie zawartej umowy z administratorem i tylko zgodnie z jego poleceniami.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00440FBC" w:rsidRPr="00E85D07" w:rsidRDefault="00440FBC" w:rsidP="00440FBC">
+      <w:pPr>
+        <w:pStyle w:val="Tekstkomentarza"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E85D07">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Przysługujące prawa</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00440FBC" w:rsidRPr="00E85D07" w:rsidRDefault="00440FBC" w:rsidP="00440FBC">
+      <w:pPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E85D07">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Przysługuje Pani/Panu:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00440FBC" w:rsidRPr="00E85D07" w:rsidRDefault="00440FBC" w:rsidP="00440FBC">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="289" w:hanging="289"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E85D07">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E85D07">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>prawo dostępu do swoich danych oraz otrzymania ich kopii,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00440FBC" w:rsidRPr="00E85D07" w:rsidRDefault="00440FBC" w:rsidP="00440FBC">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="289" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E85D07">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E85D07">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>prawo do sprostowania (poprawiania) swoich danych,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00440FBC" w:rsidRPr="00E85D07" w:rsidRDefault="00440FBC" w:rsidP="00440FBC">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="289" w:hanging="289"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E85D07">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E85D07">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>prawo do ograniczenia przetwarzania danych,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00440FBC" w:rsidRPr="00E85D07" w:rsidRDefault="00440FBC" w:rsidP="00CD17EF">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:spacing w:after="840" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="289" w:hanging="289"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E85D07">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E85D07">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>prawo do wniesienia skargi do organu nadzorczego – tj. Prezesa Urzędu Ochrony Danych Osobowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00440FBC" w:rsidRPr="00E85D07" w:rsidRDefault="00440FBC" w:rsidP="00440FBC">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy3"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007F1643">
+      <w:r w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
-        <w:t>Odbiorcy danych</w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t>Inspektor Ochrony Danych</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007407D2" w:rsidRPr="007F1643" w:rsidRDefault="007407D2" w:rsidP="007407D2">
+    <w:p w:rsidR="00440FBC" w:rsidRPr="00E85D07" w:rsidRDefault="00440FBC" w:rsidP="00440FBC">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007F1643">
-[...5 lines deleted...]
-        <w:t>Będziemy przekazywać Pani/Pana dane osobowe podmiotom upoważnionym na podstawie przepisów prawa. Dodatkowo dane mogą być dostępne dla usługodawców wykonujących zadania na zlecenie Administratora w ramach świadczenia usług serwisu, rozwoju i utrzymania systemów informatycznych.</w:t>
+      <w:r w:rsidRPr="00E85D07">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>W Urzędzie wyznaczony został Inspektor Ochrony Danych. Jest to osoba, z którą można się kontaktować w sprawach dotyczących przetwarzania Pani/Pana danych osobowych oraz korzystania z przysługujących Pani/Panu praw związanych z przetwarzaniem danych.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007407D2" w:rsidRPr="007F1643" w:rsidRDefault="007407D2" w:rsidP="007407D2">
-[...1 lines deleted...]
-        <w:pStyle w:val="Tekstkomentarza"/>
+    <w:p w:rsidR="00440FBC" w:rsidRPr="00E85D07" w:rsidRDefault="00440FBC" w:rsidP="00440FBC">
+      <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-          <w:i/>
-[...12 lines deleted...]
-        <w:t>Prawa związane z przetwarzaniem danych osobowych</w:t>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E85D07">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Z Inspektorem można skontaktować się w następujący sposób:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007407D2" w:rsidRPr="007F1643" w:rsidRDefault="007407D2" w:rsidP="007407D2">
+    <w:p w:rsidR="00440FBC" w:rsidRPr="00E85D07" w:rsidRDefault="00440FBC" w:rsidP="00440FBC">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
-        <w:rPr>
-[...11 lines deleted...]
-        <w:t>Przysługują Pani/Panu następujące prawa związane z przetwarzaniem danych osobowych:</w:t>
+        <w:ind w:left="289" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E85D07">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E85D07">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>listownie na adres: al. M. Kromera 44, 51-163 Wrocław</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007407D2" w:rsidRPr="007F1643" w:rsidRDefault="007407D2" w:rsidP="007407D2">
-[...5 lines deleted...]
-        </w:numPr>
+    <w:p w:rsidR="00440FBC" w:rsidRPr="00E85D07" w:rsidRDefault="00440FBC" w:rsidP="00440FBC">
+      <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
-        <w:ind w:left="426"/>
-[...8 lines deleted...]
-        <w:t>prawo dostępu do Pani/Pana danych osobowych,</w:t>
+        <w:ind w:left="289" w:hanging="289"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E85D07">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E85D07">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>przez e-mail: iod@um.wroc.pl</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007407D2" w:rsidRPr="007F1643" w:rsidRDefault="007407D2" w:rsidP="007407D2">
-[...60 lines deleted...]
-    <w:p w:rsidR="007407D2" w:rsidRPr="007F1643" w:rsidRDefault="007407D2" w:rsidP="007407D2">
+    <w:p w:rsidR="00440FBC" w:rsidRPr="00E85D07" w:rsidRDefault="00F8634C" w:rsidP="00440FBC">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy3"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
-          <w:b/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="007F1643">
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
-          <w:b/>
-[...1 lines deleted...]
-        <w:t>Inspektor Ochrony Danych</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve">-  </w:t>
+      </w:r>
+      <w:r w:rsidR="00440FBC" w:rsidRPr="00E85D07">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>telefonicznie: 71 777 77 24.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007407D2" w:rsidRPr="007F1643" w:rsidRDefault="007407D2" w:rsidP="007407D2">
-[...31 lines deleted...]
-      </w:r>
+    <w:p w:rsidR="00547470" w:rsidRPr="00E85D07" w:rsidRDefault="00547470" w:rsidP="00817C29">
+      <w:pPr>
+        <w:pStyle w:val="Tekstpodstawowy3"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="007407D2" w:rsidRPr="007F1643" w:rsidRDefault="007407D2" w:rsidP="007407D2">
-[...110 lines deleted...]
-    <w:p w:rsidR="00DA7BD5" w:rsidRPr="007F1643" w:rsidRDefault="00EB124A" w:rsidP="003E2F9C">
+    <w:p w:rsidR="00DA7BD5" w:rsidRPr="00E85D07" w:rsidRDefault="00EB124A" w:rsidP="003E2F9C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
         </w:tabs>
         <w:spacing w:before="480" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="5670" w:right="51"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007F1643">
+      <w:r w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D200ED" w:rsidRPr="007F1643" w:rsidRDefault="00511386" w:rsidP="00511386">
-[...26 lines deleted...]
-        <w:t xml:space="preserve">(czytelny podpis i pieczątka </w:t>
+    <w:p w:rsidR="00EB124A" w:rsidRPr="00E85D07" w:rsidRDefault="00EB124A" w:rsidP="00F8634C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
+        </w:tabs>
+        <w:ind w:left="6663" w:right="51" w:hanging="1134"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E85D07">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(czytelny podpis i pieczątka osoby prowadzącej)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EB124A" w:rsidRPr="007F1643" w:rsidRDefault="00511386" w:rsidP="00511386">
-[...29 lines deleted...]
-    <w:p w:rsidR="002D3C1F" w:rsidRPr="007F1643" w:rsidRDefault="002D3C1F" w:rsidP="00EB124A">
+    <w:p w:rsidR="002D3C1F" w:rsidRPr="00E85D07" w:rsidRDefault="002D3C1F" w:rsidP="00EB124A">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy2"/>
         <w:spacing w:before="240"/>
         <w:ind w:right="52"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007F1643">
+      <w:r w:rsidRPr="00E85D07">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Uwagi - wypełnia Departament Edukacji Urzędu Miejskiego Wrocławia:</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="002D3C1F" w:rsidRPr="007F1643" w:rsidSect="00E07E99">
+    <w:sectPr w:rsidR="002D3C1F" w:rsidRPr="00E85D07" w:rsidSect="00E07E99">
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1418" w:right="1021" w:bottom="992" w:left="1021" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="272"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00511386" w:rsidRDefault="00511386">
+    <w:p w:rsidR="00CD17EF" w:rsidRDefault="00CD17EF">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00511386" w:rsidRDefault="00511386">
+    <w:p w:rsidR="00CD17EF" w:rsidRDefault="00CD17EF">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20002A87" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -6783,117 +6778,117 @@
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20002A87" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Unicode MS">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="F7FFAFFF" w:usb1="E9DFFFFF" w:usb2="0000003F" w:usb3="00000000" w:csb0="003F01FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+    <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Liberation Mono">
     <w:altName w:val="Courier New"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:notTrueType/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="NSimSun">
     <w:panose1 w:val="02010609030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="00000283" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+    <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="15033023"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtContent>
-      <w:p w:rsidR="00511386" w:rsidRDefault="00511386">
+      <w:p w:rsidR="00CD17EF" w:rsidRDefault="007506AC">
         <w:pPr>
           <w:pStyle w:val="Stopka"/>
           <w:jc w:val="right"/>
         </w:pPr>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w:rsidR="00511386" w:rsidRDefault="00511386" w:rsidP="00CE4E21">
+  <w:p w:rsidR="00CD17EF" w:rsidRDefault="00CD17EF" w:rsidP="00CE4E21">
     <w:pPr>
       <w:pStyle w:val="Stopka"/>
       <w:ind w:right="360" w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00511386" w:rsidRDefault="00511386">
+    <w:p w:rsidR="00CD17EF" w:rsidRDefault="00CD17EF">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00511386" w:rsidRDefault="00511386">
+    <w:p w:rsidR="00CD17EF" w:rsidRDefault="00CD17EF">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="065D55F8"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="04150001"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
@@ -8152,66 +8147,66 @@
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16">
     <w:nsid w:val="40C206B7"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="04150017"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17">
     <w:nsid w:val="44675890"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="F6AE1AE2"/>
-[...1 lines deleted...]
-      <w:start w:val="7"/>
+    <w:tmpl w:val="8C702D54"/>
+    <w:lvl w:ilvl="0" w:tplc="C930DA12">
+      <w:start w:val="8"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="340" w:hanging="340"/>
+        <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04150019">
+    <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0415000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
@@ -10449,375 +10444,381 @@
   <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="425"/>
   <w:doNotHyphenateCaps/>
   <w:drawingGridHorizontalSpacing w:val="100"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:doNotValidateAgainstSchema/>
   <w:doNotDemarcateInvalidXml/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="00E20303"/>
     <w:rsid w:val="000004A2"/>
     <w:rsid w:val="000102EC"/>
     <w:rsid w:val="00013BE8"/>
     <w:rsid w:val="00017C33"/>
-    <w:rsid w:val="00024ADC"/>
     <w:rsid w:val="00046D3C"/>
     <w:rsid w:val="000620DC"/>
     <w:rsid w:val="00074F7E"/>
     <w:rsid w:val="00076128"/>
     <w:rsid w:val="00081945"/>
     <w:rsid w:val="00081B30"/>
     <w:rsid w:val="000959B4"/>
     <w:rsid w:val="000960DA"/>
     <w:rsid w:val="000A3496"/>
     <w:rsid w:val="000B5559"/>
     <w:rsid w:val="000C57A4"/>
+    <w:rsid w:val="000C593B"/>
     <w:rsid w:val="000D4E9C"/>
-    <w:rsid w:val="000D6E36"/>
     <w:rsid w:val="000D79C7"/>
     <w:rsid w:val="000F40F3"/>
     <w:rsid w:val="00103A69"/>
+    <w:rsid w:val="00104F85"/>
     <w:rsid w:val="001200A8"/>
     <w:rsid w:val="001377B4"/>
     <w:rsid w:val="00141B1E"/>
     <w:rsid w:val="0014603D"/>
     <w:rsid w:val="00156BCE"/>
     <w:rsid w:val="00165656"/>
     <w:rsid w:val="00167987"/>
     <w:rsid w:val="00167E6A"/>
-    <w:rsid w:val="00172E9F"/>
     <w:rsid w:val="0018714A"/>
     <w:rsid w:val="001B4CAD"/>
     <w:rsid w:val="001B515F"/>
+    <w:rsid w:val="001C3C85"/>
     <w:rsid w:val="001E2A74"/>
     <w:rsid w:val="0020197C"/>
     <w:rsid w:val="00213A0F"/>
     <w:rsid w:val="00225ECD"/>
     <w:rsid w:val="00232A94"/>
     <w:rsid w:val="00233E0D"/>
     <w:rsid w:val="00250302"/>
     <w:rsid w:val="002610CC"/>
     <w:rsid w:val="002613EE"/>
     <w:rsid w:val="0026178E"/>
     <w:rsid w:val="00261D4F"/>
     <w:rsid w:val="00271374"/>
     <w:rsid w:val="00287B0A"/>
     <w:rsid w:val="00296541"/>
     <w:rsid w:val="00296E23"/>
     <w:rsid w:val="002A0479"/>
     <w:rsid w:val="002A1C07"/>
     <w:rsid w:val="002A24A4"/>
     <w:rsid w:val="002A5AF8"/>
     <w:rsid w:val="002B03CB"/>
     <w:rsid w:val="002B3E63"/>
     <w:rsid w:val="002B41B6"/>
     <w:rsid w:val="002B654A"/>
     <w:rsid w:val="002C3BF7"/>
     <w:rsid w:val="002C51B4"/>
-    <w:rsid w:val="002C53E5"/>
     <w:rsid w:val="002D1DE5"/>
     <w:rsid w:val="002D3C1F"/>
+    <w:rsid w:val="002E6140"/>
     <w:rsid w:val="002F6856"/>
     <w:rsid w:val="00305F8D"/>
+    <w:rsid w:val="00310720"/>
     <w:rsid w:val="00315A94"/>
-    <w:rsid w:val="003210C6"/>
-    <w:rsid w:val="003330C0"/>
     <w:rsid w:val="00340BE6"/>
+    <w:rsid w:val="00344BA4"/>
+    <w:rsid w:val="0035133C"/>
     <w:rsid w:val="003535AC"/>
+    <w:rsid w:val="00354306"/>
     <w:rsid w:val="003678DA"/>
-    <w:rsid w:val="00371DB7"/>
     <w:rsid w:val="00372B6C"/>
-    <w:rsid w:val="003961B4"/>
     <w:rsid w:val="003A31F7"/>
     <w:rsid w:val="003A5945"/>
+    <w:rsid w:val="003A6C52"/>
     <w:rsid w:val="003B03AB"/>
     <w:rsid w:val="003B7169"/>
     <w:rsid w:val="003D1C03"/>
     <w:rsid w:val="003E2F9C"/>
     <w:rsid w:val="003E6C9A"/>
     <w:rsid w:val="003E759C"/>
     <w:rsid w:val="003F6364"/>
     <w:rsid w:val="0040302C"/>
     <w:rsid w:val="00417893"/>
     <w:rsid w:val="004269F0"/>
+    <w:rsid w:val="004409C4"/>
+    <w:rsid w:val="00440FBC"/>
     <w:rsid w:val="00447C06"/>
     <w:rsid w:val="004646A5"/>
     <w:rsid w:val="00464F97"/>
     <w:rsid w:val="0046565B"/>
-    <w:rsid w:val="0047437A"/>
     <w:rsid w:val="00492BE6"/>
     <w:rsid w:val="004B1715"/>
     <w:rsid w:val="004B611A"/>
     <w:rsid w:val="004D76C7"/>
     <w:rsid w:val="004E0159"/>
     <w:rsid w:val="004E141F"/>
     <w:rsid w:val="004E1751"/>
     <w:rsid w:val="004E7AB9"/>
     <w:rsid w:val="004F02F6"/>
     <w:rsid w:val="004F0BA1"/>
     <w:rsid w:val="004F3A7F"/>
     <w:rsid w:val="00507BE9"/>
-    <w:rsid w:val="00511386"/>
     <w:rsid w:val="00517127"/>
     <w:rsid w:val="00520370"/>
-    <w:rsid w:val="00524C89"/>
     <w:rsid w:val="00536978"/>
+    <w:rsid w:val="00540F90"/>
     <w:rsid w:val="005431AA"/>
     <w:rsid w:val="0054391A"/>
-    <w:rsid w:val="005441C7"/>
     <w:rsid w:val="00547470"/>
     <w:rsid w:val="005649FA"/>
+    <w:rsid w:val="005709BC"/>
     <w:rsid w:val="00573479"/>
     <w:rsid w:val="005B1710"/>
     <w:rsid w:val="005B3481"/>
+    <w:rsid w:val="005B513E"/>
     <w:rsid w:val="005B6407"/>
     <w:rsid w:val="005C13F6"/>
     <w:rsid w:val="005C22AA"/>
-    <w:rsid w:val="005C4B31"/>
     <w:rsid w:val="005C7982"/>
     <w:rsid w:val="005D31BC"/>
     <w:rsid w:val="005D6A3D"/>
     <w:rsid w:val="005E7D2F"/>
     <w:rsid w:val="005F688C"/>
     <w:rsid w:val="00600882"/>
     <w:rsid w:val="006014AF"/>
     <w:rsid w:val="0061127A"/>
-    <w:rsid w:val="006214E0"/>
     <w:rsid w:val="00625F5E"/>
     <w:rsid w:val="0065249C"/>
     <w:rsid w:val="0066427F"/>
     <w:rsid w:val="00680E4D"/>
     <w:rsid w:val="006857E1"/>
     <w:rsid w:val="006A2831"/>
     <w:rsid w:val="006A6C19"/>
     <w:rsid w:val="006B4933"/>
-    <w:rsid w:val="006B50E4"/>
     <w:rsid w:val="006D0356"/>
     <w:rsid w:val="006D22FF"/>
     <w:rsid w:val="006E7A79"/>
     <w:rsid w:val="006E7C5C"/>
     <w:rsid w:val="006F4511"/>
     <w:rsid w:val="006F759D"/>
     <w:rsid w:val="007019CF"/>
-    <w:rsid w:val="00715954"/>
     <w:rsid w:val="0072128D"/>
-    <w:rsid w:val="00722F8D"/>
     <w:rsid w:val="00730510"/>
+    <w:rsid w:val="00731B44"/>
     <w:rsid w:val="00733751"/>
     <w:rsid w:val="007407D2"/>
     <w:rsid w:val="00741078"/>
     <w:rsid w:val="00743E2D"/>
     <w:rsid w:val="00746AE1"/>
-    <w:rsid w:val="0074775D"/>
+    <w:rsid w:val="007506AC"/>
+    <w:rsid w:val="007551B9"/>
     <w:rsid w:val="00756DCB"/>
+    <w:rsid w:val="00761181"/>
     <w:rsid w:val="007657E8"/>
     <w:rsid w:val="00784DEC"/>
     <w:rsid w:val="007C28B0"/>
     <w:rsid w:val="007C43C4"/>
     <w:rsid w:val="007C74A3"/>
     <w:rsid w:val="007C7DA2"/>
     <w:rsid w:val="007E0972"/>
     <w:rsid w:val="007E121F"/>
-    <w:rsid w:val="007F1643"/>
     <w:rsid w:val="007F2A88"/>
     <w:rsid w:val="008000AA"/>
     <w:rsid w:val="00817C29"/>
     <w:rsid w:val="00830403"/>
     <w:rsid w:val="0083502D"/>
     <w:rsid w:val="00836B6E"/>
     <w:rsid w:val="00844519"/>
+    <w:rsid w:val="00856EE3"/>
+    <w:rsid w:val="0086052D"/>
     <w:rsid w:val="00860646"/>
     <w:rsid w:val="008757B7"/>
     <w:rsid w:val="00881EE1"/>
     <w:rsid w:val="00883452"/>
     <w:rsid w:val="0089421D"/>
     <w:rsid w:val="008A30BB"/>
     <w:rsid w:val="008A4141"/>
     <w:rsid w:val="008A45E0"/>
     <w:rsid w:val="008B14AE"/>
+    <w:rsid w:val="008C31ED"/>
     <w:rsid w:val="008D5351"/>
     <w:rsid w:val="008F1431"/>
     <w:rsid w:val="00901067"/>
     <w:rsid w:val="009030AA"/>
     <w:rsid w:val="00906ECE"/>
     <w:rsid w:val="00931EE3"/>
     <w:rsid w:val="00943A0B"/>
     <w:rsid w:val="00957B51"/>
     <w:rsid w:val="0096153E"/>
     <w:rsid w:val="0096595E"/>
     <w:rsid w:val="0098345A"/>
     <w:rsid w:val="0099210A"/>
     <w:rsid w:val="00993C58"/>
     <w:rsid w:val="009A1CD9"/>
     <w:rsid w:val="009A388B"/>
     <w:rsid w:val="009A39BD"/>
     <w:rsid w:val="009C2EC9"/>
     <w:rsid w:val="009C3E07"/>
     <w:rsid w:val="009C5504"/>
     <w:rsid w:val="009D0BBE"/>
     <w:rsid w:val="009F2694"/>
     <w:rsid w:val="009F5CA4"/>
     <w:rsid w:val="00A0076C"/>
     <w:rsid w:val="00A06427"/>
+    <w:rsid w:val="00A10DC1"/>
+    <w:rsid w:val="00A16057"/>
     <w:rsid w:val="00A207C1"/>
     <w:rsid w:val="00A3357B"/>
+    <w:rsid w:val="00A43F2F"/>
     <w:rsid w:val="00A450F1"/>
     <w:rsid w:val="00A50273"/>
     <w:rsid w:val="00A563E5"/>
     <w:rsid w:val="00A56D7B"/>
     <w:rsid w:val="00A63DA6"/>
+    <w:rsid w:val="00A64259"/>
     <w:rsid w:val="00A642A1"/>
     <w:rsid w:val="00A72C29"/>
     <w:rsid w:val="00A733C4"/>
     <w:rsid w:val="00A75632"/>
     <w:rsid w:val="00A872E3"/>
     <w:rsid w:val="00AA5B79"/>
     <w:rsid w:val="00AB1A98"/>
     <w:rsid w:val="00AC043B"/>
     <w:rsid w:val="00AC2CAF"/>
     <w:rsid w:val="00AC52AD"/>
     <w:rsid w:val="00AD4ADD"/>
     <w:rsid w:val="00AE0488"/>
     <w:rsid w:val="00AE395D"/>
     <w:rsid w:val="00AE6A95"/>
     <w:rsid w:val="00B0287C"/>
     <w:rsid w:val="00B0468B"/>
-    <w:rsid w:val="00B1222D"/>
     <w:rsid w:val="00B12945"/>
     <w:rsid w:val="00B129B3"/>
     <w:rsid w:val="00B21C17"/>
     <w:rsid w:val="00B23C21"/>
     <w:rsid w:val="00B352A2"/>
     <w:rsid w:val="00B37A58"/>
     <w:rsid w:val="00B4154A"/>
     <w:rsid w:val="00B57F36"/>
     <w:rsid w:val="00B619AC"/>
     <w:rsid w:val="00B77F59"/>
     <w:rsid w:val="00B85E56"/>
     <w:rsid w:val="00B91EB4"/>
     <w:rsid w:val="00B93C8F"/>
     <w:rsid w:val="00B962B8"/>
     <w:rsid w:val="00B97FE0"/>
     <w:rsid w:val="00BA09C3"/>
     <w:rsid w:val="00BA36C5"/>
     <w:rsid w:val="00BA5636"/>
     <w:rsid w:val="00BB000D"/>
     <w:rsid w:val="00BB01A4"/>
     <w:rsid w:val="00BB7471"/>
     <w:rsid w:val="00BF4247"/>
     <w:rsid w:val="00BF7364"/>
     <w:rsid w:val="00BF7E8A"/>
+    <w:rsid w:val="00C04CB0"/>
     <w:rsid w:val="00C1354B"/>
+    <w:rsid w:val="00C34FED"/>
     <w:rsid w:val="00C37D50"/>
     <w:rsid w:val="00C61E58"/>
     <w:rsid w:val="00C71EB2"/>
     <w:rsid w:val="00C804B7"/>
     <w:rsid w:val="00C813AA"/>
     <w:rsid w:val="00C838F8"/>
     <w:rsid w:val="00C86D70"/>
     <w:rsid w:val="00C90FF1"/>
     <w:rsid w:val="00C9645F"/>
     <w:rsid w:val="00CA53E5"/>
     <w:rsid w:val="00CA731E"/>
     <w:rsid w:val="00CB1655"/>
     <w:rsid w:val="00CB3812"/>
     <w:rsid w:val="00CB5DEA"/>
     <w:rsid w:val="00CC0FE5"/>
     <w:rsid w:val="00CC5AF8"/>
+    <w:rsid w:val="00CD17EF"/>
     <w:rsid w:val="00CE4E21"/>
     <w:rsid w:val="00D05986"/>
-    <w:rsid w:val="00D1402D"/>
-    <w:rsid w:val="00D200ED"/>
     <w:rsid w:val="00D35140"/>
     <w:rsid w:val="00D410F5"/>
     <w:rsid w:val="00D55DFC"/>
-    <w:rsid w:val="00D57A5F"/>
     <w:rsid w:val="00D74DCB"/>
     <w:rsid w:val="00D772E7"/>
     <w:rsid w:val="00D92EDF"/>
     <w:rsid w:val="00D92F4C"/>
     <w:rsid w:val="00DA7BD5"/>
     <w:rsid w:val="00DB1756"/>
-    <w:rsid w:val="00DB5AEC"/>
-    <w:rsid w:val="00DC7AD0"/>
     <w:rsid w:val="00DD127E"/>
     <w:rsid w:val="00DE4056"/>
     <w:rsid w:val="00DE5FA1"/>
     <w:rsid w:val="00DE69B9"/>
     <w:rsid w:val="00E07CF8"/>
     <w:rsid w:val="00E07E99"/>
     <w:rsid w:val="00E12957"/>
     <w:rsid w:val="00E20303"/>
+    <w:rsid w:val="00E2276A"/>
     <w:rsid w:val="00E42395"/>
     <w:rsid w:val="00E6268D"/>
     <w:rsid w:val="00E640E2"/>
     <w:rsid w:val="00E6533D"/>
     <w:rsid w:val="00E706B5"/>
     <w:rsid w:val="00E82C76"/>
+    <w:rsid w:val="00E85D07"/>
     <w:rsid w:val="00E90367"/>
     <w:rsid w:val="00E91018"/>
     <w:rsid w:val="00E92877"/>
     <w:rsid w:val="00E93542"/>
     <w:rsid w:val="00E94FF9"/>
     <w:rsid w:val="00EA3724"/>
     <w:rsid w:val="00EA5CAC"/>
     <w:rsid w:val="00EB124A"/>
     <w:rsid w:val="00EC01F9"/>
     <w:rsid w:val="00EC5D5E"/>
     <w:rsid w:val="00EC64EC"/>
     <w:rsid w:val="00EE36EB"/>
     <w:rsid w:val="00EE3B5D"/>
     <w:rsid w:val="00EF61EF"/>
     <w:rsid w:val="00EF6D7C"/>
     <w:rsid w:val="00F03E84"/>
     <w:rsid w:val="00F106F6"/>
     <w:rsid w:val="00F27CC8"/>
     <w:rsid w:val="00F40A59"/>
-    <w:rsid w:val="00F50402"/>
     <w:rsid w:val="00F52AD2"/>
     <w:rsid w:val="00F5643D"/>
     <w:rsid w:val="00F607C3"/>
     <w:rsid w:val="00F61AF7"/>
     <w:rsid w:val="00F72629"/>
     <w:rsid w:val="00F7681F"/>
     <w:rsid w:val="00F8004C"/>
     <w:rsid w:val="00F84BD7"/>
+    <w:rsid w:val="00F85014"/>
+    <w:rsid w:val="00F8634C"/>
     <w:rsid w:val="00F92A3D"/>
-    <w:rsid w:val="00FA004A"/>
     <w:rsid w:val="00FB47E1"/>
+    <w:rsid w:val="00FC23D7"/>
     <w:rsid w:val="00FC277A"/>
     <w:rsid w:val="00FC799E"/>
     <w:rsid w:val="00FE48DB"/>
     <w:rsid w:val="00FF2E7E"/>
     <w:rsid w:val="00FF4B1D"/>
     <w:rsid w:val="00FF60AA"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pl-PL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
@@ -10846,57 +10847,58 @@
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="annotation text" w:uiPriority="0"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -11755,51 +11757,50 @@
     <w:basedOn w:val="Domylnaczcionkaakapitu"/>
     <w:link w:val="Nagwek"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="002D1DE5"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Odwoaniedokomentarza">
     <w:name w:val="annotation reference"/>
     <w:basedOn w:val="Domylnaczcionkaakapitu"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="004F0BA1"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Tekstkomentarza">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normalny"/>
     <w:link w:val="TekstkomentarzaZnak"/>
-    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="004F0BA1"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TekstkomentarzaZnak">
     <w:name w:val="Tekst komentarza Znak"/>
     <w:basedOn w:val="Domylnaczcionkaakapitu"/>
     <w:link w:val="Tekstkomentarza"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="002D1DE5"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Tematkomentarza">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="Tekstkomentarza"/>
     <w:next w:val="Tekstkomentarza"/>
     <w:link w:val="TematkomentarzaZnak"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="004F0BA1"/>
     <w:rPr>
       <w:b/>
@@ -12261,83 +12262,83 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1ED9A298-116C-4AB4-A4F4-C3C8758B2C2E}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3CC6B464-5415-428E-A2CC-DFC73B78E592}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>7</Pages>
-  <Words>1319</Words>
-  <Characters>8515</Characters>
+  <Words>1333</Words>
+  <Characters>8512</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>70</Lines>
-  <Paragraphs>19</Paragraphs>
+  <Lines>315</Lines>
+  <Paragraphs>182</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Wniosek o przyznanie dotacji</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>UM Wroclawia</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9815</CharactersWithSpaces>
+  <CharactersWithSpaces>9663</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Wniosek o przyznanie dotacji</dc:title>
   <dc:subject>Dotacja podmiotowa</dc:subject>
   <dc:creator>Wydział Finansów Oświatowych</dc:creator>
   <cp:keywords>wniosek, edukacja, oświata, dotacja</cp:keywords>
-  <dc:description>Wniosek obowiązujący od 5 sierpnia 2025 r. </dc:description>
+  <dc:description>Wniosek obowiązujący od 1 stycznia 2026 r. </dc:description>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <cp:category>Dotacja</cp:category>
+  <cp:category>Oświata</cp:category>
 </cp:coreProperties>
 </file>