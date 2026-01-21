--- v0 (2025-10-02)
+++ v1 (2026-01-21)
@@ -4,2051 +4,2075 @@
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="003B7169" w:rsidRPr="00AB5432" w:rsidRDefault="003B7169" w:rsidP="009567F4">
+    <w:p w:rsidR="003B7169" w:rsidRPr="00394EF7" w:rsidRDefault="003B7169" w:rsidP="009567F4">
       <w:pPr>
         <w:ind w:left="6381" w:right="52"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AB5432">
+      <w:r w:rsidRPr="00394EF7">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Załącznik nr </w:t>
       </w:r>
-      <w:r w:rsidR="00A519CF" w:rsidRPr="00AB5432">
+      <w:r w:rsidR="00A519CF" w:rsidRPr="00394EF7">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00824743" w:rsidRPr="00AB5432" w:rsidRDefault="00824743" w:rsidP="007016BD">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00AB5432">
+    <w:p w:rsidR="00D6313C" w:rsidRPr="00394EF7" w:rsidRDefault="00824743" w:rsidP="00D6313C">
+      <w:pPr>
+        <w:ind w:left="5672" w:right="52"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00394EF7">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00D6313C" w:rsidRPr="00394EF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">do uchwały nr </w:t>
       </w:r>
-      <w:r w:rsidR="008F166A" w:rsidRPr="00AB5432">
-[...5 lines deleted...]
-        <w:t>XXI/395/25</w:t>
+      <w:r w:rsidR="002C41C6" w:rsidRPr="00394EF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>XXV/510/25</w:t>
+      </w:r>
+      <w:r w:rsidR="00D6313C" w:rsidRPr="00394EF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00824743" w:rsidRPr="00AB5432" w:rsidRDefault="00824743" w:rsidP="007016BD">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00AB5432">
+    <w:p w:rsidR="00D6313C" w:rsidRPr="00394EF7" w:rsidRDefault="00D6313C" w:rsidP="00D6313C">
+      <w:pPr>
+        <w:ind w:left="5672" w:right="52"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00394EF7">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Rady Miejskiej Wrocławia</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009567F4" w:rsidRPr="00AB5432" w:rsidRDefault="00824743" w:rsidP="00AB5432">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00AB5432">
+    <w:p w:rsidR="009567F4" w:rsidRPr="00394EF7" w:rsidRDefault="00D6313C" w:rsidP="006E3C70">
+      <w:pPr>
+        <w:spacing w:after="480"/>
+        <w:ind w:left="6379" w:right="51"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00394EF7">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">z dnia </w:t>
       </w:r>
-      <w:r w:rsidR="008F166A" w:rsidRPr="00AB5432">
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidR="002C41C6" w:rsidRPr="00394EF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>20 listopada 2025 r.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E20303" w:rsidRPr="00AB5432" w:rsidRDefault="00E20303" w:rsidP="00AB5432">
+    <w:p w:rsidR="00E20303" w:rsidRPr="00394EF7" w:rsidRDefault="00E20303" w:rsidP="003E2F9C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
         </w:tabs>
-        <w:spacing w:before="480" w:after="120" w:line="480" w:lineRule="auto"/>
+        <w:spacing w:before="240" w:after="360" w:line="480" w:lineRule="auto"/>
         <w:ind w:left="5664" w:right="51"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AB5432">
+      <w:r w:rsidRPr="00394EF7">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Wrocław, dnia</w:t>
       </w:r>
-      <w:r w:rsidR="00741078" w:rsidRPr="00AB5432">
+      <w:r w:rsidR="00741078" w:rsidRPr="00394EF7">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0099210A" w:rsidRPr="00AB5432" w:rsidRDefault="00E20303" w:rsidP="00183F97">
+    <w:p w:rsidR="0099210A" w:rsidRPr="00394EF7" w:rsidRDefault="00E20303" w:rsidP="00394EF7">
       <w:pPr>
         <w:pStyle w:val="Nagwek1"/>
         <w:tabs>
-          <w:tab w:val="right" w:leader="dot" w:pos="2835"/>
-[...1 lines deleted...]
-        <w:spacing w:after="240" w:line="360" w:lineRule="auto"/>
+          <w:tab w:val="center" w:leader="dot" w:pos="3402"/>
+        </w:tabs>
+        <w:spacing w:before="240" w:after="240" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AB5432">
+      <w:r w:rsidRPr="00394EF7">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>WNIOSEK O PRZYZNANIE DOTACJI NA</w:t>
       </w:r>
-      <w:r w:rsidR="00A519CF" w:rsidRPr="00AB5432">
+      <w:r w:rsidR="00A519CF" w:rsidRPr="00394EF7">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> KWALIFIKACYJNE KURSY ZAWODOWE NA</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AB5432">
+      <w:r w:rsidRPr="00394EF7">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> ROK</w:t>
       </w:r>
-      <w:r w:rsidR="00183F97">
+      <w:r w:rsidR="00394EF7">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00183F97">
+      <w:r w:rsidR="00BA4E19" w:rsidRPr="00394EF7">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EE36EB" w:rsidRPr="00AB5432" w:rsidRDefault="0099210A" w:rsidP="00183F97">
+    <w:p w:rsidR="00EE36EB" w:rsidRPr="00394EF7" w:rsidRDefault="0099210A" w:rsidP="005C13F6">
+      <w:pPr>
+        <w:pStyle w:val="Nagwek2"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00394EF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Dane szkoły</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE36EB" w:rsidRPr="00394EF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E20303" w:rsidRPr="00394EF7" w:rsidRDefault="0099210A" w:rsidP="002A1C07">
+      <w:pPr>
+        <w:pStyle w:val="Nagwek2"/>
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00394EF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (zgodnie z aktualnym</w:t>
+      </w:r>
+      <w:r w:rsidR="006D22FF" w:rsidRPr="00394EF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00394EF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> wpisem do ewidencji lub decyzją o udzieleniu zezwolenia na założenie publiczne</w:t>
+      </w:r>
+      <w:r w:rsidR="003D0678" w:rsidRPr="00394EF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>j</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00394EF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> szkoły)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0099210A" w:rsidRPr="00394EF7" w:rsidRDefault="0099210A" w:rsidP="005C13F6">
+      <w:pPr>
+        <w:pStyle w:val="Nagwek3"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00394EF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Pełna nazwa:</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE36EB" w:rsidRPr="00394EF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0099210A" w:rsidRPr="00394EF7" w:rsidRDefault="0099210A" w:rsidP="00FF2E7E">
+      <w:pPr>
+        <w:pStyle w:val="Nagwek3"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00394EF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Adres:</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF2E7E" w:rsidRPr="00394EF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00167987" w:rsidRPr="00394EF7" w:rsidRDefault="0099210A" w:rsidP="00FF2E7E">
+      <w:pPr>
+        <w:pStyle w:val="Nagwek3"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00394EF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>REGON:</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF2E7E" w:rsidRPr="00394EF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D22FF" w:rsidRPr="00394EF7" w:rsidRDefault="006D22FF" w:rsidP="002A1C07">
+      <w:pPr>
+        <w:pStyle w:val="Nagwek2"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00394EF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Dane osoby prowadzącej szkoł</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC6A7B" w:rsidRPr="00394EF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ę</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00394EF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D22FF" w:rsidRPr="00394EF7" w:rsidRDefault="006D22FF" w:rsidP="002A1C07">
+      <w:pPr>
+        <w:pStyle w:val="Nagwek2"/>
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00394EF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (zgodnie z aktualnym  wpisem do ewidencji lub decyzją o udzieleniu zezwolenia na założenie publiczne</w:t>
+      </w:r>
+      <w:r w:rsidR="003D0678" w:rsidRPr="00394EF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>j</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00394EF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> szkoły)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D22FF" w:rsidRPr="00394EF7" w:rsidRDefault="006D22FF" w:rsidP="002A1C07">
+      <w:pPr>
+        <w:pStyle w:val="Nagwek3"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00394EF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Nazwa osoby prowadzącej:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00394EF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D22FF" w:rsidRPr="00394EF7" w:rsidRDefault="006D22FF" w:rsidP="002A1C07">
+      <w:pPr>
+        <w:pStyle w:val="Nagwek3"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00394EF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Adres:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00394EF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D22FF" w:rsidRPr="00394EF7" w:rsidRDefault="006D22FF" w:rsidP="002A1C07">
+      <w:pPr>
+        <w:pStyle w:val="Nagwek3"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00394EF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NIP:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00394EF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A1C07" w:rsidRPr="00394EF7" w:rsidRDefault="002A1C07" w:rsidP="002A1C07">
       <w:pPr>
         <w:pStyle w:val="Nagwek2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AB5432">
-[...13 lines deleted...]
-        <w:t>:</w:t>
+      <w:r w:rsidRPr="00394EF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Numer i data zaświadczenia o wpisie do ewidencji niepublicznych szkół i placówek (ostatnie aktualne zaświadczenie):</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E20303" w:rsidRPr="00AB5432" w:rsidRDefault="0099210A" w:rsidP="00183F97">
-[...47 lines deleted...]
-        <w:t xml:space="preserve"> szkoły)</w:t>
+    <w:p w:rsidR="002A1C07" w:rsidRPr="00394EF7" w:rsidRDefault="002A1C07" w:rsidP="002A1C07">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00394EF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0099210A" w:rsidRPr="00AB5432" w:rsidRDefault="0099210A" w:rsidP="00183F97">
-[...98 lines deleted...]
-    <w:p w:rsidR="006D22FF" w:rsidRPr="00AB5432" w:rsidRDefault="006D22FF" w:rsidP="00183F97">
+    <w:p w:rsidR="002A1C07" w:rsidRPr="00394EF7" w:rsidRDefault="002A1C07" w:rsidP="002A1C07">
       <w:pPr>
         <w:pStyle w:val="Nagwek2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AB5432">
-[...21 lines deleted...]
-        <w:t>:</w:t>
+      <w:r w:rsidRPr="00394EF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Numer i data wydania decyzji o udzieleniu zezwolenia na założenie publicznej szkoły (ostatnia aktualna</w:t>
+      </w:r>
+      <w:r w:rsidR="009030AA" w:rsidRPr="00394EF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00394EF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>decyzja):</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D22FF" w:rsidRPr="00AB5432" w:rsidRDefault="006D22FF" w:rsidP="00183F97">
-[...31 lines deleted...]
-        <w:t xml:space="preserve"> szkoły)</w:t>
+    <w:p w:rsidR="002A1C07" w:rsidRPr="00394EF7" w:rsidRDefault="002A1C07" w:rsidP="002A1C07">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00394EF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D22FF" w:rsidRPr="00AB5432" w:rsidRDefault="006D22FF" w:rsidP="002A1C07">
-[...98 lines deleted...]
-    <w:p w:rsidR="002A1C07" w:rsidRPr="00AB5432" w:rsidRDefault="002A1C07" w:rsidP="002A1C07">
+    <w:p w:rsidR="002A1C07" w:rsidRPr="00394EF7" w:rsidRDefault="002A1C07" w:rsidP="002A1C07">
       <w:pPr>
         <w:pStyle w:val="Nagwek2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AB5432">
-[...5 lines deleted...]
-        <w:t>Numer i data zaświadczenia o wpisie do ewidencji niepublicznych szkół i placówek (ostatnie aktualne zaświadczenie):</w:t>
+      <w:r w:rsidRPr="00394EF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Rachunek bankowy szkoły, właściwy do przekazania należnej dotacji:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002A1C07" w:rsidRPr="00AB5432" w:rsidRDefault="002A1C07" w:rsidP="002A1C07">
+    <w:p w:rsidR="002A1C07" w:rsidRPr="00394EF7" w:rsidRDefault="002A1C07" w:rsidP="00013BE8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-          <w:sz w:val="22"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00AB5432">
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00394EF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Nazwa banku:</w:t>
+      </w:r>
+      <w:r w:rsidR="00013BE8" w:rsidRPr="00394EF7">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002A1C07" w:rsidRPr="00AB5432" w:rsidRDefault="002A1C07" w:rsidP="002A1C07">
+    <w:p w:rsidR="00013BE8" w:rsidRPr="00394EF7" w:rsidRDefault="002A1C07" w:rsidP="00013BE8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00394EF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Nazwa posiadacza rachunku bankowego zgodnie z umową zawartą z bankiem:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00013BE8" w:rsidRPr="00394EF7" w:rsidRDefault="00013BE8" w:rsidP="00013BE8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00394EF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009030AA" w:rsidRPr="00394EF7" w:rsidRDefault="009030AA" w:rsidP="009030AA">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00394EF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Adres posiadacza rachunku bankowego zgodnie z umową zawartą z bankiem:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009030AA" w:rsidRPr="00394EF7" w:rsidRDefault="009030AA" w:rsidP="00013BE8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00394EF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A1C07" w:rsidRPr="00394EF7" w:rsidRDefault="002A1C07" w:rsidP="00BB10DA">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
+        </w:tabs>
+        <w:spacing w:after="840" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00394EF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Numer rachunku bankowego:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00394EF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F607C3" w:rsidRPr="00394EF7" w:rsidRDefault="00F607C3" w:rsidP="00BA4E19">
       <w:pPr>
         <w:pStyle w:val="Nagwek2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:rPr>
-[...231 lines deleted...]
-      <w:r w:rsidRPr="00AB5432">
+        <w:ind w:right="650"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00394EF7">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Planowana liczba </w:t>
       </w:r>
-      <w:r w:rsidR="00F91951" w:rsidRPr="00AB5432">
+      <w:r w:rsidR="00F91951" w:rsidRPr="00394EF7">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>słuchaczy kwalifikacyjnego kursu zawodowego</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AB5432">
+      <w:r w:rsidRPr="00394EF7">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabela-Siatka"/>
-        <w:tblW w:w="4314" w:type="pct"/>
+        <w:tblW w:w="4718" w:type="pct"/>
         <w:jc w:val="center"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="590"/>
-        <w:gridCol w:w="1172"/>
+        <w:gridCol w:w="601"/>
+        <w:gridCol w:w="1620"/>
         <w:gridCol w:w="2309"/>
         <w:gridCol w:w="1671"/>
         <w:gridCol w:w="1736"/>
         <w:gridCol w:w="1574"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F91951" w:rsidRPr="00AB5432" w:rsidTr="0069264D">
+      <w:tr w:rsidR="00BA4E19" w:rsidRPr="00394EF7" w:rsidTr="00BA4E19">
         <w:trPr>
+          <w:trHeight w:val="1392"/>
           <w:tblHeader/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="336" w:type="pct"/>
+            <w:tcW w:w="431" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F91951" w:rsidRPr="00AB5432" w:rsidRDefault="00F91951" w:rsidP="00AB5A4F">
+          <w:p w:rsidR="00F91951" w:rsidRPr="00394EF7" w:rsidRDefault="00F91951" w:rsidP="00BA4E19">
             <w:pPr>
               <w:pStyle w:val="Nagwek4"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
-              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AB5432">
+            <w:r w:rsidRPr="00394EF7">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Lp.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1138" w:type="pct"/>
+            <w:tcW w:w="967" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F91951" w:rsidRPr="00AB5432" w:rsidRDefault="00F91951" w:rsidP="00AB5A4F">
+          <w:p w:rsidR="00F91951" w:rsidRPr="00394EF7" w:rsidRDefault="00F91951" w:rsidP="00BA4E19">
             <w:pPr>
               <w:pStyle w:val="Nagwek4"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
-              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AB5432">
+            <w:r w:rsidRPr="00394EF7">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Nazwa zawodu</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1133" w:type="pct"/>
+            <w:tcW w:w="1299" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F91951" w:rsidRPr="00AB5432" w:rsidRDefault="00F91951" w:rsidP="00AB5A4F">
+          <w:p w:rsidR="00F91951" w:rsidRPr="00394EF7" w:rsidRDefault="00F91951" w:rsidP="00BA4E19">
             <w:pPr>
               <w:pStyle w:val="Nagwek4"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
-              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AB5432">
+            <w:r w:rsidRPr="00394EF7">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Nazwa kwalifikacyjnego kursu zawodowego</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="820" w:type="pct"/>
+            <w:tcW w:w="776" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F91951" w:rsidRPr="00AB5432" w:rsidRDefault="00F91951" w:rsidP="00AB5A4F">
+          <w:p w:rsidR="00F91951" w:rsidRPr="00394EF7" w:rsidRDefault="00F91951" w:rsidP="00BA4E19">
             <w:pPr>
               <w:pStyle w:val="Nagwek4"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
-              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AB5432">
+            <w:r w:rsidRPr="00394EF7">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Data rozpoczęcia kursu</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="pct"/>
+            <w:tcW w:w="776" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F91951" w:rsidRPr="00AB5432" w:rsidRDefault="00F91951" w:rsidP="00AB5A4F">
+          <w:p w:rsidR="00F91951" w:rsidRPr="00394EF7" w:rsidRDefault="00F91951" w:rsidP="00BA4E19">
             <w:pPr>
               <w:pStyle w:val="Nagwek4"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
-              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AB5432">
+            <w:r w:rsidRPr="00394EF7">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Data zakończenia kursu</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="722" w:type="pct"/>
+            <w:tcW w:w="751" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F91951" w:rsidRPr="00AB5432" w:rsidRDefault="00F91951" w:rsidP="00AB5A4F">
+          <w:p w:rsidR="00F91951" w:rsidRPr="00394EF7" w:rsidRDefault="00F91951" w:rsidP="00BA4E19">
             <w:pPr>
               <w:pStyle w:val="Nagwek4"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
-              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AB5432">
+            <w:r w:rsidRPr="00394EF7">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Planowana liczba słuchaczy</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F91951" w:rsidRPr="00AB5432" w:rsidTr="0069264D">
+      <w:tr w:rsidR="00BA4E19" w:rsidRPr="00394EF7" w:rsidTr="00BA4E19">
         <w:trPr>
+          <w:trHeight w:val="385"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="336" w:type="pct"/>
+            <w:tcW w:w="431" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00F91951" w:rsidRPr="00AB5432" w:rsidRDefault="00F91951" w:rsidP="005B6407">
+          <w:p w:rsidR="00F91951" w:rsidRPr="00394EF7" w:rsidRDefault="00F91951" w:rsidP="005B6407">
             <w:pPr>
               <w:pStyle w:val="Nagwek4"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1138" w:type="pct"/>
+            <w:tcW w:w="967" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00F91951" w:rsidRPr="00AB5432" w:rsidRDefault="00F91951" w:rsidP="007C28B0">
+          <w:p w:rsidR="00F91951" w:rsidRPr="00394EF7" w:rsidRDefault="00F91951" w:rsidP="007C28B0">
             <w:pPr>
               <w:pStyle w:val="Nagwek4"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:outlineLvl w:val="3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1133" w:type="pct"/>
+            <w:tcW w:w="1299" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00F91951" w:rsidRPr="00AB5432" w:rsidRDefault="00F91951" w:rsidP="007C28B0">
+          <w:p w:rsidR="00F91951" w:rsidRPr="00394EF7" w:rsidRDefault="00F91951" w:rsidP="007C28B0">
             <w:pPr>
               <w:pStyle w:val="Nagwek4"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:outlineLvl w:val="3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="820" w:type="pct"/>
+            <w:tcW w:w="776" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00F91951" w:rsidRPr="00AB5432" w:rsidRDefault="00F91951" w:rsidP="007C28B0">
+          <w:p w:rsidR="00F91951" w:rsidRPr="00394EF7" w:rsidRDefault="00F91951" w:rsidP="007C28B0">
             <w:pPr>
               <w:pStyle w:val="Nagwek4"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:outlineLvl w:val="3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="pct"/>
+            <w:tcW w:w="776" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00F91951" w:rsidRPr="00AB5432" w:rsidRDefault="00F91951" w:rsidP="007C28B0">
+          <w:p w:rsidR="00F91951" w:rsidRPr="00394EF7" w:rsidRDefault="00F91951" w:rsidP="007C28B0">
             <w:pPr>
               <w:pStyle w:val="Nagwek4"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:outlineLvl w:val="3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="722" w:type="pct"/>
+            <w:tcW w:w="751" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00F91951" w:rsidRPr="00AB5432" w:rsidRDefault="00F91951" w:rsidP="007C28B0">
+          <w:p w:rsidR="00F91951" w:rsidRPr="00394EF7" w:rsidRDefault="00F91951" w:rsidP="007C28B0">
             <w:pPr>
               <w:pStyle w:val="Nagwek4"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:outlineLvl w:val="3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00EC6A7B" w:rsidRPr="00AB5432" w:rsidRDefault="00EC6A7B" w:rsidP="00744E47">
-[...6 lines deleted...]
-        <w:ind w:right="51"/>
+    <w:p w:rsidR="00D46DB3" w:rsidRPr="00394EF7" w:rsidRDefault="00D46DB3" w:rsidP="00D46DB3">
+      <w:pPr>
+        <w:pStyle w:val="Tekstpodstawowy3"/>
+        <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="22"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00394EF7">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>INFORMACJE DOTYCZĄCE PRZETWARZANIA TWOICH DANYCH OSOBOWYCH</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EC6A7B" w:rsidRPr="00AB5432" w:rsidRDefault="00EC6A7B" w:rsidP="00EC6A7B">
+    <w:p w:rsidR="00D46DB3" w:rsidRPr="00394EF7" w:rsidRDefault="00D46DB3" w:rsidP="00D46DB3">
+      <w:pPr>
+        <w:pStyle w:val="Tekstpodstawowy3"/>
+        <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00394EF7">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Niniejszą informację otrzymuje Pani/Pan w związku z obowiązkami określonymi w art. 13 rozporządzenia Parlamentu Europejskiego i Rady (UE) 2016/679 z dnia 27 kwietnia 2016 r. w sprawie ochrony osób fizycznych w związku z przetwarzaniem danych osobowych i w sprawie swobodnego przepływu takich danych oraz uchylenia dyrektywy 95/46/WE (ogólne rozporządzenie o ochronie danych) (Dziennik Urzędowy Unii Europejskiej z dnia 4 maja 2016 r. L 119/1).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D46DB3" w:rsidRPr="00394EF7" w:rsidRDefault="00D46DB3" w:rsidP="00D46DB3">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy3"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00AB5432">
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00394EF7">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
-        </w:rPr>
-        <w:t xml:space="preserve">Niniejszą informację otrzymałeś w związku z obowiązkami określonymi w art. 13 rozporządzenia Parlamentu Europejskiego i Rady (UE) 2016/679 z dnia 27 kwietnia 2016 r. w sprawie ochrony osób fizycznych w związku z przetwarzaniem danych osobowych i w sprawie swobodnego przepływu takich danych oraz uchylenia dyrektywy 95/46/WE (ogólne rozporządzenie o ochronie danych) (Dziennik Urzędowy Unii Europejskiej z dnia 4 maja 2016 r. L 119/1). </w:t>
+          <w:b/>
+        </w:rPr>
+        <w:t>Administrator danych osobowych (ADO)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EC6A7B" w:rsidRPr="00AB5432" w:rsidRDefault="00EC6A7B" w:rsidP="00EC6A7B">
+    <w:p w:rsidR="00D46DB3" w:rsidRPr="00394EF7" w:rsidRDefault="00D46DB3" w:rsidP="00D46DB3">
+      <w:pPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00394EF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Administratorem Pani/Pana danych osobowych jest Prezydent Wrocławia, z którym można się skontaktować w następujący sposób:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D46DB3" w:rsidRPr="00394EF7" w:rsidRDefault="00D46DB3" w:rsidP="00D46DB3">
+      <w:pPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="289" w:hanging="289"/>
+        <w:rPr>
+          <w:rStyle w:val="st"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00394EF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00394EF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>listownie na adres: Prezydent Wrocławia, Urząd Miejski Wrocławia, pl. Nowy Targ 1-8, 50-141 Wrocław,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D46DB3" w:rsidRPr="00394EF7" w:rsidRDefault="00D46DB3" w:rsidP="00D46DB3">
+      <w:pPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="289" w:hanging="284"/>
+        <w:rPr>
+          <w:rStyle w:val="st"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00394EF7">
+        <w:rPr>
+          <w:rStyle w:val="st"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>-    za pośrednictwem poczty elektronicznej na adres: wfi@um.wroc.pl,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D46DB3" w:rsidRPr="00394EF7" w:rsidRDefault="00D46DB3" w:rsidP="00D46DB3">
+      <w:pPr>
+        <w:pStyle w:val="Tekstpodstawowy3"/>
+        <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="st"/>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00394EF7">
+        <w:rPr>
+          <w:rStyle w:val="st"/>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>-    telefonicznie: +48 71 777 77 06.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D46DB3" w:rsidRPr="00394EF7" w:rsidRDefault="00D46DB3" w:rsidP="00D46DB3">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy3"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AB5432">
+      <w:r w:rsidRPr="00394EF7">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
-        <w:t>Administrator danych</w:t>
+        <w:t>Cele przetwarzania danych</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EC6A7B" w:rsidRPr="00AB5432" w:rsidRDefault="00EC6A7B" w:rsidP="00EC6A7B">
-[...30 lines deleted...]
-        <w:t>nami skontaktować w następujący sposób:</w:t>
+    <w:p w:rsidR="00D46DB3" w:rsidRPr="00394EF7" w:rsidRDefault="00D46DB3" w:rsidP="00D46DB3">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00394EF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Pani/Pana dane osobowe będą przetwarzane w celu załatwienia sprawy: prowadzenia procesu  udzielania i zwrotu dotacji po spełnieniu odpowiednich wymagań i kontroli prawidłowości ich pobrania i wykorzystania.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EC6A7B" w:rsidRPr="00AB5432" w:rsidRDefault="00EC6A7B" w:rsidP="00EC6A7B">
-[...64 lines deleted...]
-    <w:p w:rsidR="00EC6A7B" w:rsidRPr="00AB5432" w:rsidRDefault="00EC6A7B" w:rsidP="00EC6A7B">
+    <w:p w:rsidR="00D46DB3" w:rsidRPr="00394EF7" w:rsidRDefault="00D46DB3" w:rsidP="00D46DB3">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy3"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AB5432">
+      <w:r w:rsidRPr="00394EF7">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
-        <w:t>Cele przetwarzania danych</w:t>
+        <w:t>Podstawy prawne przetwarzania</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EC6A7B" w:rsidRPr="00AB5432" w:rsidRDefault="00EC6A7B" w:rsidP="00EC6A7B">
-[...14 lines deleted...]
-        <w:t>Będziemy przetwarzać Pani/Pana dane w celu załatwienia sprawy: prowadzenia procesu  udzielania i zwrotu dotacji po spełnieniu odpowiednich wymagań i kontroli prawidłowości ich pobrania i wykorzystania.</w:t>
+    <w:p w:rsidR="00D46DB3" w:rsidRPr="00394EF7" w:rsidRDefault="00D46DB3" w:rsidP="00D46DB3">
+      <w:pPr>
+        <w:pStyle w:val="Tekstpodstawowy3"/>
+        <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00394EF7">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Będziemy przetwarzać Pani/Pana dane osobowe na podstawie art. 6 ust. 1 lit. c) RODO, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00394EF7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ustawy z dnia 27 października 2017 r. o finansowaniu zadań oświatowych  i </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00394EF7">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>ustawy z dnia 14 czerwca 1960 r. Kodeks Postępowania Administracyjnego.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EC6A7B" w:rsidRPr="00AB5432" w:rsidRDefault="00EC6A7B" w:rsidP="00EC6A7B">
+    <w:p w:rsidR="00D46DB3" w:rsidRPr="00394EF7" w:rsidRDefault="00D46DB3" w:rsidP="00D46DB3">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy3"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AB5432">
+      <w:r w:rsidRPr="00394EF7">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
-        <w:t>Podstawy prawne przetwarzania</w:t>
+        <w:t>Obligatoryjność/fakultatywność podania danych osobowych</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EC6A7B" w:rsidRPr="00AB5432" w:rsidRDefault="00EC6A7B" w:rsidP="00EC6A7B">
-[...20 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w:rsidR="00D46DB3" w:rsidRPr="00394EF7" w:rsidRDefault="00D46DB3" w:rsidP="00D46DB3">
+      <w:pPr>
+        <w:pStyle w:val="Tekstpodstawowy3"/>
+        <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00394EF7">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Podanie przez Panią/Pana danych osobowych jest wymogiem ustawowym wynikającym z </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00394EF7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">ustawy z dnia 27 października 2017 r. o finansowaniu zadań oświatowych  i </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AB5432">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="00394EF7">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>ustawy z dnia 14 czerwca 1960 r. Kodeks Postępowania Administracyjnego.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EC6A7B" w:rsidRPr="00AB5432" w:rsidRDefault="00EC6A7B" w:rsidP="00EC6A7B">
+    <w:p w:rsidR="00D46DB3" w:rsidRPr="00394EF7" w:rsidRDefault="00D46DB3" w:rsidP="00D46DB3">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy3"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AB5432">
+      <w:r w:rsidRPr="00394EF7">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
-        <w:t>Obligatoryjność / fakultatywność podania danych osobowych</w:t>
+        <w:t>Okres retencji danych</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EC6A7B" w:rsidRPr="00AB5432" w:rsidRDefault="00EC6A7B" w:rsidP="00EC6A7B">
+    <w:p w:rsidR="00D46DB3" w:rsidRPr="00394EF7" w:rsidRDefault="00D46DB3" w:rsidP="00D46DB3">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00394EF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Pani/Pana dane osobowe będą przetwarzane 10 lat lub wieczyście w zależności od wyniku ekspertyzy Archiwum Państwowego, a w celach związanych z dochodzeniem lub obroną przed roszczeniami do czasu przedawnienia tych roszczeń.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D46DB3" w:rsidRPr="00394EF7" w:rsidRDefault="00D46DB3" w:rsidP="00D46DB3">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy3"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
-          <w:bCs/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00AB5432">
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00394EF7">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
-          <w:bCs/>
-[...27 lines deleted...]
-        <w:t xml:space="preserve"> zobowiązany do ich podania, a ich niepodanie będzie skutkować brakiem rozpatrzenia niniejszego wniosku.</w:t>
+          <w:b/>
+        </w:rPr>
+        <w:t>Odbiorcy danych</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EC6A7B" w:rsidRPr="00AB5432" w:rsidRDefault="00EC6A7B" w:rsidP="00EC6A7B">
+    <w:p w:rsidR="00D46DB3" w:rsidRPr="00394EF7" w:rsidRDefault="00D46DB3" w:rsidP="00D46DB3">
+      <w:pPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00394EF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Odbiorcami Pani/Pana danych osobowych mogą być:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D46DB3" w:rsidRPr="00394EF7" w:rsidRDefault="00D46DB3" w:rsidP="00D46DB3">
+      <w:pPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00394EF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>- dostawcy usług IT,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D46DB3" w:rsidRPr="00394EF7" w:rsidRDefault="00D46DB3" w:rsidP="00D46DB3">
+      <w:pPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00394EF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>- podmioty przetwarzające dane na zlecenie administratora,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D46DB3" w:rsidRPr="00394EF7" w:rsidRDefault="00D46DB3" w:rsidP="00D46DB3">
+      <w:pPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00394EF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>- podmioty upoważnione na podstawie przepisów prawa,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D46DB3" w:rsidRPr="00394EF7" w:rsidRDefault="00D46DB3" w:rsidP="00D46DB3">
+      <w:pPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00394EF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00394EF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">podmioty prowadzące działalność pocztową lub kurierską </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00394EF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(jeżeli odpowiedź jest wysyłana pocztą, E-doręczenia, kurierem).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D46DB3" w:rsidRPr="00394EF7" w:rsidRDefault="00D46DB3" w:rsidP="00D46DB3">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00394EF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Takie podmioty przetwarzają dane na podstawie zawartej umowy z administratorem i tylko zgodnie z jego poleceniami.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D46DB3" w:rsidRPr="00394EF7" w:rsidRDefault="00D46DB3" w:rsidP="00D46DB3">
+      <w:pPr>
+        <w:pStyle w:val="Tekstkomentarza"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00394EF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Przysługujące prawa</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D46DB3" w:rsidRPr="00394EF7" w:rsidRDefault="00D46DB3" w:rsidP="00D46DB3">
+      <w:pPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00394EF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Przysługuje Pani/Panu:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D46DB3" w:rsidRPr="00394EF7" w:rsidRDefault="00D46DB3" w:rsidP="00D46DB3">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="289" w:hanging="289"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00394EF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00394EF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>prawo dostępu do swoich danych oraz otrzymania ich kopii,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D46DB3" w:rsidRPr="00394EF7" w:rsidRDefault="00D46DB3" w:rsidP="00D46DB3">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="289" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00394EF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00394EF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>prawo do sprostowania (poprawiania) swoich danych,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D46DB3" w:rsidRPr="00394EF7" w:rsidRDefault="00D46DB3" w:rsidP="00D46DB3">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="289" w:hanging="289"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00394EF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00394EF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>prawo do ograniczenia przetwarzania danych,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D46DB3" w:rsidRPr="00394EF7" w:rsidRDefault="00D46DB3" w:rsidP="00394EF7">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="289" w:hanging="289"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00394EF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00394EF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>prawo do wniesienia skargi do organu nadzorczego – tj. Prezesa Urzędu Ochrony Danych Osobowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D46DB3" w:rsidRPr="00394EF7" w:rsidRDefault="00D46DB3" w:rsidP="00D46DB3">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy3"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AB5432">
+      <w:r w:rsidRPr="00394EF7">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
-        <w:t>Okres przechowywania danych</w:t>
+        <w:t>Inspektor Ochrony Danych</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EC6A7B" w:rsidRPr="00AB5432" w:rsidRDefault="00EC6A7B" w:rsidP="00EC6A7B">
+    <w:p w:rsidR="00D46DB3" w:rsidRPr="00394EF7" w:rsidRDefault="00D46DB3" w:rsidP="00D46DB3">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AB5432">
-[...5 lines deleted...]
-        <w:t>Dane będą przetwarzane 10 lat lub wieczyście w zależności od wyniku ekspertyzy Archiwum Państwowego.</w:t>
+      <w:r w:rsidRPr="00394EF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>W Urzędzie wyznaczony został Inspektor Ochrony Danych. Jest to osoba, z którą można się kontaktować w sprawach dotyczących przetwarzania Pani/Pana danych osobowych oraz korzystania z przysługujących Pani/Panu praw związanych z przetwarzaniem danych.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EC6A7B" w:rsidRPr="00AB5432" w:rsidRDefault="00EC6A7B" w:rsidP="00EC6A7B">
+    <w:p w:rsidR="00D46DB3" w:rsidRPr="00394EF7" w:rsidRDefault="00D46DB3" w:rsidP="00D46DB3">
+      <w:pPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00394EF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Z Inspektorem można skontaktować się w następujący sposób:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D46DB3" w:rsidRPr="00394EF7" w:rsidRDefault="00D46DB3" w:rsidP="00D46DB3">
+      <w:pPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="289" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00394EF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00394EF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>listownie na adres: al. M. Kromera 44, 51-163 Wrocław</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D46DB3" w:rsidRPr="00394EF7" w:rsidRDefault="00D46DB3" w:rsidP="00D46DB3">
+      <w:pPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="289" w:hanging="289"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00394EF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00394EF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>przez e-mail: iod@um.wroc.pl</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E11D38" w:rsidRPr="00394EF7" w:rsidRDefault="00BB10DA" w:rsidP="00D46DB3">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy3"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
-          <w:b/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00AB5432">
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
-          <w:b/>
-[...1 lines deleted...]
-        <w:t>Odbiorcy danych</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve">-  </w:t>
+      </w:r>
+      <w:r w:rsidR="00D46DB3" w:rsidRPr="00394EF7">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>telefonicznie: 71 777 77 24.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EC6A7B" w:rsidRPr="00AB5432" w:rsidRDefault="00EC6A7B" w:rsidP="00EC6A7B">
-[...14 lines deleted...]
-        <w:t>Będziemy przekazywać Pani/Pana dane osobowe podmiotom upoważnionym na podstawie przepisów prawa. Dodatkowo dane mogą być dostępne dla usługodawców wykonujących zadania na zlecenie Administratora w ramach świadczenia usług serwisu, rozwoju i utrzymania systemów informatycznych.</w:t>
+    <w:p w:rsidR="00DA7BD5" w:rsidRPr="00394EF7" w:rsidRDefault="00EB124A" w:rsidP="003E2F9C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
+        </w:tabs>
+        <w:spacing w:before="480" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="5670" w:right="51"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00394EF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EC6A7B" w:rsidRPr="00AB5432" w:rsidRDefault="00EC6A7B" w:rsidP="00EC6A7B">
-[...19 lines deleted...]
-        <w:t>Prawa związane z przetwarzaniem danych osobowych</w:t>
+    <w:p w:rsidR="00EB124A" w:rsidRPr="00394EF7" w:rsidRDefault="00EB124A" w:rsidP="00BB10DA">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
+        </w:tabs>
+        <w:ind w:left="6521" w:right="51" w:hanging="992"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00394EF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(czytelny podpis i pieczątka osoby prowadzącej)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EC6A7B" w:rsidRPr="00AB5432" w:rsidRDefault="00EC6A7B" w:rsidP="00EC6A7B">
-[...335 lines deleted...]
-    <w:p w:rsidR="002D3C1F" w:rsidRPr="00AB5432" w:rsidRDefault="002D3C1F" w:rsidP="00EB124A">
+    <w:p w:rsidR="002D3C1F" w:rsidRPr="00394EF7" w:rsidRDefault="002D3C1F" w:rsidP="00EB124A">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy2"/>
         <w:spacing w:before="240"/>
         <w:ind w:right="52"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AB5432">
+      <w:r w:rsidRPr="00394EF7">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Uwagi - wypełnia Departament Edukacji Urzędu Miejskiego Wrocławia:</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="002D3C1F" w:rsidRPr="00AB5432" w:rsidSect="00F03828">
+    <w:sectPr w:rsidR="002D3C1F" w:rsidRPr="00394EF7" w:rsidSect="00F03828">
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1418" w:right="1021" w:bottom="992" w:left="1021" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="272"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00744E47" w:rsidRDefault="00744E47">
+    <w:p w:rsidR="00C56E4C" w:rsidRDefault="00C56E4C">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00744E47" w:rsidRDefault="00744E47">
+    <w:p w:rsidR="00C56E4C" w:rsidRDefault="00C56E4C">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20002A87" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -2084,117 +2108,117 @@
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20002A87" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Unicode MS">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="F7FFAFFF" w:usb1="E9DFFFFF" w:usb2="0000003F" w:usb3="00000000" w:csb0="003F01FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+    <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Liberation Mono">
     <w:altName w:val="Courier New"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:notTrueType/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="NSimSun">
     <w:panose1 w:val="02010609030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="00000283" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+    <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="15033023"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtContent>
-      <w:p w:rsidR="00744E47" w:rsidRDefault="00744E47">
+      <w:p w:rsidR="00C56E4C" w:rsidRDefault="00532E22">
         <w:pPr>
           <w:pStyle w:val="Stopka"/>
           <w:jc w:val="right"/>
         </w:pPr>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w:rsidR="00744E47" w:rsidRDefault="00744E47" w:rsidP="00CE4E21">
+  <w:p w:rsidR="00C56E4C" w:rsidRDefault="00C56E4C" w:rsidP="00CE4E21">
     <w:pPr>
       <w:pStyle w:val="Stopka"/>
       <w:ind w:right="360" w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00744E47" w:rsidRDefault="00744E47">
+    <w:p w:rsidR="00C56E4C" w:rsidRDefault="00C56E4C">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00744E47" w:rsidRDefault="00744E47">
+    <w:p w:rsidR="00C56E4C" w:rsidRDefault="00C56E4C">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="065D55F8"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="04150001"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
@@ -4879,369 +4903,386 @@
   <w:num w:numId="28">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="29">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="30">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="31">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="32">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="33">
     <w:abstractNumId w:val="32"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
-  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="425"/>
   <w:doNotHyphenateCaps/>
   <w:drawingGridHorizontalSpacing w:val="100"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:doNotValidateAgainstSchema/>
   <w:doNotDemarcateInvalidXml/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="00E20303"/>
     <w:rsid w:val="000004A2"/>
     <w:rsid w:val="00003068"/>
     <w:rsid w:val="000102EC"/>
     <w:rsid w:val="00013BE8"/>
     <w:rsid w:val="0001554C"/>
     <w:rsid w:val="00017C33"/>
-    <w:rsid w:val="00025AEE"/>
+    <w:rsid w:val="0003586E"/>
     <w:rsid w:val="00046D3C"/>
     <w:rsid w:val="00052C62"/>
     <w:rsid w:val="00074F7E"/>
     <w:rsid w:val="00076128"/>
     <w:rsid w:val="00081945"/>
     <w:rsid w:val="00081B30"/>
     <w:rsid w:val="000959B4"/>
     <w:rsid w:val="000A3496"/>
     <w:rsid w:val="000B5559"/>
     <w:rsid w:val="000C57A4"/>
     <w:rsid w:val="000D79C7"/>
     <w:rsid w:val="000F40F3"/>
     <w:rsid w:val="001200A8"/>
     <w:rsid w:val="00141B1E"/>
     <w:rsid w:val="0014603D"/>
+    <w:rsid w:val="00164774"/>
     <w:rsid w:val="00167987"/>
     <w:rsid w:val="00167E6A"/>
-    <w:rsid w:val="0018295E"/>
-    <w:rsid w:val="00183F97"/>
     <w:rsid w:val="0018714A"/>
     <w:rsid w:val="001B4CAD"/>
     <w:rsid w:val="001B515F"/>
     <w:rsid w:val="001E2A74"/>
     <w:rsid w:val="0020197C"/>
     <w:rsid w:val="00213A0F"/>
     <w:rsid w:val="00225ECD"/>
     <w:rsid w:val="00232A94"/>
     <w:rsid w:val="00250302"/>
     <w:rsid w:val="002610CC"/>
     <w:rsid w:val="002613EE"/>
     <w:rsid w:val="0026178E"/>
     <w:rsid w:val="00261D4F"/>
     <w:rsid w:val="00271374"/>
     <w:rsid w:val="00285525"/>
     <w:rsid w:val="00296541"/>
     <w:rsid w:val="00296E23"/>
     <w:rsid w:val="002A0479"/>
     <w:rsid w:val="002A1C07"/>
     <w:rsid w:val="002A24A4"/>
     <w:rsid w:val="002A274B"/>
     <w:rsid w:val="002A5AF8"/>
     <w:rsid w:val="002B03CB"/>
     <w:rsid w:val="002B3E63"/>
     <w:rsid w:val="002B654A"/>
     <w:rsid w:val="002C3BF7"/>
+    <w:rsid w:val="002C41C6"/>
     <w:rsid w:val="002C51B4"/>
     <w:rsid w:val="002D1DE5"/>
     <w:rsid w:val="002D3C1F"/>
     <w:rsid w:val="002F6856"/>
     <w:rsid w:val="00305F8D"/>
     <w:rsid w:val="00315A94"/>
     <w:rsid w:val="00340BE6"/>
     <w:rsid w:val="00344C25"/>
     <w:rsid w:val="003535AC"/>
     <w:rsid w:val="00372B6C"/>
+    <w:rsid w:val="00376378"/>
     <w:rsid w:val="00376FB8"/>
+    <w:rsid w:val="00394EF7"/>
     <w:rsid w:val="003A31F7"/>
     <w:rsid w:val="003A5945"/>
     <w:rsid w:val="003B03AB"/>
     <w:rsid w:val="003B7169"/>
     <w:rsid w:val="003D0678"/>
     <w:rsid w:val="003E2F9C"/>
     <w:rsid w:val="003E6C9A"/>
     <w:rsid w:val="003E759C"/>
     <w:rsid w:val="0040302C"/>
     <w:rsid w:val="00406926"/>
     <w:rsid w:val="0043048B"/>
     <w:rsid w:val="00447C06"/>
     <w:rsid w:val="004646A5"/>
     <w:rsid w:val="0046565B"/>
     <w:rsid w:val="00492BE6"/>
     <w:rsid w:val="004978CA"/>
+    <w:rsid w:val="004B13DA"/>
     <w:rsid w:val="004B611A"/>
     <w:rsid w:val="004D76C7"/>
     <w:rsid w:val="004E0159"/>
     <w:rsid w:val="004E141F"/>
     <w:rsid w:val="004E1751"/>
     <w:rsid w:val="004E7AB9"/>
     <w:rsid w:val="004F02F6"/>
     <w:rsid w:val="004F0BA1"/>
     <w:rsid w:val="004F3A7F"/>
     <w:rsid w:val="00507BE9"/>
     <w:rsid w:val="00517127"/>
     <w:rsid w:val="00520370"/>
+    <w:rsid w:val="00532E22"/>
     <w:rsid w:val="00536978"/>
     <w:rsid w:val="005431AA"/>
     <w:rsid w:val="005649FA"/>
     <w:rsid w:val="005726BF"/>
     <w:rsid w:val="00573479"/>
     <w:rsid w:val="005B1710"/>
     <w:rsid w:val="005B6407"/>
     <w:rsid w:val="005C13F6"/>
     <w:rsid w:val="005C22AA"/>
     <w:rsid w:val="005C7982"/>
+    <w:rsid w:val="005D2EA8"/>
     <w:rsid w:val="005D31BC"/>
     <w:rsid w:val="005D760F"/>
     <w:rsid w:val="005E7D2F"/>
     <w:rsid w:val="00600882"/>
     <w:rsid w:val="006014AF"/>
     <w:rsid w:val="0061127A"/>
     <w:rsid w:val="006149AC"/>
     <w:rsid w:val="0065249C"/>
     <w:rsid w:val="0066427F"/>
     <w:rsid w:val="00680E4D"/>
     <w:rsid w:val="006857E1"/>
     <w:rsid w:val="0069264D"/>
     <w:rsid w:val="006A2831"/>
     <w:rsid w:val="006A6C19"/>
+    <w:rsid w:val="006B3405"/>
     <w:rsid w:val="006B4933"/>
     <w:rsid w:val="006D0356"/>
     <w:rsid w:val="006D070A"/>
     <w:rsid w:val="006D22FF"/>
     <w:rsid w:val="006D68F3"/>
+    <w:rsid w:val="006E3C70"/>
     <w:rsid w:val="006E7A79"/>
     <w:rsid w:val="006E7C5C"/>
     <w:rsid w:val="006F2E78"/>
     <w:rsid w:val="006F4511"/>
     <w:rsid w:val="007016BD"/>
     <w:rsid w:val="007019CF"/>
     <w:rsid w:val="0072128D"/>
     <w:rsid w:val="007255B3"/>
     <w:rsid w:val="00730510"/>
     <w:rsid w:val="0073264C"/>
     <w:rsid w:val="00733751"/>
     <w:rsid w:val="00741078"/>
     <w:rsid w:val="00743E2D"/>
-    <w:rsid w:val="00744E47"/>
     <w:rsid w:val="00746AE1"/>
     <w:rsid w:val="00756DCB"/>
+    <w:rsid w:val="007713EC"/>
     <w:rsid w:val="00784DEC"/>
     <w:rsid w:val="007B01E5"/>
+    <w:rsid w:val="007B767C"/>
     <w:rsid w:val="007C28B0"/>
     <w:rsid w:val="007C43C4"/>
     <w:rsid w:val="007C74A3"/>
     <w:rsid w:val="007C7DA2"/>
     <w:rsid w:val="007E0972"/>
     <w:rsid w:val="007E121F"/>
-    <w:rsid w:val="007E3652"/>
     <w:rsid w:val="007E6ABD"/>
     <w:rsid w:val="007F2A88"/>
     <w:rsid w:val="008000AA"/>
     <w:rsid w:val="00824743"/>
+    <w:rsid w:val="00824DEF"/>
     <w:rsid w:val="00830403"/>
     <w:rsid w:val="0083502D"/>
     <w:rsid w:val="00836B6E"/>
+    <w:rsid w:val="00837452"/>
     <w:rsid w:val="00844519"/>
     <w:rsid w:val="00860646"/>
     <w:rsid w:val="008757B7"/>
     <w:rsid w:val="00880697"/>
     <w:rsid w:val="00881EE1"/>
     <w:rsid w:val="00883452"/>
     <w:rsid w:val="0089421D"/>
     <w:rsid w:val="008A30BB"/>
     <w:rsid w:val="008A4141"/>
     <w:rsid w:val="008A45E0"/>
     <w:rsid w:val="008B14AE"/>
     <w:rsid w:val="008F1431"/>
-    <w:rsid w:val="008F166A"/>
     <w:rsid w:val="00901067"/>
     <w:rsid w:val="009030AA"/>
     <w:rsid w:val="00906ECE"/>
     <w:rsid w:val="00931EE3"/>
     <w:rsid w:val="00937854"/>
     <w:rsid w:val="00943A0B"/>
     <w:rsid w:val="009450D4"/>
     <w:rsid w:val="009567F4"/>
     <w:rsid w:val="00957B51"/>
     <w:rsid w:val="0096153E"/>
+    <w:rsid w:val="00962959"/>
     <w:rsid w:val="0096595E"/>
     <w:rsid w:val="0098345A"/>
     <w:rsid w:val="0099210A"/>
+    <w:rsid w:val="009931C8"/>
     <w:rsid w:val="00993C58"/>
+    <w:rsid w:val="009971D4"/>
     <w:rsid w:val="009A1CD9"/>
     <w:rsid w:val="009A388B"/>
     <w:rsid w:val="009A39BD"/>
     <w:rsid w:val="009C2EC9"/>
     <w:rsid w:val="009C3E07"/>
     <w:rsid w:val="009D0BBE"/>
     <w:rsid w:val="009F2694"/>
     <w:rsid w:val="009F5CA4"/>
     <w:rsid w:val="00A0076C"/>
     <w:rsid w:val="00A06427"/>
+    <w:rsid w:val="00A172D4"/>
     <w:rsid w:val="00A207C1"/>
     <w:rsid w:val="00A450F1"/>
     <w:rsid w:val="00A50273"/>
     <w:rsid w:val="00A519CF"/>
     <w:rsid w:val="00A563E5"/>
     <w:rsid w:val="00A56D7B"/>
     <w:rsid w:val="00A642A1"/>
     <w:rsid w:val="00A72C29"/>
     <w:rsid w:val="00A733C4"/>
     <w:rsid w:val="00A75632"/>
     <w:rsid w:val="00A872E3"/>
+    <w:rsid w:val="00AA3966"/>
     <w:rsid w:val="00AA5B79"/>
     <w:rsid w:val="00AB1A98"/>
-    <w:rsid w:val="00AB5432"/>
     <w:rsid w:val="00AB5A4F"/>
     <w:rsid w:val="00AC043B"/>
     <w:rsid w:val="00AC2CAF"/>
     <w:rsid w:val="00AC52AD"/>
     <w:rsid w:val="00AD4ADD"/>
     <w:rsid w:val="00AE0488"/>
     <w:rsid w:val="00AE6A95"/>
+    <w:rsid w:val="00AF7CD8"/>
+    <w:rsid w:val="00B0450C"/>
     <w:rsid w:val="00B0468B"/>
     <w:rsid w:val="00B12945"/>
     <w:rsid w:val="00B129B3"/>
     <w:rsid w:val="00B23C21"/>
     <w:rsid w:val="00B37A58"/>
     <w:rsid w:val="00B4154A"/>
     <w:rsid w:val="00B54159"/>
     <w:rsid w:val="00B57F36"/>
     <w:rsid w:val="00B619AC"/>
     <w:rsid w:val="00B85E56"/>
     <w:rsid w:val="00B91EB4"/>
     <w:rsid w:val="00B93C8F"/>
     <w:rsid w:val="00B962B8"/>
     <w:rsid w:val="00B97FE0"/>
     <w:rsid w:val="00BA09C3"/>
     <w:rsid w:val="00BA2A31"/>
+    <w:rsid w:val="00BA4E19"/>
     <w:rsid w:val="00BA5636"/>
+    <w:rsid w:val="00BB10DA"/>
     <w:rsid w:val="00BB7471"/>
     <w:rsid w:val="00C37D50"/>
+    <w:rsid w:val="00C56E4C"/>
     <w:rsid w:val="00C61E58"/>
     <w:rsid w:val="00C804B7"/>
     <w:rsid w:val="00C813AA"/>
     <w:rsid w:val="00C838F8"/>
     <w:rsid w:val="00C86D70"/>
     <w:rsid w:val="00C90FF1"/>
     <w:rsid w:val="00C9645F"/>
+    <w:rsid w:val="00C96553"/>
     <w:rsid w:val="00CA53E5"/>
     <w:rsid w:val="00CA731E"/>
     <w:rsid w:val="00CB1655"/>
     <w:rsid w:val="00CB3812"/>
     <w:rsid w:val="00CB5DEA"/>
     <w:rsid w:val="00CC0FE5"/>
+    <w:rsid w:val="00CD4A25"/>
     <w:rsid w:val="00CE4E21"/>
     <w:rsid w:val="00D05986"/>
+    <w:rsid w:val="00D34FA3"/>
     <w:rsid w:val="00D35140"/>
     <w:rsid w:val="00D410F5"/>
+    <w:rsid w:val="00D46DB3"/>
     <w:rsid w:val="00D55DFC"/>
+    <w:rsid w:val="00D6313C"/>
     <w:rsid w:val="00D67B68"/>
     <w:rsid w:val="00D74DCB"/>
     <w:rsid w:val="00D92EDF"/>
     <w:rsid w:val="00D92F4C"/>
     <w:rsid w:val="00DA7BD5"/>
     <w:rsid w:val="00DB1756"/>
-    <w:rsid w:val="00DB4E13"/>
     <w:rsid w:val="00DD127E"/>
     <w:rsid w:val="00DE4056"/>
     <w:rsid w:val="00DE5FA1"/>
     <w:rsid w:val="00DE69B9"/>
     <w:rsid w:val="00E07CF8"/>
+    <w:rsid w:val="00E11D38"/>
     <w:rsid w:val="00E20303"/>
     <w:rsid w:val="00E42395"/>
     <w:rsid w:val="00E6268D"/>
     <w:rsid w:val="00E640E2"/>
     <w:rsid w:val="00E6533D"/>
     <w:rsid w:val="00E706B5"/>
     <w:rsid w:val="00E82C76"/>
     <w:rsid w:val="00E90367"/>
-    <w:rsid w:val="00E92391"/>
     <w:rsid w:val="00E92877"/>
     <w:rsid w:val="00E94FF9"/>
     <w:rsid w:val="00EA3724"/>
     <w:rsid w:val="00EA5CAC"/>
     <w:rsid w:val="00EA62C3"/>
     <w:rsid w:val="00EB124A"/>
     <w:rsid w:val="00EC5D5E"/>
     <w:rsid w:val="00EC64EC"/>
     <w:rsid w:val="00EC6A7B"/>
     <w:rsid w:val="00EE36EB"/>
     <w:rsid w:val="00EE3B5D"/>
     <w:rsid w:val="00EF61EF"/>
     <w:rsid w:val="00EF6D7C"/>
     <w:rsid w:val="00F03828"/>
     <w:rsid w:val="00F106F6"/>
     <w:rsid w:val="00F17F8A"/>
     <w:rsid w:val="00F27CC8"/>
     <w:rsid w:val="00F40A59"/>
-    <w:rsid w:val="00F432A9"/>
     <w:rsid w:val="00F52AD2"/>
     <w:rsid w:val="00F607C3"/>
     <w:rsid w:val="00F61AF7"/>
     <w:rsid w:val="00F72629"/>
     <w:rsid w:val="00F7681F"/>
     <w:rsid w:val="00F8004C"/>
     <w:rsid w:val="00F91951"/>
     <w:rsid w:val="00FB47E1"/>
     <w:rsid w:val="00FC277A"/>
-    <w:rsid w:val="00FC397F"/>
-    <w:rsid w:val="00FD10E3"/>
     <w:rsid w:val="00FE48DB"/>
     <w:rsid w:val="00FF2E7E"/>
     <w:rsid w:val="00FF60AA"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pl-PL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
@@ -5267,50 +5308,51 @@
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="annotation text" w:uiPriority="0"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
@@ -5688,51 +5730,50 @@
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Tekstpodstawowy3">
     <w:name w:val="Body Text 3"/>
     <w:basedOn w:val="Normalny"/>
     <w:link w:val="Tekstpodstawowy3Znak"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002D1DE5"/>
     <w:pPr>
       <w:spacing w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Tekstpodstawowy3Znak">
     <w:name w:val="Tekst podstawowy 3 Znak"/>
     <w:basedOn w:val="Domylnaczcionkaakapitu"/>
     <w:link w:val="Tekstpodstawowy3"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:rsid w:val="002D1DE5"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl24">
     <w:name w:val="xl24"/>
     <w:basedOn w:val="Normalny"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002D1DE5"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:pBdr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
@@ -6176,59 +6217,57 @@
     <w:basedOn w:val="Domylnaczcionkaakapitu"/>
     <w:link w:val="Nagwek"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="002D1DE5"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Odwoaniedokomentarza">
     <w:name w:val="annotation reference"/>
     <w:basedOn w:val="Domylnaczcionkaakapitu"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="004F0BA1"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Tekstkomentarza">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normalny"/>
     <w:link w:val="TekstkomentarzaZnak"/>
-    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="004F0BA1"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TekstkomentarzaZnak">
     <w:name w:val="Tekst komentarza Znak"/>
     <w:basedOn w:val="Domylnaczcionkaakapitu"/>
     <w:link w:val="Tekstkomentarza"/>
-    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="002D1DE5"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Tematkomentarza">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="Tekstkomentarza"/>
     <w:next w:val="Tekstkomentarza"/>
     <w:link w:val="TematkomentarzaZnak"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="004F0BA1"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TematkomentarzaZnak">
     <w:name w:val="Temat komentarza Znak"/>
     <w:basedOn w:val="TekstkomentarzaZnak"/>
     <w:link w:val="Tematkomentarza"/>
     <w:uiPriority w:val="99"/>
@@ -6342,56 +6381,75 @@
     <w:unhideWhenUsed/>
     <w:rsid w:val="005C22AA"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Akapitzlist1">
     <w:name w:val="Akapit z listą1"/>
     <w:basedOn w:val="Normalny"/>
     <w:rsid w:val="00DA7BD5"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:ind w:left="708"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TekstkomentarzaZnak1">
+    <w:name w:val="Tekst komentarza Znak1"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00A172D4"/>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:divs>
+    <w:div w:id="734204713">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1569993271">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motyw pakietu Office">
@@ -6663,83 +6721,83 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BDAD4A50-D0A9-4CD0-933E-4D9A955454F5}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{25279892-A17F-41E2-A9EB-462121CFA1D3}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>581</Words>
-  <Characters>3822</Characters>
+  <Words>595</Words>
+  <Characters>3813</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>31</Lines>
   <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Wniosek o przyznanie dotacji na KKZ</vt:lpstr>
+      <vt:lpstr>Wrocław, dnia</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>UM Wroclawia</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4395</CharactersWithSpaces>
+  <CharactersWithSpaces>4400</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Wniosek o przyznanie dotacji na KKZ</dc:title>
   <dc:subject>Dotacja podmiotowa</dc:subject>
   <dc:creator>Wydział Finansów Oświatowych</dc:creator>
   <cp:keywords>wniosek, edukacja, oświata, dotacja</cp:keywords>
-  <dc:description>Wniosek obowiązujący od 5 sierpnia 2025 r.</dc:description>
+  <dc:description>Wniosek obowiązujący od 1 stycznia 2026 r.</dc:description>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <cp:category>Dotacja</cp:category>
+  <cp:category>Oświata</cp:category>
 </cp:coreProperties>
 </file>