--- v0 (2025-10-17)
+++ v1 (2025-11-09)
@@ -1,1283 +1,1454 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w:rsidR="00F861A2" w:rsidRPr="006C2F26" w:rsidRDefault="004D1FCA" w:rsidP="006C2F26">
+    <w:p w14:paraId="59AC86DD" w14:textId="77777777" w:rsidR="00F861A2" w:rsidRPr="006C2F26" w:rsidRDefault="004D1FCA" w:rsidP="006C2F26">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C2F26">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>KSIĘGA ZINTEGROWANEGO SYSTEMU ZARZĄDZANIA</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004D1FCA" w:rsidRPr="006C2F26" w:rsidRDefault="004D1FCA" w:rsidP="006C2F26">
+    <w:p w14:paraId="4ABEA094" w14:textId="77777777" w:rsidR="004D1FCA" w:rsidRPr="006C2F26" w:rsidRDefault="004D1FCA" w:rsidP="006C2F26">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C2F26">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>K-ZSZ-0141-001</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004D1FCA" w:rsidRPr="006C2F26" w:rsidRDefault="004D1FCA" w:rsidP="006C2F26">
+    <w:p w14:paraId="0E2334DF" w14:textId="58C144F9" w:rsidR="004D1FCA" w:rsidRPr="006C2F26" w:rsidRDefault="004D1FCA" w:rsidP="006C2F26">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C2F26">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Wersja nr 20</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="004D1FCA" w:rsidRPr="006C2F26" w:rsidRDefault="004D1FCA" w:rsidP="006C2F26">
+        <w:t>Wersja nr 2</w:t>
+      </w:r>
+      <w:r w:rsidR="00D82ABD">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77B00016" w14:textId="77777777" w:rsidR="004D1FCA" w:rsidRPr="006C2F26" w:rsidRDefault="004D1FCA" w:rsidP="006C2F26">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C2F26">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ZAKRES I KONTEKST ORGANIZACYJNY</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004D1FCA" w:rsidRPr="006C2F26" w:rsidRDefault="004D1FCA" w:rsidP="006C2F26">
+    <w:p w14:paraId="36004B39" w14:textId="77777777" w:rsidR="004D1FCA" w:rsidRPr="006C2F26" w:rsidRDefault="004D1FCA" w:rsidP="006C2F26">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C2F26">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Działania na rzecz klienta zewnętrznego i wewnętrznego oraz innych zainteresowanych stron, realizowane są zgodnie z Regulaminem Organizacyjnym1, który jest podstawą prawną działania Urzędu Miejskiego Wrocławia. Aktualny regulamin dostępny jest w Biuletynie Informacji Publicznej </w:t>
+        <w:t>Działania na rzecz klienta zewnętrznego i wewnętrznego oraz innych zainteresowanych stron, realizowane są zgodnie z Regulaminem Organizacyjnym</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00502DF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C2F26">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, który jest podstawą prawną działania Urzędu Miejskiego Wrocławia. Aktualny regulamin dostępny jest w Biuletynie Informacji Publicznej </w:t>
       </w:r>
       <w:hyperlink r:id="rId5" w:history="1">
         <w:r w:rsidRPr="006C2F26">
           <w:rPr>
             <w:rStyle w:val="Hipercze"/>
             <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>www.bip.um.wroc.pl</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="006C2F26">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> .</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004D1FCA" w:rsidRPr="006C2F26" w:rsidRDefault="004D1FCA" w:rsidP="006C2F26">
+    <w:p w14:paraId="44528DAB" w14:textId="77777777" w:rsidR="004D1FCA" w:rsidRPr="006C2F26" w:rsidRDefault="004D1FCA" w:rsidP="006C2F26">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C2F26">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">POLITYKA ZINTEGROWANEGO SYSTEMU </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004D1FCA" w:rsidRPr="006C2F26" w:rsidRDefault="004D1FCA" w:rsidP="006C2F26">
+    <w:p w14:paraId="2E11A94C" w14:textId="77777777" w:rsidR="004D1FCA" w:rsidRPr="006C2F26" w:rsidRDefault="004D1FCA" w:rsidP="006C2F26">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C2F26">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Polityka Zintegrowanego Systemu Zarządzania</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004D1FCA" w:rsidRPr="006C2F26" w:rsidRDefault="004D1FCA" w:rsidP="006C2F26">
-[...17 lines deleted...]
-    <w:p w:rsidR="004D1FCA" w:rsidRPr="006C2F26" w:rsidRDefault="004D1FCA" w:rsidP="006C2F26">
+    <w:p w14:paraId="769889B8" w14:textId="74EBDE20" w:rsidR="004D1FCA" w:rsidRPr="006C2F26" w:rsidRDefault="004D1FCA" w:rsidP="006C2F26">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C2F26">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Urzędu Miejskiego Wrocławia</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E033AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C2F26">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> wynika z realizacji misji „Wrocław miastem</w:t>
+      </w:r>
+      <w:r w:rsidR="00502DF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C2F26">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mądrym, pięknym, zasobnym – miastem, które jednoczy i inspiruje”</w:t>
+      </w:r>
+      <w:r w:rsidR="00502DF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54E85220" w14:textId="097EAC64" w:rsidR="004D1FCA" w:rsidRPr="006C2F26" w:rsidRDefault="004D1FCA" w:rsidP="006C2F26">
       <w:pPr>
         <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C2F26">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>wynikającej ze strategii rozwoju Wrocławia „Strategia Wrocław 2030".</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="004D1FCA" w:rsidRPr="006C2F26" w:rsidRDefault="004D1FCA" w:rsidP="006C2F26">
+        <w:t>wynikającej ze strategii rozwoju Wrocławia „Strategia Wrocław 20</w:t>
+      </w:r>
+      <w:r w:rsidR="004B61FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C2F26">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>0".</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FA3803F" w14:textId="77777777" w:rsidR="004D1FCA" w:rsidRPr="006C2F26" w:rsidRDefault="004D1FCA" w:rsidP="006C2F26">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C2F26">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>CELE ZINTEGROWANEGO SYSTEMU ZARZĄDZANIA</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004D1FCA" w:rsidRPr="006C2F26" w:rsidRDefault="004D1FCA" w:rsidP="006C2F26">
+    <w:p w14:paraId="6E7BDCEE" w14:textId="77777777" w:rsidR="004D1FCA" w:rsidRPr="006C2F26" w:rsidRDefault="004D1FCA" w:rsidP="006C2F26">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C2F26">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Najważniejsze dokumenty strategiczne Gminy Wrocław:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004D1FCA" w:rsidRPr="006C2F26" w:rsidRDefault="004D1FCA" w:rsidP="006C2F26">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+    <w:p w14:paraId="20D793F8" w14:textId="5B7358CA" w:rsidR="004D1FCA" w:rsidRPr="006C2F26" w:rsidRDefault="004D1FCA" w:rsidP="00502DF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="142"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C2F26">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>•</w:t>
       </w:r>
       <w:r w:rsidRPr="006C2F26">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
-        <w:t>Strategia Rozwoju Wrocławia „Strategia Wrocław 2030",</w:t>
-[...4 lines deleted...]
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:t>Strategia Rozwoju Wrocławia „Strategia Wrocław 20</w:t>
+      </w:r>
+      <w:r w:rsidR="004B61FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C2F26">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>0",</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09544E2A" w14:textId="77777777" w:rsidR="004D1FCA" w:rsidRPr="006C2F26" w:rsidRDefault="004D1FCA" w:rsidP="00502DF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="142"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C2F26">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>•</w:t>
       </w:r>
       <w:r w:rsidRPr="006C2F26">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Założenia Polityki Społeczno-Gospodarczej,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004D1FCA" w:rsidRPr="006C2F26" w:rsidRDefault="004D1FCA" w:rsidP="006C2F26">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+    <w:p w14:paraId="02475629" w14:textId="77777777" w:rsidR="004D1FCA" w:rsidRPr="006C2F26" w:rsidRDefault="004D1FCA" w:rsidP="00502DF7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="142"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C2F26">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>•</w:t>
       </w:r>
       <w:r w:rsidRPr="006C2F26">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Wieloletnia Prognoza Finansowa.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004D1FCA" w:rsidRPr="006C2F26" w:rsidRDefault="004D1FCA" w:rsidP="006C2F26">
+    <w:p w14:paraId="05C11F84" w14:textId="77777777" w:rsidR="004D1FCA" w:rsidRPr="006C2F26" w:rsidRDefault="004D1FCA" w:rsidP="006C2F26">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C2F26">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Sprawozdania z wykonania planów, programów i strategii przedstawiane są w terminach określonych w dokumentach stanowiących o ich przyjęciu.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004D1FCA" w:rsidRPr="006C2F26" w:rsidRDefault="004D1FCA" w:rsidP="006C2F26">
+    <w:p w14:paraId="5CE2BC68" w14:textId="77777777" w:rsidR="004D1FCA" w:rsidRPr="006C2F26" w:rsidRDefault="004D1FCA" w:rsidP="006C2F26">
       <w:pPr>
         <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C2F26">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Corocznie kierownictwo dokonuje aktualizacji celów Urzędu Miejskiego Wrocławia. Stopień ich realizacji podlega nadzorowi w trakcie przeglądów zarządzania. Aktualne cele Zintegrowanego Systemu Zarządzania dostępne są w dokumentacji ZSZ</w:t>
       </w:r>
       <w:r w:rsidRPr="006C2F26">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidRPr="006C2F26">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004D1FCA" w:rsidRPr="006C2F26" w:rsidRDefault="004D1FCA" w:rsidP="006C2F26">
+    <w:p w14:paraId="0162CE1F" w14:textId="77777777" w:rsidR="004D1FCA" w:rsidRPr="006C2F26" w:rsidRDefault="004D1FCA" w:rsidP="006C2F26">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C2F26">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>PRZYWÓDZTWO I ZAANGAŻOWANIE KIEROWNICTWA</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004D1FCA" w:rsidRPr="006C2F26" w:rsidRDefault="004D1FCA" w:rsidP="006C2F26">
+    <w:p w14:paraId="468A387A" w14:textId="77777777" w:rsidR="004D1FCA" w:rsidRPr="006C2F26" w:rsidRDefault="004D1FCA" w:rsidP="006C2F26">
       <w:pPr>
         <w:pStyle w:val="font6"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C2F26">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>- Kierownictwo</w:t>
       </w:r>
       <w:r w:rsidRPr="006C2F26">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004D1FCA" w:rsidRPr="006C2F26" w:rsidRDefault="004D1FCA" w:rsidP="006C2F26">
+    <w:p w14:paraId="3FA58985" w14:textId="77777777" w:rsidR="004D1FCA" w:rsidRPr="006C2F26" w:rsidRDefault="004D1FCA" w:rsidP="006C2F26">
       <w:pPr>
         <w:pStyle w:val="font6"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C2F26">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>motywuje pracowników do doskonalenia i skutecznej realizacji celów,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004D1FCA" w:rsidRPr="006C2F26" w:rsidRDefault="004D1FCA" w:rsidP="006C2F26">
+    <w:p w14:paraId="4C999985" w14:textId="2408445B" w:rsidR="004D1FCA" w:rsidRPr="006C2F26" w:rsidRDefault="004D1FCA" w:rsidP="006C2F26">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C2F26">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">motywuje pracowników do dbania o utrzymanie i  jakość wdrożonego systemu, </w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="004D1FCA" w:rsidRPr="006C2F26" w:rsidRDefault="004D1FCA" w:rsidP="006C2F26">
+        <w:t>motywuje pracowników do dbania o utrzymanie i</w:t>
+      </w:r>
+      <w:r w:rsidR="00502DF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C2F26">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">jakość wdrożonego systemu, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BA353DD" w14:textId="77777777" w:rsidR="004D1FCA" w:rsidRPr="006C2F26" w:rsidRDefault="004D1FCA" w:rsidP="006C2F26">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C2F26">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">uświadamia znaczenie zaspokajania potrzeb klienta oraz wymagań ustawowych, </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004D1FCA" w:rsidRPr="006C2F26" w:rsidRDefault="004D1FCA" w:rsidP="006C2F26">
+    <w:p w14:paraId="03D5293E" w14:textId="77777777" w:rsidR="004D1FCA" w:rsidRPr="006C2F26" w:rsidRDefault="004D1FCA" w:rsidP="006C2F26">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C2F26">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>promuje ciągle doskonalenie,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004D1FCA" w:rsidRPr="006C2F26" w:rsidRDefault="004D1FCA" w:rsidP="006C2F26">
+    <w:p w14:paraId="239BEED7" w14:textId="77777777" w:rsidR="004D1FCA" w:rsidRPr="006C2F26" w:rsidRDefault="004D1FCA" w:rsidP="006C2F26">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C2F26">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">systematycznie przeprowadza przeglądy ZSZ, </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004D1FCA" w:rsidRPr="006C2F26" w:rsidRDefault="004D1FCA" w:rsidP="006C2F26">
+    <w:p w14:paraId="3026743D" w14:textId="77777777" w:rsidR="004D1FCA" w:rsidRPr="006C2F26" w:rsidRDefault="004D1FCA" w:rsidP="006C2F26">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C2F26">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>- Powołany jest Pełnomocnik Prezydenta Wrocławia ds. ZSZ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004D1FCA" w:rsidRPr="006C2F26" w:rsidRDefault="004D1FCA" w:rsidP="006C2F26">
+    <w:p w14:paraId="4E462299" w14:textId="7E898B88" w:rsidR="004D1FCA" w:rsidRPr="006C2F26" w:rsidRDefault="004D1FCA" w:rsidP="006C2F26">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C2F26">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>POMIARY, ANALIZA  I DOSKONALENIE</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="004D1FCA" w:rsidRPr="006C2F26" w:rsidRDefault="004D1FCA" w:rsidP="006C2F26">
+        <w:t>POMIARY, ANALIZA</w:t>
+      </w:r>
+      <w:r w:rsidR="00502DF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C2F26">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>I DOSKONALENIE</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73AA2AA2" w14:textId="77777777" w:rsidR="004D1FCA" w:rsidRPr="006C2F26" w:rsidRDefault="004D1FCA" w:rsidP="006C2F26">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C2F26">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Wymagania i oczekiwania klientów Urzędu oraz skuteczność ZSZ identyfikowane są poprzez:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004D1FCA" w:rsidRPr="006C2F26" w:rsidRDefault="004D1FCA" w:rsidP="006C2F26">
+    <w:p w14:paraId="62328DFF" w14:textId="77777777" w:rsidR="004D1FCA" w:rsidRPr="006C2F26" w:rsidRDefault="004D1FCA" w:rsidP="006C2F26">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C2F26">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>skargi i wnioski,</w:t>
       </w:r>
       <w:r w:rsidRPr="006C2F26">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004D1FCA" w:rsidRPr="006C2F26" w:rsidRDefault="004D1FCA" w:rsidP="006C2F26">
+    <w:p w14:paraId="487E674C" w14:textId="77777777" w:rsidR="004D1FCA" w:rsidRPr="006C2F26" w:rsidRDefault="004D1FCA" w:rsidP="006C2F26">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C2F26">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>analizę informacji zwrotnej w trakcie bezpośrednich kontaktów z klientem,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004D1FCA" w:rsidRPr="006C2F26" w:rsidRDefault="004D1FCA" w:rsidP="006C2F26">
+    <w:p w14:paraId="344DAB86" w14:textId="77777777" w:rsidR="004D1FCA" w:rsidRPr="006C2F26" w:rsidRDefault="004D1FCA" w:rsidP="006C2F26">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C2F26">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">prowadzenie badań satysfakcji, </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004D1FCA" w:rsidRPr="006C2F26" w:rsidRDefault="004D1FCA" w:rsidP="006C2F26">
+    <w:p w14:paraId="22B9F026" w14:textId="77777777" w:rsidR="004D1FCA" w:rsidRPr="006C2F26" w:rsidRDefault="004D1FCA" w:rsidP="006C2F26">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C2F26">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>prowadzenie konsultacji społecznych,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004D1FCA" w:rsidRPr="006C2F26" w:rsidRDefault="004D1FCA" w:rsidP="006C2F26">
+    <w:p w14:paraId="523EABAF" w14:textId="77777777" w:rsidR="004D1FCA" w:rsidRPr="006C2F26" w:rsidRDefault="004D1FCA" w:rsidP="006C2F26">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C2F26">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>incydenty bezpieczeństwa</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004D1FCA" w:rsidRPr="006C2F26" w:rsidRDefault="004D1FCA" w:rsidP="006C2F26">
+    <w:p w14:paraId="494D3629" w14:textId="77777777" w:rsidR="004D1FCA" w:rsidRPr="006C2F26" w:rsidRDefault="004D1FCA" w:rsidP="006C2F26">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C2F26">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>monitorowanie stanu BHP</w:t>
       </w:r>
       <w:r w:rsidRPr="006C2F26">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidRPr="006C2F26">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004D1FCA" w:rsidRPr="006C2F26" w:rsidRDefault="004D1FCA" w:rsidP="006C2F26">
+    <w:p w14:paraId="322397B7" w14:textId="77777777" w:rsidR="004D1FCA" w:rsidRPr="006C2F26" w:rsidRDefault="004D1FCA" w:rsidP="006C2F26">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C2F26">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">monitorowanie procesów i celów, </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004D1FCA" w:rsidRPr="006C2F26" w:rsidRDefault="004D1FCA" w:rsidP="006C2F26">
+    <w:p w14:paraId="1A8012A3" w14:textId="77777777" w:rsidR="004D1FCA" w:rsidRPr="006C2F26" w:rsidRDefault="004D1FCA" w:rsidP="006C2F26">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C2F26">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>kontrole wewnętrzne i zewnętrzne, audyty, działania doskonalące (procedura)</w:t>
       </w:r>
       <w:r w:rsidRPr="006C2F26">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve">4 </w:t>
       </w:r>
       <w:r w:rsidRPr="006C2F26">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004D1FCA" w:rsidRPr="006C2F26" w:rsidRDefault="004D1FCA" w:rsidP="006C2F26">
+    <w:p w14:paraId="3E57B1CF" w14:textId="77777777" w:rsidR="004D1FCA" w:rsidRPr="006C2F26" w:rsidRDefault="004D1FCA" w:rsidP="006C2F26">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C2F26">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Pracownicy zobowiązani są do obsługi klienta, która zapewni wzrost jego satysfakcji oraz podniesie poziom partycypacji mieszkańców Wrocławia.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004D1FCA" w:rsidRPr="00D6330A" w:rsidRDefault="004D1FCA" w:rsidP="006C2F26">
+    <w:p w14:paraId="454D2DB0" w14:textId="77777777" w:rsidR="004D1FCA" w:rsidRPr="00D6330A" w:rsidRDefault="004D1FCA" w:rsidP="006C2F26">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D6330A">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>KOMUNIKACJA</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004D1FCA" w:rsidRPr="006C2F26" w:rsidRDefault="004D1FCA" w:rsidP="006C2F26">
+    <w:p w14:paraId="3CDE8A76" w14:textId="6A51A4A4" w:rsidR="004D1FCA" w:rsidRPr="006C2F26" w:rsidRDefault="004D1FCA" w:rsidP="006C2F26">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C2F26">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Obieg dokumentów : (regulamin organizacyjny</w:t>
+        <w:t xml:space="preserve">Obieg </w:t>
+      </w:r>
+      <w:r w:rsidR="004C1EC6" w:rsidRPr="006C2F26">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>dokumentów:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C2F26">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (regulamin organizacyjny</w:t>
       </w:r>
       <w:r w:rsidRPr="006C2F26">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="006C2F26">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004D1FCA" w:rsidRPr="006C2F26" w:rsidRDefault="004D1FCA" w:rsidP="006C2F26">
+    <w:p w14:paraId="40729C52" w14:textId="22C328F5" w:rsidR="004D1FCA" w:rsidRPr="006C2F26" w:rsidRDefault="004D1FCA" w:rsidP="006C2F26">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C2F26">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Zarządzenia Prezydenta, BHP - procedury</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="006C2F26">
+        <w:t xml:space="preserve">Zarządzenia Prezydenta, BHP </w:t>
+      </w:r>
+      <w:r w:rsidR="00E033AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C2F26">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> procedury</w:t>
+      </w:r>
+      <w:r w:rsidR="00E033AB">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
-        <w:t>7</w:t>
+        <w:t>4,5</w:t>
       </w:r>
       <w:r w:rsidRPr="006C2F26">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004D1FCA" w:rsidRPr="006C2F26" w:rsidRDefault="004D1FCA" w:rsidP="006C2F26">
+    <w:p w14:paraId="07E3CC43" w14:textId="77777777" w:rsidR="004D1FCA" w:rsidRPr="006C2F26" w:rsidRDefault="004D1FCA" w:rsidP="006C2F26">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C2F26">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>sieć komputerowa,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004D1FCA" w:rsidRPr="006C2F26" w:rsidRDefault="004D1FCA" w:rsidP="006C2F26">
+    <w:p w14:paraId="491FCAFB" w14:textId="77777777" w:rsidR="004D1FCA" w:rsidRPr="006C2F26" w:rsidRDefault="004D1FCA" w:rsidP="006C2F26">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C2F26">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">spotkania kierownictwa, </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004D1FCA" w:rsidRPr="006C2F26" w:rsidRDefault="004D1FCA" w:rsidP="006C2F26">
+    <w:p w14:paraId="63BAD234" w14:textId="77777777" w:rsidR="004D1FCA" w:rsidRPr="006C2F26" w:rsidRDefault="004D1FCA" w:rsidP="006C2F26">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C2F26">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>wymiana dokumentów, informacji i danych pomiędzy pracownikami komórek organizacyjnych,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004D1FCA" w:rsidRPr="006C2F26" w:rsidRDefault="004D1FCA" w:rsidP="006C2F26">
+    <w:p w14:paraId="111EF8A0" w14:textId="77777777" w:rsidR="004D1FCA" w:rsidRPr="006C2F26" w:rsidRDefault="004D1FCA" w:rsidP="006C2F26">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C2F26">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">szkolenia, konferencje i spotkania pracowników, </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004D1FCA" w:rsidRPr="006C2F26" w:rsidRDefault="004D1FCA" w:rsidP="006C2F26">
+    <w:p w14:paraId="6C34BC88" w14:textId="77777777" w:rsidR="004D1FCA" w:rsidRPr="006C2F26" w:rsidRDefault="004D1FCA" w:rsidP="006C2F26">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C2F26">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>akcje promujące określone rozwiązania i cele,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004D1FCA" w:rsidRPr="006C2F26" w:rsidRDefault="004D1FCA" w:rsidP="006C2F26">
+    <w:p w14:paraId="3E31A644" w14:textId="77777777" w:rsidR="004D1FCA" w:rsidRPr="006C2F26" w:rsidRDefault="004D1FCA" w:rsidP="006C2F26">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C2F26">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Centra Obsługi Mieszkańców i Centrum Obsługi Podatników Urzędu Miejskiego Wrocławia,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004D1FCA" w:rsidRPr="006C2F26" w:rsidRDefault="004D1FCA" w:rsidP="006C2F26">
+    <w:p w14:paraId="11C45819" w14:textId="77777777" w:rsidR="004D1FCA" w:rsidRPr="006C2F26" w:rsidRDefault="004D1FCA" w:rsidP="006C2F26">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C2F26">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Teleinformatyczne Centrum Obsługi Mieszkańca, </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004D1FCA" w:rsidRPr="006C2F26" w:rsidRDefault="004D1FCA" w:rsidP="006C2F26">
+    <w:p w14:paraId="34745EF2" w14:textId="77777777" w:rsidR="004D1FCA" w:rsidRPr="006C2F26" w:rsidRDefault="004D1FCA" w:rsidP="006C2F26">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C2F26">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>strona Biuletynu Informacji Publicznej Urzędu Miejskiego Wrocławia, SIP, e-usługi,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004D1FCA" w:rsidRPr="006C2F26" w:rsidRDefault="004D1FCA" w:rsidP="006C2F26">
+    <w:p w14:paraId="6F6B35AA" w14:textId="77777777" w:rsidR="004D1FCA" w:rsidRPr="006C2F26" w:rsidRDefault="004D1FCA" w:rsidP="006C2F26">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C2F26">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -1320,610 +1491,669 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Biuro Współpracy z Uczelniami Wyższymi,</w:t>
       </w:r>
       <w:r w:rsidRPr="006C2F26">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006C2F26">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Biuro Współpracy z Zagranicą, Biuro Komunikacji Internetowej.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009759D4" w:rsidRPr="006C2F26" w:rsidRDefault="009759D4" w:rsidP="006C2F26">
+    <w:p w14:paraId="7EF6AD18" w14:textId="77777777" w:rsidR="009759D4" w:rsidRPr="006C2F26" w:rsidRDefault="009759D4" w:rsidP="006C2F26">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C2F26">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ZARZADZANIE ZASOBAMI</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009759D4" w:rsidRPr="006C2F26" w:rsidRDefault="009759D4" w:rsidP="006C2F26">
+    <w:p w14:paraId="585B791D" w14:textId="77777777" w:rsidR="009759D4" w:rsidRPr="006C2F26" w:rsidRDefault="009759D4" w:rsidP="006C2F26">
       <w:pPr>
         <w:pStyle w:val="font6"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="28"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C2F26">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="28"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Wykaz lokalizacji: Biuletyn Informacji Publicznej. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009759D4" w:rsidRPr="006C2F26" w:rsidRDefault="009759D4" w:rsidP="006C2F26">
+    <w:p w14:paraId="48423011" w14:textId="053B227D" w:rsidR="009759D4" w:rsidRPr="006C2F26" w:rsidRDefault="009759D4" w:rsidP="006C2F26">
       <w:pPr>
         <w:pStyle w:val="font6"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C2F26">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Infrastruktura spełnia wymagania BHP, środowiskowe oraz bezpieczeństwa informacji.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="009759D4" w:rsidRPr="006C2F26" w:rsidRDefault="009759D4" w:rsidP="006C2F26">
+        <w:t>Infrastruktura spełnia wymagania BHP oraz bezpieczeństwa informacji.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E3AD08C" w14:textId="312F114B" w:rsidR="009759D4" w:rsidRPr="006C2F26" w:rsidRDefault="009759D4" w:rsidP="006C2F26">
       <w:pPr>
         <w:pStyle w:val="font6"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C2F26">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Budynki i Infrastruktura podlegają przeglądom. Maszyny, sprzęt i urządzenia są zgodne z deklaracją zgodności, posiadają certyfikaty oraz instrukcje. Urządzenia i sprzęt są serwisowane przez podmioty zewnętrzne na podstawie zawieranych umów.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="009759D4" w:rsidRPr="006C2F26" w:rsidRDefault="009759D4" w:rsidP="006C2F26">
+        <w:t>Budynki i Infrastruktura podlegają przeglądom. Maszyny, sprzęt i urządzenia są zgodne z</w:t>
+      </w:r>
+      <w:r w:rsidR="00502DF7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C2F26">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>deklaracją zgodności, posiadają certyfikaty oraz instrukcje. Urządzenia i sprzęt są serwisowane przez podmioty zewnętrzne na podstawie zawieranych umów.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="215F5291" w14:textId="0B34D77A" w:rsidR="009759D4" w:rsidRPr="006C2F26" w:rsidRDefault="009759D4" w:rsidP="006C2F26">
       <w:pPr>
         <w:pStyle w:val="font6"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C2F26">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Budynkami i infrastrukturą (z wyłączeniem informatycznej) zarządza Wydział Obsługi Urzędu oraz Wydział Bezpieczeństwa i Zarządzania Kryzysowego, odpowiednio do zakresu powierzonych zadań. Stanowiska pracy są wyposażone w odpowiednie materiały i urządzenia biurowe</w:t>
       </w:r>
       <w:r w:rsidRPr="006C2F26">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
-        <w:t>4,9</w:t>
+        <w:t>4,</w:t>
+      </w:r>
+      <w:r w:rsidR="00E033AB">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>8</w:t>
       </w:r>
       <w:r w:rsidRPr="006C2F26">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009759D4" w:rsidRPr="006C2F26" w:rsidRDefault="009759D4" w:rsidP="006C2F26">
+    <w:p w14:paraId="590FAAE0" w14:textId="413FFFBB" w:rsidR="009759D4" w:rsidRPr="006C2F26" w:rsidRDefault="009759D4" w:rsidP="006C2F26">
       <w:pPr>
         <w:pStyle w:val="font6"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C2F26">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Zużycie mediów i innych komponentów środowiskowych jest monitorowane</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="006C2F26">
+        <w:t>Infrastruktura informatyczna, sprzęt, sieć i oprogramowanie zarządzane są przez Centrum Usług Informatycznych</w:t>
+      </w:r>
+      <w:r w:rsidR="00502DF7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00502DF7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidRPr="006C2F26">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="009759D4" w:rsidRPr="006C2F26" w:rsidRDefault="009759D4" w:rsidP="006C2F26">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="491B3A07" w14:textId="77777777" w:rsidR="009759D4" w:rsidRPr="006C2F26" w:rsidRDefault="009759D4" w:rsidP="006C2F26">
       <w:pPr>
         <w:pStyle w:val="font6"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C2F26">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Infrastruktura informatyczna, sprzęt, sieć i oprogramowanie zarządzane są przez Centrum Usług Informatycznych. </w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="009759D4" w:rsidRPr="006C2F26" w:rsidRDefault="009759D4" w:rsidP="006C2F26">
+        <w:t>Postępowanie w przypadku wystąpienia awarii, pożaru, wypadku przy pracy zostało opisane w instrukcjach</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C2F26">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C2F26">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="348DF28A" w14:textId="77777777" w:rsidR="009759D4" w:rsidRPr="006C2F26" w:rsidRDefault="009759D4" w:rsidP="006C2F26">
       <w:pPr>
         <w:pStyle w:val="font6"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C2F26">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Postępowanie w przypadku wystąpienia awarii, pożaru, wypadku przy pracy zostało opisane w instrukcjach</w:t>
+        <w:t>Relacje z podwykonawcami, świadczącymi usługi na terenie Urzędu i dla Urzędu reguluje procedura</w:t>
       </w:r>
       <w:r w:rsidRPr="006C2F26">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidRPr="006C2F26">
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-    <w:p w:rsidR="009759D4" w:rsidRPr="006C2F26" w:rsidRDefault="009759D4" w:rsidP="006C2F26">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>i umowy zawierane z dostawcami i wykonawcami.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="449E635C" w14:textId="77777777" w:rsidR="009759D4" w:rsidRPr="006C2F26" w:rsidRDefault="009759D4" w:rsidP="006C2F26">
       <w:pPr>
         <w:pStyle w:val="font6"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C2F26">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Relacje z podwykonawcami, świadczącymi usługi na terenie Urzędu i dla Urzędu reguluje procedura</w:t>
-[...19 lines deleted...]
-    <w:p w:rsidR="009759D4" w:rsidRPr="006C2F26" w:rsidRDefault="009759D4" w:rsidP="006C2F26">
+        <w:t>Zasobami osobowymi zarządza Wydział Organizacyjny i Kadr.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B56A85A" w14:textId="77777777" w:rsidR="009759D4" w:rsidRPr="006C2F26" w:rsidRDefault="009759D4" w:rsidP="006C2F26">
       <w:pPr>
         <w:pStyle w:val="font6"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C2F26">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Zasobami osobowymi zarządza Wydział Organizacyjny i Kadr.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="009759D4" w:rsidRPr="006C2F26" w:rsidRDefault="009759D4" w:rsidP="006C2F26">
+        <w:t xml:space="preserve">Na wszystkich stanowiskach pracy zostało zidentyfikowane i opisane ryzyko zawodowe. Prowadzony jest, zgodnie z wymaganiami prawnymi, monitoring, analiza i przegląd zdarzeń wypadkowych, potencjalnie </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C2F26">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>wypadkowych i chorób zawodowych (zgodnie z procedurą)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C2F26">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C2F26">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="168535B4" w14:textId="09759087" w:rsidR="009759D4" w:rsidRPr="006C2F26" w:rsidRDefault="009759D4" w:rsidP="006C2F26">
       <w:pPr>
         <w:pStyle w:val="font6"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C2F26">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...11 lines deleted...]
-      <w:r w:rsidRPr="006C2F26">
+        <w:t>Świadcząc pracę</w:t>
+      </w:r>
+      <w:r w:rsidR="00C76B16">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...6 lines deleted...]
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
+        <w:t xml:space="preserve"> urzędnicy</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C2F26">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-[...10 lines deleted...]
-    <w:p w:rsidR="009759D4" w:rsidRPr="006C2F26" w:rsidRDefault="009759D4" w:rsidP="006C2F26">
+        <w:t xml:space="preserve"> przestrzegają zasad bezpieczeństwa przetwarzanych informacji oraz zasad BHP.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F69E5ED" w14:textId="77777777" w:rsidR="009759D4" w:rsidRPr="006C2F26" w:rsidRDefault="009759D4" w:rsidP="006C2F26">
       <w:pPr>
         <w:pStyle w:val="font6"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C2F26">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Pracownicy uczestniczą w szkoleniach otwartych i zamkniętych.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009759D4" w:rsidRPr="006C2F26" w:rsidRDefault="009759D4" w:rsidP="006C2F26">
+    <w:p w14:paraId="6CA67D07" w14:textId="77777777" w:rsidR="009759D4" w:rsidRPr="006C2F26" w:rsidRDefault="009759D4" w:rsidP="006C2F26">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C2F26">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>WŁASNOŚĆ KLIENTA</w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_Toc85774360"/>
       <w:bookmarkStart w:id="1" w:name="_Toc85774377"/>
       <w:bookmarkStart w:id="2" w:name="_Toc86551199"/>
       <w:bookmarkStart w:id="3" w:name="_Toc86551197"/>
       <w:r w:rsidRPr="006C2F26">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009759D4" w:rsidRPr="006C2F26" w:rsidRDefault="009759D4" w:rsidP="006C2F26">
+    <w:p w14:paraId="4A175DC5" w14:textId="77777777" w:rsidR="009759D4" w:rsidRPr="006C2F26" w:rsidRDefault="009759D4" w:rsidP="006C2F26">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Segoe UI"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C2F26">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Segoe UI"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>Urząd dba o wszelką własność należącą do klientów lub dostawców zewnętrznych.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009759D4" w:rsidRPr="006C2F26" w:rsidRDefault="009759D4" w:rsidP="006C2F26">
+    <w:p w14:paraId="7D751B84" w14:textId="77777777" w:rsidR="009759D4" w:rsidRPr="006C2F26" w:rsidRDefault="009759D4" w:rsidP="006C2F26">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Segoe UI"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C2F26">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Segoe UI"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>Szczególną ochroną administratorzy w UMW obejmują przetwarzane informacji swoich klientów. Postępując z nimi ze szczególną starannością, z poszanowaniem wszelkich wymagań prawnych i stosowaniem wysokich standardów</w:t>
       </w:r>
       <w:r w:rsidRPr="006C2F26">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009759D4" w:rsidRPr="006C2F26" w:rsidRDefault="009759D4" w:rsidP="006C2F26">
+    <w:p w14:paraId="10AD85B3" w14:textId="77777777" w:rsidR="009759D4" w:rsidRPr="006C2F26" w:rsidRDefault="009759D4" w:rsidP="006C2F26">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Segoe UI"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C2F26">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Segoe UI"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>Bezpieczeństwo przetwarzania informacji regulują wewnętrzne polityki i procedury</w:t>
       </w:r>
       <w:r w:rsidRPr="006C2F26">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="006C2F26">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
       <w:bookmarkEnd w:id="1"/>
       <w:bookmarkEnd w:id="2"/>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
-    <w:p w:rsidR="009759D4" w:rsidRPr="006C2F26" w:rsidRDefault="009759D4" w:rsidP="006C2F26">
+    <w:p w14:paraId="6BEEE97C" w14:textId="03FFE12A" w:rsidR="009759D4" w:rsidRPr="006C2F26" w:rsidRDefault="009759D4" w:rsidP="006C2F26">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C2F26">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>DOKUMENTACJA ZINTEGROWANEGO SYSTEMU  ZARZĄDZANIA</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="009759D4" w:rsidRPr="006C2F26" w:rsidRDefault="009759D4" w:rsidP="006C2F26">
+        <w:t>DOKUMENTACJA ZINTEGROWANEGO SYSTEMU</w:t>
+      </w:r>
+      <w:r w:rsidR="00502DF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C2F26">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ZARZĄDZANIA</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4780227F" w14:textId="77777777" w:rsidR="009759D4" w:rsidRPr="006C2F26" w:rsidRDefault="009759D4" w:rsidP="006C2F26">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C2F26">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Opis dostępny </w:t>
       </w:r>
       <w:r w:rsidRPr="006C2F26">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana"/>
@@ -1997,925 +2227,946 @@
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>u Pełnomocnika Prezydenta Wrocławia ds. Zintegrowanego Systemu Zarządzania. Wersja elektroniczna w bibliotece dokumentów systemu ekstranet</w:t>
       </w:r>
       <w:r w:rsidRPr="006C2F26">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidRPr="006C2F26">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009759D4" w:rsidRPr="006C2F26" w:rsidRDefault="009759D4" w:rsidP="006C2F26">
+    <w:p w14:paraId="19B84412" w14:textId="77777777" w:rsidR="009759D4" w:rsidRPr="006C2F26" w:rsidRDefault="009759D4" w:rsidP="006C2F26">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C2F26">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ZARZĄDZANIE PROCESOWE</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009759D4" w:rsidRPr="006C2F26" w:rsidRDefault="009759D4" w:rsidP="006C2F26">
+    <w:p w14:paraId="4D182986" w14:textId="77777777" w:rsidR="009759D4" w:rsidRPr="006C2F26" w:rsidRDefault="009759D4" w:rsidP="006C2F26">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C2F26">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>W Urzędzie Miejskim Wrocławia stosowane jest zarządzanie procesowe zgodnie z mapą procesów</w:t>
       </w:r>
       <w:r w:rsidRPr="006C2F26">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>10</w:t>
       </w:r>
       <w:r w:rsidRPr="006C2F26">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> i regulaminem organizacyjnym.</w:t>
       </w:r>
       <w:r w:rsidRPr="006C2F26">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009759D4" w:rsidRPr="006C2F26" w:rsidRDefault="009759D4" w:rsidP="006C2F26">
+    <w:p w14:paraId="32FDE25B" w14:textId="77777777" w:rsidR="009759D4" w:rsidRPr="006C2F26" w:rsidRDefault="009759D4" w:rsidP="006C2F26">
       <w:pPr>
         <w:spacing w:before="120" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C2F26">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Lista odnośników:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009759D4" w:rsidRPr="006C2F26" w:rsidRDefault="009759D4" w:rsidP="006C2F26">
+    <w:p w14:paraId="50E18D62" w14:textId="77777777" w:rsidR="009759D4" w:rsidRPr="006C2F26" w:rsidRDefault="009759D4" w:rsidP="006C2F26">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C2F26">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Regulamin organizacyjny – aktualne Zarządzenie Prezydenta</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009759D4" w:rsidRPr="006C2F26" w:rsidRDefault="009759D4" w:rsidP="006C2F26">
+    <w:p w14:paraId="77F9B7A6" w14:textId="77777777" w:rsidR="009759D4" w:rsidRPr="006C2F26" w:rsidRDefault="009759D4" w:rsidP="006C2F26">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C2F26">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Polityka Zintegrowanego Systemu Zarządzania – Załącznik nr 2</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009759D4" w:rsidRPr="006C2F26" w:rsidRDefault="009759D4" w:rsidP="006C2F26">
+    <w:p w14:paraId="42074D59" w14:textId="77777777" w:rsidR="009759D4" w:rsidRPr="006C2F26" w:rsidRDefault="009759D4" w:rsidP="006C2F26">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C2F26">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Dokumentacja dotycząca Bezpieczeństwa Informacji– aktualne Zarządzenie Prezydenta, procedury, instrukcje</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009759D4" w:rsidRPr="006C2F26" w:rsidRDefault="009759D4" w:rsidP="006C2F26">
+    <w:p w14:paraId="2D2F147E" w14:textId="77777777" w:rsidR="009759D4" w:rsidRPr="006C2F26" w:rsidRDefault="009759D4" w:rsidP="006C2F26">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C2F26">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Dokumentacja Zintegrowanego Systemu Zarządzania – dostępna na ekstranecie</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009759D4" w:rsidRPr="006C2F26" w:rsidRDefault="009759D4" w:rsidP="006C2F26">
+    <w:p w14:paraId="0231F25B" w14:textId="77777777" w:rsidR="009759D4" w:rsidRPr="006C2F26" w:rsidRDefault="009759D4" w:rsidP="006C2F26">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C2F26">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Zarządzenia Prezydenta, pisma wewnętrzne, spotkania, regulamin organizacyjny i inne</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009759D4" w:rsidRPr="006C2F26" w:rsidRDefault="009759D4" w:rsidP="006C2F26">
+    <w:p w14:paraId="512B3299" w14:textId="5C0C52EE" w:rsidR="009759D4" w:rsidRPr="006C2F26" w:rsidRDefault="009759D4" w:rsidP="006C2F26">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C2F26">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Aktualne Zarządzenie Prezydenta </w:t>
       </w:r>
       <w:r w:rsidRPr="006C2F26">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Courier New"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
-        <w:t>w   sprawie  określenia  zasad  postępowania ze skargami i wnioskami kierowanymi do Urzędu Miejskiego Wrocławia oraz organizacji przyjmowania</w:t>
-[...5 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:t>w sprawie określenia zasad</w:t>
+      </w:r>
+      <w:r w:rsidR="00502DF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Courier New"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006C2F26">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Courier New"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
+        <w:t>postępowania ze skargami i wnioskami kierowanymi do Urzędu Miejskiego Wrocławia oraz organizacji przyjmowania</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C2F26">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C2F26">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Courier New"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
         <w:t>klientów w ramach skarg i wniosków</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009759D4" w:rsidRPr="006C2F26" w:rsidRDefault="009759D4" w:rsidP="006C2F26">
+    <w:p w14:paraId="0140F181" w14:textId="25C8ACBD" w:rsidR="009759D4" w:rsidRPr="006C2F26" w:rsidRDefault="009759D4" w:rsidP="006C2F26">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C2F26">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Deklaracja Środowiskowa [ Biuletyn Informacji Publicznej/Zintegrowany System Zarządzania]</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="009759D4" w:rsidRPr="006C2F26" w:rsidRDefault="009759D4" w:rsidP="006C2F26">
+        <w:t xml:space="preserve">Deklaracja Środowiskowa </w:t>
+      </w:r>
+      <w:r w:rsidR="004C1EC6" w:rsidRPr="006C2F26">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[Biuletyn</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C2F26">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Informacji Publicznej/Zintegrowany System Zarządzania]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="337D84C8" w14:textId="77777777" w:rsidR="009759D4" w:rsidRPr="006C2F26" w:rsidRDefault="009759D4" w:rsidP="006C2F26">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C2F26">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Uchwała nr XLIX/1221/13 Rady Miejskiej Wrocławia z dnia 17 października 2013 r. w sprawie nadania statutu Centrum Usług Informatycznych we Wrocławiu (Biuletyn Urzędowy Rady Miejskiej Wrocławia z 2013 r. poz. 407).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009759D4" w:rsidRPr="006C2F26" w:rsidRDefault="009759D4" w:rsidP="006C2F26">
+    <w:p w14:paraId="715BB8DB" w14:textId="77777777" w:rsidR="009759D4" w:rsidRPr="006C2F26" w:rsidRDefault="009759D4" w:rsidP="006C2F26">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C2F26">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Budżet Miasta Wrocławia,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009759D4" w:rsidRPr="006C2F26" w:rsidRDefault="009759D4" w:rsidP="006C2F26">
+    <w:p w14:paraId="66CFAAD8" w14:textId="661B8ED1" w:rsidR="009759D4" w:rsidRDefault="009759D4" w:rsidP="006C2F26">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:after="240" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C2F26">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Mapa procesów – Załącznik nr 1</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009759D4" w:rsidRPr="006C2F26" w:rsidRDefault="009759D4" w:rsidP="006C2F26">
+    <w:p w14:paraId="4A42E5BB" w14:textId="77777777" w:rsidR="004C1EC6" w:rsidRPr="006C2F26" w:rsidRDefault="004C1EC6" w:rsidP="004C1EC6">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="47DA1DAC" w14:textId="4DDDBFA9" w:rsidR="009759D4" w:rsidRDefault="009759D4" w:rsidP="00502DF7">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C2F26">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>WYKAZ ZMIAN:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00413CD8" w:rsidRPr="006C2F26" w:rsidRDefault="00413CD8" w:rsidP="006C2F26">
-[...198 lines deleted...]
-      <w:r w:rsidRPr="006C2F26">
+    <w:p w14:paraId="4F0E9F72" w14:textId="00B336EC" w:rsidR="00E033AB" w:rsidRDefault="00502DF7" w:rsidP="00EF5436">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="004B61FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.11.2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="237FF219" w14:textId="5D9D3B77" w:rsidR="00EF5436" w:rsidRPr="00EF5436" w:rsidRDefault="00EF5436" w:rsidP="00EF5436">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5436">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ROZDZIAŁ - </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF5436">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">POLITYKA ZINTEGROWANEGO SYSTEMU ORAZ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="548728C6" w14:textId="7E17FD2B" w:rsidR="00EF5436" w:rsidRDefault="00EF5436" w:rsidP="00EF5436">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5436">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>CELE ZINTEGROWANEGO SYSTEMU ZARZĄDZANIA</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79584FF5" w14:textId="0BE5D53D" w:rsidR="00EF5436" w:rsidRPr="00EF5436" w:rsidRDefault="00EF5436" w:rsidP="00EF5436">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">OPIS- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF5436">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Zmiana z Strategia Rozwoju Wrocławia „Strategia Wrocław 2030" na Strategia Rozwoju Wrocławia „Strategia Wrocław 2050”</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50D17FF0" w14:textId="3ECFF8CF" w:rsidR="00502DF7" w:rsidRDefault="00502DF7" w:rsidP="00EF5436">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ROZDZIAŁ – Załącznik 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76C8ED37" w14:textId="312AC0EF" w:rsidR="00E033AB" w:rsidRDefault="00502DF7" w:rsidP="00EF5436">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>OPIS –</w:t>
+      </w:r>
+      <w:r w:rsidR="005D737A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Z</w:t>
+      </w:r>
+      <w:r w:rsidR="00C104F9" w:rsidRPr="00C104F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">miana zapisu </w:t>
+      </w:r>
+      <w:r w:rsidR="004C1EC6" w:rsidRPr="00C104F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>na „</w:t>
+      </w:r>
+      <w:r w:rsidR="00C104F9" w:rsidRPr="00C104F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Strategia Wrocław 2050”</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C0E1547" w14:textId="2FC3FB31" w:rsidR="00EF5436" w:rsidRDefault="00EF5436" w:rsidP="00EF5436">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0C885B19" w14:textId="77777777" w:rsidR="004C1EC6" w:rsidRPr="006C2F26" w:rsidRDefault="004C1EC6" w:rsidP="00EF5436">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="439BC64B" w14:textId="77777777" w:rsidR="00EF5436" w:rsidRDefault="00040A7E" w:rsidP="00EF5436">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00040A7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Niniejszy dokument stanowi własność Urzędu Miejskiego Wrocławia. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B5D06D4" w14:textId="2A6F3DF7" w:rsidR="00040A7E" w:rsidRDefault="00040A7E" w:rsidP="00EF5436">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00040A7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Dokonywanie zmian dokumentu bez zgody zatwierdzającego oraz kopiowanie i rozpowszechnianie bez pisemnej akceptacji Prezydenta Wrocławia lub Pełnomocnika Prezydenta Wrocławia ds. Zintegrowanego Syste</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mu Zarządzania jest zabronione.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08A8E528" w14:textId="77777777" w:rsidR="00C104F9" w:rsidRDefault="00C104F9" w:rsidP="00EF5436">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7ADBC1E9" w14:textId="526BDA64" w:rsidR="006C2F26" w:rsidRDefault="006C2F26" w:rsidP="00DA59E6">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>OPIS - Dopisanie Departamentu Kultury i Sportu oraz Wydziału Bezpieczeństwa i Zarządzania Kryzysowego</w:t>
-[...125 lines deleted...]
-        <w:t>Niniejszy dokument stanowi własność Urzędu Miejskiego Wrocławia. Dokonywanie zmian dokumentu bez zgody zatwierdzającego oraz kopiowanie i rozpowszechnianie bez pisemnej akceptacji Prezydenta Wrocławia lub Pełnomocnika Prezydenta Wrocławia ds. Zintegrowanego Syste</w:t>
+        <w:t xml:space="preserve">Podpisane przez </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C2F26">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Pełnomocnik</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>mu Zarządzania jest zabronione.</w:t>
-[...10 lines deleted...]
-      </w:pPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="009C5FF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Prezydenta Wrocławia ds.</w:t>
+      </w:r>
+      <w:r w:rsidR="00C104F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C2F26">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Zintegrowanego Systemu Zarządzania</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Podpisane przez </w:t>
-[...8 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve"> dnia </w:t>
+      </w:r>
+      <w:r w:rsidR="00E033AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="004B61FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00E033AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.11.2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BAB121C" w14:textId="6B13B9E9" w:rsidR="006C2F26" w:rsidRPr="006C2F26" w:rsidRDefault="006C2F26" w:rsidP="006C2F26">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>a</w:t>
-[...41 lines deleted...]
-        <w:t>Podpisane przez PREZYDENTA WROCŁAWIA dnia 27.02.2025</w:t>
+        <w:t xml:space="preserve">Podpisane przez PREZYDENTA WROCŁAWIA dnia </w:t>
+      </w:r>
+      <w:r w:rsidR="00E033AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="004B61FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00E033AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.11.2025</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="006C2F26" w:rsidRPr="006C2F26" w:rsidSect="00F861A2">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="EE"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A10006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Unicode MS">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="0">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0F64225A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="36E0ACBA"/>
     <w:lvl w:ilvl="0" w:tplc="04150001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -2984,51 +3235,51 @@
     <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1">
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="15343349"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="799AAF5A"/>
     <w:lvl w:ilvl="0" w:tplc="04150001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3124,51 +3375,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3DBF7D80"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E6D8824C"/>
     <w:lvl w:ilvl="0" w:tplc="04150001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3264,51 +3515,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5400"/>
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="48EE1AA1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9B72F430"/>
     <w:lvl w:ilvl="0" w:tplc="04150001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="862" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1582" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -3377,51 +3628,51 @@
     <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5902" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6622" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="492253A9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="162E3444"/>
     <w:lvl w:ilvl="0" w:tplc="18D03590">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
@@ -3466,51 +3717,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4CB44909"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="567AEC66"/>
     <w:lvl w:ilvl="0" w:tplc="0415000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -3552,51 +3803,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4F966D08"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="24F2DB52"/>
     <w:lvl w:ilvl="0" w:tplc="04150001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -3665,51 +3916,51 @@
     <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="51027F1D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BE205F2A"/>
     <w:lvl w:ilvl="0" w:tplc="0415000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -3751,51 +4002,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="78A23948"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="98DEFB32"/>
     <w:lvl w:ilvl="0" w:tplc="04150001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3922,272 +4173,525 @@
   <w:num w:numId="3">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="8">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="9">
     <w:abstractNumId w:val="5"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:compat/>
+  <w:compat>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+  </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="004D1FCA"/>
     <w:rsid w:val="00040A7E"/>
     <w:rsid w:val="000E4AA6"/>
+    <w:rsid w:val="00312C67"/>
     <w:rsid w:val="00413CD8"/>
+    <w:rsid w:val="004B61FB"/>
+    <w:rsid w:val="004C1EC6"/>
     <w:rsid w:val="004D1FCA"/>
+    <w:rsid w:val="00502DF7"/>
+    <w:rsid w:val="005D737A"/>
     <w:rsid w:val="006C2F26"/>
     <w:rsid w:val="00797070"/>
     <w:rsid w:val="009759D4"/>
     <w:rsid w:val="009C5FF1"/>
     <w:rsid w:val="00A627EA"/>
+    <w:rsid w:val="00AB2BA6"/>
     <w:rsid w:val="00BB7214"/>
+    <w:rsid w:val="00C104F9"/>
+    <w:rsid w:val="00C76B16"/>
     <w:rsid w:val="00D6330A"/>
+    <w:rsid w:val="00D82ABD"/>
     <w:rsid w:val="00DA59E6"/>
+    <w:rsid w:val="00E033AB"/>
+    <w:rsid w:val="00EF5436"/>
     <w:rsid w:val="00F861A2"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="off"/>
+    <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pl-PL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="2F7E9646"/>
+  <w15:docId w15:val="{DB0E4219-6F4A-4CD0-B2B4-D9D9461B28A9}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="pl-PL" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...136 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normalny">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00F861A2"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Domylnaczcionkaakapitu">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Standardowy">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Bezlisty">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Akapitzlist">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normalny"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="004D1FCA"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
@@ -4236,51 +4740,51 @@
     <w:link w:val="Tekstpodstawowy"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="004D1FCA"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="font6">
     <w:name w:val="font6"/>
     <w:basedOn w:val="Normalny"/>
     <w:rsid w:val="004D1FCA"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:eastAsia="Arial Unicode MS" w:hAnsi="Verdana" w:cs="Arial Unicode MS"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="pl-PL"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="689572710">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="www.bip.um.wroc.pl" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motyw pakietu Office">
@@ -4548,65 +5052,65 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
-  <Words>1246</Words>
-  <Characters>7480</Characters>
+  <Words>1038</Words>
+  <Characters>6230</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>62</Lines>
-  <Paragraphs>17</Paragraphs>
+  <Lines>51</Lines>
+  <Paragraphs>14</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8709</CharactersWithSpaces>
+  <CharactersWithSpaces>7254</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>umalok01</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>