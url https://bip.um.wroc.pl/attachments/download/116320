--- v0 (2025-10-17)
+++ v1 (2025-11-09)
@@ -1,491 +1,481 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w:rsidR="002C53E8" w:rsidRPr="002C53E8" w:rsidRDefault="002C53E8" w:rsidP="002C53E8">
+    <w:p w14:paraId="7AE64D11" w14:textId="77777777" w:rsidR="002C53E8" w:rsidRPr="002C53E8" w:rsidRDefault="002C53E8" w:rsidP="002C53E8">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy2"/>
         <w:spacing w:line="24" w:lineRule="atLeast"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002C53E8">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>KSIĘGA ZINTEGROWANEGO SYSTEMU ZARZĄDZANIA</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002C53E8" w:rsidRPr="002C53E8" w:rsidRDefault="002C53E8" w:rsidP="002C53E8">
+    <w:p w14:paraId="70278321" w14:textId="395B55B6" w:rsidR="002C53E8" w:rsidRPr="009C75DF" w:rsidRDefault="002C53E8" w:rsidP="009C75DF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009C75DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sygnatura </w:t>
+      </w:r>
+      <w:r w:rsidR="009C75DF" w:rsidRPr="009C75DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>K-ZSZ-0141-001</w:t>
+      </w:r>
+      <w:r w:rsidR="009C75DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36DE6FDE" w14:textId="60037637" w:rsidR="00F861A2" w:rsidRPr="002C53E8" w:rsidRDefault="002C53E8" w:rsidP="009C75DF">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy2"/>
         <w:spacing w:line="24" w:lineRule="atLeast"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002C53E8">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>Sygnatura PD-ZSZ-0141-2</w:t>
-[...4 lines deleted...]
-        <w:pStyle w:val="Tekstpodstawowy2"/>
+        <w:t>Wersja nr 2</w:t>
+      </w:r>
+      <w:r w:rsidR="00F541BA">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E765A43" w14:textId="77777777" w:rsidR="002C53E8" w:rsidRPr="002C53E8" w:rsidRDefault="002C53E8" w:rsidP="002C53E8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="24" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C53E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Kluczowym czynnikiem służącym sprawnemu zaspokajaniu potrzeb mieszkańców jest efektywna administracja samorządowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D71822C" w14:textId="02E67605" w:rsidR="002C53E8" w:rsidRPr="002C53E8" w:rsidRDefault="002C53E8" w:rsidP="002C53E8">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="24" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C53E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Zintegrowany System Zarządzania Urzędem Miejskim Wrocławia obejmuje systemy: zarządzania jakością, zarządzania bezpieczeństwem i higieną pracy, zarządzania bezpieczeństwem informacji Zintegrowany System Zarządzania wspierany jest również przez system zarządzania projektami.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="369BB6EA" w14:textId="77777777" w:rsidR="002C53E8" w:rsidRPr="002C53E8" w:rsidRDefault="002C53E8" w:rsidP="002C53E8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="24" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C53E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>P O L I T Y K A ZINTEGROWANEGO SYSTEMU ZARZĄDZANIA</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0EC4FC43" w14:textId="77777777" w:rsidR="002C53E8" w:rsidRDefault="002C53E8" w:rsidP="002C53E8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="24" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C53E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Polityka Zintegrowanego Systemu Zarządzania Urzędu Miejskiego Wrocławia wynika z realizacji misji „Wrocław miastem mądrym, pięknym, zasobnym – miastem, które jednoczy i inspiruje”  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="360E543B" w14:textId="1E891398" w:rsidR="002C53E8" w:rsidRPr="002C53E8" w:rsidRDefault="002C53E8" w:rsidP="002C53E8">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="24" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C53E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>oraz strategii rozwoju Wrocławia „Strategia Wrocław 20</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC4433">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>50</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C53E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>”.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5EC2369F" w14:textId="77777777" w:rsidR="002C53E8" w:rsidRPr="002C53E8" w:rsidRDefault="002C53E8" w:rsidP="002C53E8">
+      <w:pPr>
         <w:spacing w:after="120" w:line="24" w:lineRule="atLeast"/>
-        <w:jc w:val="left"/>
-[...150 lines deleted...]
-        <w:spacing w:after="120" w:line="24" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002C53E8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Urząd Miejski Wrocławia dąży do doskonalenia i rozwoju działalności m.in. poprzez:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002C53E8" w:rsidRPr="002C53E8" w:rsidRDefault="002C53E8" w:rsidP="002C53E8">
+    <w:p w14:paraId="5BB64DC6" w14:textId="77777777" w:rsidR="002C53E8" w:rsidRPr="002C53E8" w:rsidRDefault="002C53E8" w:rsidP="002C53E8">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="426"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="24" w:lineRule="atLeast"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002C53E8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>dostosowanie struktury organizacyjnej wraz z jej zasobami do potrzeb klientów Urzędu;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002C53E8" w:rsidRPr="002C53E8" w:rsidRDefault="002C53E8" w:rsidP="002C53E8">
+    <w:p w14:paraId="7BD280DD" w14:textId="77777777" w:rsidR="002C53E8" w:rsidRPr="002C53E8" w:rsidRDefault="002C53E8" w:rsidP="002C53E8">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="426"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="24" w:lineRule="atLeast"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002C53E8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>zarządzanie procesowe – procedury i standardy świadczenia usług publicznych;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002C53E8" w:rsidRPr="002C53E8" w:rsidRDefault="002C53E8" w:rsidP="002C53E8">
+    <w:p w14:paraId="55A6999E" w14:textId="77777777" w:rsidR="002C53E8" w:rsidRPr="002C53E8" w:rsidRDefault="002C53E8" w:rsidP="002C53E8">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="426"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="24" w:lineRule="atLeast"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002C53E8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">zapewnienie udziału mieszkańców w zarządzaniu sprawami publicznymi i </w:t>
       </w:r>
       <w:r w:rsidRPr="002C53E8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>w tworzeniu strategii rozwoju miasta</w:t>
       </w:r>
       <w:r w:rsidRPr="002C53E8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002C53E8" w:rsidRPr="002C53E8" w:rsidRDefault="002C53E8" w:rsidP="002C53E8">
+    <w:p w14:paraId="73601BA3" w14:textId="77777777" w:rsidR="002C53E8" w:rsidRPr="002C53E8" w:rsidRDefault="002C53E8" w:rsidP="002C53E8">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="426"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="24" w:lineRule="atLeast"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002C53E8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>kompetentnych pracowników Urzędu, przestrzegających zasad etyki zawodowej;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002C53E8" w:rsidRPr="002C53E8" w:rsidRDefault="002C53E8" w:rsidP="002C53E8">
+    <w:p w14:paraId="491122DE" w14:textId="77777777" w:rsidR="002C53E8" w:rsidRPr="002C53E8" w:rsidRDefault="002C53E8" w:rsidP="002C53E8">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="426"/>
         </w:tabs>
         <w:spacing w:line="24" w:lineRule="atLeast"/>
         <w:ind w:left="425" w:hanging="425"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002C53E8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>podnoszenie świadomości i zaangażowania kierownictwa oraz pracowników Urzędu.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002C53E8" w:rsidRPr="002C53E8" w:rsidRDefault="002C53E8" w:rsidP="002C53E8">
+    <w:p w14:paraId="317372CB" w14:textId="77777777" w:rsidR="002C53E8" w:rsidRPr="002C53E8" w:rsidRDefault="002C53E8" w:rsidP="002C53E8">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="120" w:line="24" w:lineRule="atLeast"/>
         <w:ind w:left="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002C53E8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Prezydent Wrocławia deklaruje spełnienie wymagań przepisów prawa powszechnego i własnych, klientów, norm i wymagań wdrożonych systemów, a także zapewnienie niezbędnych zasobów i ciągłe doskonalenie Zintegrowanego Systemu Zarządzania.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002C53E8" w:rsidRPr="002C53E8" w:rsidRDefault="002C53E8" w:rsidP="002C53E8">
+    <w:p w14:paraId="3507AEE9" w14:textId="77777777" w:rsidR="002C53E8" w:rsidRPr="002C53E8" w:rsidRDefault="002C53E8" w:rsidP="002C53E8">
       <w:pPr>
         <w:spacing w:after="120" w:line="24" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002C53E8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Kierownictwo Urzędu zobowiązuje się do:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002C53E8" w:rsidRPr="002C53E8" w:rsidRDefault="002C53E8" w:rsidP="002C53E8">
+    <w:p w14:paraId="02CE0055" w14:textId="77777777" w:rsidR="002C53E8" w:rsidRPr="002C53E8" w:rsidRDefault="002C53E8" w:rsidP="002C53E8">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="num" w:pos="426"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="24" w:lineRule="atLeast"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002C53E8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve">zapewnienia bezpiecznych i higienicznych warunków </w:t>
-[...10 lines deleted...]
-        <w:t>pracy</w:t>
+        <w:t>zapewnienia bezpiecznych i higienicznych warunków pracy</w:t>
       </w:r>
       <w:r w:rsidRPr="002C53E8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> w celu ochrony życia i zdrowia ludzkiego zarówno </w:t>
       </w:r>
       <w:r w:rsidRPr="002C53E8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>poprzez</w:t>
       </w:r>
       <w:r w:rsidRPr="002C53E8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -534,444 +524,395 @@
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002C53E8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>w tym konsultacje i współudział pracowników oraz ich przedstawicieli</w:t>
       </w:r>
       <w:r w:rsidRPr="002C53E8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002C53E8" w:rsidRPr="002C53E8" w:rsidRDefault="002C53E8" w:rsidP="002C53E8">
-[...58 lines deleted...]
-    <w:p w:rsidR="002C53E8" w:rsidRPr="002C53E8" w:rsidRDefault="002C53E8" w:rsidP="002C53E8">
+    <w:p w14:paraId="037407B6" w14:textId="653A0F1D" w:rsidR="002C53E8" w:rsidRPr="002C53E8" w:rsidRDefault="002C53E8" w:rsidP="002C53E8">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="24" w:lineRule="atLeast"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002C53E8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>zapewnienia m.in.: poufności, integralności i dostępności</w:t>
       </w:r>
       <w:r w:rsidRPr="002C53E8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> informacji przetwarzanych w Urzędzie</w:t>
       </w:r>
       <w:r w:rsidRPr="002C53E8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> oraz </w:t>
-[...20 lines deleted...]
-    <w:p w:rsidR="002C53E8" w:rsidRPr="002C53E8" w:rsidRDefault="002C53E8" w:rsidP="002C53E8">
+        <w:t xml:space="preserve"> oraz rozliczalności działań wykonywanych z użyciem informacji</w:t>
+      </w:r>
+      <w:r w:rsidR="002B15EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="155886D8" w14:textId="7F62C9F0" w:rsidR="002C53E8" w:rsidRPr="002C53E8" w:rsidRDefault="002C53E8" w:rsidP="002C53E8">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="24" w:lineRule="atLeast"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002C53E8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Określenia podstawowych celów związanych ze Zintegrowanym Systemem Zarządzania</w:t>
       </w:r>
-    </w:p>
-    <w:p w:rsidR="002C53E8" w:rsidRPr="002C53E8" w:rsidRDefault="002C53E8" w:rsidP="002C53E8">
+      <w:r w:rsidR="002B15EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0039C904" w14:textId="2B8E51ED" w:rsidR="002C53E8" w:rsidRPr="002C53E8" w:rsidRDefault="002C53E8" w:rsidP="002C53E8">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="24" w:lineRule="atLeast"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002C53E8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Określenia ról i odpowiedzialności osób w zakresie Zintegrowanego Systemu Zarządzania,</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="002C53E8" w:rsidRPr="002C53E8" w:rsidRDefault="002C53E8" w:rsidP="002C53E8">
+        <w:t>Określenia ról i odpowiedzialności osób w zakresie Zintegrowanego Systemu Zarządzania</w:t>
+      </w:r>
+      <w:r w:rsidR="002B15EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43E148F0" w14:textId="0DE9B9B5" w:rsidR="002C53E8" w:rsidRPr="002C53E8" w:rsidRDefault="002C53E8" w:rsidP="002B15EF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="24" w:lineRule="atLeast"/>
-[...12 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="240" w:line="24" w:lineRule="atLeast"/>
+        <w:ind w:left="425" w:hanging="425"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C53E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Wskazania procesów oceny ryzyka związanych ze Zintegrowanym Systemem Zarządzania</w:t>
       </w:r>
-    </w:p>
-[...29 lines deleted...]
-    <w:p w:rsidR="002C53E8" w:rsidRPr="002C53E8" w:rsidRDefault="002C53E8" w:rsidP="002C53E8">
+      <w:r w:rsidR="002B15EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10CB0240" w14:textId="77777777" w:rsidR="002C53E8" w:rsidRPr="002C53E8" w:rsidRDefault="002C53E8" w:rsidP="002C53E8">
       <w:pPr>
         <w:spacing w:after="360" w:line="24" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002C53E8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Nadrzędnym celem działania Urzędu Miejskiego jest wzmacnianie kapitału społecznego, kreatywności i jakości życia we wszystkich miejscach i sferach funkcjonowania miasta, a miernikiem skuteczności tego działania jest zadowolenie klientów i pracowników Urzędu.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002C53E8" w:rsidRPr="002C53E8" w:rsidRDefault="002C53E8" w:rsidP="002C53E8">
+    <w:p w14:paraId="57221416" w14:textId="77777777" w:rsidR="002C53E8" w:rsidRPr="002C53E8" w:rsidRDefault="002C53E8" w:rsidP="002C53E8">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:spacing w:line="24" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002C53E8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>podpisano PREZYDENT WROCŁAWIA</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002C53E8" w:rsidRPr="002C53E8" w:rsidRDefault="002C53E8" w:rsidP="002C53E8">
+    <w:p w14:paraId="51696ABB" w14:textId="77777777" w:rsidR="002C53E8" w:rsidRPr="002C53E8" w:rsidRDefault="002C53E8" w:rsidP="002C53E8">
       <w:pPr>
         <w:spacing w:after="120" w:line="24" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002C53E8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Jacek Sutryk</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002C53E8" w:rsidRPr="002C53E8" w:rsidRDefault="002C53E8" w:rsidP="002C53E8">
+    <w:p w14:paraId="5430607F" w14:textId="27EA4AFF" w:rsidR="002C53E8" w:rsidRPr="002C53E8" w:rsidRDefault="002C53E8" w:rsidP="002C53E8">
       <w:pPr>
         <w:pStyle w:val="Nagwek2"/>
         <w:spacing w:line="24" w:lineRule="atLeast"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002C53E8">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>Wrocław,27.02.2025</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="002C53E8" w:rsidRPr="002C53E8" w:rsidRDefault="002C53E8" w:rsidP="002C53E8">
+        <w:t>Wrocław,</w:t>
+      </w:r>
+      <w:r w:rsidR="002B15EF">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="00452C86">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="002B15EF">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>.11.2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5EF2DCCC" w14:textId="77777777" w:rsidR="002C53E8" w:rsidRPr="002C53E8" w:rsidRDefault="002C53E8" w:rsidP="002C53E8">
       <w:pPr>
         <w:spacing w:after="0" w:line="24" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="002C53E8" w:rsidRPr="002C53E8" w:rsidSect="00F861A2">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="20002A87" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="EE"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A10006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="20002A87" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="0">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1AE626D5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0AD86592"/>
     <w:lvl w:ilvl="0" w:tplc="04150001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -1040,51 +981,51 @@
     <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1">
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="35EB49A0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="77DA5974"/>
     <w:lvl w:ilvl="0" w:tplc="0415000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="18667A44">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -1191,284 +1132,534 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:compat/>
+  <w:compat>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+  </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002C53E8"/>
     <w:rsid w:val="00024709"/>
+    <w:rsid w:val="00194CCB"/>
+    <w:rsid w:val="002B15EF"/>
     <w:rsid w:val="002C53E8"/>
+    <w:rsid w:val="00452C86"/>
+    <w:rsid w:val="00597923"/>
+    <w:rsid w:val="009C75DF"/>
+    <w:rsid w:val="00F541BA"/>
     <w:rsid w:val="00F861A2"/>
+    <w:rsid w:val="00FC4433"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="off"/>
+    <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pl-PL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="6DA28105"/>
+  <w15:docId w15:val="{66CDF06C-928A-49B1-8300-299659FD5551}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="pl-PL" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...136 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normalny">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00F861A2"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Nagwek2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normalny"/>
     <w:next w:val="Normalny"/>
     <w:link w:val="Nagwek2Znak"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="002C53E8"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="pl-PL"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Domylnaczcionkaakapitu">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Standardowy">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Bezlisty">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Tekstpodstawowy2">
     <w:name w:val="Body Text 2"/>
     <w:basedOn w:val="Normalny"/>
     <w:link w:val="Tekstpodstawowy2Znak"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="002C53E8"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -1523,57 +1714,72 @@
     <w:rsid w:val="002C53E8"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Nagwek2Znak">
     <w:name w:val="Nagłówek 2 Znak"/>
     <w:basedOn w:val="Domylnaczcionkaakapitu"/>
     <w:link w:val="Nagwek2"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="002C53E8"/>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="pl-PL"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:divs>
+    <w:div w:id="1432311783">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motyw pakietu Office">
   <a:themeElements>
     <a:clrScheme name="Pakiet Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -1815,55 +2021,72 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D4FBD3E3-0ABA-4FCE-8886-FC344C27172C}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>458</Words>
-  <Characters>2752</Characters>
+  <Words>372</Words>
+  <Characters>2236</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>22</Lines>
-  <Paragraphs>6</Paragraphs>
+  <Lines>18</Lines>
+  <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3204</CharactersWithSpaces>
+  <CharactersWithSpaces>2603</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>umalok01</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>