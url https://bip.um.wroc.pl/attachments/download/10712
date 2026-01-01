--- v0 (2025-10-21)
+++ v1 (2026-01-01)
@@ -999,55 +999,55 @@
         <w:t>Wykaz drzew i krzewów wnioskowanych do usunięcia</w:t>
       </w:r>
       <w:r w:rsidR="00536D04">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E01391">
         <w:br/>
       </w:r>
       <w:r w:rsidR="00DA2512" w:rsidRPr="00E01391">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(zgodny z załącznikiem 4 i/lub 5)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabela-Siatka"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2226"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="1800"/>
+        <w:gridCol w:w="2227"/>
+        <w:gridCol w:w="1770"/>
+        <w:gridCol w:w="1534"/>
+        <w:gridCol w:w="2045"/>
+        <w:gridCol w:w="1797"/>
       </w:tblGrid>
       <w:tr w:rsidR="004B0672" w14:paraId="146893F9" w14:textId="77777777" w:rsidTr="002240B1">
         <w:trPr>
           <w:trHeight w:val="1020"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2216" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="77CEFF02" w14:textId="77777777" w:rsidR="004B0672" w:rsidRPr="00DA2512" w:rsidRDefault="002240B1" w:rsidP="004B0672">
             <w:pPr>
               <w:pStyle w:val="Tekstpodstawowywcity1"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:position w:val="10"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002240B1">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:position w:val="10"/>
@@ -1090,67 +1090,92 @@
           <w:p w14:paraId="0B924098" w14:textId="77777777" w:rsidR="004B0672" w:rsidRPr="00DA2512" w:rsidRDefault="002240B1" w:rsidP="004B0672">
             <w:pPr>
               <w:pStyle w:val="Tekstpodstawowywcity1"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:position w:val="10"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002240B1">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:position w:val="10"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Obwód pnia drzewa**** (cm)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2049" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="04C4CD81" w14:textId="77777777" w:rsidR="004B0672" w:rsidRPr="00DA2512" w:rsidRDefault="002240B1" w:rsidP="004B0672">
+          <w:p w14:paraId="04C4CD81" w14:textId="5AAAF8D9" w:rsidR="004B0672" w:rsidRPr="00DA2512" w:rsidRDefault="002240B1" w:rsidP="004B0672">
             <w:pPr>
               <w:pStyle w:val="Tekstpodstawowywcity1"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:position w:val="10"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002240B1">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:position w:val="10"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Powierzchnia krzewu w rzucie poziomym (cm)</w:t>
+              <w:t>Powierzchnia krzewu w rzucie poziomym (</w:t>
+            </w:r>
+            <w:r w:rsidR="00583C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:position w:val="10"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>m</w:t>
+            </w:r>
+            <w:r w:rsidR="00583C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:position w:val="10"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002240B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:position w:val="10"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0D0C8FE1" w14:textId="77777777" w:rsidR="004B0672" w:rsidRPr="00DA2512" w:rsidRDefault="004B0672" w:rsidP="004B0672">
             <w:pPr>
               <w:pStyle w:val="Tekstpodstawowywcity1"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:position w:val="10"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DA2512">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:position w:val="10"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>N</w:t>
@@ -4022,58 +4047,58 @@
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002C1914">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Wersja z dnia 24 maja 2021 r. </w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="0010300E" w:rsidRPr="002C1914" w:rsidSect="00EE6579">
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="426" w:right="1106" w:bottom="0" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="36CFDF44" w14:textId="77777777" w:rsidR="00871ED2" w:rsidRDefault="00871ED2" w:rsidP="00AD4BDD">
+    <w:p w14:paraId="7D1CDB4E" w14:textId="77777777" w:rsidR="003A4F1A" w:rsidRDefault="003A4F1A" w:rsidP="00AD4BDD">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="40B2B536" w14:textId="77777777" w:rsidR="00871ED2" w:rsidRDefault="00871ED2" w:rsidP="00AD4BDD">
+    <w:p w14:paraId="0A8ACE94" w14:textId="77777777" w:rsidR="003A4F1A" w:rsidRDefault="003A4F1A" w:rsidP="00AD4BDD">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -4246,58 +4271,58 @@
         <w:noProof/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:t>5</w:t>
     </w:r>
     <w:r w:rsidR="00857A57" w:rsidRPr="00A96A7A">
       <w:rPr>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="18D81198" w14:textId="77777777" w:rsidR="00376849" w:rsidRDefault="00376849">
     <w:pPr>
       <w:pStyle w:val="Stopka"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6E485D6E" w14:textId="77777777" w:rsidR="00871ED2" w:rsidRDefault="00871ED2" w:rsidP="00AD4BDD">
+    <w:p w14:paraId="51F5C0E1" w14:textId="77777777" w:rsidR="003A4F1A" w:rsidRDefault="003A4F1A" w:rsidP="00AD4BDD">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3B1E546B" w14:textId="77777777" w:rsidR="00871ED2" w:rsidRDefault="00871ED2" w:rsidP="00AD4BDD">
+    <w:p w14:paraId="6F7AD316" w14:textId="77777777" w:rsidR="003A4F1A" w:rsidRDefault="003A4F1A" w:rsidP="00AD4BDD">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFFFE"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="6686A17A"/>
     <w:lvl w:ilvl="0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="*"/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="01D0358B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="434E60A2"/>
     <w:lvl w:ilvl="0" w:tplc="04150001">
@@ -8914,67 +8939,72 @@
     <w:abstractNumId w:val="25"/>
   </w:num>
   <w:num w:numId="41">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="42">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="43">
     <w:abstractNumId w:val="26"/>
   </w:num>
   <w:num w:numId="44">
     <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="45">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="46">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="110"/>
-  <w:documentProtection w:edit="readOnly" w:formatting="1" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="QdwyMj+/ddBtfhrTbk7lbv0WnucKWgLOv8F+Ru0QC+L0y80zVGSBnmeOdo+qeWhXMPpYJjEfb5hvmVZeiCWm4A==" w:salt="GzYxi/e6z1OtiB0W1l9qyQ=="/>
+  <w:zoom w:percent="180"/>
+  <w:proofState w:spelling="clean"/>
+  <w:documentProtection w:edit="readOnly" w:formatting="1" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="msM+yTkVMdUPp+xErQ6XnK9YMc8keZ+RB2ersPdQPvOGPWMBeCzUO/g1uBGDT54NpAG9aoDnbV0IW9elO8cwHg==" w:salt="5pkgPTyV3gfQABDiD4lLNw=="/>
   <w:defaultTabStop w:val="0"/>
   <w:hyphenationZone w:val="425"/>
   <w:doNotHyphenateCaps/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006339BF"/>
     <w:rsid w:val="00002CE0"/>
     <w:rsid w:val="000164F4"/>
     <w:rsid w:val="000222E6"/>
     <w:rsid w:val="00025FE6"/>
     <w:rsid w:val="0004207C"/>
     <w:rsid w:val="00042919"/>
     <w:rsid w:val="000448BD"/>
     <w:rsid w:val="00053213"/>
     <w:rsid w:val="000612B3"/>
     <w:rsid w:val="00064969"/>
     <w:rsid w:val="00066646"/>
     <w:rsid w:val="00072D16"/>
     <w:rsid w:val="000765ED"/>
     <w:rsid w:val="000A03DB"/>
     <w:rsid w:val="000B0E54"/>
     <w:rsid w:val="000B2781"/>
     <w:rsid w:val="000B7127"/>
     <w:rsid w:val="000C1B83"/>
     <w:rsid w:val="000C321D"/>
     <w:rsid w:val="000E0C26"/>
     <w:rsid w:val="000E282B"/>
     <w:rsid w:val="000E3432"/>
@@ -9032,50 +9062,51 @@
     <w:rsid w:val="0029428B"/>
     <w:rsid w:val="002969FD"/>
     <w:rsid w:val="002A07A5"/>
     <w:rsid w:val="002A4628"/>
     <w:rsid w:val="002B63E0"/>
     <w:rsid w:val="002C1914"/>
     <w:rsid w:val="002C2475"/>
     <w:rsid w:val="002C295F"/>
     <w:rsid w:val="002E2851"/>
     <w:rsid w:val="002F20D3"/>
     <w:rsid w:val="002F4B60"/>
     <w:rsid w:val="002F634C"/>
     <w:rsid w:val="002F790E"/>
     <w:rsid w:val="00315AEE"/>
     <w:rsid w:val="0032285D"/>
     <w:rsid w:val="00325135"/>
     <w:rsid w:val="00326E76"/>
     <w:rsid w:val="003326BE"/>
     <w:rsid w:val="00335F40"/>
     <w:rsid w:val="00360FBF"/>
     <w:rsid w:val="00362F4B"/>
     <w:rsid w:val="00376849"/>
     <w:rsid w:val="003A1397"/>
     <w:rsid w:val="003A2143"/>
     <w:rsid w:val="003A338C"/>
+    <w:rsid w:val="003A4F1A"/>
     <w:rsid w:val="003B45D9"/>
     <w:rsid w:val="003B5B78"/>
     <w:rsid w:val="003C2FA7"/>
     <w:rsid w:val="003D4755"/>
     <w:rsid w:val="003D73AB"/>
     <w:rsid w:val="003E7083"/>
     <w:rsid w:val="003F0FF4"/>
     <w:rsid w:val="00417437"/>
     <w:rsid w:val="004231D9"/>
     <w:rsid w:val="004232B5"/>
     <w:rsid w:val="00427CA3"/>
     <w:rsid w:val="00430433"/>
     <w:rsid w:val="0044505F"/>
     <w:rsid w:val="004477A3"/>
     <w:rsid w:val="004535F9"/>
     <w:rsid w:val="00454A5F"/>
     <w:rsid w:val="00461828"/>
     <w:rsid w:val="00476AA4"/>
     <w:rsid w:val="004844E3"/>
     <w:rsid w:val="00490543"/>
     <w:rsid w:val="004960F5"/>
     <w:rsid w:val="004A011B"/>
     <w:rsid w:val="004A1CE9"/>
     <w:rsid w:val="004B0672"/>
     <w:rsid w:val="004B15EB"/>
@@ -9084,50 +9115,51 @@
     <w:rsid w:val="004B56CD"/>
     <w:rsid w:val="004B70A1"/>
     <w:rsid w:val="004C0240"/>
     <w:rsid w:val="004C6122"/>
     <w:rsid w:val="004D036B"/>
     <w:rsid w:val="004E2364"/>
     <w:rsid w:val="004E4F84"/>
     <w:rsid w:val="004F3195"/>
     <w:rsid w:val="004F73FF"/>
     <w:rsid w:val="0050429C"/>
     <w:rsid w:val="00514108"/>
     <w:rsid w:val="00517178"/>
     <w:rsid w:val="00520539"/>
     <w:rsid w:val="00524CB2"/>
     <w:rsid w:val="00526AD1"/>
     <w:rsid w:val="00531A6B"/>
     <w:rsid w:val="00536D04"/>
     <w:rsid w:val="00543627"/>
     <w:rsid w:val="0056145A"/>
     <w:rsid w:val="00564AB6"/>
     <w:rsid w:val="00566B49"/>
     <w:rsid w:val="00566E5E"/>
     <w:rsid w:val="00580C9F"/>
     <w:rsid w:val="005821CA"/>
     <w:rsid w:val="00583A88"/>
+    <w:rsid w:val="00583C2E"/>
     <w:rsid w:val="0058746B"/>
     <w:rsid w:val="00593A8C"/>
     <w:rsid w:val="005A0375"/>
     <w:rsid w:val="005A35D3"/>
     <w:rsid w:val="005B4CAD"/>
     <w:rsid w:val="005B54F2"/>
     <w:rsid w:val="005E1AE9"/>
     <w:rsid w:val="005E468B"/>
     <w:rsid w:val="005E5F32"/>
     <w:rsid w:val="005F137C"/>
     <w:rsid w:val="005F74FC"/>
     <w:rsid w:val="00604F68"/>
     <w:rsid w:val="00610D59"/>
     <w:rsid w:val="00612508"/>
     <w:rsid w:val="00616362"/>
     <w:rsid w:val="00620FD3"/>
     <w:rsid w:val="00624566"/>
     <w:rsid w:val="006339BF"/>
     <w:rsid w:val="0063545C"/>
     <w:rsid w:val="006373A4"/>
     <w:rsid w:val="006549BE"/>
     <w:rsid w:val="00663A03"/>
     <w:rsid w:val="006671B4"/>
     <w:rsid w:val="0067044C"/>
     <w:rsid w:val="00672747"/>
@@ -9549,51 +9581,51 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:semiHidden="1" w:uiPriority="59" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>