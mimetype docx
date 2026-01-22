--- v0 (2025-10-07)
+++ v1 (2026-01-22)
@@ -111,836 +111,698 @@
         <w:ind w:left="4248" w:firstLine="708"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Urzędu Miejskiego Wrocławia</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7F6ED659" w14:textId="77777777" w:rsidR="00855090" w:rsidRDefault="00855090" w:rsidP="003B5E43">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="4248" w:firstLine="708"/>
       </w:pPr>
       <w:r>
         <w:t>pl. Nowy Targ 1-8     50-141 Wrocław</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A221429" w14:textId="77777777" w:rsidR="00F90A7C" w:rsidRPr="00827D1D" w:rsidRDefault="00F90A7C" w:rsidP="003B5E43">
+    <w:p w14:paraId="2F5BEA92" w14:textId="77777777" w:rsidR="00987FE4" w:rsidRPr="0066496D" w:rsidRDefault="00987FE4" w:rsidP="00987FE4">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9639" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="57" w:type="dxa"/>
           <w:left w:w="57" w:type="dxa"/>
           <w:bottom w:w="57" w:type="dxa"/>
           <w:right w:w="57" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="380"/>
         <w:gridCol w:w="9259"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00855090" w14:paraId="5DDCED0B" w14:textId="77777777">
+      <w:tr w:rsidR="00987FE4" w14:paraId="23109AB7" w14:textId="77777777" w:rsidTr="00380986">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="383" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="686C3E3C" w14:textId="77777777" w:rsidR="00855090" w:rsidRDefault="00855090" w:rsidP="003B5E43">
+          <w:p w14:paraId="7442B336" w14:textId="77777777" w:rsidR="00987FE4" w:rsidRDefault="00987FE4" w:rsidP="00380986">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="0" w:name="_Hlk134103720"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9360" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1B9C7FBB" w14:textId="77777777" w:rsidR="00855090" w:rsidRDefault="00855090" w:rsidP="003B5E43">
+          <w:p w14:paraId="3DE20618" w14:textId="77777777" w:rsidR="00987FE4" w:rsidRDefault="00987FE4" w:rsidP="00380986">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>DANE IDENTYFIKACYJNE INWESTORA</w:t>
-[...27 lines deleted...]
-              <w:t>*</w:t>
+              <w:t>DANE IDENTYFIKACYJNE INWESTORA* / WNIOSKODAWCY*</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkEnd w:id="0"/>
-      <w:tr w:rsidR="00855090" w14:paraId="375DF40B" w14:textId="77777777">
+      <w:tr w:rsidR="00987FE4" w14:paraId="20A8ECAF" w14:textId="77777777" w:rsidTr="00380986">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="284"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9743" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7F7E9D1A" w14:textId="77777777" w:rsidR="00855090" w:rsidRDefault="00855090" w:rsidP="003B5E43">
+          <w:p w14:paraId="4F0C29B5" w14:textId="77777777" w:rsidR="00987FE4" w:rsidRDefault="00987FE4" w:rsidP="00380986">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Imię i nazwisko lub nazwa instytucji</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00855090" w14:paraId="77702335" w14:textId="77777777" w:rsidTr="005C1BEE">
+      <w:tr w:rsidR="00987FE4" w14:paraId="2DDF4DAA" w14:textId="77777777" w:rsidTr="00380986">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9743" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2A681EBE" w14:textId="77777777" w:rsidR="00855090" w:rsidRDefault="00855090" w:rsidP="003B5E43">
+          <w:p w14:paraId="0B8CA695" w14:textId="77777777" w:rsidR="00987FE4" w:rsidRDefault="00987FE4" w:rsidP="00380986">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00855090" w14:paraId="3751D111" w14:textId="77777777">
+      <w:tr w:rsidR="00987FE4" w14:paraId="78DF5A29" w14:textId="77777777" w:rsidTr="00380986">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="284"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9743" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="24038D56" w14:textId="77777777" w:rsidR="00855090" w:rsidRDefault="00855090" w:rsidP="003B5E43">
+          <w:p w14:paraId="6AB33AB0" w14:textId="77777777" w:rsidR="00987FE4" w:rsidRDefault="00987FE4" w:rsidP="00380986">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve">Adres siedziby </w:t>
+              <w:t xml:space="preserve">Adres </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00855090" w14:paraId="3AF3F48A" w14:textId="77777777" w:rsidTr="00211B3F">
+      <w:tr w:rsidR="00987FE4" w14:paraId="17396C93" w14:textId="77777777" w:rsidTr="00380986">
         <w:trPr>
-          <w:trHeight w:val="1614"/>
+          <w:trHeight w:val="397"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9743" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:tbl>
             <w:tblPr>
               <w:tblStyle w:val="Tabela-Siatka"/>
               <w:tblW w:w="0" w:type="auto"/>
               <w:tblLayout w:type="fixed"/>
               <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="4903"/>
               <w:gridCol w:w="2268"/>
               <w:gridCol w:w="2339"/>
             </w:tblGrid>
-            <w:tr w:rsidR="00F90A7C" w:rsidRPr="00A54046" w14:paraId="6513ADD7" w14:textId="77777777" w:rsidTr="00C52C60">
+            <w:tr w:rsidR="00987FE4" w:rsidRPr="00A54046" w14:paraId="68041528" w14:textId="77777777" w:rsidTr="00380986">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4903" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="58CE5530" w14:textId="77777777" w:rsidR="00F90A7C" w:rsidRPr="00A54046" w:rsidRDefault="00F90A7C" w:rsidP="003B5E43">
+                <w:p w14:paraId="2B92CA23" w14:textId="77777777" w:rsidR="00987FE4" w:rsidRPr="00A54046" w:rsidRDefault="00987FE4" w:rsidP="00380986">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Kraj:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4607" w:type="dxa"/>
                   <w:gridSpan w:val="2"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="7EA6EE5F" w14:textId="77777777" w:rsidR="00F90A7C" w:rsidRPr="00A54046" w:rsidRDefault="00F90A7C" w:rsidP="003B5E43">
+                <w:p w14:paraId="39616247" w14:textId="77777777" w:rsidR="00987FE4" w:rsidRPr="00A54046" w:rsidRDefault="00987FE4" w:rsidP="00380986">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
-                    <w:t xml:space="preserve">Województwo: </w:t>
+                    <w:t>Województwo:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00F90A7C" w:rsidRPr="00A54046" w14:paraId="1A3027C7" w14:textId="77777777" w:rsidTr="00C52C60">
+            <w:tr w:rsidR="00987FE4" w:rsidRPr="00A54046" w14:paraId="3667EB13" w14:textId="77777777" w:rsidTr="00380986">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4903" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="3F0110B5" w14:textId="77777777" w:rsidR="00F90A7C" w:rsidRPr="00A54046" w:rsidRDefault="00F90A7C" w:rsidP="003B5E43">
+                <w:p w14:paraId="7FAC97CA" w14:textId="77777777" w:rsidR="00987FE4" w:rsidRPr="00A54046" w:rsidRDefault="00987FE4" w:rsidP="00380986">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Powiat:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4607" w:type="dxa"/>
                   <w:gridSpan w:val="2"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="26EAD668" w14:textId="77777777" w:rsidR="00F90A7C" w:rsidRPr="00A54046" w:rsidRDefault="00F90A7C" w:rsidP="003B5E43">
+                <w:p w14:paraId="1B480EAE" w14:textId="77777777" w:rsidR="00987FE4" w:rsidRPr="00A54046" w:rsidRDefault="00987FE4" w:rsidP="00380986">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Gmina:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00F90A7C" w:rsidRPr="00A54046" w14:paraId="4A62E7BA" w14:textId="77777777" w:rsidTr="00C52C60">
+            <w:tr w:rsidR="00987FE4" w:rsidRPr="00A54046" w14:paraId="3B8BD13C" w14:textId="77777777" w:rsidTr="00380986">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4903" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="4472C885" w14:textId="77777777" w:rsidR="00F90A7C" w:rsidRPr="00A54046" w:rsidRDefault="00F90A7C" w:rsidP="003B5E43">
+                <w:p w14:paraId="4BB204C7" w14:textId="77777777" w:rsidR="00987FE4" w:rsidRPr="00A54046" w:rsidRDefault="00987FE4" w:rsidP="00380986">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Ulica:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2268" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="02837E3F" w14:textId="77777777" w:rsidR="00F90A7C" w:rsidRPr="00A54046" w:rsidRDefault="00F90A7C" w:rsidP="003B5E43">
+                <w:p w14:paraId="076E2E13" w14:textId="77777777" w:rsidR="00987FE4" w:rsidRPr="00A54046" w:rsidRDefault="00987FE4" w:rsidP="00380986">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Nr domu:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2339" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="098EE7E5" w14:textId="77777777" w:rsidR="00F90A7C" w:rsidRPr="00A54046" w:rsidRDefault="00F90A7C" w:rsidP="003B5E43">
+                <w:p w14:paraId="28EA31F8" w14:textId="77777777" w:rsidR="00987FE4" w:rsidRPr="00A54046" w:rsidRDefault="00987FE4" w:rsidP="00380986">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Nr lokalu:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00F90A7C" w:rsidRPr="00A54046" w14:paraId="765867B1" w14:textId="77777777" w:rsidTr="00C52C60">
+            <w:tr w:rsidR="00987FE4" w:rsidRPr="00A54046" w14:paraId="31514928" w14:textId="77777777" w:rsidTr="00380986">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4903" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="4F60A97F" w14:textId="77777777" w:rsidR="00F90A7C" w:rsidRPr="00A54046" w:rsidRDefault="00F90A7C" w:rsidP="003B5E43">
+                <w:p w14:paraId="7DE6B1FA" w14:textId="77777777" w:rsidR="00987FE4" w:rsidRPr="00A54046" w:rsidRDefault="00987FE4" w:rsidP="00380986">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Miejscowość:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4607" w:type="dxa"/>
                   <w:gridSpan w:val="2"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="4A533D03" w14:textId="77777777" w:rsidR="00F90A7C" w:rsidRPr="00A54046" w:rsidRDefault="00F90A7C" w:rsidP="003B5E43">
+                <w:p w14:paraId="1646B317" w14:textId="77777777" w:rsidR="00987FE4" w:rsidRPr="00A54046" w:rsidRDefault="00987FE4" w:rsidP="00380986">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Kod pocztowy:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00F90A7C" w:rsidRPr="00A54046" w14:paraId="2A8FF2B9" w14:textId="77777777" w:rsidTr="00C52C60">
+            <w:tr w:rsidR="00987FE4" w:rsidRPr="00F84673" w14:paraId="0606F069" w14:textId="77777777" w:rsidTr="00380986">
+              <w:trPr>
+                <w:trHeight w:val="499"/>
+              </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4903" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="388ED5B5" w14:textId="77777777" w:rsidR="00F90A7C" w:rsidRPr="00A54046" w:rsidRDefault="00F90A7C" w:rsidP="003B5E43">
+                <w:p w14:paraId="1670482B" w14:textId="6118C17E" w:rsidR="00987FE4" w:rsidRPr="00F84673" w:rsidRDefault="0006532C" w:rsidP="00380986">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="00A54046">
-[...5 lines deleted...]
-                    <w:t>E-mail</w:t>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Arial Unicode MS"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>Adres do doręczeń elektronicznych (E-doręczenia):</w:t>
                   </w:r>
-                  <w:r w:rsidRPr="00A54046">
+                  <w:r w:rsidR="00987FE4" w:rsidRPr="00F84673">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                       <w:vertAlign w:val="superscript"/>
                     </w:rPr>
                     <w:endnoteReference w:id="1"/>
-                  </w:r>
-[...6 lines deleted...]
-                    <w:t>:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4607" w:type="dxa"/>
                   <w:gridSpan w:val="2"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="5AA94384" w14:textId="77777777" w:rsidR="00F90A7C" w:rsidRPr="00A54046" w:rsidRDefault="00F90A7C" w:rsidP="003B5E43">
+                <w:p w14:paraId="6C8D5BC8" w14:textId="77777777" w:rsidR="00987FE4" w:rsidRPr="00F84673" w:rsidRDefault="00987FE4" w:rsidP="00380986">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="00A54046">
-[...5 lines deleted...]
-                    <w:t>Nr tel.</w:t>
+                  <w:r w:rsidRPr="00F84673">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times New Roman"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>Nr tel.:</w:t>
                   </w:r>
-                  <w:r w:rsidRPr="00A54046">
-[...88 lines deleted...]
-                      <w:vertAlign w:val="superscript"/>
+                  <w:r>
+                    <w:rPr>
+                      <w:rStyle w:val="Odwoanieprzypisukocowego"/>
+                      <w:rFonts w:eastAsia="Times New Roman"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:endnoteReference w:id="2"/>
-                  </w:r>
-[...6 lines deleted...]
-                    <w:t>:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
-          <w:p w14:paraId="2D874F24" w14:textId="77777777" w:rsidR="00855090" w:rsidRDefault="00855090" w:rsidP="003B5E43">
+          <w:p w14:paraId="53419D39" w14:textId="77777777" w:rsidR="00987FE4" w:rsidRDefault="00987FE4" w:rsidP="00380986">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3BF93184" w14:textId="77777777" w:rsidR="00855090" w:rsidRPr="00827D1D" w:rsidRDefault="00855090" w:rsidP="003B5E43">
+    <w:p w14:paraId="11070737" w14:textId="77777777" w:rsidR="00987FE4" w:rsidRDefault="00987FE4" w:rsidP="00987FE4">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9639" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="57" w:type="dxa"/>
           <w:left w:w="57" w:type="dxa"/>
           <w:bottom w:w="57" w:type="dxa"/>
           <w:right w:w="57" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="380"/>
         <w:gridCol w:w="9259"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002E09CB" w:rsidRPr="00A54046" w14:paraId="0AAFCE79" w14:textId="77777777" w:rsidTr="00C52C60">
+      <w:tr w:rsidR="00987FE4" w:rsidRPr="00A54046" w14:paraId="729F2232" w14:textId="77777777" w:rsidTr="00380986">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="380" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="61ED778F" w14:textId="77777777" w:rsidR="002E09CB" w:rsidRPr="00A54046" w:rsidRDefault="002E09CB" w:rsidP="003B5E43">
+          <w:p w14:paraId="55AC8B37" w14:textId="77777777" w:rsidR="00987FE4" w:rsidRPr="00A54046" w:rsidRDefault="00987FE4" w:rsidP="00380986">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="1" w:name="_Hlk134097935"/>
             <w:r w:rsidRPr="00A54046">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>B</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9259" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6E108449" w14:textId="77777777" w:rsidR="002E09CB" w:rsidRPr="00A54046" w:rsidRDefault="002E09CB" w:rsidP="003B5E43">
+          <w:p w14:paraId="5765ACB3" w14:textId="77777777" w:rsidR="00987FE4" w:rsidRPr="00A54046" w:rsidRDefault="00987FE4" w:rsidP="00380986">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A54046">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>DANE</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> INWESTORA* /</w:t>
             </w:r>
             <w:r w:rsidRPr="00A54046">
@@ -948,2284 +810,1837 @@
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> WNIOSKODAWCY</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
             <w:r w:rsidRPr="00A54046">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> DO KORESPONDENCJI</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E09CB" w:rsidRPr="00A54046" w14:paraId="69279D57" w14:textId="77777777" w:rsidTr="00C52C60">
+      <w:tr w:rsidR="00987FE4" w:rsidRPr="00A54046" w14:paraId="531EB8FC" w14:textId="77777777" w:rsidTr="00380986">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="284"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9639" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1590A571" w14:textId="77777777" w:rsidR="002E09CB" w:rsidRPr="00A54046" w:rsidRDefault="002E09CB" w:rsidP="003B5E43">
+          <w:p w14:paraId="5DEFC9D4" w14:textId="77777777" w:rsidR="00987FE4" w:rsidRPr="00A54046" w:rsidRDefault="00987FE4" w:rsidP="00380986">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A54046">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Wypełnia się, jeżeli adres do korespondencji </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">inwestora / </w:t>
             </w:r>
             <w:r w:rsidRPr="00A54046">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>wnioskodawcy jest inny niż wskazany w pkt A</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E09CB" w:rsidRPr="00A54046" w14:paraId="588DF9CF" w14:textId="77777777" w:rsidTr="00827D1D">
+      <w:tr w:rsidR="00987FE4" w:rsidRPr="00A54046" w14:paraId="31C26DCD" w14:textId="77777777" w:rsidTr="00380986">
         <w:trPr>
-          <w:trHeight w:val="1640"/>
+          <w:trHeight w:val="397"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9639" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:tbl>
             <w:tblPr>
               <w:tblStyle w:val="Tabela-Siatka"/>
               <w:tblW w:w="0" w:type="auto"/>
               <w:tblLayout w:type="fixed"/>
               <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="4903"/>
               <w:gridCol w:w="2268"/>
               <w:gridCol w:w="2339"/>
             </w:tblGrid>
-            <w:tr w:rsidR="002E09CB" w:rsidRPr="00A54046" w14:paraId="6B869FCC" w14:textId="77777777" w:rsidTr="00C52C60">
+            <w:tr w:rsidR="00987FE4" w:rsidRPr="00A54046" w14:paraId="595AE00E" w14:textId="77777777" w:rsidTr="00380986">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4903" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="2FCC02C6" w14:textId="77777777" w:rsidR="002E09CB" w:rsidRPr="00A54046" w:rsidRDefault="002E09CB" w:rsidP="003B5E43">
+                <w:p w14:paraId="5CAB75C2" w14:textId="77777777" w:rsidR="00987FE4" w:rsidRPr="00A54046" w:rsidRDefault="00987FE4" w:rsidP="00380986">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Kraj:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4607" w:type="dxa"/>
                   <w:gridSpan w:val="2"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="40933C8C" w14:textId="77777777" w:rsidR="002E09CB" w:rsidRPr="00A54046" w:rsidRDefault="002E09CB" w:rsidP="003B5E43">
+                <w:p w14:paraId="38D187FE" w14:textId="77777777" w:rsidR="00987FE4" w:rsidRPr="00A54046" w:rsidRDefault="00987FE4" w:rsidP="00380986">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
-                    <w:t xml:space="preserve">Województwo: </w:t>
+                    <w:t>Województwo:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="002E09CB" w:rsidRPr="00A54046" w14:paraId="4D553467" w14:textId="77777777" w:rsidTr="00C52C60">
+            <w:tr w:rsidR="00987FE4" w:rsidRPr="00A54046" w14:paraId="6895A430" w14:textId="77777777" w:rsidTr="00380986">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4903" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="26AD4641" w14:textId="77777777" w:rsidR="002E09CB" w:rsidRPr="00A54046" w:rsidRDefault="002E09CB" w:rsidP="003B5E43">
+                <w:p w14:paraId="0E526F8D" w14:textId="77777777" w:rsidR="00987FE4" w:rsidRPr="00A54046" w:rsidRDefault="00987FE4" w:rsidP="00380986">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Powiat:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4607" w:type="dxa"/>
                   <w:gridSpan w:val="2"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="606CE9E1" w14:textId="77777777" w:rsidR="002E09CB" w:rsidRPr="00A54046" w:rsidRDefault="002E09CB" w:rsidP="003B5E43">
+                <w:p w14:paraId="0B8E2E5F" w14:textId="77777777" w:rsidR="00987FE4" w:rsidRPr="00A54046" w:rsidRDefault="00987FE4" w:rsidP="00380986">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Gmina:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="002E09CB" w:rsidRPr="00A54046" w14:paraId="482303D3" w14:textId="77777777" w:rsidTr="00C52C60">
+            <w:tr w:rsidR="00987FE4" w:rsidRPr="00A54046" w14:paraId="0F556C65" w14:textId="77777777" w:rsidTr="00380986">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4903" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="58C84130" w14:textId="77777777" w:rsidR="002E09CB" w:rsidRPr="00A54046" w:rsidRDefault="002E09CB" w:rsidP="003B5E43">
+                <w:p w14:paraId="4FC8AFAF" w14:textId="77777777" w:rsidR="00987FE4" w:rsidRPr="00A54046" w:rsidRDefault="00987FE4" w:rsidP="00380986">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Ulica:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2268" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="1579AC40" w14:textId="77777777" w:rsidR="002E09CB" w:rsidRPr="00A54046" w:rsidRDefault="002E09CB" w:rsidP="003B5E43">
+                <w:p w14:paraId="6108BC24" w14:textId="77777777" w:rsidR="00987FE4" w:rsidRPr="00A54046" w:rsidRDefault="00987FE4" w:rsidP="00380986">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Nr domu:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2339" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="77D1D69C" w14:textId="77777777" w:rsidR="002E09CB" w:rsidRPr="00A54046" w:rsidRDefault="002E09CB" w:rsidP="003B5E43">
+                <w:p w14:paraId="27269CAD" w14:textId="77777777" w:rsidR="00987FE4" w:rsidRPr="00A54046" w:rsidRDefault="00987FE4" w:rsidP="00380986">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Nr lokalu:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="002E09CB" w:rsidRPr="00A54046" w14:paraId="578B908F" w14:textId="77777777" w:rsidTr="00C52C60">
+            <w:tr w:rsidR="00987FE4" w:rsidRPr="00A54046" w14:paraId="1677A802" w14:textId="77777777" w:rsidTr="00380986">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4903" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="025697E3" w14:textId="77777777" w:rsidR="002E09CB" w:rsidRPr="00A54046" w:rsidRDefault="002E09CB" w:rsidP="003B5E43">
+                <w:p w14:paraId="5B2C2679" w14:textId="77777777" w:rsidR="00987FE4" w:rsidRPr="00A54046" w:rsidRDefault="00987FE4" w:rsidP="00380986">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Miejscowość:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4607" w:type="dxa"/>
                   <w:gridSpan w:val="2"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="4F0D97F6" w14:textId="77777777" w:rsidR="002E09CB" w:rsidRPr="00A54046" w:rsidRDefault="002E09CB" w:rsidP="003B5E43">
+                <w:p w14:paraId="47CCCA3F" w14:textId="77777777" w:rsidR="00987FE4" w:rsidRPr="00A54046" w:rsidRDefault="00987FE4" w:rsidP="00380986">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Kod pocztowy:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="002E09CB" w:rsidRPr="00A54046" w14:paraId="09B1969D" w14:textId="77777777" w:rsidTr="00C52C60">
-[...177 lines deleted...]
-            </w:tr>
           </w:tbl>
-          <w:p w14:paraId="0FA21861" w14:textId="77777777" w:rsidR="002E09CB" w:rsidRPr="00A54046" w:rsidRDefault="002E09CB" w:rsidP="003B5E43">
+          <w:p w14:paraId="07751565" w14:textId="77777777" w:rsidR="00987FE4" w:rsidRPr="00A54046" w:rsidRDefault="00987FE4" w:rsidP="00380986">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkEnd w:id="1"/>
     </w:tbl>
-    <w:p w14:paraId="59B5595B" w14:textId="77777777" w:rsidR="002E09CB" w:rsidRPr="00827D1D" w:rsidRDefault="002E09CB" w:rsidP="003B5E43">
+    <w:p w14:paraId="0AFB2E76" w14:textId="77777777" w:rsidR="00987FE4" w:rsidRDefault="00987FE4" w:rsidP="00987FE4">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...3 lines deleted...]
-        </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9639" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="57" w:type="dxa"/>
           <w:left w:w="57" w:type="dxa"/>
           <w:bottom w:w="57" w:type="dxa"/>
           <w:right w:w="57" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="380"/>
         <w:gridCol w:w="9259"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FA4B4A" w:rsidRPr="00A54046" w14:paraId="66C7EE31" w14:textId="77777777" w:rsidTr="007F0543">
+      <w:tr w:rsidR="00987FE4" w:rsidRPr="00A54046" w14:paraId="4460BCAE" w14:textId="77777777" w:rsidTr="00380986">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="380" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1D31EC20" w14:textId="77777777" w:rsidR="00FA4B4A" w:rsidRPr="00A54046" w:rsidRDefault="00FA4B4A" w:rsidP="003B5E43">
+          <w:p w14:paraId="6132284D" w14:textId="77777777" w:rsidR="00987FE4" w:rsidRPr="00A54046" w:rsidRDefault="00987FE4" w:rsidP="00380986">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="2" w:name="_Hlk134098041"/>
             <w:r w:rsidRPr="00A54046">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>C</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9259" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1F3C48F7" w14:textId="77777777" w:rsidR="00FA4B4A" w:rsidRPr="00A54046" w:rsidRDefault="00FA4B4A" w:rsidP="003B5E43">
+          <w:p w14:paraId="5C40FE18" w14:textId="77777777" w:rsidR="00987FE4" w:rsidRPr="00A54046" w:rsidRDefault="00987FE4" w:rsidP="00380986">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A54046">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>DANE IDENTYFIKACYJNE PEŁNOMOCNIKA</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FA4B4A" w:rsidRPr="00A54046" w14:paraId="511AA89E" w14:textId="77777777" w:rsidTr="007F0543">
+      <w:tr w:rsidR="00987FE4" w:rsidRPr="00A54046" w14:paraId="1CD8C824" w14:textId="77777777" w:rsidTr="00380986">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="284"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9639" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1F09AC10" w14:textId="77777777" w:rsidR="00FA4B4A" w:rsidRPr="00A54046" w:rsidRDefault="00FA4B4A" w:rsidP="003B5E43">
+          <w:p w14:paraId="4E333082" w14:textId="585BAFC9" w:rsidR="00987FE4" w:rsidRPr="00A54046" w:rsidRDefault="00987FE4" w:rsidP="00380986">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A54046">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Wypełnia się, jeżeli </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">inwestor / </w:t>
             </w:r>
             <w:r w:rsidRPr="00A54046">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>wnioskodawca ustanowił pełnomocnika lub pełnomocnika do doręczeń</w:t>
+              <w:t xml:space="preserve">wnioskodawca ustanowił pełnomocnika </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FA4B4A" w:rsidRPr="00A54046" w14:paraId="1B181DC5" w14:textId="77777777" w:rsidTr="005C1BEE">
+      <w:tr w:rsidR="00987FE4" w:rsidRPr="00A54046" w14:paraId="0B7AC9BE" w14:textId="77777777" w:rsidTr="00380986">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9639" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="06C3A831" w14:textId="77777777" w:rsidR="00FA4B4A" w:rsidRPr="00A54046" w:rsidRDefault="00FA4B4A" w:rsidP="003B5E43">
+          <w:p w14:paraId="4382C98C" w14:textId="77777777" w:rsidR="00987FE4" w:rsidRPr="00A54046" w:rsidRDefault="00987FE4" w:rsidP="00380986">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A54046">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Imię i nazwisko</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FA4B4A" w:rsidRPr="00A54046" w14:paraId="0E4C6483" w14:textId="77777777" w:rsidTr="00827D1D">
+      <w:tr w:rsidR="00987FE4" w:rsidRPr="00A54046" w14:paraId="5392B2CE" w14:textId="77777777" w:rsidTr="00380986">
         <w:trPr>
-          <w:trHeight w:val="1641"/>
+          <w:trHeight w:val="1559"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9639" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:tbl>
             <w:tblPr>
               <w:tblStyle w:val="Tabela-Siatka"/>
               <w:tblW w:w="0" w:type="auto"/>
               <w:tblLayout w:type="fixed"/>
               <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="4903"/>
               <w:gridCol w:w="2268"/>
               <w:gridCol w:w="2339"/>
             </w:tblGrid>
-            <w:tr w:rsidR="00FA4B4A" w:rsidRPr="00A54046" w14:paraId="31F5F060" w14:textId="77777777" w:rsidTr="007F0543">
+            <w:tr w:rsidR="00987FE4" w:rsidRPr="00A54046" w14:paraId="1DB198E9" w14:textId="77777777" w:rsidTr="00380986">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4903" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="073ACA5D" w14:textId="77777777" w:rsidR="00FA4B4A" w:rsidRPr="00A54046" w:rsidRDefault="00FA4B4A" w:rsidP="003B5E43">
+                <w:p w14:paraId="009A3540" w14:textId="77777777" w:rsidR="00987FE4" w:rsidRPr="00A54046" w:rsidRDefault="00987FE4" w:rsidP="00380986">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Kraj:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4607" w:type="dxa"/>
                   <w:gridSpan w:val="2"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="7572034F" w14:textId="77777777" w:rsidR="00FA4B4A" w:rsidRPr="00A54046" w:rsidRDefault="00FA4B4A" w:rsidP="003B5E43">
+                <w:p w14:paraId="36F986B5" w14:textId="77777777" w:rsidR="00987FE4" w:rsidRPr="00A54046" w:rsidRDefault="00987FE4" w:rsidP="00380986">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Województwo:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00FA4B4A" w:rsidRPr="00A54046" w14:paraId="4812AFCE" w14:textId="77777777" w:rsidTr="007F0543">
+            <w:tr w:rsidR="00987FE4" w:rsidRPr="00A54046" w14:paraId="59842319" w14:textId="77777777" w:rsidTr="00380986">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4903" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="43136452" w14:textId="77777777" w:rsidR="00FA4B4A" w:rsidRPr="00A54046" w:rsidRDefault="00FA4B4A" w:rsidP="003B5E43">
+                <w:p w14:paraId="4143E8B4" w14:textId="77777777" w:rsidR="00987FE4" w:rsidRPr="00A54046" w:rsidRDefault="00987FE4" w:rsidP="00380986">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Powiat:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4607" w:type="dxa"/>
                   <w:gridSpan w:val="2"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="59FC88A3" w14:textId="77777777" w:rsidR="00FA4B4A" w:rsidRPr="00A54046" w:rsidRDefault="00FA4B4A" w:rsidP="003B5E43">
+                <w:p w14:paraId="654314DC" w14:textId="77777777" w:rsidR="00987FE4" w:rsidRPr="00A54046" w:rsidRDefault="00987FE4" w:rsidP="00380986">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Gmina:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00FA4B4A" w:rsidRPr="00A54046" w14:paraId="770C44D0" w14:textId="77777777" w:rsidTr="007F0543">
+            <w:tr w:rsidR="00987FE4" w:rsidRPr="00A54046" w14:paraId="57A14794" w14:textId="77777777" w:rsidTr="00380986">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4903" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="0FEF3C78" w14:textId="77777777" w:rsidR="00FA4B4A" w:rsidRPr="00A54046" w:rsidRDefault="00FA4B4A" w:rsidP="003B5E43">
+                <w:p w14:paraId="3D43547E" w14:textId="77777777" w:rsidR="00987FE4" w:rsidRPr="00A54046" w:rsidRDefault="00987FE4" w:rsidP="00380986">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Ulica:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2268" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="67EF77C5" w14:textId="77777777" w:rsidR="00FA4B4A" w:rsidRPr="00A54046" w:rsidRDefault="00FA4B4A" w:rsidP="003B5E43">
+                <w:p w14:paraId="5B0D3A84" w14:textId="77777777" w:rsidR="00987FE4" w:rsidRPr="00A54046" w:rsidRDefault="00987FE4" w:rsidP="00380986">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Nr domu:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2339" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="68D2B8E6" w14:textId="77777777" w:rsidR="00FA4B4A" w:rsidRPr="00A54046" w:rsidRDefault="00FA4B4A" w:rsidP="003B5E43">
+                <w:p w14:paraId="258AC481" w14:textId="77777777" w:rsidR="00987FE4" w:rsidRPr="00A54046" w:rsidRDefault="00987FE4" w:rsidP="00380986">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Nr lokalu:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00FA4B4A" w:rsidRPr="00A54046" w14:paraId="3B1A9CC9" w14:textId="77777777" w:rsidTr="007F0543">
+            <w:tr w:rsidR="00987FE4" w:rsidRPr="00A54046" w14:paraId="41E35FB7" w14:textId="77777777" w:rsidTr="00380986">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4903" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="2CB8EA08" w14:textId="77777777" w:rsidR="00FA4B4A" w:rsidRPr="00A54046" w:rsidRDefault="00FA4B4A" w:rsidP="003B5E43">
+                <w:p w14:paraId="6143D3E0" w14:textId="77777777" w:rsidR="00987FE4" w:rsidRPr="00A54046" w:rsidRDefault="00987FE4" w:rsidP="00380986">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Miejscowość:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4607" w:type="dxa"/>
                   <w:gridSpan w:val="2"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="4CF70228" w14:textId="77777777" w:rsidR="00FA4B4A" w:rsidRPr="00A54046" w:rsidRDefault="00FA4B4A" w:rsidP="003B5E43">
+                <w:p w14:paraId="022433C9" w14:textId="77777777" w:rsidR="00987FE4" w:rsidRPr="00A54046" w:rsidRDefault="00987FE4" w:rsidP="00380986">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Kod pocztowy:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00FA4B4A" w:rsidRPr="00A54046" w14:paraId="22C8DBA4" w14:textId="77777777" w:rsidTr="007F0543">
+            <w:tr w:rsidR="00987FE4" w:rsidRPr="00F84673" w14:paraId="0A66AC36" w14:textId="77777777" w:rsidTr="00380986">
+              <w:trPr>
+                <w:trHeight w:val="499"/>
+              </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4903" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="06FDA636" w14:textId="77777777" w:rsidR="00FA4B4A" w:rsidRPr="00A54046" w:rsidRDefault="00FA4B4A" w:rsidP="003B5E43">
+                <w:p w14:paraId="4ADBC414" w14:textId="540ED61C" w:rsidR="00987FE4" w:rsidRPr="00F84673" w:rsidRDefault="0006532C" w:rsidP="00380986">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="00A54046">
-[...5 lines deleted...]
-                    <w:t>E-mail</w:t>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Arial Unicode MS"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>Adres do doręczeń elektronicznych (E-doręczenia):</w:t>
                   </w:r>
-                  <w:r w:rsidRPr="00A54046">
+                  <w:r w:rsidR="00987FE4">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                       <w:vertAlign w:val="superscript"/>
                     </w:rPr>
                     <w:t>1</w:t>
-                  </w:r>
-[...6 lines deleted...]
-                    <w:t>:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4607" w:type="dxa"/>
                   <w:gridSpan w:val="2"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="4BDE1B44" w14:textId="77777777" w:rsidR="00FA4B4A" w:rsidRPr="00A54046" w:rsidRDefault="00FA4B4A" w:rsidP="003B5E43">
+                <w:p w14:paraId="6BFE0084" w14:textId="1513D295" w:rsidR="00987FE4" w:rsidRPr="00F84673" w:rsidRDefault="00987FE4" w:rsidP="00380986">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="00A54046">
-[...55 lines deleted...]
-                    <w:t>Adres skr</w:t>
+                  <w:r w:rsidRPr="00F84673">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times New Roman"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>Nr tel.:</w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
-                    </w:rPr>
-[...32 lines deleted...]
-                      <w:szCs w:val="16"/>
                       <w:vertAlign w:val="superscript"/>
                     </w:rPr>
                     <w:t>2</w:t>
-                  </w:r>
-[...6 lines deleted...]
-                    <w:t>:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
-          <w:p w14:paraId="1BF7D8FF" w14:textId="77777777" w:rsidR="00FA4B4A" w:rsidRPr="00A54046" w:rsidRDefault="00FA4B4A" w:rsidP="003B5E43">
+          <w:p w14:paraId="1FE94898" w14:textId="77777777" w:rsidR="00987FE4" w:rsidRPr="00A54046" w:rsidRDefault="00987FE4" w:rsidP="00380986">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkEnd w:id="2"/>
     </w:tbl>
-    <w:p w14:paraId="23B8C012" w14:textId="77777777" w:rsidR="00FA4B4A" w:rsidRPr="00827D1D" w:rsidRDefault="00FA4B4A" w:rsidP="003B5E43">
+    <w:p w14:paraId="3DE25C88" w14:textId="77777777" w:rsidR="00987FE4" w:rsidRDefault="00987FE4" w:rsidP="00987FE4">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...3 lines deleted...]
-        </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9639" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="57" w:type="dxa"/>
           <w:left w:w="57" w:type="dxa"/>
           <w:bottom w:w="57" w:type="dxa"/>
           <w:right w:w="57" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="380"/>
         <w:gridCol w:w="9259"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002E09CB" w:rsidRPr="006915DA" w14:paraId="6664FF2F" w14:textId="77777777" w:rsidTr="00C52C60">
+      <w:tr w:rsidR="00987FE4" w:rsidRPr="006915DA" w14:paraId="4AD5A05A" w14:textId="77777777" w:rsidTr="00380986">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="380" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="01AD3B26" w14:textId="77777777" w:rsidR="002E09CB" w:rsidRPr="006915DA" w:rsidRDefault="002E09CB" w:rsidP="003B5E43">
+          <w:p w14:paraId="3004A320" w14:textId="77777777" w:rsidR="00987FE4" w:rsidRPr="006915DA" w:rsidRDefault="00987FE4" w:rsidP="00380986">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="3" w:name="_Hlk134172882"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9259" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6DC2D4A7" w14:textId="77777777" w:rsidR="002E09CB" w:rsidRPr="006915DA" w:rsidRDefault="002E09CB" w:rsidP="003B5E43">
+          <w:p w14:paraId="3CF2D4AC" w14:textId="77777777" w:rsidR="00987FE4" w:rsidRPr="006915DA" w:rsidRDefault="00987FE4" w:rsidP="00380986">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006915DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">DANE </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>PEŁNOMOCNIKA</w:t>
             </w:r>
             <w:r w:rsidRPr="006915DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> DO KORESPONDENCJI</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E09CB" w:rsidRPr="006915DA" w14:paraId="1C1BAA52" w14:textId="77777777" w:rsidTr="00C52C60">
+      <w:tr w:rsidR="00987FE4" w:rsidRPr="006915DA" w14:paraId="363CECD6" w14:textId="77777777" w:rsidTr="00380986">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="284"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9639" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4B9E89DC" w14:textId="77777777" w:rsidR="002E09CB" w:rsidRPr="006915DA" w:rsidRDefault="002E09CB" w:rsidP="003B5E43">
+          <w:p w14:paraId="00757CAF" w14:textId="77777777" w:rsidR="00987FE4" w:rsidRPr="006915DA" w:rsidRDefault="00987FE4" w:rsidP="00380986">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006915DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Wypełnia się, jeżeli adres do korespondencji </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>pełnomocnika</w:t>
             </w:r>
             <w:r w:rsidRPr="006915DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> jest inny niż wskazany w pkt </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>C</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E09CB" w:rsidRPr="006915DA" w14:paraId="2C28F5E8" w14:textId="77777777" w:rsidTr="00827D1D">
+      <w:tr w:rsidR="00987FE4" w:rsidRPr="006915DA" w14:paraId="46F056C2" w14:textId="77777777" w:rsidTr="00380986">
         <w:trPr>
-          <w:trHeight w:val="1669"/>
+          <w:trHeight w:val="1021"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9639" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:tbl>
             <w:tblPr>
               <w:tblStyle w:val="Tabela-Siatka"/>
               <w:tblW w:w="0" w:type="auto"/>
               <w:tblLayout w:type="fixed"/>
               <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="4903"/>
               <w:gridCol w:w="2268"/>
               <w:gridCol w:w="2339"/>
             </w:tblGrid>
-            <w:tr w:rsidR="002E09CB" w:rsidRPr="006915DA" w14:paraId="34064A7B" w14:textId="77777777" w:rsidTr="00C52C60">
+            <w:tr w:rsidR="00987FE4" w:rsidRPr="00A54046" w14:paraId="51C7FC04" w14:textId="77777777" w:rsidTr="00380986">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4903" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="6C61C6C1" w14:textId="77777777" w:rsidR="002E09CB" w:rsidRPr="006915DA" w:rsidRDefault="002E09CB" w:rsidP="003B5E43">
+                <w:p w14:paraId="5A56AE79" w14:textId="77777777" w:rsidR="00987FE4" w:rsidRPr="00A54046" w:rsidRDefault="00987FE4" w:rsidP="00380986">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="006915DA">
+                  <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Kraj:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4607" w:type="dxa"/>
                   <w:gridSpan w:val="2"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="7E12D870" w14:textId="77777777" w:rsidR="002E09CB" w:rsidRPr="006915DA" w:rsidRDefault="002E09CB" w:rsidP="003B5E43">
+                <w:p w14:paraId="4A70505E" w14:textId="77777777" w:rsidR="00987FE4" w:rsidRPr="00A54046" w:rsidRDefault="00987FE4" w:rsidP="00380986">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="006915DA">
+                  <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Województwo:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="002E09CB" w:rsidRPr="006915DA" w14:paraId="7D59240B" w14:textId="77777777" w:rsidTr="00C52C60">
+            <w:tr w:rsidR="00987FE4" w:rsidRPr="00A54046" w14:paraId="59CD48CC" w14:textId="77777777" w:rsidTr="00380986">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4903" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="70642C05" w14:textId="77777777" w:rsidR="002E09CB" w:rsidRPr="006915DA" w:rsidRDefault="002E09CB" w:rsidP="003B5E43">
+                <w:p w14:paraId="001C0571" w14:textId="77777777" w:rsidR="00987FE4" w:rsidRPr="00A54046" w:rsidRDefault="00987FE4" w:rsidP="00380986">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="006915DA">
+                  <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Powiat:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4607" w:type="dxa"/>
                   <w:gridSpan w:val="2"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="4DF9A5C4" w14:textId="77777777" w:rsidR="002E09CB" w:rsidRPr="006915DA" w:rsidRDefault="002E09CB" w:rsidP="003B5E43">
+                <w:p w14:paraId="4E096750" w14:textId="77777777" w:rsidR="00987FE4" w:rsidRPr="00A54046" w:rsidRDefault="00987FE4" w:rsidP="00380986">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="006915DA">
+                  <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Gmina:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="002E09CB" w:rsidRPr="006915DA" w14:paraId="6F3394F0" w14:textId="77777777" w:rsidTr="00C52C60">
+            <w:tr w:rsidR="00987FE4" w:rsidRPr="00A54046" w14:paraId="39D49A2B" w14:textId="77777777" w:rsidTr="00380986">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4903" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="5FC8C403" w14:textId="77777777" w:rsidR="002E09CB" w:rsidRPr="006915DA" w:rsidRDefault="002E09CB" w:rsidP="003B5E43">
+                <w:p w14:paraId="336E8F14" w14:textId="77777777" w:rsidR="00987FE4" w:rsidRPr="00A54046" w:rsidRDefault="00987FE4" w:rsidP="00380986">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="006915DA">
+                  <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Ulica:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2268" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="34149769" w14:textId="77777777" w:rsidR="002E09CB" w:rsidRPr="006915DA" w:rsidRDefault="002E09CB" w:rsidP="003B5E43">
+                <w:p w14:paraId="3373CB5B" w14:textId="77777777" w:rsidR="00987FE4" w:rsidRPr="00A54046" w:rsidRDefault="00987FE4" w:rsidP="00380986">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="006915DA">
-[...13 lines deleted...]
-                    <w:t>:</w:t>
+                  <w:r w:rsidRPr="00A54046">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times New Roman"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>Nr domu:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2339" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="15015557" w14:textId="77777777" w:rsidR="002E09CB" w:rsidRPr="006915DA" w:rsidRDefault="002E09CB" w:rsidP="003B5E43">
+                <w:p w14:paraId="7C4D3AC5" w14:textId="77777777" w:rsidR="00987FE4" w:rsidRPr="00A54046" w:rsidRDefault="00987FE4" w:rsidP="00380986">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="006915DA">
+                  <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Nr lokalu:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="002E09CB" w:rsidRPr="006915DA" w14:paraId="0AA08147" w14:textId="77777777" w:rsidTr="00C52C60">
+            <w:tr w:rsidR="00987FE4" w:rsidRPr="00A54046" w14:paraId="39158AD4" w14:textId="77777777" w:rsidTr="00380986">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4903" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="28E5AD15" w14:textId="77777777" w:rsidR="002E09CB" w:rsidRPr="006915DA" w:rsidRDefault="002E09CB" w:rsidP="003B5E43">
+                <w:p w14:paraId="2C2B2E2D" w14:textId="77777777" w:rsidR="00987FE4" w:rsidRPr="00A54046" w:rsidRDefault="00987FE4" w:rsidP="00380986">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="006915DA">
+                  <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Miejscowość:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4607" w:type="dxa"/>
                   <w:gridSpan w:val="2"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="0E2DB5B4" w14:textId="77777777" w:rsidR="002E09CB" w:rsidRPr="006915DA" w:rsidRDefault="002E09CB" w:rsidP="003B5E43">
+                <w:p w14:paraId="0F9743ED" w14:textId="77777777" w:rsidR="00987FE4" w:rsidRPr="00A54046" w:rsidRDefault="00987FE4" w:rsidP="00380986">
                   <w:pPr>
                     <w:spacing w:line="288" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="006915DA">
+                  <w:r w:rsidRPr="00A54046">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Kod pocztowy:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="002E09CB" w:rsidRPr="006915DA" w14:paraId="2D53F574" w14:textId="77777777" w:rsidTr="00C52C60">
-[...177 lines deleted...]
-            </w:tr>
           </w:tbl>
-          <w:p w14:paraId="7F5CF4D1" w14:textId="77777777" w:rsidR="002E09CB" w:rsidRPr="006915DA" w:rsidRDefault="002E09CB" w:rsidP="003B5E43">
+          <w:p w14:paraId="0A7BB58B" w14:textId="77777777" w:rsidR="00987FE4" w:rsidRPr="006915DA" w:rsidRDefault="00987FE4" w:rsidP="00380986">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkEnd w:id="3"/>
     </w:tbl>
-    <w:p w14:paraId="3A6E820C" w14:textId="77777777" w:rsidR="002E09CB" w:rsidRDefault="002E09CB" w:rsidP="003B5E43">
+    <w:p w14:paraId="0D3D3256" w14:textId="77777777" w:rsidR="00987FE4" w:rsidRDefault="00987FE4" w:rsidP="00987FE4">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3F0C308F" w14:textId="51AFC25A" w:rsidR="00987FE4" w:rsidRDefault="00987FE4" w:rsidP="003B5E43">
+      <w:pPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5EBFDFD1" w14:textId="78923FA4" w:rsidR="00987FE4" w:rsidRDefault="00987FE4" w:rsidP="003B5E43">
+      <w:pPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1DA063E7" w14:textId="3D1B444D" w:rsidR="00987FE4" w:rsidRDefault="00987FE4" w:rsidP="003B5E43">
+      <w:pPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9652" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblCellMar>
           <w:top w:w="57" w:type="dxa"/>
           <w:left w:w="57" w:type="dxa"/>
           <w:bottom w:w="57" w:type="dxa"/>
           <w:right w:w="57" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1905"/>
         <w:gridCol w:w="10"/>
         <w:gridCol w:w="3312"/>
         <w:gridCol w:w="1025"/>
         <w:gridCol w:w="3400"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00855090" w14:paraId="1291E1A4" w14:textId="77777777" w:rsidTr="005C1BEE">
+      <w:tr w:rsidR="00855090" w14:paraId="1291E1A4" w14:textId="77777777" w:rsidTr="00987FE4">
         <w:trPr>
           <w:trHeight w:val="284"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9639" w:type="dxa"/>
+            <w:tcW w:w="9652" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3C7FEC1D" w14:textId="77777777" w:rsidR="00855090" w:rsidRDefault="00855090" w:rsidP="003B5E43">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="4" w:name="_Hlk134102276"/>
+            <w:bookmarkStart w:id="1" w:name="_Hlk134102276"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">WNOSZĘ </w:t>
             </w:r>
             <w:r w:rsidR="00730B3F">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>O UZUPEŁNIENIE WNIOSKU</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00855090" w14:paraId="0C94F20D" w14:textId="77777777" w:rsidTr="005C1BEE">
+      <w:tr w:rsidR="00855090" w14:paraId="0C94F20D" w14:textId="77777777" w:rsidTr="00987FE4">
         <w:trPr>
           <w:trHeight w:val="284"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1912" w:type="dxa"/>
+            <w:tcW w:w="1915" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="018A0089" w14:textId="77777777" w:rsidR="00855090" w:rsidRDefault="00855090" w:rsidP="003B5E43">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">numer </w:t>
             </w:r>
             <w:r w:rsidR="00730B3F">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>wpływu</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3308" w:type="dxa"/>
+            <w:tcW w:w="3312" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="264344D7" w14:textId="77777777" w:rsidR="00855090" w:rsidRDefault="00855090" w:rsidP="003B5E43">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1024" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7DB4A101" w14:textId="77777777" w:rsidR="00855090" w:rsidRDefault="00855090" w:rsidP="003B5E43">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>z dnia</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3395" w:type="dxa"/>
+            <w:tcW w:w="3400" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="159191D9" w14:textId="77777777" w:rsidR="00855090" w:rsidRDefault="00855090" w:rsidP="003B5E43">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00855090" w14:paraId="5A3A70FA" w14:textId="77777777">
+      <w:tr w:rsidR="00855090" w14:paraId="5A3A70FA" w14:textId="77777777" w:rsidTr="00987FE4">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="113"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1912" w:type="dxa"/>
+            <w:tcW w:w="1915" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="49168363" w14:textId="77777777" w:rsidR="00855090" w:rsidRDefault="00855090" w:rsidP="003B5E43">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3308" w:type="dxa"/>
+            <w:tcW w:w="3312" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7FBB3C4F" w14:textId="77777777" w:rsidR="00855090" w:rsidRDefault="00855090" w:rsidP="003B5E43">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1024" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4D05B09D" w14:textId="77777777" w:rsidR="00855090" w:rsidRDefault="00855090" w:rsidP="003B5E43">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3395" w:type="dxa"/>
+            <w:tcW w:w="3400" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="6E555212" w14:textId="77777777" w:rsidR="00855090" w:rsidRDefault="00855090" w:rsidP="003B5E43">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00855090" w14:paraId="5A1FBF42" w14:textId="77777777" w:rsidTr="005C1BEE">
+      <w:tr w:rsidR="00855090" w14:paraId="5A1FBF42" w14:textId="77777777" w:rsidTr="00987FE4">
         <w:trPr>
           <w:trHeight w:val="284"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1902" w:type="dxa"/>
+            <w:tcW w:w="1905" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0F0D0B27" w14:textId="77777777" w:rsidR="00855090" w:rsidRDefault="00855090" w:rsidP="003B5E43">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>znak sprawy</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7737" w:type="dxa"/>
+            <w:tcW w:w="7747" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="027192F7" w14:textId="77777777" w:rsidR="00855090" w:rsidRDefault="00855090" w:rsidP="003B5E43">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkEnd w:id="4"/>
+      <w:bookmarkEnd w:id="1"/>
     </w:tbl>
     <w:p w14:paraId="0EF9234B" w14:textId="77777777" w:rsidR="006825E2" w:rsidRDefault="006825E2" w:rsidP="003B5E43">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="57" w:type="dxa"/>
           <w:left w:w="57" w:type="dxa"/>
           <w:bottom w:w="57" w:type="dxa"/>
           <w:right w:w="57" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="362"/>
         <w:gridCol w:w="9277"/>
       </w:tblGrid>
       <w:tr w:rsidR="00855090" w14:paraId="46387ACF" w14:textId="77777777">
@@ -4564,716 +3979,114 @@
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="300E4601" w14:textId="77777777" w:rsidR="00855090" w:rsidRDefault="00855090" w:rsidP="003B5E43">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="58F4A20D" w14:textId="77777777" w:rsidR="00855090" w:rsidRDefault="00855090" w:rsidP="003B5E43">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9639" w:type="dxa"/>
-[...601 lines deleted...]
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="9638" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="57" w:type="dxa"/>
           <w:left w:w="57" w:type="dxa"/>
           <w:bottom w:w="57" w:type="dxa"/>
           <w:right w:w="57" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="370"/>
         <w:gridCol w:w="246"/>
         <w:gridCol w:w="392"/>
         <w:gridCol w:w="552"/>
         <w:gridCol w:w="555"/>
         <w:gridCol w:w="1862"/>
         <w:gridCol w:w="755"/>
         <w:gridCol w:w="154"/>
         <w:gridCol w:w="394"/>
         <w:gridCol w:w="1200"/>
         <w:gridCol w:w="327"/>
         <w:gridCol w:w="873"/>
         <w:gridCol w:w="1958"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00866274" w:rsidRPr="00FE5588" w14:paraId="0BFD9026" w14:textId="77777777" w:rsidTr="00F65089">
+      <w:tr w:rsidR="00866274" w:rsidRPr="00FE5588" w14:paraId="0BFD9026" w14:textId="77777777" w:rsidTr="00987FE4">
         <w:trPr>
           <w:trHeight w:val="510"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="370" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5396014F" w14:textId="77777777" w:rsidR="00866274" w:rsidRPr="00307E05" w:rsidRDefault="00866274" w:rsidP="003B5E43">
+          <w:p w14:paraId="5396014F" w14:textId="0476C8E6" w:rsidR="00866274" w:rsidRPr="00307E05" w:rsidRDefault="00987FE4" w:rsidP="003B5E43">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>I</w:t>
+              <w:t>H</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3607" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3CBD2644" w14:textId="77777777" w:rsidR="00866274" w:rsidRPr="00307E05" w:rsidRDefault="00866274" w:rsidP="003B5E43">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00307E05">
               <w:rPr>
@@ -5324,51 +4137,51 @@
               </w:rPr>
               <w:t>wypełnia wnioskodawca</w:t>
             </w:r>
             <w:r w:rsidRPr="00307E05">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> zaznaczając właściwe kwadraty</w:t>
             </w:r>
             <w:r w:rsidRPr="00307E05">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:br/>
               <w:t>i wpisując wartości w pola oznaczone kolorem białym)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00866274" w:rsidRPr="00FE5588" w14:paraId="5EBB2DB1" w14:textId="77777777" w:rsidTr="00F65089">
+      <w:tr w:rsidR="00866274" w:rsidRPr="00FE5588" w14:paraId="5EBB2DB1" w14:textId="77777777" w:rsidTr="00987FE4">
         <w:trPr>
           <w:trHeight w:val="510"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9638" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="198FB236" w14:textId="77777777" w:rsidR="00866274" w:rsidRPr="00307E05" w:rsidRDefault="00866274" w:rsidP="003B5E43">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
@@ -5457,111 +4270,102 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E2078">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Dla </w:t>
             </w:r>
             <w:r w:rsidRPr="004E2078">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>pełnomocnictwa w formie elektronicznej złożonego za pośrednictwem systemu teleinformatycznego</w:t>
             </w:r>
             <w:r w:rsidRPr="004E2078">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> organem podatkowym właściwym w sprawach opłaty skarbowej jest wójt (burmistrz, prezydent miasta) właściwy ze względu na miejsce zamieszkania albo siedzibę mocodawcy, a w przypadku udzielenia pełnomocnictwa lub prokury przez więcej niż jednego mocodawcę w jednym </w:t>
-[...7 lines deleted...]
-              <w:t>dokumencie - właściwy ze względu na miejsce zamieszkania albo siedzibę mocodawcy wskazanego w tym dokumencie jako pierwszy, który ma miejsce zamieszkania albo siedzibę na terytorium Rzeczypospolitej Polskiej (art.12 ust.</w:t>
+              <w:t xml:space="preserve"> organem podatkowym właściwym w sprawach opłaty skarbowej jest wójt (burmistrz, prezydent miasta) właściwy ze względu na miejsce zamieszkania albo siedzibę mocodawcy, a w przypadku udzielenia pełnomocnictwa lub prokury przez więcej niż jednego mocodawcę w jednym dokumencie - właściwy ze względu na miejsce zamieszkania albo siedzibę mocodawcy wskazanego w tym dokumencie jako pierwszy, który ma miejsce zamieszkania albo siedzibę na terytorium Rzeczypospolitej Polskiej (art.12 ust.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="004E2078">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> pkt 3 ustawy o opłacie skarbowej).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00866274" w:rsidRPr="00FE5588" w14:paraId="7574E2BD" w14:textId="77777777" w:rsidTr="00D357C0">
+      <w:tr w:rsidR="00866274" w:rsidRPr="00FE5588" w14:paraId="7574E2BD" w14:textId="77777777" w:rsidTr="00987FE4">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2115" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4DD4C86D" w14:textId="77777777" w:rsidR="00866274" w:rsidRPr="00B91FC8" w:rsidRDefault="00866274" w:rsidP="003B5E43">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B91FC8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>przedmiot opłaty</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4692" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7719D15D" w14:textId="77777777" w:rsidR="00866274" w:rsidRPr="00B91FC8" w:rsidRDefault="00866274" w:rsidP="003B5E43">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -5575,51 +4379,51 @@
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3481DFD6" w14:textId="77777777" w:rsidR="00866274" w:rsidRPr="00B91FC8" w:rsidRDefault="00866274" w:rsidP="003B5E43">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B91FC8">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>zł</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00866274" w:rsidRPr="00FE5588" w14:paraId="0EA41D0B" w14:textId="77777777" w:rsidTr="00D357C0">
+      <w:tr w:rsidR="00866274" w:rsidRPr="00FE5588" w14:paraId="0EA41D0B" w14:textId="77777777" w:rsidTr="00987FE4">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2115" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="202B703D" w14:textId="77777777" w:rsidR="00866274" w:rsidRPr="00B91FC8" w:rsidRDefault="00866274" w:rsidP="003B5E43">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -5665,86 +4469,87 @@
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="138FCC7A" w14:textId="77777777" w:rsidR="00866274" w:rsidRPr="00B91FC8" w:rsidRDefault="00866274" w:rsidP="003B5E43">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B91FC8">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>17 zł x = zł</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00866274" w:rsidRPr="00FE5588" w14:paraId="5B3D1391" w14:textId="77777777" w:rsidTr="00F65089">
+      <w:tr w:rsidR="00866274" w:rsidRPr="00FE5588" w14:paraId="5B3D1391" w14:textId="77777777" w:rsidTr="00987FE4">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="624"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="48FAF5BA" w14:textId="77777777" w:rsidR="00866274" w:rsidRPr="00307E05" w:rsidRDefault="00866274" w:rsidP="003B5E43">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:ind w:left="57"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00307E05">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>zwrot dowodu zapłaty</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3172" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="191F63B1" w14:textId="25E9C96E" w:rsidR="00866274" w:rsidRDefault="00866274" w:rsidP="003B5E43">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="18"/>
@@ -5949,51 +4754,51 @@
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00307E05">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">podpis i pieczęć </w:t>
             </w:r>
             <w:r w:rsidRPr="00307E05">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:br/>
               <w:t>osoby przyjmującej</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00866274" w:rsidRPr="00FE5588" w14:paraId="1C23C053" w14:textId="77777777" w:rsidTr="00F65089">
+      <w:tr w:rsidR="00866274" w:rsidRPr="00FE5588" w14:paraId="1C23C053" w14:textId="77777777" w:rsidTr="00987FE4">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5124803C" w14:textId="77777777" w:rsidR="00866274" w:rsidRPr="00307E05" w:rsidRDefault="00866274" w:rsidP="003B5E43">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -6122,51 +4927,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1958" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="173D0CE1" w14:textId="77777777" w:rsidR="00866274" w:rsidRPr="00307E05" w:rsidRDefault="00866274" w:rsidP="003B5E43">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00866274" w:rsidRPr="00FE5588" w14:paraId="29037BD0" w14:textId="77777777" w:rsidTr="00F65089">
+      <w:tr w:rsidR="00866274" w:rsidRPr="00FE5588" w14:paraId="29037BD0" w14:textId="77777777" w:rsidTr="00987FE4">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="616" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2295E68D" w14:textId="77777777" w:rsidR="00866274" w:rsidRPr="00307E05" w:rsidRDefault="00866274" w:rsidP="003B5E43">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -6341,51 +5146,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1958" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="051F9E2B" w14:textId="77777777" w:rsidR="00866274" w:rsidRPr="00307E05" w:rsidRDefault="00866274" w:rsidP="003B5E43">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00866274" w:rsidRPr="00FE5588" w14:paraId="0BD8D6D0" w14:textId="77777777" w:rsidTr="00F65089">
+      <w:tr w:rsidR="00866274" w:rsidRPr="00FE5588" w14:paraId="0BD8D6D0" w14:textId="77777777" w:rsidTr="00987FE4">
         <w:trPr>
           <w:trHeight w:val="397"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9638" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="05B1AA24" w14:textId="77777777" w:rsidR="00866274" w:rsidRPr="00307E05" w:rsidRDefault="00866274" w:rsidP="003B5E43">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
@@ -6430,68 +5235,68 @@
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="362"/>
         <w:gridCol w:w="9277"/>
       </w:tblGrid>
       <w:tr w:rsidR="002E09CB" w:rsidRPr="003C411D" w14:paraId="29A3CE2E" w14:textId="77777777" w:rsidTr="00C52C60">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="362" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="08A44DD6" w14:textId="77777777" w:rsidR="002E09CB" w:rsidRPr="003C411D" w:rsidRDefault="002E09CB" w:rsidP="003B5E43">
+          <w:p w14:paraId="08A44DD6" w14:textId="63AF0BE8" w:rsidR="002E09CB" w:rsidRPr="003C411D" w:rsidRDefault="00987FE4" w:rsidP="003B5E43">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="6" w:name="_Hlk134088397"/>
+            <w:bookmarkStart w:id="2" w:name="_Hlk134088397"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>J</w:t>
+              <w:t>I</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9277" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="224AC63D" w14:textId="77777777" w:rsidR="002E09CB" w:rsidRPr="003C411D" w:rsidRDefault="002E09CB" w:rsidP="003B5E43">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
@@ -6677,51 +5482,51 @@
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>……</w:t>
             </w:r>
             <w:r w:rsidR="00C55E85">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>…</w:t>
             </w:r>
             <w:r w:rsidRPr="00BA095D">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>……</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkEnd w:id="6"/>
+      <w:bookmarkEnd w:id="2"/>
     </w:tbl>
     <w:p w14:paraId="27D7B203" w14:textId="77777777" w:rsidR="00855090" w:rsidRDefault="00855090" w:rsidP="003B5E43">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="18D4ECE4" w14:textId="77777777" w:rsidR="00855090" w:rsidRDefault="00855090" w:rsidP="003B5E43">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3B90AB77" w14:textId="77777777" w:rsidR="00855090" w:rsidRDefault="005C1BEE" w:rsidP="003B5E43">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
         <w:t>*     niepotrzebne skreślić</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="380EB665" w14:textId="77777777" w:rsidR="00855090" w:rsidRPr="009133D4" w:rsidRDefault="00855090" w:rsidP="003B5E43">
       <w:pPr>
@@ -6744,120 +5549,102 @@
       <w:pgMar w:top="794" w:right="1134" w:bottom="794" w:left="1134" w:header="567" w:footer="567" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="3D9F086E" w14:textId="77777777" w:rsidR="00550D95" w:rsidRDefault="00550D95">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="105F485B" w14:textId="77777777" w:rsidR="00550D95" w:rsidRDefault="00550D95">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:id="1">
-    <w:p w14:paraId="0D8DDC4A" w14:textId="77777777" w:rsidR="00A96A7E" w:rsidRDefault="005C1BEE" w:rsidP="00F90A7C">
+    <w:p w14:paraId="7FC0C942" w14:textId="77777777" w:rsidR="00987FE4" w:rsidRDefault="00987FE4" w:rsidP="00987FE4">
       <w:pPr>
         <w:pStyle w:val="Tekstprzypisukocowego"/>
       </w:pPr>
       <w:r w:rsidRPr="008F2755">
         <w:rPr>
           <w:rStyle w:val="Odwoanieprzypisukocowego"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:endnoteRef/>
       </w:r>
       <w:r w:rsidRPr="008F2755">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Nieobowiązkowe</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:bookmarkStart w:id="0" w:name="_Hlk218762392"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Adres do doręczeń elektronicznych należy podać jeżeli wnioskodawca/pełnomocnik go posiada</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
   </w:endnote>
   <w:endnote w:id="2">
-    <w:p w14:paraId="1648C499" w14:textId="77777777" w:rsidR="00A96A7E" w:rsidRDefault="005C1BEE" w:rsidP="00F90A7C">
+    <w:p w14:paraId="21F5D5C6" w14:textId="77777777" w:rsidR="00987FE4" w:rsidRDefault="00987FE4" w:rsidP="00987FE4">
       <w:pPr>
         <w:pStyle w:val="Tekstprzypisukocowego"/>
       </w:pPr>
-      <w:r w:rsidRPr="008F2755">
+      <w:r w:rsidRPr="002F27FD">
         <w:rPr>
           <w:rStyle w:val="Odwoanieprzypisukocowego"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:endnoteRef/>
       </w:r>
-      <w:r w:rsidRPr="008F2755">
-[...5 lines deleted...]
-      </w:r>
       <w:r>
-        <w:rPr>
-[...3 lines deleted...]
-        <w:t>zynki</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="008F2755">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> lub do doręczeń elektronicznych wskazuje się w przypadku wyrażenia zgody na doręczanie korespondencji za pomocą środków komunikacji elektronicznej, z zastrzeżeniem przypadków, w których organ w świetle przepisów ustawy z dnia 18 listopada 2020 r. o doręczeniach elektronicznych ma obowiązek doręczenia korespondencji na adres do doręczeń elektronicznych.</w:t>
+        <w:t>Nieobowiązkowe</w:t>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="EE"/>
@@ -6877,50 +5664,57 @@
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial Unicode MS">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="5F208815" w14:textId="77777777" w:rsidR="005C1BEE" w:rsidRDefault="005C1BEE">
     <w:pPr>
       <w:pStyle w:val="Stopka"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="4020"/>
         <w:tab w:val="center" w:pos="4639"/>
       </w:tabs>
       <w:spacing w:before="120"/>
       <w:ind w:right="357"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:sz w:val="16"/>
@@ -9551,149 +8345,153 @@
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="20">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="21">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="22">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="219"/>
   <w:embedSystemFonts/>
   <w:mirrorMargins/>
-  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="425"/>
   <w:doNotHyphenateCaps/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:doNotValidateAgainstSchema/>
   <w:doNotDemarcateInvalidXml/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:numFmt w:val="decimal"/>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00E339A0"/>
     <w:rsid w:val="000035FD"/>
     <w:rsid w:val="000452D6"/>
     <w:rsid w:val="00055D82"/>
     <w:rsid w:val="00055EF0"/>
+    <w:rsid w:val="0006532C"/>
     <w:rsid w:val="00145EC4"/>
     <w:rsid w:val="00197ADA"/>
+    <w:rsid w:val="00200DC1"/>
     <w:rsid w:val="002103DC"/>
     <w:rsid w:val="00211B3F"/>
     <w:rsid w:val="00215685"/>
     <w:rsid w:val="00230A6D"/>
     <w:rsid w:val="00276AE3"/>
+    <w:rsid w:val="002A2384"/>
     <w:rsid w:val="002B585D"/>
     <w:rsid w:val="002C7F99"/>
     <w:rsid w:val="002E09CB"/>
     <w:rsid w:val="002E6132"/>
     <w:rsid w:val="00307E05"/>
     <w:rsid w:val="00322853"/>
     <w:rsid w:val="003709EB"/>
     <w:rsid w:val="003910AD"/>
     <w:rsid w:val="003B5E43"/>
     <w:rsid w:val="003C411D"/>
     <w:rsid w:val="00454FC6"/>
     <w:rsid w:val="00466089"/>
     <w:rsid w:val="004A5255"/>
     <w:rsid w:val="00533845"/>
     <w:rsid w:val="00550D95"/>
     <w:rsid w:val="0057532B"/>
     <w:rsid w:val="00595B3C"/>
     <w:rsid w:val="005C1BEE"/>
     <w:rsid w:val="005D041B"/>
     <w:rsid w:val="006825E2"/>
     <w:rsid w:val="006915DA"/>
     <w:rsid w:val="006E0E41"/>
     <w:rsid w:val="006E38D1"/>
     <w:rsid w:val="0072640C"/>
     <w:rsid w:val="00730B3F"/>
     <w:rsid w:val="007D5A48"/>
     <w:rsid w:val="007F0543"/>
     <w:rsid w:val="00816F1A"/>
     <w:rsid w:val="00827D1D"/>
     <w:rsid w:val="00847A09"/>
     <w:rsid w:val="008548AD"/>
     <w:rsid w:val="00855090"/>
     <w:rsid w:val="00866274"/>
     <w:rsid w:val="008C4E82"/>
     <w:rsid w:val="008F2755"/>
     <w:rsid w:val="009133D4"/>
     <w:rsid w:val="00917135"/>
+    <w:rsid w:val="00987FE4"/>
     <w:rsid w:val="00A54046"/>
     <w:rsid w:val="00A66B22"/>
     <w:rsid w:val="00A83218"/>
     <w:rsid w:val="00A8472E"/>
     <w:rsid w:val="00A96A7E"/>
     <w:rsid w:val="00B732D3"/>
     <w:rsid w:val="00B91FC8"/>
     <w:rsid w:val="00BA095D"/>
     <w:rsid w:val="00C52C60"/>
     <w:rsid w:val="00C55E85"/>
     <w:rsid w:val="00D357C0"/>
     <w:rsid w:val="00D400BA"/>
     <w:rsid w:val="00D62021"/>
     <w:rsid w:val="00DF29F2"/>
     <w:rsid w:val="00E339A0"/>
     <w:rsid w:val="00E475C7"/>
     <w:rsid w:val="00E64235"/>
     <w:rsid w:val="00E837DF"/>
+    <w:rsid w:val="00EA3A40"/>
     <w:rsid w:val="00ED1A23"/>
     <w:rsid w:val="00F65089"/>
     <w:rsid w:val="00F740F5"/>
     <w:rsid w:val="00F90A7C"/>
     <w:rsid w:val="00FA4B4A"/>
     <w:rsid w:val="00FE5588"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pl-PL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
@@ -11088,55 +9886,55 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F3D9C731-BB38-4DF6-B1FB-D5B50ACBA202}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>475</Words>
-  <Characters>3122</Characters>
+  <Words>403</Words>
+  <Characters>2696</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>240</Lines>
-  <Paragraphs>138</Paragraphs>
+  <Lines>22</Lines>
+  <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>UMW</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3459</CharactersWithSpaces>
+  <CharactersWithSpaces>3093</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>U Uzupełnienie Wniosku</dc:title>
   <dc:subject>U Uzupełnienie Wniosku</dc:subject>
   <dc:creator>XYZ</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>