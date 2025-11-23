--- v0 (2025-10-02)
+++ v1 (2025-11-23)
@@ -1,382 +1,311 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="719AD209" w14:textId="77777777" w:rsidR="009E436B" w:rsidRDefault="009E436B" w:rsidP="00CE48AB">
+    <w:p w14:paraId="6C670759" w14:textId="77777777" w:rsidR="009E436B" w:rsidRDefault="009E436B" w:rsidP="00CE48AB">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5B78A9B1" w14:textId="77777777" w:rsidR="0079634B" w:rsidRDefault="0079634B" w:rsidP="00CE48AB">
+    <w:p w14:paraId="4791D2C6" w14:textId="77777777" w:rsidR="0079634B" w:rsidRDefault="0079634B" w:rsidP="00CE48AB">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3F12C00C" w14:textId="77777777" w:rsidR="0079634B" w:rsidRDefault="0079634B" w:rsidP="00CE48AB">
+    <w:p w14:paraId="404FD012" w14:textId="77777777" w:rsidR="0079634B" w:rsidRDefault="0079634B" w:rsidP="00CE48AB">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4D5E508B" w14:textId="77777777" w:rsidR="0079634B" w:rsidRDefault="0079634B" w:rsidP="00CE48AB">
+    <w:p w14:paraId="50EE09B8" w14:textId="77777777" w:rsidR="0079634B" w:rsidRDefault="0079634B" w:rsidP="00CE48AB">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3644C993" w14:textId="77777777" w:rsidR="0079634B" w:rsidRDefault="0079634B" w:rsidP="00CE48AB">
+    <w:p w14:paraId="56F7C71C" w14:textId="77777777" w:rsidR="0079634B" w:rsidRDefault="0079634B" w:rsidP="00CE48AB">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="07F5E785" w14:textId="77777777" w:rsidR="00CE48AB" w:rsidRDefault="00CE48AB" w:rsidP="00CE48AB">
+    <w:p w14:paraId="7A9E7341" w14:textId="77777777" w:rsidR="00CE48AB" w:rsidRDefault="00CE48AB" w:rsidP="00CE48AB">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00062750">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>UWAGA!</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7FBF87FE" w14:textId="1F1FC7F7" w:rsidR="00CE48AB" w:rsidRDefault="00CE48AB" w:rsidP="00CE48AB">
+    <w:p w14:paraId="2BB88F02" w14:textId="77777777" w:rsidR="00CE48AB" w:rsidRDefault="00CE48AB" w:rsidP="00CE48AB">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>UMOWA O PRACĘ/ZLECENIE</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="000F58A4">
+        <w:t>UMOWA O PRACĘ/ZLECENIE– WYPEŁNIA PRACODAWCA- KSIĘGOWOŚĆ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62530615" w14:textId="77777777" w:rsidR="00CE48AB" w:rsidRDefault="00CE48AB" w:rsidP="00CE48AB">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-      </w:r>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">– </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="000F58A4">
+        <w:t xml:space="preserve">DZIAŁALNOŚĆ GOSPODARCZA– WYPEŁNIA KSIĘGOWA LUB WŁAŚCICIEL W PRZYPADKU BRAKU PROWADZENIA </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>W</w:t>
-      </w:r>
+        <w:t>KPiR</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>YPEŁNIA PRACODAWCA- KSIĘGOWOŚĆ;</w:t>
-[...49 lines deleted...]
-        </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F067E68" w14:textId="0B17940E" w:rsidR="00CE48AB" w:rsidRDefault="00CE48AB" w:rsidP="00CE48AB">
+    <w:p w14:paraId="261D42F9" w14:textId="77777777" w:rsidR="00CE48AB" w:rsidRDefault="00CE48AB" w:rsidP="00CE48AB">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>W PRZYPADKU BRAKU KTÓREGOŚ ZE SKŁADNIKÓW WYNAGRODZENIA WPISAĆ</w:t>
       </w:r>
       <w:r w:rsidR="00D26475">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">ZERO (0 </w:t>
-[...125 lines deleted...]
-    <w:p w14:paraId="0922D048" w14:textId="7B5E9D3E" w:rsidR="0079634B" w:rsidRDefault="00CE48AB" w:rsidP="00CE48AB">
+        <w:t>ZERO (0 zł)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B9F2126" w14:textId="77777777" w:rsidR="00CE48AB" w:rsidRDefault="00CE48AB" w:rsidP="00CE48AB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="32C78EB7" w14:textId="77777777" w:rsidR="00CE48AB" w:rsidRDefault="00CE48AB" w:rsidP="00CE48AB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2CBAC924" w14:textId="77777777" w:rsidR="009E436B" w:rsidRDefault="009E436B" w:rsidP="00CE48AB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="14C32892" w14:textId="77777777" w:rsidR="009E436B" w:rsidRDefault="009E436B" w:rsidP="00CE48AB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1DF82F40" w14:textId="77777777" w:rsidR="009E436B" w:rsidRDefault="009E436B" w:rsidP="00CE48AB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5539654B" w14:textId="77777777" w:rsidR="009E436B" w:rsidRDefault="009E436B" w:rsidP="00CE48AB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="15EFCD2F" w14:textId="77777777" w:rsidR="009E436B" w:rsidRDefault="009E436B" w:rsidP="00CE48AB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2B9F3CDF" w14:textId="77777777" w:rsidR="009E436B" w:rsidRDefault="009E436B" w:rsidP="00CE48AB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="16EF04B7" w14:textId="77777777" w:rsidR="009E436B" w:rsidRDefault="009E436B" w:rsidP="00CE48AB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6A94A1D1" w14:textId="77777777" w:rsidR="00D26475" w:rsidRDefault="00D26475" w:rsidP="00CE48AB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6310B7C0" w14:textId="77777777" w:rsidR="00D26475" w:rsidRDefault="00D26475" w:rsidP="00CE48AB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="13661F03" w14:textId="77777777" w:rsidR="0079634B" w:rsidRDefault="00CE48AB" w:rsidP="00CE48AB">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007F5BE5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                             </w:t>
       </w:r>
       <w:r w:rsidRPr="007F5BE5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="007F5BE5">
         <w:rPr>
@@ -439,84 +368,58 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007F5BE5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                </w:t>
       </w:r>
       <w:r w:rsidR="0079634B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
-      <w:r w:rsidR="000F58A4">
+      <w:r w:rsidRPr="007F5BE5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...25 lines deleted...]
-        </w:rPr>
+        <w:tab/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007F5BE5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
         <w:tab/>
@@ -790,181 +693,181 @@
       <w:r w:rsidR="0079634B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
         <w:t xml:space="preserve">Miejscowość, </w:t>
       </w:r>
       <w:r w:rsidRPr="007F5BE5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
         <w:t>data</w:t>
       </w:r>
       <w:r w:rsidR="0079634B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="179D0132" w14:textId="77777777" w:rsidR="00CE48AB" w:rsidRPr="0079634B" w:rsidRDefault="0079634B" w:rsidP="00CE48AB">
+    <w:p w14:paraId="4FC07CE5" w14:textId="77777777" w:rsidR="00CE48AB" w:rsidRPr="0079634B" w:rsidRDefault="0079634B" w:rsidP="00CE48AB">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidR="00CE48AB" w:rsidRPr="007F5BE5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
         <w:t xml:space="preserve">ieczątka zakładu pracy </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D43A6FD" w14:textId="77777777" w:rsidR="009E436B" w:rsidRDefault="009E436B" w:rsidP="00CE48AB">
+    <w:p w14:paraId="26844FFC" w14:textId="77777777" w:rsidR="009E436B" w:rsidRDefault="009E436B" w:rsidP="00CE48AB">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="276A3139" w14:textId="77777777" w:rsidR="009E436B" w:rsidRDefault="009E436B" w:rsidP="00CE48AB">
+    <w:p w14:paraId="3CFD3483" w14:textId="77777777" w:rsidR="009E436B" w:rsidRDefault="009E436B" w:rsidP="00CE48AB">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2FEF0E2E" w14:textId="77777777" w:rsidR="009E436B" w:rsidRDefault="009E436B" w:rsidP="00CE48AB">
+    <w:p w14:paraId="58D467BF" w14:textId="77777777" w:rsidR="009E436B" w:rsidRDefault="009E436B" w:rsidP="00CE48AB">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="00FFD694" w14:textId="77777777" w:rsidR="00CE48AB" w:rsidRPr="007F5BE5" w:rsidRDefault="00CE48AB" w:rsidP="00CE48AB">
+    <w:p w14:paraId="679CE247" w14:textId="77777777" w:rsidR="00CE48AB" w:rsidRPr="007F5BE5" w:rsidRDefault="00CE48AB" w:rsidP="00CE48AB">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007F5BE5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ZAŚWIADCZENIE O WYSOKOŚCI DOCHODÓW</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71D79366" w14:textId="77777777" w:rsidR="00CE48AB" w:rsidRPr="007F5BE5" w:rsidRDefault="00CE48AB" w:rsidP="00CE48AB">
+    <w:p w14:paraId="08A19A1C" w14:textId="77777777" w:rsidR="00CE48AB" w:rsidRPr="007F5BE5" w:rsidRDefault="00CE48AB" w:rsidP="00CE48AB">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="763EB3A1" w14:textId="77777777" w:rsidR="00CE48AB" w:rsidRDefault="00CE48AB" w:rsidP="00CE48AB">
+    <w:p w14:paraId="3AA1CF42" w14:textId="77777777" w:rsidR="00CE48AB" w:rsidRDefault="00CE48AB" w:rsidP="00CE48AB">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:ind w:left="3540" w:hanging="3540"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5E7E0B5E" w14:textId="77777777" w:rsidR="009E436B" w:rsidRDefault="009E436B" w:rsidP="00CE48AB">
+    <w:p w14:paraId="6C98DB75" w14:textId="77777777" w:rsidR="009E436B" w:rsidRDefault="009E436B" w:rsidP="00CE48AB">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:ind w:left="3540" w:hanging="3540"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2486F3EF" w14:textId="77777777" w:rsidR="009E436B" w:rsidRPr="007F5BE5" w:rsidRDefault="009E436B" w:rsidP="00CE48AB">
+    <w:p w14:paraId="3F281875" w14:textId="77777777" w:rsidR="009E436B" w:rsidRPr="007F5BE5" w:rsidRDefault="009E436B" w:rsidP="00CE48AB">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:ind w:left="3540" w:hanging="3540"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6848E90B" w14:textId="29E32445" w:rsidR="00CE48AB" w:rsidRDefault="00CE48AB" w:rsidP="00CE48AB">
+    <w:p w14:paraId="003F0B36" w14:textId="77777777" w:rsidR="00CE48AB" w:rsidRDefault="00CE48AB" w:rsidP="00CE48AB">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:ind w:left="4248" w:hanging="4248"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007F5BE5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Zaświadcza się, że Pan/i: </w:t>
       </w:r>
       <w:r w:rsidRPr="007F5BE5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
@@ -1050,1277 +953,1340 @@
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
       <w:r w:rsidRPr="007F5BE5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="007F5BE5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
         <w:t>(imię, nazwisko, PESEL)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5021474D" w14:textId="76622078" w:rsidR="009E436B" w:rsidRDefault="009E436B" w:rsidP="00CE48AB">
+    <w:p w14:paraId="0D9DCDC5" w14:textId="77777777" w:rsidR="009E436B" w:rsidRDefault="009E436B" w:rsidP="00CE48AB">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:ind w:left="4248" w:hanging="4248"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="434AF028" w14:textId="77777777" w:rsidR="00AD5711" w:rsidRDefault="00AD5711" w:rsidP="00AD5711">
+    <w:p w14:paraId="0231A811" w14:textId="77777777" w:rsidR="005F5AEA" w:rsidRDefault="005F5AEA" w:rsidP="005F5AEA">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0721">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>we wskazanym poniżej okresie, z tytułu zawartej umowy o pracę / zlecenia / o dzieło / prowadzonej działalności gospodarczej*, uzyskał/a dochód:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79EBA60D" w14:textId="77777777" w:rsidR="009E436B" w:rsidRPr="007F5BE5" w:rsidRDefault="009E436B" w:rsidP="00CE48AB">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:ind w:left="4248" w:hanging="4248"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2CEC0AC5" w14:textId="77777777" w:rsidR="00AD5711" w:rsidRDefault="00AD5711" w:rsidP="00AD5711">
-[...33 lines deleted...]
-    <w:p w14:paraId="083CBC9B" w14:textId="77777777" w:rsidR="00CE48AB" w:rsidRPr="007F5BE5" w:rsidRDefault="00CE48AB" w:rsidP="00CE48AB">
+    <w:p w14:paraId="604E44BA" w14:textId="77777777" w:rsidR="00CE48AB" w:rsidRPr="007F5BE5" w:rsidRDefault="00CE48AB" w:rsidP="00CE48AB">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:ind w:left="4247" w:hanging="4247"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9747" w:type="dxa"/>
+        <w:tblW w:w="10031" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="537"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="1010"/>
+        <w:gridCol w:w="534"/>
+        <w:gridCol w:w="4110"/>
+        <w:gridCol w:w="1418"/>
+        <w:gridCol w:w="1276"/>
+        <w:gridCol w:w="1275"/>
+        <w:gridCol w:w="1418"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FD2841" w:rsidRPr="007E6A0E" w14:paraId="46D1CBDB" w14:textId="77777777" w:rsidTr="000F58A4">
+      <w:tr w:rsidR="00477607" w:rsidRPr="007E6A0E" w14:paraId="6D1A1BE3" w14:textId="77777777" w:rsidTr="00477607">
         <w:trPr>
-          <w:trHeight w:val="814"/>
+          <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="537" w:type="dxa"/>
+            <w:tcW w:w="534" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1D1C410E" w14:textId="77777777" w:rsidR="00FD2841" w:rsidRPr="00F8220E" w:rsidRDefault="00FD2841" w:rsidP="00FD2841">
+          <w:p w14:paraId="35AF774D" w14:textId="77777777" w:rsidR="00477607" w:rsidRPr="00F8220E" w:rsidRDefault="00477607" w:rsidP="00477607">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>l</w:t>
             </w:r>
             <w:r w:rsidRPr="00F8220E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>p.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4132" w:type="dxa"/>
+            <w:tcW w:w="4110" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5FF87925" w14:textId="77777777" w:rsidR="00FD2841" w:rsidRPr="007E6A0E" w:rsidRDefault="00FD2841" w:rsidP="00FD2841">
-[...6 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="278095BF" w14:textId="5A1A90C7" w:rsidR="00477607" w:rsidRPr="007E6A0E" w:rsidRDefault="00477607" w:rsidP="00477607">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ZA </w:t>
+            </w:r>
             <w:r w:rsidRPr="007E6A0E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>MIESIĄC WYPŁATY</w:t>
+              <w:t xml:space="preserve">MIESIĄC </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1356" w:type="dxa"/>
+            <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:vAlign w:val="center"/>
-[...3 lines deleted...]
-              <w:spacing w:after="480"/>
+          </w:tcPr>
+          <w:p w14:paraId="114D26D7" w14:textId="77777777" w:rsidR="00477607" w:rsidRDefault="00477607" w:rsidP="00477607">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...8 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00477607">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>miesiąc i rok</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...7 lines deleted...]
-              <w:spacing w:after="480"/>
+          <w:p w14:paraId="0AFD92E3" w14:textId="2A151534" w:rsidR="00477607" w:rsidRPr="00477607" w:rsidRDefault="00477607" w:rsidP="00477607">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...8 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D8D6CCC" w14:textId="77777777" w:rsidR="00477607" w:rsidRDefault="00477607" w:rsidP="00477607">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00477607">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>miesiąc i rok</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...7 lines deleted...]
-              <w:spacing w:after="480"/>
+          <w:p w14:paraId="3CF8C16B" w14:textId="05DB34F3" w:rsidR="00477607" w:rsidRPr="00477607" w:rsidRDefault="00477607" w:rsidP="00477607">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...8 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F849CBE" w14:textId="67BF9129" w:rsidR="00477607" w:rsidRDefault="00477607" w:rsidP="00477607">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00477607">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>miesiąc i rok</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...2 lines deleted...]
-            <w:tcW w:w="1010" w:type="dxa"/>
+          <w:p w14:paraId="2E20ED21" w14:textId="458B0593" w:rsidR="00477607" w:rsidRPr="00477607" w:rsidRDefault="00477607" w:rsidP="00477607">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="494A6A03" w14:textId="77777777" w:rsidR="00FD2841" w:rsidRPr="007E6A0E" w:rsidRDefault="00FD2841" w:rsidP="00FD2841">
+          <w:p w14:paraId="4035DADD" w14:textId="77777777" w:rsidR="00477607" w:rsidRPr="007E6A0E" w:rsidRDefault="00477607" w:rsidP="00477607">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007E6A0E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>RAZEM</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FD2841" w:rsidRPr="007E6A0E" w14:paraId="7781C706" w14:textId="77777777" w:rsidTr="00FD2841">
+      <w:tr w:rsidR="00CE48AB" w:rsidRPr="007E6A0E" w14:paraId="5A732AA4" w14:textId="77777777" w:rsidTr="00F5459D">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="537" w:type="dxa"/>
+            <w:tcW w:w="534" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7986776F" w14:textId="77777777" w:rsidR="00FD2841" w:rsidRPr="000A2815" w:rsidRDefault="00FD2841" w:rsidP="00FD2841">
+          <w:p w14:paraId="1DACB7DF" w14:textId="77777777" w:rsidR="00CE48AB" w:rsidRPr="000A2815" w:rsidRDefault="00CE48AB" w:rsidP="00F5459D">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A2815">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4132" w:type="dxa"/>
+            <w:tcW w:w="4110" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="36A0C63A" w14:textId="77777777" w:rsidR="00FD2841" w:rsidRPr="000A2815" w:rsidRDefault="00FD2841" w:rsidP="00FD2841">
+          <w:p w14:paraId="0616A8C7" w14:textId="77777777" w:rsidR="00CE48AB" w:rsidRPr="000A2815" w:rsidRDefault="00CE48AB" w:rsidP="00F5459D">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A2815">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PRZYCHÓD</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1356" w:type="dxa"/>
+            <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="50E15DEF" w14:textId="77777777" w:rsidR="00FD2841" w:rsidRPr="007E6A0E" w:rsidRDefault="00FD2841" w:rsidP="00FD2841">
-[...12 lines deleted...]
-            <w:tcW w:w="1356" w:type="dxa"/>
+          <w:p w14:paraId="2E5587B3" w14:textId="77777777" w:rsidR="00CE48AB" w:rsidRPr="007E6A0E" w:rsidRDefault="00CE48AB" w:rsidP="00F5459D">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4E5714AF" w14:textId="77777777" w:rsidR="00FD2841" w:rsidRPr="007E6A0E" w:rsidRDefault="00FD2841" w:rsidP="00FD2841">
-[...12 lines deleted...]
-            <w:tcW w:w="1356" w:type="dxa"/>
+          <w:p w14:paraId="2243BAB7" w14:textId="77777777" w:rsidR="00CE48AB" w:rsidRPr="007E6A0E" w:rsidRDefault="00CE48AB" w:rsidP="00F5459D">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="77F6F59E" w14:textId="77777777" w:rsidR="00FD2841" w:rsidRPr="007E6A0E" w:rsidRDefault="00FD2841" w:rsidP="00FD2841">
-[...12 lines deleted...]
-            <w:tcW w:w="1010" w:type="dxa"/>
+          <w:p w14:paraId="1B5ECC69" w14:textId="77777777" w:rsidR="00CE48AB" w:rsidRPr="007E6A0E" w:rsidRDefault="00CE48AB" w:rsidP="00F5459D">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="01C4D73C" w14:textId="77777777" w:rsidR="00FD2841" w:rsidRPr="007E6A0E" w:rsidRDefault="00FD2841" w:rsidP="00FD2841">
+          <w:p w14:paraId="1ED48807" w14:textId="77777777" w:rsidR="00CE48AB" w:rsidRPr="007E6A0E" w:rsidRDefault="00CE48AB" w:rsidP="00F5459D">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FD2841" w:rsidRPr="007E6A0E" w14:paraId="235ED6B8" w14:textId="77777777" w:rsidTr="00FD2841">
+      <w:tr w:rsidR="00CE48AB" w:rsidRPr="007E6A0E" w14:paraId="6160A51F" w14:textId="77777777" w:rsidTr="00F5459D">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="537" w:type="dxa"/>
+            <w:tcW w:w="534" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="48BD3428" w14:textId="77777777" w:rsidR="00FD2841" w:rsidRPr="000A2815" w:rsidRDefault="00FD2841" w:rsidP="00FD2841">
+          <w:p w14:paraId="0F37B4F7" w14:textId="77777777" w:rsidR="00CE48AB" w:rsidRPr="000A2815" w:rsidRDefault="00CE48AB" w:rsidP="00F5459D">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A2815">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4132" w:type="dxa"/>
+            <w:tcW w:w="4110" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1D86C092" w14:textId="77777777" w:rsidR="00FD2841" w:rsidRPr="000A2815" w:rsidRDefault="00FD2841" w:rsidP="00FD2841">
+          <w:p w14:paraId="672623F9" w14:textId="77777777" w:rsidR="00CE48AB" w:rsidRPr="000A2815" w:rsidRDefault="00CE48AB" w:rsidP="00F5459D">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A2815">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>KOSZTY UZYSKANIA</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> PRZYCHODU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1356" w:type="dxa"/>
+            <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="559652F1" w14:textId="77777777" w:rsidR="00FD2841" w:rsidRPr="007E6A0E" w:rsidRDefault="00FD2841" w:rsidP="00FD2841">
-[...12 lines deleted...]
-            <w:tcW w:w="1356" w:type="dxa"/>
+          <w:p w14:paraId="3D3EE2CC" w14:textId="77777777" w:rsidR="00CE48AB" w:rsidRPr="007E6A0E" w:rsidRDefault="00CE48AB" w:rsidP="00F5459D">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7CD8F3F6" w14:textId="77777777" w:rsidR="00FD2841" w:rsidRPr="007E6A0E" w:rsidRDefault="00FD2841" w:rsidP="00FD2841">
-[...12 lines deleted...]
-            <w:tcW w:w="1356" w:type="dxa"/>
+          <w:p w14:paraId="308F6FB2" w14:textId="77777777" w:rsidR="00CE48AB" w:rsidRPr="007E6A0E" w:rsidRDefault="00CE48AB" w:rsidP="00F5459D">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="35A1B613" w14:textId="77777777" w:rsidR="00FD2841" w:rsidRPr="007E6A0E" w:rsidRDefault="00FD2841" w:rsidP="00FD2841">
-[...12 lines deleted...]
-            <w:tcW w:w="1010" w:type="dxa"/>
+          <w:p w14:paraId="09BCD35D" w14:textId="77777777" w:rsidR="00CE48AB" w:rsidRPr="007E6A0E" w:rsidRDefault="00CE48AB" w:rsidP="00F5459D">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="07AD6DED" w14:textId="77777777" w:rsidR="00FD2841" w:rsidRPr="007E6A0E" w:rsidRDefault="00FD2841" w:rsidP="00FD2841">
+          <w:p w14:paraId="2C054624" w14:textId="77777777" w:rsidR="00CE48AB" w:rsidRPr="007E6A0E" w:rsidRDefault="00CE48AB" w:rsidP="00F5459D">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FD2841" w:rsidRPr="007E6A0E" w14:paraId="50E0740D" w14:textId="77777777" w:rsidTr="00FD2841">
+      <w:tr w:rsidR="00CE48AB" w:rsidRPr="007E6A0E" w14:paraId="34A5EB71" w14:textId="77777777" w:rsidTr="00F5459D">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="537" w:type="dxa"/>
+            <w:tcW w:w="534" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="08601E79" w14:textId="77777777" w:rsidR="00FD2841" w:rsidRPr="000A2815" w:rsidRDefault="00FD2841" w:rsidP="00FD2841">
+          <w:p w14:paraId="53AB927E" w14:textId="77777777" w:rsidR="00CE48AB" w:rsidRPr="000A2815" w:rsidRDefault="00CE48AB" w:rsidP="00F5459D">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A2815">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4132" w:type="dxa"/>
+            <w:tcW w:w="4110" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6A7DC253" w14:textId="77777777" w:rsidR="00FD2841" w:rsidRPr="000A2815" w:rsidRDefault="00FD2841" w:rsidP="00FD2841">
+          <w:p w14:paraId="781FCBC1" w14:textId="77777777" w:rsidR="00CE48AB" w:rsidRPr="000A2815" w:rsidRDefault="00CE48AB" w:rsidP="00F5459D">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">ZALICZKA NA PODATEK </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1356" w:type="dxa"/>
+            <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7594D718" w14:textId="77777777" w:rsidR="00FD2841" w:rsidRPr="007E6A0E" w:rsidRDefault="00FD2841" w:rsidP="00FD2841">
-[...12 lines deleted...]
-            <w:tcW w:w="1356" w:type="dxa"/>
+          <w:p w14:paraId="76D89F19" w14:textId="77777777" w:rsidR="00CE48AB" w:rsidRPr="007E6A0E" w:rsidRDefault="00CE48AB" w:rsidP="00F5459D">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6198091D" w14:textId="77777777" w:rsidR="00FD2841" w:rsidRPr="007E6A0E" w:rsidRDefault="00FD2841" w:rsidP="00FD2841">
-[...12 lines deleted...]
-            <w:tcW w:w="1356" w:type="dxa"/>
+          <w:p w14:paraId="6F5C892D" w14:textId="77777777" w:rsidR="00CE48AB" w:rsidRPr="007E6A0E" w:rsidRDefault="00CE48AB" w:rsidP="00F5459D">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0E1A7523" w14:textId="77777777" w:rsidR="00FD2841" w:rsidRPr="007E6A0E" w:rsidRDefault="00FD2841" w:rsidP="00FD2841">
-[...12 lines deleted...]
-            <w:tcW w:w="1010" w:type="dxa"/>
+          <w:p w14:paraId="4C07705E" w14:textId="77777777" w:rsidR="00CE48AB" w:rsidRPr="007E6A0E" w:rsidRDefault="00CE48AB" w:rsidP="00F5459D">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="16944324" w14:textId="77777777" w:rsidR="00FD2841" w:rsidRPr="007E6A0E" w:rsidRDefault="00FD2841" w:rsidP="00FD2841">
+          <w:p w14:paraId="546EAB13" w14:textId="77777777" w:rsidR="00CE48AB" w:rsidRPr="007E6A0E" w:rsidRDefault="00CE48AB" w:rsidP="00F5459D">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FD2841" w:rsidRPr="007E6A0E" w14:paraId="5B72AD70" w14:textId="77777777" w:rsidTr="00734126">
+      <w:tr w:rsidR="00CE48AB" w:rsidRPr="007E6A0E" w14:paraId="3644B49E" w14:textId="77777777" w:rsidTr="00F5459D">
         <w:trPr>
           <w:trHeight w:val="262"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="537" w:type="dxa"/>
+            <w:tcW w:w="534" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4DD0E47F" w14:textId="77777777" w:rsidR="00FD2841" w:rsidRPr="000A2815" w:rsidRDefault="00FD2841" w:rsidP="00FD2841">
+          <w:p w14:paraId="5C462B56" w14:textId="77777777" w:rsidR="00CE48AB" w:rsidRPr="000A2815" w:rsidRDefault="00CE48AB" w:rsidP="00F5459D">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4132" w:type="dxa"/>
+            <w:tcW w:w="4110" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="61DACACE" w14:textId="77777777" w:rsidR="00FD2841" w:rsidRPr="00671B3E" w:rsidRDefault="00FD2841" w:rsidP="00FD2841">
+          <w:p w14:paraId="0AF9618E" w14:textId="77777777" w:rsidR="00CE48AB" w:rsidRPr="00671B3E" w:rsidRDefault="00CE48AB" w:rsidP="00F5459D">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A2815">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">SKŁADKI </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">NA UBEZPIECZENIA SPOŁECZNE </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1356" w:type="dxa"/>
-[...52 lines deleted...]
-          <w:p w14:paraId="62045661" w14:textId="77777777" w:rsidR="00FD2841" w:rsidRPr="007E6A0E" w:rsidRDefault="00FD2841" w:rsidP="00FD2841">
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C2039DD" w14:textId="77777777" w:rsidR="00CE48AB" w:rsidRPr="007E6A0E" w:rsidRDefault="00CE48AB" w:rsidP="00F5459D">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B588C62" w14:textId="77777777" w:rsidR="00CE48AB" w:rsidRPr="007E6A0E" w:rsidRDefault="00CE48AB" w:rsidP="00F5459D">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F0E4ED0" w14:textId="77777777" w:rsidR="00CE48AB" w:rsidRPr="007E6A0E" w:rsidRDefault="00CE48AB" w:rsidP="00F5459D">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="52F258C7" w14:textId="77777777" w:rsidR="00CE48AB" w:rsidRPr="007E6A0E" w:rsidRDefault="00CE48AB" w:rsidP="00F5459D">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FD2841" w:rsidRPr="007E6A0E" w14:paraId="5ADED0A5" w14:textId="77777777" w:rsidTr="00734126">
+      <w:tr w:rsidR="00CE48AB" w:rsidRPr="007E6A0E" w14:paraId="3F21B9B6" w14:textId="77777777" w:rsidTr="00F5459D">
         <w:trPr>
           <w:trHeight w:val="281"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="537" w:type="dxa"/>
+            <w:tcW w:w="534" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="59749899" w14:textId="77777777" w:rsidR="00FD2841" w:rsidRPr="000A2815" w:rsidRDefault="00FD2841" w:rsidP="00FD2841">
+          <w:p w14:paraId="04D1E193" w14:textId="77777777" w:rsidR="00CE48AB" w:rsidRPr="000A2815" w:rsidRDefault="00CE48AB" w:rsidP="00F5459D">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4132" w:type="dxa"/>
+            <w:tcW w:w="4110" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="690F0989" w14:textId="77777777" w:rsidR="00FD2841" w:rsidRPr="00671B3E" w:rsidRDefault="00FD2841" w:rsidP="00FD2841">
+          <w:p w14:paraId="02C78585" w14:textId="77777777" w:rsidR="00CE48AB" w:rsidRPr="00671B3E" w:rsidRDefault="00CE48AB" w:rsidP="00F5459D">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1356" w:type="dxa"/>
-[...52 lines deleted...]
-          <w:p w14:paraId="30A8E826" w14:textId="77777777" w:rsidR="00FD2841" w:rsidRPr="007E6A0E" w:rsidRDefault="00FD2841" w:rsidP="00FD2841">
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B59ECE0" w14:textId="77777777" w:rsidR="00CE48AB" w:rsidRPr="007E6A0E" w:rsidRDefault="00CE48AB" w:rsidP="00F5459D">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="03E111A4" w14:textId="77777777" w:rsidR="00CE48AB" w:rsidRPr="007E6A0E" w:rsidRDefault="00CE48AB" w:rsidP="00F5459D">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C6E76E6" w14:textId="77777777" w:rsidR="00CE48AB" w:rsidRPr="007E6A0E" w:rsidRDefault="00CE48AB" w:rsidP="00F5459D">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="64D449D7" w14:textId="77777777" w:rsidR="00CE48AB" w:rsidRPr="007E6A0E" w:rsidRDefault="00CE48AB" w:rsidP="00F5459D">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FD2841" w:rsidRPr="007E6A0E" w14:paraId="16947005" w14:textId="77777777" w:rsidTr="00734126">
+      <w:tr w:rsidR="00CE48AB" w:rsidRPr="007E6A0E" w14:paraId="2CAFA994" w14:textId="77777777" w:rsidTr="00F5459D">
         <w:trPr>
           <w:trHeight w:val="88"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="537" w:type="dxa"/>
+            <w:tcW w:w="534" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="30F737CA" w14:textId="77777777" w:rsidR="00FD2841" w:rsidRPr="000A2815" w:rsidRDefault="00FD2841" w:rsidP="00FD2841">
+          <w:p w14:paraId="0BDE5795" w14:textId="77777777" w:rsidR="00CE48AB" w:rsidRPr="000A2815" w:rsidRDefault="00CE48AB" w:rsidP="00F5459D">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4132" w:type="dxa"/>
+            <w:tcW w:w="4110" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1723FECD" w14:textId="77777777" w:rsidR="00FD2841" w:rsidRPr="00671B3E" w:rsidRDefault="00FD2841" w:rsidP="00FD2841">
+          <w:p w14:paraId="6BD2A826" w14:textId="77777777" w:rsidR="00CE48AB" w:rsidRPr="00671B3E" w:rsidRDefault="00CE48AB" w:rsidP="00F5459D">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1356" w:type="dxa"/>
-[...52 lines deleted...]
-          <w:p w14:paraId="4D06BD2E" w14:textId="77777777" w:rsidR="00FD2841" w:rsidRPr="007E6A0E" w:rsidRDefault="00FD2841" w:rsidP="00FD2841">
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B899C6A" w14:textId="77777777" w:rsidR="00CE48AB" w:rsidRPr="007E6A0E" w:rsidRDefault="00CE48AB" w:rsidP="00F5459D">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="3942437C" w14:textId="77777777" w:rsidR="00CE48AB" w:rsidRPr="007E6A0E" w:rsidRDefault="00CE48AB" w:rsidP="00F5459D">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E23AFA2" w14:textId="77777777" w:rsidR="00CE48AB" w:rsidRPr="007E6A0E" w:rsidRDefault="00CE48AB" w:rsidP="00F5459D">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A15AD8B" w14:textId="77777777" w:rsidR="00CE48AB" w:rsidRPr="007E6A0E" w:rsidRDefault="00CE48AB" w:rsidP="00F5459D">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FD2841" w:rsidRPr="007E6A0E" w14:paraId="7D7C8348" w14:textId="77777777" w:rsidTr="00FD2841">
+      <w:tr w:rsidR="00CE48AB" w:rsidRPr="007E6A0E" w14:paraId="1F158352" w14:textId="77777777" w:rsidTr="00F5459D">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="537" w:type="dxa"/>
+            <w:tcW w:w="534" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="579A2F48" w14:textId="77777777" w:rsidR="00FD2841" w:rsidRPr="000A2815" w:rsidRDefault="00FD2841" w:rsidP="00FD2841">
+          <w:p w14:paraId="6A0964CF" w14:textId="77777777" w:rsidR="00CE48AB" w:rsidRPr="000A2815" w:rsidRDefault="00CE48AB" w:rsidP="00F5459D">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4132" w:type="dxa"/>
+            <w:tcW w:w="4110" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5114B13A" w14:textId="77777777" w:rsidR="00FD2841" w:rsidRPr="000A2815" w:rsidRDefault="00FD2841" w:rsidP="00FD2841">
+          <w:p w14:paraId="056D556F" w14:textId="77777777" w:rsidR="00CE48AB" w:rsidRPr="000A2815" w:rsidRDefault="00CE48AB" w:rsidP="00F5459D">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>SKŁADKA NA UBEZPIECZENIE ZDROWOTNE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1356" w:type="dxa"/>
-[...48 lines deleted...]
-          <w:p w14:paraId="70DD8677" w14:textId="77777777" w:rsidR="00FD2841" w:rsidRPr="007E6A0E" w:rsidRDefault="00FD2841" w:rsidP="00FD2841">
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E733CF2" w14:textId="77777777" w:rsidR="00CE48AB" w:rsidRPr="007E6A0E" w:rsidRDefault="00CE48AB" w:rsidP="00F5459D">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="35F5DD8A" w14:textId="77777777" w:rsidR="00CE48AB" w:rsidRPr="007E6A0E" w:rsidRDefault="00CE48AB" w:rsidP="00F5459D">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="3440D7DE" w14:textId="77777777" w:rsidR="00CE48AB" w:rsidRPr="007E6A0E" w:rsidRDefault="00CE48AB" w:rsidP="00F5459D">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="36A6263B" w14:textId="77777777" w:rsidR="00CE48AB" w:rsidRPr="007E6A0E" w:rsidRDefault="00CE48AB" w:rsidP="00F5459D">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FD2841" w:rsidRPr="007E6A0E" w14:paraId="3F4B1BFD" w14:textId="77777777" w:rsidTr="00FD2841">
+      <w:tr w:rsidR="00CE48AB" w:rsidRPr="007E6A0E" w14:paraId="3748B212" w14:textId="77777777" w:rsidTr="00F5459D">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="537" w:type="dxa"/>
+            <w:tcW w:w="534" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2CC54B55" w14:textId="77777777" w:rsidR="00FD2841" w:rsidRPr="000A2815" w:rsidRDefault="00FD2841" w:rsidP="00FD2841">
+          <w:p w14:paraId="175BAB1F" w14:textId="77777777" w:rsidR="00CE48AB" w:rsidRPr="000A2815" w:rsidRDefault="00CE48AB" w:rsidP="00F5459D">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4132" w:type="dxa"/>
+            <w:tcW w:w="4110" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="27E7BE31" w14:textId="77777777" w:rsidR="00FD2841" w:rsidRPr="000A2815" w:rsidRDefault="00FD2841" w:rsidP="00FD2841">
+          <w:p w14:paraId="32C07EEF" w14:textId="77777777" w:rsidR="00CE48AB" w:rsidRPr="000A2815" w:rsidRDefault="00CE48AB" w:rsidP="00F5459D">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A2815">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>DOCHÓD</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:br/>
             </w:r>
@@ -2402,181 +2368,183 @@
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> wiersz</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="002F760C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>5)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1356" w:type="dxa"/>
-[...48 lines deleted...]
-          <w:p w14:paraId="2D4EB38E" w14:textId="77777777" w:rsidR="00FD2841" w:rsidRPr="007E6A0E" w:rsidRDefault="00FD2841" w:rsidP="00FD2841">
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="1DD252EB" w14:textId="77777777" w:rsidR="00CE48AB" w:rsidRPr="007E6A0E" w:rsidRDefault="00CE48AB" w:rsidP="00F5459D">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="28C3CEC6" w14:textId="77777777" w:rsidR="00CE48AB" w:rsidRPr="007E6A0E" w:rsidRDefault="00CE48AB" w:rsidP="00F5459D">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="7AE04DC1" w14:textId="77777777" w:rsidR="00CE48AB" w:rsidRPr="007E6A0E" w:rsidRDefault="00CE48AB" w:rsidP="00F5459D">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A13DE6D" w14:textId="77777777" w:rsidR="00CE48AB" w:rsidRPr="007E6A0E" w:rsidRDefault="00CE48AB" w:rsidP="00F5459D">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3F7D84BD" w14:textId="77777777" w:rsidR="00CE48AB" w:rsidRPr="007F5BE5" w:rsidRDefault="00CE48AB" w:rsidP="00CE48AB">
+    <w:p w14:paraId="7AE43866" w14:textId="77777777" w:rsidR="00CE48AB" w:rsidRPr="007F5BE5" w:rsidRDefault="00CE48AB" w:rsidP="00CE48AB">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4D5A199B" w14:textId="77777777" w:rsidR="009E436B" w:rsidRDefault="009E436B" w:rsidP="00CE48AB">
+    <w:p w14:paraId="2054956C" w14:textId="77777777" w:rsidR="009E436B" w:rsidRDefault="009E436B" w:rsidP="00CE48AB">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="14952C13" w14:textId="77777777" w:rsidR="009E436B" w:rsidRDefault="009E436B" w:rsidP="00CE48AB">
+    <w:p w14:paraId="67F50728" w14:textId="77777777" w:rsidR="009E436B" w:rsidRDefault="009E436B" w:rsidP="00CE48AB">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="39C8836F" w14:textId="77777777" w:rsidR="009E436B" w:rsidRDefault="009E436B" w:rsidP="00CE48AB">
+    <w:p w14:paraId="3E2068D7" w14:textId="77777777" w:rsidR="009E436B" w:rsidRDefault="009E436B" w:rsidP="00CE48AB">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5C670B72" w14:textId="77777777" w:rsidR="009E436B" w:rsidRDefault="009E436B" w:rsidP="00CE48AB">
+    <w:p w14:paraId="7C62DBBD" w14:textId="77777777" w:rsidR="009E436B" w:rsidRDefault="009E436B" w:rsidP="00CE48AB">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="782EF13F" w14:textId="77777777" w:rsidR="00CE48AB" w:rsidRPr="007F5BE5" w:rsidRDefault="00CE48AB" w:rsidP="00CE48AB">
+    <w:p w14:paraId="7794E77B" w14:textId="77777777" w:rsidR="00CE48AB" w:rsidRPr="007F5BE5" w:rsidRDefault="00CE48AB" w:rsidP="00CE48AB">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007F5BE5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="007F5BE5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -2590,262 +2558,261 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="007F5BE5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="007F5BE5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BEA001D" w14:textId="41F29CD5" w:rsidR="00CE48AB" w:rsidRPr="007F5BE5" w:rsidRDefault="000F58A4" w:rsidP="00CE48AB">
+    <w:p w14:paraId="26814369" w14:textId="6DB27BF8" w:rsidR="00CE48AB" w:rsidRDefault="00CE48AB" w:rsidP="00CE48AB">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="007F5BE5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
-        <w:t xml:space="preserve">       </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00CE48AB" w:rsidRPr="007F5BE5">
+        <w:t>pieczęć imienna i podpis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F5BE5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
-        <w:t>pieczęć imienna i podpis</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00CE48AB" w:rsidRPr="007F5BE5">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="007F5BE5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00CE48AB" w:rsidRPr="007F5BE5">
+    </w:p>
+    <w:p w14:paraId="166B6DCB" w14:textId="77777777" w:rsidR="005F5AEA" w:rsidRDefault="005F5AEA" w:rsidP="005F5AEA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0721">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>* niepotrzebne skreślić</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="734AC4C3" w14:textId="77777777" w:rsidR="005F5AEA" w:rsidRPr="007F5BE5" w:rsidRDefault="005F5AEA" w:rsidP="00CE48AB">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
-        <w:tab/>
-[...22 lines deleted...]
-    <w:p w14:paraId="1B1326B0" w14:textId="0B548F1D" w:rsidR="00CE48AB" w:rsidRDefault="000F58A4" w:rsidP="00CE48AB">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4803D202" w14:textId="77777777" w:rsidR="00CE48AB" w:rsidRDefault="00CE48AB" w:rsidP="00CE48AB">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BF0721">
-[...26 lines deleted...]
-    <w:p w14:paraId="5F8757D8" w14:textId="77777777" w:rsidR="00CE48AB" w:rsidRDefault="00CE48AB" w:rsidP="00CE48AB">
+    </w:p>
+    <w:p w14:paraId="559C7FC6" w14:textId="77777777" w:rsidR="00CE48AB" w:rsidRDefault="00CE48AB" w:rsidP="00CE48AB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6FDEC218" w14:textId="77777777" w:rsidR="00CE48AB" w:rsidRDefault="00CE48AB" w:rsidP="00CE48AB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4FC8F387" w14:textId="77777777" w:rsidR="00CE48AB" w:rsidRDefault="00CE48AB" w:rsidP="00CE48AB">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00CE48AB" w:rsidSect="00CE48AB">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="142" w:right="1417" w:bottom="142" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00CE48AB"/>
-    <w:rsid w:val="000F58A4"/>
+    <w:rsid w:val="00350DC9"/>
     <w:rsid w:val="00360521"/>
     <w:rsid w:val="00461009"/>
-    <w:rsid w:val="00622977"/>
+    <w:rsid w:val="00477607"/>
+    <w:rsid w:val="005F5AEA"/>
     <w:rsid w:val="006F2129"/>
     <w:rsid w:val="0079634B"/>
     <w:rsid w:val="007A74C0"/>
+    <w:rsid w:val="007E20AF"/>
     <w:rsid w:val="009E436B"/>
-    <w:rsid w:val="00AD5711"/>
-    <w:rsid w:val="00BF0721"/>
+    <w:rsid w:val="00B07CFB"/>
+    <w:rsid w:val="00BB5601"/>
     <w:rsid w:val="00CE48AB"/>
+    <w:rsid w:val="00D148E7"/>
     <w:rsid w:val="00D26475"/>
     <w:rsid w:val="00F340E8"/>
     <w:rsid w:val="00F4627A"/>
-    <w:rsid w:val="00FD2841"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pl-PL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="060F527B"/>
-  <w15:docId w15:val="{26DCFC98-F47B-471B-8A46-B8352B41D293}"/>
+  <w14:docId w14:val="2A8153FC"/>
+  <w15:docId w15:val="{0DE63F63-8FCD-48B5-933C-BCFD102F39DC}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="pl-PL" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -3259,72 +3226,61 @@
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Bezlisty">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
     <w:name w:val="Default"/>
     <w:rsid w:val="00CE48AB"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="pl-PL"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Akapitzlist">
-[...9 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motyw pakietu Office">
   <a:themeElements>
     <a:clrScheme name="Pakiet Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -3566,70 +3522,72 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9B6130B6-BFE5-437F-819C-96D9CD57FC61}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>170</Words>
-  <Characters>1024</Characters>
+  <Words>166</Words>
+  <Characters>1001</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>8</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company>UMW</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1192</CharactersWithSpaces>
+  <CharactersWithSpaces>1165</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>umkami08</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>