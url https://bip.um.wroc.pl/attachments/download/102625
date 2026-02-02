--- v0 (2025-10-06)
+++ v1 (2026-02-02)
@@ -1322,102 +1322,118 @@
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DF765E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Miejscowość: Wrocław </w:t>
       </w:r>
       <w:r w:rsidRPr="00DF765E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Kod pocztowy:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3FBB298F" w14:textId="77777777" w:rsidR="001B1E0A" w:rsidRPr="00DF765E" w:rsidRDefault="001B1E0A" w:rsidP="001B1E0A">
+    <w:p w14:paraId="3FBB298F" w14:textId="7F4EC2D8" w:rsidR="001B1E0A" w:rsidRPr="00DF765E" w:rsidRDefault="001B1E0A" w:rsidP="001B1E0A">
       <w:pPr>
         <w:pStyle w:val="CM17"/>
         <w:spacing w:before="160" w:after="60"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DF765E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Identyfikator działki ewidencyjnej</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:position w:val="10"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF765E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:position w:val="10"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF765E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidRPr="00DC7EB5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>026401_1 /</w:t>
+        <w:t>026401_1</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB481C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC7EB5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabela-Siatka"/>
         <w:tblW w:w="8505" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8505"/>
       </w:tblGrid>
       <w:tr w:rsidR="00DC7EB5" w:rsidRPr="00DC7EB5" w14:paraId="5B89513E" w14:textId="77777777" w:rsidTr="001B1E0A">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8505" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
@@ -2326,151 +2342,143 @@
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="2D1CD3B0" w14:textId="77777777" w:rsidR="00F55554" w:rsidRDefault="00F55554" w:rsidP="00C70343">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
-    <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="EE"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="EE"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
-    <w:altName w:val="Wingdings"/>
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
-    <w:altName w:val="Arial"/>
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
-    <w:altName w:val="Verdana"/>
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Liberation Mono">
     <w:altName w:val="Courier New"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:notTrueType/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="NSimSun">
     <w:panose1 w:val="02010609030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Mangal">
     <w:panose1 w:val="00000400000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00008003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:altName w:val="Tahoma"/>
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Liberation Serif">
     <w:altName w:val="Times New Roman"/>
-    <w:panose1 w:val="00000000000000000000"/>
-    <w:charset w:val="EE"/>
+    <w:charset w:val="01"/>
     <w:family w:val="roman"/>
-    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000005" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000002" w:csb1="00000000"/>
+    <w:sig w:usb0="00000001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000002" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Songti SC">
     <w:altName w:val="Arial Unicode MS"/>
-    <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
-    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000001" w:usb1="080E0000" w:usb2="00000010" w:usb3="00000000" w:csb0="00040000" w:csb1="00000000"/>
+    <w:sig w:usb0="00000287" w:usb1="080F0000" w:usb2="00000010" w:usb3="00000000" w:csb0="0004009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Unicode MS">
     <w:altName w:val="Arial"/>
     <w:panose1 w:val="020B0604020202020204"/>
-    <w:charset w:val="00"/>
-    <w:family w:val="roman"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="08070000" w:usb2="00000010" w:usb3="00000000" w:csb0="00020001" w:csb1="00000000"/>
+    <w:sig w:usb0="F7FFAFFF" w:usb1="E9DFFFFF" w:usb2="0000003F" w:usb3="00000000" w:csb0="003F01FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="577C315E" w14:textId="77777777" w:rsidR="000A56CC" w:rsidRDefault="000A56CC">
     <w:pPr>
       <w:pStyle w:val="Stopka"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r w:rsidRPr="00C70343">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
@@ -2806,125 +2814,127 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:val="bestFit" w:percent="225"/>
+  <w:zoom w:val="bestFit" w:percent="166"/>
   <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00233203"/>
     <w:rsid w:val="000A56CC"/>
     <w:rsid w:val="000D0A35"/>
     <w:rsid w:val="001441E2"/>
     <w:rsid w:val="001B1E0A"/>
     <w:rsid w:val="001D45DC"/>
     <w:rsid w:val="00215FDB"/>
     <w:rsid w:val="002316BF"/>
     <w:rsid w:val="00233203"/>
     <w:rsid w:val="0025541A"/>
     <w:rsid w:val="00286EAE"/>
     <w:rsid w:val="002C52B4"/>
     <w:rsid w:val="002F52B5"/>
     <w:rsid w:val="00337505"/>
     <w:rsid w:val="00391240"/>
     <w:rsid w:val="003A1000"/>
     <w:rsid w:val="003D0799"/>
     <w:rsid w:val="00460EB5"/>
     <w:rsid w:val="004B39F7"/>
     <w:rsid w:val="004F1BE8"/>
     <w:rsid w:val="00524004"/>
     <w:rsid w:val="005302C2"/>
     <w:rsid w:val="00534605"/>
     <w:rsid w:val="005749C7"/>
     <w:rsid w:val="00587FD5"/>
+    <w:rsid w:val="00602392"/>
     <w:rsid w:val="0062586A"/>
     <w:rsid w:val="006D5EBB"/>
     <w:rsid w:val="00732F83"/>
     <w:rsid w:val="0073381B"/>
     <w:rsid w:val="00743861"/>
     <w:rsid w:val="007D2AF9"/>
     <w:rsid w:val="00805127"/>
     <w:rsid w:val="0085572E"/>
     <w:rsid w:val="009100FB"/>
     <w:rsid w:val="009C1D3F"/>
     <w:rsid w:val="009D2C0B"/>
     <w:rsid w:val="009E3F32"/>
     <w:rsid w:val="00A85E4D"/>
     <w:rsid w:val="00AF5A53"/>
     <w:rsid w:val="00B542A9"/>
     <w:rsid w:val="00C06615"/>
     <w:rsid w:val="00C1257D"/>
     <w:rsid w:val="00C702DA"/>
     <w:rsid w:val="00C70343"/>
     <w:rsid w:val="00C95C9C"/>
     <w:rsid w:val="00CA632B"/>
     <w:rsid w:val="00CD6ABD"/>
     <w:rsid w:val="00DA12B7"/>
     <w:rsid w:val="00DC2D41"/>
     <w:rsid w:val="00DC7EB5"/>
     <w:rsid w:val="00DF765E"/>
     <w:rsid w:val="00E04962"/>
     <w:rsid w:val="00E44914"/>
     <w:rsid w:val="00E67E3F"/>
+    <w:rsid w:val="00EB481C"/>
     <w:rsid w:val="00F4147D"/>
     <w:rsid w:val="00F55554"/>
     <w:rsid w:val="00F71BB2"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pl-PL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
@@ -2968,54 +2978,95 @@
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:semiHidden="1" w:uiPriority="59" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
@@ -3930,55 +3981,55 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{61D6CBF3-28CD-4A92-9193-460614DCC764}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>354</Words>
-  <Characters>2250</Characters>
+  <Words>346</Words>
+  <Characters>2258</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>50</Lines>
-  <Paragraphs>38</Paragraphs>
+  <Lines>41</Lines>
+  <Paragraphs>32</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>UMW</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2566</CharactersWithSpaces>
+  <CharactersWithSpaces>2572</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Oświadczenie o posiadanym prawie do dysponowanianieruchomością na cele budowlane PB-5</dc:title>
   <dc:subject/>
   <dc:creator>XYZ</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>